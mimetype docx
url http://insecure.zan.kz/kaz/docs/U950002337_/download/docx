--- v0 (2025-11-13)
+++ v1 (2025-12-18)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="64c862e" w14:textId="64c862e">
+    <w:p w14:paraId="5d3f077" w14:textId="5d3f077">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -329,91 +329,91 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>227</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">; 13.05.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 327-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 30.06.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 203-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -642,51 +642,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 203-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -836,131 +836,131 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 153-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 24.11.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 421-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 27.12.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 292-VІ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз); 13.05.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 327-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз); 26.12.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 168-VII</w:t>
       </w:r>
       <w:r>
@@ -976,91 +976,91 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 223-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); 16.05.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 82-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1380,51 +1380,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>227</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">; 16.04.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 147-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1498,51 +1498,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 406-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (01.01.2018 бастап </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1615,51 +1615,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 226-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.07.2023 бастап қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1787,51 +1787,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>160</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">; 24.11.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 421-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1939,71 +1939,71 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 10-бап жаңа редакцияда - ҚР 2007.07.27 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 320</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3205,271 +3205,271 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 22-бап жаңа редакцияда - ҚР 10.12.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 153-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгерістер енгізілді - ҚР 03.11.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 244-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (02.01.2015 бастап қолданысқа енгізіледі); 24.11.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 421-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 22.12.2016 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 28-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 11.07.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 91-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 27.12.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 292-VІ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз); 13.05.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 327-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 19.04.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 223-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); 16.05.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 82-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3577,232 +3577,102 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в) егер ол өзiне сот жүктеген мiндеттемелердi орындаудан жалтаратын болса - мiндеттемелер орындалғанға дейін рұқсат етілмейді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-       г) </w:t>
+        <w:t>
+       г)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Алынып</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> Алынып тасталды - ҚР 2009.12.07 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 222-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>тасталды</w:t>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-б</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> - ҚР 2009.12.07 </w:t>
-[...139 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>. қараңыз) Заңымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шетелдiктiң Қазақстан Республикасынан кетуi ол Қазақстан Республикасы азаматтарының, басқа жеке және заңды тұлғалардың елеулi мүдделерiмен байланысты мүлiктiк мiндеттемелердi орындағанға дейiн кейiнге қалдырылуы мүмкiн.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
@@ -4143,51 +4013,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 25-бап жаңа редакцияда - ҚР 03.07.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 227-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (01.01.2015 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4279,51 +4149,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 292-VІ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-баптан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4699,191 +4569,191 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>227</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2009.12.07 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 222-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-б</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. қараңыз), 2011.07.22 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 478-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі), 2013.01.16 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі), 13.06.2013 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 102-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 22.12.2016 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 28-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 31.12.2016 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 41-VІ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2021 бастап қолданысқа енгізіледі); 13.05.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 327-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 19.12.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 385-VI</w:t>
       </w:r>
       <w:r>