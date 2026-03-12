--- v0 (2025-12-15)
+++ v1 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="0f8dd8b" w14:textId="0f8dd8b">
+    <w:p w14:paraId="69964b3" w14:textId="69964b3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,51 +93,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасының машина жасау саласын дамыту жөніндегі 2024 – 2028 жылдарға арналған кешенді жоспарды бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Үкіметінің 2023 жылғы 7 қарашадағы № 991 қаулысы</w:t>
+        <w:t>Қазақстан Республикасы Үкіметінің 2023 жылғы 7 қарашадағы № 991 қаулысы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының Үкіметі </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
@@ -587,54 +587,92 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z10" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Қазақстан Республикасының машина жасау саласын дамыту жөніндегі 2024 – 2028 жылдарға арналған кешенді жоспар </w:t>
+        <w:t xml:space="preserve"> Қазақстан Республикасының машина жасау саласын дамыту жөніндегі 2024 – 2028 жылдарға арналған кешенді жоспар</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Кешенді жоспарға өзгеріс енгізілді - ҚР Үкіметінің 15.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 17</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z11" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -1115,51 +1153,61 @@
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Электр</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>техникалық және энергетикалық машина жасау</w:t>
+        <w:t>техникалық</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және энергетикалық машина жасау</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>да</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -1254,61 +1302,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Автомобиль</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> жасау</w:t>
+        <w:t>Автомобиль жасау</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>да</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -23805,52 +23843,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Ауыл шаруашылығы өндірісін кешенді механикаландыру және автоматтандыру үшін машиналар мен технологиялар жүйесін енгізу </w:t>
+              <w:t>
+Ауыл шаруашылығы өндірісін кешенді механикаландыру және автоматтандыру үшін машиналар мен технологиялар жүйесін енгізу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -23878,105 +23916,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2026 жылғы</w:t>
-[...53 lines deleted...]
-АШМ, ӨҚМ, Агроинженерия ҒӨО (келісу бойынша)</w:t>
+2026 жылғы 4-тоқсан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+АШМ, ӨҚМ, "Машина жасау ҒӨО" ЖШС (келісу бойынша)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -25654,51 +25674,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Агроинженерия ҒӨО базасында Ауыл шаруашылығы машиналарын жасауды дамыту жөніндегі ұлттық орталықты құру</w:t>
+"Машина жасау ҒӨО" ЖШС базасында Машина жасауды дамыту орталығын құру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -25726,51 +25746,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2024 жылғы</w:t>
+2026 жылғы</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4-тоқсан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
@@ -25780,159 +25800,141 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-ӨҚМ, БҚДА (келісу бойынша), "АҒӨО" ЖШС (келісу бойынша)</w:t>
-[...53 lines deleted...]
-2025 жылға – 700 млн теңге</w:t>
+ӨҚМ, БҚДА (келісу бойынша), "Машина жасау ҒӨО" ЖШС (келісу бойынша)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2026 жылға – 1500 млн теңге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2027 жылға – 700 млн теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 РБ қаражаты есебінен</w:t>
-            </w:r>
-[...16 lines deleted...]
- </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -26037,231 +26039,159 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2024 – 2026 жылдар,</w:t>
-[...125 lines deleted...]
-2026 жылға –  480 млн теңге</w:t>
+2024 – 2026 жылдар, 4-тоқсан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ӨҚМ, АШМ, "Машина жасау ҒӨО" ЖШС (келісу бойынша)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2024 жылға – 480 млн теңге; 2025 жылға – 480 млн теңге; 2026 жылға – 480 млн теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 РБ қаражаты есебінен</w:t>
-            </w:r>
-[...16 lines deleted...]
- </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -26366,231 +26296,159 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2024 – 2026 жылдар,</w:t>
-[...125 lines deleted...]
-2026 жылға –  200 млн теңге</w:t>
+2024 – 2026 жылдар, 4-тоқсан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ӨҚМ, АШМ, "Машина жасау ҒӨО" ЖШС (келісу бойынша)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2024 жылға – 200 млн теңге; 2025 жылға – 200 млн теңге; 2026 жылға – 200 млн теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 РБ қаражаты есебінен</w:t>
-            </w:r>
-[...16 lines deleted...]
- </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -27520,105 +27378,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2024 – 2028 жылдары,</w:t>
-[...53 lines deleted...]
-ӨҚМ, СІМ, АШМ, ҚМЖО (келісу бойынша), ҚАБҚ (келісу бойынша), "ҰҒО" ЖШС (келісу бойынша)</w:t>
+2024 – 2028 жылдар, 4-тоқсан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ӨҚМ, СІМ, АШМ, ҚМЖО (келісу бойынша), ҚАБҚ (келісу бойынша), "Машина жасау ҒӨО" ЖШС (келісу бойынша)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -28044,2397 +27884,2397 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Агроинженерия ҒӨО                         </w:t>
+АЕК                                                    </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- – Агроинженерия ғылыми-өндірістік орталығы</w:t>
+–  айлық есептік көрсеткіш</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-АЕК                                                    </w:t>
+АҚ                                                        </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-–  айлық есептік көрсеткіш</w:t>
+–  акционерлік қоғам</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-АҚ                                                        </w:t>
+АӨК                                                       </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-–  акционерлік қоғам</w:t>
+–   агроөнеркәсіптік кешен</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-АӨК                                                       </w:t>
+"Атамекен"     ҰКП                           </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-–   агроөнеркәсіптік кешен</w:t>
+– "Атамекен" Қазақстан Республикасының Ұлттық кәсіпкерлер палатасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-"Атамекен"     ҰКП                           </w:t>
+АШМ                                                   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-– "Атамекен" Қазақстан Республикасының Ұлттық кәсіпкерлер палатасы</w:t>
+– Қазақстан Республикасының Ауыл шаруашылығы министрлігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-АШМ                                                   </w:t>
+"Бәйтерек" ҰБХ" АҚ                          </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-– Қазақстан Республикасының Ауыл шаруашылығы министрлігі</w:t>
+–  "Бәйтерек" ұлттық басқарушы холдингі" акционерлік қоғамы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-"Бәйтерек" ҰБХ" АҚ                          </w:t>
+              <w:t>
+БҚДА</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-–  "Бәйтерек" ұлттық басқарушы холдингі" акционерлік қоғамы</w:t>
+–  Қазақстан Республикасы Бәсекелестікті қорғау және дамыту агенттігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-БҚДА</w:t>
+              <w:t xml:space="preserve">
+БП ҚСжАЕК                                          </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-–  Қазақстан Республикасы Бәсекелестікті қорғау және дамыту агенттігі</w:t>
+– Қазақстан Республикасы Бас прокуратурасының Құқықтық статистика және арнайы есепке алу комитеті</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-БП ҚСжАЕК                                          </w:t>
+ҒЖБМ                                                    </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-– Қазақстан Республикасы Бас прокуратурасының Құқықтық статистика және арнайы есепке алу комитеті</w:t>
+ –  Қазақстан Республикасының Ғылым және жоғары білім министрлігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-ҒЖБМ                                                    </w:t>
+ҒЗТКЖ                                                 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- –  Қазақстан Республикасының Ғылым және жоғары білім министрлігі</w:t>
+– ғылыми-зерттеу және тәжірибелік-конструкторлық жұмыстар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-ҒЗТКЖ                                                 </w:t>
+"Даму" КДҚ" АҚ                                </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-– ғылыми-зерттеу және тәжірибелік-конструкторлық жұмыстар</w:t>
+– "Даму" кәсіпкерлікті дамыту қоры" акционерлік қоғамы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-"Даму" КДҚ" АҚ                                </w:t>
+ДСҰ                                                        </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-– "Даму" кәсіпкерлікті дамыту қоры" акционерлік қоғамы</w:t>
+–  Дүниежүзілік сауда ұйымы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-ДСҰ                                                        </w:t>
+ЕАЭО                                                     </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-–  Дүниежүзілік сауда ұйымы</w:t>
+– Еуразиялық экономикалық одақ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-ЕАЭО                                                     </w:t>
+Еңбекмині                                          </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-– Еуразиялық экономикалық одақ</w:t>
+– Қазақстан Республикасының Еңбек және халықты әлеуметтік қорғау министрлігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Еңбекмині                                          </w:t>
+ЖҚҚ                                                        </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-– Қазақстан Республикасының Еңбек және халықты әлеуметтік қорғау министрлігі</w:t>
+–  жалпы қосылған құн</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-ЖҚҚ                                                        </w:t>
+ЖЭК                                                        </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-–  жалпы қосылған құн</w:t>
+– жаңартылатын энергия көздері</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-ЖЭК                                                        </w:t>
+КҚЭП                                                       </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-– жаңартылатын энергия көздері</w:t>
+–   көлік құралының электрондық паспорты</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-КҚЭП                                                       </w:t>
+КМ                                                      </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-–   көлік құралының электрондық паспорты</w:t>
+–  Қазақстан Республикасының Көлік министрлігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-КМ                                                      </w:t>
+КПО                                                      </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-–  Қазақстан Республикасының Көлік министрлігі</w:t>
+–   Карачаганак Петролиум Оперейтинг Б. В.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-КПО                                                      </w:t>
+КСШ                                                            </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-–   Карачаганак Петролиум Оперейтинг Б. В.</w:t>
+–  көмірсутек шикізаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-КСШ                                                            </w:t>
+КТС                                                        </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-–  көмірсутек шикізаты</w:t>
+– корпоративтік табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-КТС                                                        </w:t>
+ҚАБҚ                                                   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-– корпоративтік табыс салығы</w:t>
+– "Қазақ автобизнес қауымдастығы" заңды тұлғалар бірлестігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-ҚАБҚ                                                   </w:t>
+ҚазАвтоӨнеркәсіп                                    </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-– "Қазақ автобизнес қауымдастығы" заңды тұлғалар бірлестігі</w:t>
+– "ҚазАвтоӨнеркәсіп" Қазақстанның автомобиль саласы кәсіпорындарының одағы" заңды тұлғалар бірлестігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-ҚазАвтоӨнеркәсіп                                    </w:t>
+Қаржымині                                         </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-– "ҚазАвтоӨнеркәсіп" Қазақстанның автомобиль саласы кәсіпорындарының одағы" заңды тұлғалар бірлестігі</w:t>
+–  Қазақстан Республикасының Қаржы министрлігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Қаржымині                                         </w:t>
+"ҚТЖ" ҰК" АҚ                                  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-–  Қазақстан Республикасының Қаржы министрлігі</w:t>
+–  "Қазақстан темір жолы" ұлттық компаниясы" акционерлік қоғамы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-"ҚТЖ" ҰК" АҚ                                  </w:t>
+"ҚДБ" АҚ                                           </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-–  "Қазақстан темір жолы" ұлттық компаниясы" акционерлік қоғамы</w:t>
+–   "Қазақстанның Даму Банкі" акционерлік қоғамы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-"ҚДБ" АҚ                                           </w:t>
+"ҚАҚ" АҚ                                          </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-–   "Қазақстанның Даму Банкі" акционерлік қоғамы</w:t>
+–   "ҚазАгроҚаржы" акционерлік қоғамы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-"ҚАҚ" АҚ                                          </w:t>
+ҚМЖО                                                </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-–   "ҚазАгроҚаржы" акционерлік қоғамы</w:t>
+ –  "Қазақстан машина жасаушылар одағы" заңды тұлғалар бірлестігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-ҚМЖО                                                </w:t>
+ҚҚС                                                      </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- –  "Қазақстан машина жасаушылар одағы" заңды тұлғалар бірлестігі</w:t>
+– қосылған құн салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-ҚҚС                                                      </w:t>
+ҚПҚ                                                        </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-– қосылған құн салығы</w:t>
+–  қатты пайдалы қазбалар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-ҚПҚ                                                        </w:t>
+              <w:t>
+"Машина жасау ҒӨО" ЖШС</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-–  қатты пайдалы қазбалар</w:t>
+– "Машина жасау ғылыми-өндірістік орталығы" ЖШС</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -32457,31 +32297,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>