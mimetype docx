--- v0 (2025-10-02)
+++ v1 (2025-12-21)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="f073491" w14:textId="f073491">
+    <w:p w14:paraId="9ba7f0b" w14:textId="9ba7f0b">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -578,139 +578,127 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Осы қаулы қол қойылған күнінен бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8040"/>
-        <w:gridCol w:w="4340"/>
+        <w:gridCol w:w="7795"/>
+        <w:gridCol w:w="4205"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcW w:w="7795" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>      Қазақстан Республикасының</w:t>
             </w:r>
-          </w:p>
-[...12 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Премьер-Министрі </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4340" w:type="dxa"/>
+            <w:tcW w:w="4205" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -1251,1215 +1239,1295 @@
         <w:t>
       11. Министрліктің қызметін қаржыландыру Қазақстан Республикасының заңнамасына сәйкес республикалық бюджеттен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
     <w:bookmarkStart w:name="z34" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Министрлікке кәсіпкерлік субъектілерімен Министрліктің өкілеттіктері болып табылатын міндеттерді орындау тұрғысынан шарттық қатынастарға түсуге тыйым салынады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z35" w:id="34"/>
-[...15 lines deleted...]
-      Егер Министрлікке заңнамалық актілермен кірістер әкелетін қызметті жүзеге асыру құқығы берілсе, онда одан алынған кіріс, егер Қазақстан Республикасының заңнамасында өзгеше белгіленбесе, мемлекеттік бюджетке жіберіледі.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егер Министрлікке заңнамалық актілермен кірістер әкелетін қызметті жүзеге асыру құқығы берілсе, онда одан алынған кіріс, егер Қазақстан Республикасының заңнамасында өзгеше белгіленбесе, республикалық бюджетке жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 12-тармақ жаңа редакцияда - ҚР Үкіметінің 29.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1025</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z36" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. Министрліктің міндеттері мен өкілеттіктері</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z36" w:id="35"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 2-тарау. Министрліктің міндеттері мен өкілеттіктері</w:t>
+    <w:bookmarkStart w:name="z37" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Міндеттері:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z37" w:id="36"/>
-[...15 lines deleted...]
-      13. Міндеттері:</w:t>
+    <w:bookmarkStart w:name="z38" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мына салаларда мемлекеттік саясатты қалыптастыру:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z38" w:id="37"/>
-[...15 lines deleted...]
-      мына салаларда мемлекеттік саясатты қалыптастыру:</w:t>
+    <w:bookmarkStart w:name="z39" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) дене шынықтыру және спорт;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z39" w:id="38"/>
-[...15 lines deleted...]
-      1) дене шынықтыру және спорт;</w:t>
+    <w:bookmarkStart w:name="z40" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ойын бизнесі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z40" w:id="39"/>
-[...15 lines deleted...]
-      2) ойын бизнесі;</w:t>
+    <w:bookmarkStart w:name="z41" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) лотереялар және лотерея қызметі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z41" w:id="40"/>
-[...15 lines deleted...]
-      3) лотереялар және лотерея қызметі;</w:t>
+    <w:bookmarkStart w:name="z42" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) туристік қызмет, туризм және туристік индустрия.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z42" w:id="41"/>
-[...15 lines deleted...]
-      4) туристік қызмет, туризм және туристік индустрия.</w:t>
+    <w:bookmarkStart w:name="z43" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Өкілеттіктері:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z43" w:id="42"/>
-[...15 lines deleted...]
-      14. Өкілеттіктері:</w:t>
+    <w:bookmarkStart w:name="z44" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) құқықтары:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z44" w:id="43"/>
-[...15 lines deleted...]
-      1) құқықтары:</w:t>
+    <w:bookmarkStart w:name="z45" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өз құзыреті шегінде орындауға міндетті нормативтік құқықтық актілер қабылдау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z45" w:id="44"/>
-[...15 lines deleted...]
-      өз құзыреті шегінде орындауға міндетті нормативтік құқықтық актілер қабылдау;</w:t>
+    <w:bookmarkStart w:name="z46" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мемлекеттік органдардан, ұйымдардан, олардың лауазымды адамдарынан заңнамада белгіленген тәртіппен қажетті ақпаратты және материалды сұрату және алу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z46" w:id="45"/>
-[...15 lines deleted...]
-      мемлекеттік органдардан, ұйымдардан, олардың лауазымды адамдарынан заңнамада белгіленген тәртіппен қажетті ақпаратты және материалды сұрату және алу;</w:t>
+    <w:bookmarkStart w:name="z47" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Министрлік жанынан консультативтік-кеңесші органдар құру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z47" w:id="46"/>
-[...15 lines deleted...]
-      Министрлік жанынан консультативтік-кеңесші органдар құру;</w:t>
+    <w:bookmarkStart w:name="z48" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сотқа жүгіну;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z48" w:id="47"/>
-[...15 lines deleted...]
-      сотқа жүгіну;</w:t>
+    <w:bookmarkStart w:name="z49" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ведомстволарға өз өкілеттіктері мен функцияларының бір бөлігін беру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z49" w:id="48"/>
-[...15 lines deleted...]
-      ведомстволарға өз өкілеттіктері мен функцияларының бір бөлігін беру;</w:t>
+    <w:bookmarkStart w:name="z50" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының заңнамасында көзделген өзге де құқықтарды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z50" w:id="49"/>
-[...15 lines deleted...]
-      Қазақстан Республикасының заңнамасында көзделген өзге де құқықтарды жүзеге асыру;</w:t>
+    <w:bookmarkStart w:name="z51" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) міндеттілігі:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z51" w:id="50"/>
-[...15 lines deleted...]
-      2) міндеттілігі:</w:t>
+    <w:bookmarkStart w:name="z52" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының заңнамасын, жеке және заңды тұлғалардың құқықтарын және заңмен қорғалатын мүдделерін сақтау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z52" w:id="51"/>
-[...15 lines deleted...]
-      Қазақстан Республикасының заңнамасын, жеке және заңды тұлғалардың құқықтарын және заңмен қорғалатын мүдделерін сақтау;</w:t>
+    <w:bookmarkStart w:name="z53" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының Әкімшілік рәсімдік-процестік кодексінде белгіленген тәртіппен және мерзімде жеке және заңды тұлғалардың жолданымдарын қабылдау және қарау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z53" w:id="52"/>
-[...15 lines deleted...]
-      Қазақстан Республикасының Әкімшілік рәсімдік-процестік кодексінде белгіленген тәртіппен және мерзімде жеке және заңды тұлғалардың жолданымдарын қабылдау және қарау;</w:t>
+    <w:bookmarkStart w:name="z54" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Министрлікке жүктелген міндеттер мен функцияларды іске асыруды қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z54" w:id="53"/>
-[...15 lines deleted...]
-      Министрлікке жүктелген міндеттер мен функцияларды іске асыруды қамтамасыз ету;</w:t>
+    <w:bookmarkStart w:name="z55" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өз құзыреті шегінде орындалуы міндетті нормативтік құқықтық актілерді қабылдау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z55" w:id="54"/>
-[...15 lines deleted...]
-      өз құзыреті шегінде орындалуы міндетті нормативтік құқықтық актілерді қабылдау;</w:t>
+    <w:bookmarkStart w:name="z56" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Министрліктің теңгеріміңдегі мемлекеттік меншіктің сақталуын қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z56" w:id="55"/>
-[...15 lines deleted...]
-      Министрліктің теңгеріміңдегі мемлекеттік меншіктің сақталуын қамтамасыз ету;</w:t>
+    <w:bookmarkStart w:name="z57" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Министрлікке бөлінген бюджет қаражатын толық, уақтылы және тиімді пайдалануды қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z57" w:id="56"/>
-[...15 lines deleted...]
-      Министрлікке бөлінген бюджет қаражатын толық, уақтылы және тиімді пайдалануды қамтамасыз ету;</w:t>
+    <w:bookmarkStart w:name="z58" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының заңнамасына, Қазақстан Республикасы Президентінің және Үкіметінің актілеріне сәйкес өзге де міндеттерді жүзеге асыру.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z58" w:id="57"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z59" w:id="58"/>
+    <w:bookmarkStart w:name="z59" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15. Функциялары: </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z60" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) дене шынықтыру және спорт, ойын бизнесі, лотереялар және лотерея қызметі, туристiк қызмет, туризм және туристік индустрия салаларындағы мемлекеттік саясатты қалыптастырады және іске асырады;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z60" w:id="59"/>
-[...15 lines deleted...]
-      1) дене шынықтыру және спорт, ойын бизнесі, лотереялар және лотерея қызметі, туристiк қызмет, туризм және туристік индустрия салаларындағы мемлекеттік саясатты қалыптастырады және іске асырады;</w:t>
+    <w:bookmarkStart w:name="z61" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) спорт және дене шынықтыру саласындағы мемлекеттік жастар саясатын іске асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z61" w:id="60"/>
-[...15 lines deleted...]
-      2) спорт және дене шынықтыру саласындағы мемлекеттік жастар саясатын іске асырады;</w:t>
+    <w:bookmarkStart w:name="z62" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) дене шынықтыру және спорт, ойын бизнесі, лотереялар және лотерея қызметі, туристік қызмет салаларындағы нормативтік құқықтық актілерді бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z62" w:id="61"/>
-[...15 lines deleted...]
-      3) дене шынықтыру және спорт, ойын бизнесі, лотереялар және лотерея қызметі, туристік қызмет салаларындағы нормативтік құқықтық актілерді бекітеді;</w:t>
+    <w:bookmarkStart w:name="z63" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) Министрлік реттейтін салаларда Қазақстан Республикасының заңнамасына сәйкес мемлекеттік қызметтер көрсету сапасын ішкі бақылауды жүргізеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z63" w:id="62"/>
-[...15 lines deleted...]
-      4) Министрлік реттейтін салаларда Қазақстан Республикасының заңнамасына сәйкес мемлекеттік қызметтер көрсету сапасын ішкі бақылауды жүргізеді;</w:t>
+    <w:bookmarkStart w:name="z64" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) Министрлік реттейтін салаларда кадрларға қажеттілікті айқындайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z64" w:id="63"/>
-[...15 lines deleted...]
-      5) Министрлік реттейтін салаларда кадрларға қажеттілікті айқындайды;</w:t>
+    <w:bookmarkStart w:name="z65" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) еңбек жөніндегі уәкілетті мемлекеттік органмен келісу бойынша Министрлік реттейтін салалардағы ұйымдардың басшылары, мамандары және басқа да қызметшілері лауазымдарының үлгілік біліктілік сипаттамаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z65" w:id="64"/>
-[...15 lines deleted...]
-      6) еңбек жөніндегі уәкілетті мемлекеттік органмен келісу бойынша Министрлік реттейтін салалардағы ұйымдардың басшылары, мамандары және басқа да қызметшілері лауазымдарының үлгілік біліктілік сипаттамаларын әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z66" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) бюджеттік жоспарлау жөніндегі орталық уәкілетті органмен келісу бойынша Министрлік жетекшілік ететін салаларда заттай нормаларды әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z66" w:id="65"/>
-[...15 lines deleted...]
-      7) бюджеттік жоспарлау жөніндегі орталық уәкілетті органмен келісу бойынша Министрлік жетекшілік ететін салаларда заттай нормаларды әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z67" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) Министрлік реттейтін салаларда Қазақстан Республикасының әкімшілік құқық бұзушылық заңнамасына сәйкес заңнамада белгіленген жағдайларда және тәртіппен әкімшілік құқық бұзушылық туралы хаттамалар жасайды, әкімшілік құқық бұзушылық туралы істерді қарайды және әкімшілік жазалар қолданады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z67" w:id="66"/>
-[...15 lines deleted...]
-      8) Министрлік реттейтін салаларда Қазақстан Республикасының әкімшілік құқық бұзушылық заңнамасына сәйкес заңнамада белгіленген жағдайларда және тәртіппен әкімшілік құқық бұзушылық туралы хаттамалар жасайды, әкімшілік құқық бұзушылық туралы істерді қарайды және әкімшілік жазалар қолданады;</w:t>
+    <w:bookmarkStart w:name="z68" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) мемлекеттік және бюджеттік жоспарлау жөніндегі орталық уәкілетті органдармен келісу бойынша мемлекеттiк органның даму жоспарын бекiтедi;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z68" w:id="67"/>
-[...15 lines deleted...]
-      9) мемлекеттік және бюджеттік жоспарлау жөніндегі орталық уәкілетті органдармен келісу бойынша мемлекеттiк органның даму жоспарын бекiтедi;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9-1) бюджеттік жоспарлау жөніндегі орталық уәкілетті органмен келісу бойынша зерттеулердің және консалтингтік көрсетілетін қызметтердің құнын айқындау қағидаларын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9-2) бюджеттік жоспарлау жөніндегі орталық уәкілетті органмен келісу бойынша мемлекеттік тапсырманың құнын айқындау қағидаларын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9-3) мемлекеттік кәсіпорындардың таза кірістің бөлігін бюджетке толық және уақтылы аударуын бақылауды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9-4) Қазақстан Республикасы Бюджет кодексінің 40-бабында белгіленген мониторинг нәтижелерін жариялауды қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z69" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) техникалық реттеу және метрология саласындағы уәкілетті органмен бірлесіп, мемлекеттік реттеуге жатқызылатын өлшемдердің тізбесін бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="67"/>
-    <w:p>
-[...87 lines deleted...]
-      10) техникалық реттеу және метрология саласындағы уәкілетті органмен бірлесіп, мемлекеттік реттеуге жатқызылатын өлшемдердің тізбесін бекітеді;</w:t>
+    <w:bookmarkStart w:name="z70" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) мемлекеттік қызметтер көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актілерді әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z70" w:id="69"/>
-[...15 lines deleted...]
-      11) мемлекеттік қызметтер көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актілерді әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z71" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) саяси партиялармен, қоғамдық бірлестіктермен, кәсіптік одақтармен және өзге де ұйымдармен Министрліктің құзыретіне жататын мәселелер бойынша өзара іс-қимыл жасайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z71" w:id="70"/>
-[...15 lines deleted...]
-      12) саяси партиялармен, қоғамдық бірлестіктермен, кәсіптік одақтармен және өзге де ұйымдармен Министрліктің құзыретіне жататын мәселелер бойынша өзара іс-қимыл жасайды;</w:t>
+    <w:bookmarkStart w:name="z379" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12-1) Қазақстан Республикасының Әкімшілік рәсімдік-процестік кодексінде белгіленген тәртіппен және мерзімде петицияларды қарайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z379" w:id="71"/>
-[...15 lines deleted...]
-      12-1) Қазақстан Республикасының Әкімшілік рәсімдік-процестік кодексінде белгіленген тәртіппен және мерзімде петицияларды қарайды;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12-2) цифрлық трансформациялауды жүргізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z72" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) Министрліктің кадр саясатында гендерлік теңдік қағидаттарының сақталуын қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="71"/>
-    <w:p>
-[...33 lines deleted...]
-      13) Министрліктің кадр саясатында гендерлік теңдік қағидаттарының сақталуын қамтамасыз етеді;</w:t>
+    <w:bookmarkStart w:name="z73" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) өз құзыреті шегінде ұлттық қауіпсіздік жүйесін жетілдіру бойынша ұсыныстар енгізеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z73" w:id="73"/>
-[...15 lines deleted...]
-      14) өз құзыреті шегінде ұлттық қауіпсіздік жүйесін жетілдіру бойынша ұсыныстар енгізеді;</w:t>
+    <w:bookmarkStart w:name="z74" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) кәсіпкерлік жөніндегі уәкілетті органмен бірлесіп, тәуекел дәрежесін бағалау өлшемшарттарын, тексеру парақтарын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z74" w:id="74"/>
-[...15 lines deleted...]
-      15) кәсіпкерлік жөніндегі уәкілетті органмен бірлесіп, тәуекел дәрежесін бағалау өлшемшарттарын, тексеру парақтарын әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z75" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) Қазақстан Республикасының Кәсіпкерлік кодексіне сәйкес тексерулер жүргізудің жартыжылдық кестелерін бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z75" w:id="75"/>
-[...15 lines deleted...]
-      16) Қазақстан Республикасының Кәсіпкерлік кодексіне сәйкес тексерулер жүргізудің жартыжылдық кестелерін бекітеді;</w:t>
+    <w:bookmarkStart w:name="z76" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) Қазақстан Республикасының заңнамасында белгіленген тәртіппен ұлттық, мемлекетаралық стандарттарды, ұлттық техникалық-экономикалық ақпарат сыныптауыштарын, стандарттау жөніндегі ұсынымдарды әзірлеу, өзгерістер енгізу, қайта қарау және күшін жою туралы ұсыныстарды дайындауды және стандарттау саласындағы уәкілетті органға енгізуді жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z76" w:id="76"/>
-[...15 lines deleted...]
-      17) Қазақстан Республикасының заңнамасында белгіленген тәртіппен ұлттық, мемлекетаралық стандарттарды, ұлттық техникалық-экономикалық ақпарат сыныптауыштарын, стандарттау жөніндегі ұсынымдарды әзірлеу, өзгерістер енгізу, қайта қарау және күшін жою туралы ұсыныстарды дайындауды және стандарттау саласындағы уәкілетті органға енгізуді жүзеге асырады;</w:t>
+    <w:bookmarkStart w:name="z77" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) стандарттау саласындағы уәкілетті органмен келісу бойынша ұлттық стандарттарды және ұлттық техникалық-экономикалық ақпарат сыныптауыштарын әзірлеуді жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z77" w:id="77"/>
-[...15 lines deleted...]
-      18) стандарттау саласындағы уәкілетті органмен келісу бойынша ұлттық стандарттарды және ұлттық техникалық-экономикалық ақпарат сыныптауыштарын әзірлеуді жүзеге асырады;</w:t>
+    <w:bookmarkStart w:name="z78" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) стандарттау жөніндегі құжаттар мен ұлттық стандарттау жоспарының жобаларын қарайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z78" w:id="78"/>
-[...15 lines deleted...]
-      19) стандарттау жөніндегі құжаттар мен ұлттық стандарттау жоспарының жобаларын қарайды;</w:t>
+    <w:bookmarkStart w:name="z79" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20) стандарттау жөніндегі техникалық комитеттерді құру бойынша ұсыныстар дайындайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z79" w:id="79"/>
-[...15 lines deleted...]
-      20) стандарттау жөніндегі техникалық комитеттерді құру бойынша ұсыныстар дайындайды;</w:t>
+    <w:bookmarkStart w:name="z80" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21) стандарттау жөніндегі техникалық комитеттердің және стандарттау жөніндегі ұлттық органның, стандарттау жөніндегі халықаралық ұйымдардың жұмысына қатысады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z80" w:id="80"/>
-[...15 lines deleted...]
-      21) стандарттау жөніндегі техникалық комитеттердің және стандарттау жөніндегі ұлттық органның, стандарттау жөніндегі халықаралық ұйымдардың жұмысына қатысады;</w:t>
+    <w:bookmarkStart w:name="z81" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22) өлшем бірлігін қамтамасыз ету саласындағы бірыңғай мемлекеттік саясатты іске асыруға қатысады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z81" w:id="81"/>
-[...15 lines deleted...]
-      22) өлшем бірлігін қамтамасыз ету саласындағы бірыңғай мемлекеттік саясатты іске асыруға қатысады;</w:t>
+    <w:bookmarkStart w:name="z82" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23) уәкілетті органмен келісу бойынша әкімшілік деректерді жинауға арналған нысандарды, сондай-ақ көрсеткіштерді есептеу әдістемелерін бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z82" w:id="82"/>
-[...15 lines deleted...]
-      23) уәкілетті органмен келісу бойынша әкімшілік деректерді жинауға арналған нысандарды, сондай-ақ көрсеткіштерді есептеу әдістемелерін бекітеді;</w:t>
+    <w:bookmarkStart w:name="z83" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24) арыз иелері көтеретін жүйелі проблемаларға талдау жүргізеді және оларды анықтайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z83" w:id="83"/>
-[...15 lines deleted...]
-      24) арыз иелері көтеретін жүйелі проблемаларға талдау жүргізеді және оларды анықтайды;</w:t>
+    <w:bookmarkStart w:name="z84" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25) ведомстволық статистикалық байқауларды жүргізу үшін статистикалық нысандарды және оларды толтыру жөніндегі нұсқаулықтарды мемлекеттік статистика саласындағы уәкілетті мемлекеттік органмен келісу бойынша бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z84" w:id="84"/>
-[...15 lines deleted...]
-      25) ведомстволық статистикалық байқауларды жүргізу үшін статистикалық нысандарды және оларды толтыру жөніндегі нұсқаулықтарды мемлекеттік статистика саласындағы уәкілетті мемлекеттік органмен келісу бойынша бекітеді;</w:t>
+    <w:bookmarkStart w:name="z85" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26) көтермелеудің салалық жүйесін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z85" w:id="85"/>
-[...15 lines deleted...]
-      26) көтермелеудің салалық жүйесін әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z86" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27) жеңімпаздарына дене шынықтыру және спорт мамандықтары бойынша техникалық және кәсіптік, орта білімнен кейінгі білімнің білім беру бағдарламаларын іске асыратын білім беру ұйымдарында экстернат нысанында оқуға рұқсат етілетін халықаралық, республикалық спорттық жарыстардың тізбесін қалыптастырады және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z86" w:id="86"/>
-[...15 lines deleted...]
-      27) жеңімпаздарына дене шынықтыру және спорт мамандықтары бойынша техникалық және кәсіптік, орта білімнен кейінгі білімнің білім беру бағдарламаларын іске асыратын білім беру ұйымдарында экстернат нысанында оқуға рұқсат етілетін халықаралық, республикалық спорттық жарыстардың тізбесін қалыптастырады және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z87" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28) республикалық бюджеттен қаржыландырылатын, дене шынықтыру мен спорт мамандықтары бойынша техникалық және кәсіптік, орта білімнен кейінгі білімнің білім беру бағдарламаларын іске асыратын білім беру ұйымдарында экстернат нысанында оқуға рұқсат береді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z87" w:id="87"/>
-[...15 lines deleted...]
-      28) республикалық бюджеттен қаржыландырылатын, дене шынықтыру мен спорт мамандықтары бойынша техникалық және кәсіптік, орта білімнен кейінгі білімнің білім беру бағдарламаларын іске асыратын білім беру ұйымдарында экстернат нысанында оқуға рұқсат береді;</w:t>
+    <w:bookmarkStart w:name="z419" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28-1) мүдделі ұйымдардың ұсыныстарын ескере отырып, дене шынықтыру және спорт саласындағы білім беру ұйымдарында жоғары және жоғары оқу орнынан кейінгі білімі бар, сондай-ақ техникалық және кәсіптік, орта білімнен кейінгі білімі бар мамандарды даярлауға мемлекеттік білім беру тапсырысын бөлуді және орналастыруды бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="87"/>
     <w:bookmarkStart w:name="z88" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29) облыстың, республикалық маңызы бар қаланың, астананың дене шынықтыру және спорт жөніндегі басқару органының бірінші басшысын лауазымға тағайындауды және лауазымынан босатуды келіседі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="88"/>
     <w:bookmarkStart w:name="z89" w:id="89"/>
     <w:p>
@@ -2831,4052 +2899,4446 @@
         <w:t>
       43) денсаулық сақтау саласындағы уәкілетті органмен келісу бойынша спорттық жарыстарға қатысу үшін спортшыларды медициналық зерттеп-қарау қағидаларын бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="103"/>
     <w:bookmarkStart w:name="z103" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       44) денсаулық сақтау саласындағы уәкілетті органмен келісу бойынша спорттық іс-шараларды өткізу кезінде, спортшылардың денеге аса күш түсіруінен, ауруларынан және жарақаттануларынан кейін қалпына келтіру іс-шаралары кезеңінде спортшылар мен жаттықтырушыларды медициналық қамтамасыз ету және оларға медициналық көмек көрсету қағидаларын бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z104" w:id="105"/>
-[...15 lines deleted...]
-      45) денсаулық сақтау саласындағы уәкілетті органмен келісу бойынша спорттық медицина ұйымдарының құрылымдарын және олардың қызметі туралы ережелерді бекітеді;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">45) алып тасталды - ҚР Үкіметінің 29.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1025</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z105" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      46) спорт федерацияларын аккредиттеу қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z105" w:id="106"/>
-[...15 lines deleted...]
-      46) спорт федерацияларын аккредиттеу қағидаларын әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z106" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      47) спорт түрлері бойынша Қазақстан Республикасының ұлттық және штаттық ұлттық командаларының, Қазақстан Республикасы командаларының және облыстар, республикалық маңызы бар қалалар және астана командаларының құрамдарын қалыптастыру қағидаларын бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z106" w:id="107"/>
-[...15 lines deleted...]
-      47) спорт түрлері бойынша Қазақстан Республикасының ұлттық және штаттық ұлттық командаларының, Қазақстан Республикасы командаларының және облыстар, республикалық маңызы бар қалалар және астана командаларының құрамдарын қалыптастыру қағидаларын бекітеді;</w:t>
+    <w:bookmarkStart w:name="z107" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48) спорт резерві және жоғары дәрежедегі спортшыларды даярлау бойынша оқу-жаттығу процесін жүзеге асыратын дене шынықтыру-спорт ұйымдарына қабылдау үшін спорттың түрлері бойынша спортшылардың жас шамасын, сондай-ақ спорттың түрлері бойынша спорттық жарыстарға қатысу үшін ең төменгі жас шамасын денсаулық сақтау саласындағы уәкілетті органмен келісу бойынша бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z107" w:id="108"/>
-[...15 lines deleted...]
-      48) спорт резерві және жоғары дәрежедегі спортшыларды даярлау бойынша оқу-жаттығу процесін жүзеге асыратын дене шынықтыру-спорт ұйымдарына қабылдау үшін спорттың түрлері бойынша спортшылардың жас шамасын, сондай-ақ спорттың түрлері бойынша спорттық жарыстарға қатысу үшін ең төменгі жас шамасын денсаулық сақтау саласындағы уәкілетті органмен келісу бойынша бекітеді;</w:t>
+    <w:bookmarkStart w:name="z108" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      49) денсаулық сақтау саласындағы уәкілетті органмен келісу бойынша спорт түрлері бойынша Қазақстан Республикасы ұлттық командаларының мүшелеріне олардың халықаралық спорттық жарыстарда жарақаттар алуы және мертігуі кезінде өтемақы төлемдерін төлеу қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z108" w:id="109"/>
-[...15 lines deleted...]
-      49) денсаулық сақтау саласындағы уәкілетті органмен келісу бойынша спорт түрлері бойынша Қазақстан Республикасы ұлттық командаларының мүшелеріне олардың халықаралық спорттық жарыстарда жарақаттар алуы және мертігуі кезінде өтемақы төлемдерін төлеу қағидаларын әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z109" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      50) спорт түрлерін, спорт салаларын тану және спорт түрлерінің тізілімін қалыптастыру қағидаларын бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z109" w:id="110"/>
-[...15 lines deleted...]
-      50) спорт түрлерін, спорт салаларын тану және спорт түрлерінің тізілімін қалыптастыру қағидаларын бекітеді;</w:t>
+    <w:bookmarkStart w:name="z110" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      51) спорттық-бұқаралық іс-шаралардың бірыңғай күнтізбесін қалыптастыру қағидаларын бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z110" w:id="111"/>
-[...15 lines deleted...]
-      51) спорттық-бұқаралық іс-шаралардың бірыңғай күнтізбесін қалыптастыру қағидаларын бекітеді;</w:t>
+    <w:bookmarkStart w:name="z111" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      52) оқу-жаттығу процесі, спорттық резервін және жоғары дәрежедегі спортшыларды даярлау, допингке қарсы қызмет, ғылыми-әдістемелік, медициналық-биологиялық және фармакологиялық қамтамасыз ету жүзеге асырылатын ұйымдар және спортшыларды медициналық көмекпен қамтамасыз ететін ұйымдар үшін үлгілік штаттарды әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z111" w:id="112"/>
-[...15 lines deleted...]
-      52) оқу-жаттығу процесі, спорттық резервін және жоғары дәрежедегі спортшыларды даярлау, допингке қарсы қызмет, ғылыми-әдістемелік, медициналық-биологиялық және фармакологиялық қамтамасыз ету жүзеге асырылатын ұйымдар және спортшыларды медициналық көмекпен қамтамасыз ететін ұйымдар үшін үлгілік штаттарды әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z112" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      53) спорт мектептеріне және спорт мектептерінің бөлімшелеріне "мамандандырылған" деген мәртебе беру қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z112" w:id="113"/>
-[...15 lines deleted...]
-      53) спорт мектептеріне және спорт мектептерінің бөлімшелеріне "мамандандырылған" деген мәртебе беру қағидаларын әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z113" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      54) республикалық және жергілікті бюджеттерден қаржыландырылатын спорттық іс-шараларға, оның ішінде дене шынықтыру-спорт ұйымдары үшін оқу-жаттығу жиындарына бөлінетін ақшаны жұмсау қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z113" w:id="114"/>
-[...15 lines deleted...]
-      54) республикалық және жергілікті бюджеттерден қаржыландырылатын спорттық іс-шараларға, оның ішінде дене шынықтыру-спорт ұйымдары үшін оқу-жаттығу жиындарына бөлінетін ақшаны жұмсау қағидаларын әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z114" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      55) спортшыларға, жаттықтырушыларға, дене шынықтыру және спорт саласындағы мамандар мен дене шынықтыру-спорт ұйымдарына "Үздік" номинациясында атақтар беру қағидаларын бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z114" w:id="115"/>
-[...15 lines deleted...]
-      55) спортшыларға, жаттықтырушыларға, дене шынықтыру және спорт саласындағы мамандар мен дене шынықтыру-спорт ұйымдарына "Үздік" номинациясында атақтар беру қағидаларын бекітеді;</w:t>
+    <w:bookmarkStart w:name="z115" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      56) спорт резерві мен жоғары дәрежелі спортшыларды даярлау жөніндегі оқу-жаттығу процесі жүзеге асырылатын дене шынықтыру-спорт ұйымдары түрлерінің тізбесін және олардың қызметі қағидаларын бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z115" w:id="116"/>
-[...15 lines deleted...]
-      56) спорт резерві мен жоғары дәрежелі спортшыларды даярлау жөніндегі оқу-жаттығу процесі жүзеге асырылатын дене шынықтыру-спорт ұйымдары түрлерінің тізбесін және олардың қызметі қағидаларын бекітеді;</w:t>
+    <w:bookmarkStart w:name="z116" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      57) білім беру саласындағы уәкілетті органмен келісу бойынша олимпиадалық резервтің республикалық, облыстық, республикалық маңызы бар қалалардың, астананың мамандандырылған мектеп-интернат-колледждері және спорттағы дарынды балаларға арналған облыстық, республикалық маңызы бар қалалардың, астананың мектеп-интернаттары қызметінің қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z116" w:id="117"/>
-[...15 lines deleted...]
-      57) білім беру саласындағы уәкілетті органмен келісу бойынша олимпиадалық резервтің республикалық, облыстық, республикалық маңызы бар қалалардың, астананың мамандандырылған мектеп-интернат-колледждері және спорттағы дарынды балаларға арналған облыстық, республикалық маңызы бар қалалардың, астананың мектеп-интернаттары қызметінің қағидаларын әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z117" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      58) олимпиадалық резервтің республикалық, облыстық, республикалық маңызы бар қалалардың, астананың мамандандырылған мектеп-интернат-колледждері, спорттағы дарынды балаларға арналған облыстық, республикалық маңызы бар қалалардың, астананың мектеп-интернаттары үшін спорт түрлері бойынша білім берудің үлгілік оқу бағдарламаларын бекітеді және олимпиадалық резервтің республикалық мамандандырылған мектеп-интернат-колледждерінің оқу бағдарламаларын келіседі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z117" w:id="118"/>
-[...15 lines deleted...]
-      58) олимпиадалық резервтің республикалық, облыстық, республикалық маңызы бар қалалардың, астананың мамандандырылған мектеп-интернат-колледждері, спорттағы дарынды балаларға арналған облыстық, республикалық маңызы бар қалалардың, астананың мектеп-интернаттары үшін спорт түрлері бойынша білім берудің үлгілік оқу бағдарламаларын бекітеді және олимпиадалық резервтің республикалық мамандандырылған мектеп-интернат-колледждерінің оқу бағдарламаларын келіседі;</w:t>
+    <w:bookmarkStart w:name="z402" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      58-1) еңбек жөніндегі уәкілетті органмен бірлесіп, мемлекеттік дене шынықтыру-спорт ұйымдарының бірінші басшыларын лауазымға тағайындау, лауазымнан босату қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z402" w:id="119"/>
-[...15 lines deleted...]
-      58-1) еңбек жөніндегі уәкілетті органмен бірлесіп, мемлекеттік дене шынықтыру-спорт ұйымдарының бірінші басшыларын лауазымға тағайындау, лауазымнан босату қағидаларын әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z403" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      58-2) мемлекеттік дене шынықтыру-спорт ұйымдарының бірінші басшыларын ротациялауды жүргізу қағидаларын бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z403" w:id="120"/>
-[...15 lines deleted...]
-      58-2) мемлекеттік дене шынықтыру-спорт ұйымдарының бірінші басшыларын ротациялауды жүргізу қағидаларын бекітеді;</w:t>
+    <w:bookmarkStart w:name="z404" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      58-3) республикалық мемлекеттік дене шынықтыру-спорт ұйымдарының бірінші басшыларын ротациялауды жүргізеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z404" w:id="121"/>
-[...15 lines deleted...]
-      58-3) республикалық мемлекеттік дене шынықтыру-спорт ұйымдарының бірінші басшыларын ротациялауды жүргізеді;</w:t>
+    <w:bookmarkStart w:name="z405" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      58-4) білім беру саласындағы уәкілетті органмен келісу бойынша олимпиадалық резервтің республикалық, облыстық, республикалық маңызы бар қалалардың және астананың мамандандырылған мектеп-интернат-колледждеріне және спорттағы дарынды балаларға арналған облыстық, республикалық маңызы бар қалалардың, астананың мектеп-интернаттарына оқуға қабылдау қағидаларын бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z405" w:id="122"/>
-[...15 lines deleted...]
-      58-4) білім беру саласындағы уәкілетті органмен келісу бойынша олимпиадалық резервтің республикалық, облыстық, республикалық маңызы бар қалалардың және астананың мамандандырылған мектеп-интернат-колледждеріне және спорттағы дарынды балаларға арналған облыстық, республикалық маңызы бар қалалардың, астананың мектеп-интернаттарына оқуға қабылдау қағидаларын бекітеді;</w:t>
+    <w:bookmarkStart w:name="z406" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      58-5) білім беру саласындағы уәкілетті органмен келісу бойынша мамандандырылған спорт сыныптарының жұмыс істеу қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z406" w:id="123"/>
-[...15 lines deleted...]
-      58-5) білім беру саласындағы уәкілетті органмен келісу бойынша мамандандырылған спорт сыныптарының жұмыс істеу қағидаларын әзірлейді және бекітеді;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">59) алып тасталды - ҚР Үкіметінің 18.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 638</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z119" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      60) олимпиадалық резервтің республикалық, облыстық, республикалық маңызы бар қалалардың, астананың мамандандырылған мектеп-интернат-колледждері, спорттағы дарынды балаларға арналған облыстық, республикалық маңызы бар қалалардың, астананың мектеп-интернаттары үшін спорт түрлері бойынша үлгілік оқу жоспарларын бекітеді және олимпиадалық резервтің республикалық мамандандырылған мектеп-интернат-колледждерінің оқу жоспарларын келіседі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z120" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      61) спорт түрлерінде пайдаланылатын жануарлар мен құстардың жем-азығы нормативтерін әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z121" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      62) жоғары дәрежелі спортшылармен, жоғары дәрежелі спортшыларды даярлауды жүзеге асыратын жаттықтырушылармен және дене шынықтыру және спорт саласындағы мамандармен спорттық қызмет туралы шарттар бойынша ақша төлемінің өлшемшарттары мен мөлшерін бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z122" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      63) денсаулық сақтау саласындағы уәкілетті органмен келісу бойынша мүгедектігі бар спортшыларға сыныптау жүргізу тәртібі мен шарттарын бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z123" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      64) білім беру саласындағы уәкілетті органмен келісу бойынша спорт саласындағы білім беру ұйымдарының қызметі туралы қағидаларды әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z124" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      65) спорттың басым түрлерінің республикалық тізбесін және өңірлер бөлінісінде спорттың басым түрлерінің өңірлік тізбесін, сондай-ақ оларды бюджет қаражаты есебінен қаржыландыру тәртібін әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z407" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      65-1) жоғары жетістіктер спорты түрлерінің тізбесін және оларды бюджет қаражаты есебінен қаржыландыру тәртібін айқындайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">59) алып тасталды - ҚР Үкіметінің 18.08.2025 </w:t>
+        <w:t xml:space="preserve">66) алып тасталды - ҚР Үкіметінің 18.08.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 638</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z119" w:id="124"/>
-[...135 lines deleted...]
-      65-1) жоғары жетістіктер спорты түрлерінің тізбесін және оларды бюджет қаражаты есебінен қаржыландыру тәртібін айқындайды;</w:t>
+    <w:bookmarkStart w:name="z126" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      67) дене шынықтыру және спорт саласындағы уәкілетті орган мен жергілікті атқарушы органдар өткізетін спорттық жарыстардың чемпиондары мен жүлдегерлері үшін жүлделер құнының мөлшерін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z127" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      68) өткізуден түскен ақша өз иелігінде қалатын мемлекеттік мекемелердің тауарларды (жұмыстарды, көрсетілетін қызметтерді) өткізуі бойынша ақылы қызмет түрлерін жүзеге асыру, мемлекеттік мекемелердің тауарларды (жұмыстарды, көрсетілетін қызметтерді) өткізуінен түскен, өз иелігінде қалатын ақшаны пайдалану қағидаларын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z128" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      69) Қазақстан Республикасының спорттық әдебін әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z129" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      70) балалар-жасөспірімдер спорт мектептері желісінің ең төмен мемлекеттік нормативтерін әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z130" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      71) дене шынықтыру мен спортты дамытуға бағытталған бюджеттен тыс ақшаны бөлу жөніндегі қағидаларды әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z131" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      72) Олимпиадалық, Паралимпиадалық және Сурдлимпиадалық ойындардың чемпиондары мен жүлдегерлеріне тұрғынжай беру және оны пайдалану қағидаларын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z132" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      73) "Дене шынықтыру және спорт туралы" Қазақстан Республикасының Заңына сәйкес бірыңғай операторды айқындайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z133" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      74) балалар мен жасөспірімдерге арналған спорт секцияларында мемлекеттік спорттық тапсырысты орналастыру және олардың жұмыс істеу қағидаларын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z134" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      75) балалар мен жасөспірімдерге арналған спорт секцияларын жан басына шаққандағы нормативтік қаржыландыру қағидаларын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z135" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      76) мемлекеттік спорттық тапсырысты жан басына шаққандағы нормативтік қаржыландыру әдістемесін әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z136" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      77) балалар мен жасөспірімдерге арналған спорт секцияларының рейтингін айқындау қағидаларын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z137" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      78) спортшыны тіркеу туралы куәлікті беру және ауыстыру, спорт федерацияларының спортшыны тіркеу туралы мәліметтерді ұсыну тәртібін, сондай-ақ спортшыны тіркеу туралы куәліктің нысанын бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z138" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      79) мүгедектігі бар адамдарды қоспағанда, дене шынықтыру-сауықтыру қызметтерін тегін немесе жеңілдікті шарттармен пайдаланатын азаматтар санаттарының тізбесін, сондай-ақ жеңілдіктер мөлшерін белгілейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z139" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      80) спорт түрлері бойынша Қазақстан Республикасының ұлттық командаларын Олимпиада, Паралимпиада, Сурдлимпиада ойындарына және басқа да халықаралық жарыстарға даярлау жөніндегі ұйымдастыру комитеттерінің құрамдарын бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z140" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      81) аккредиттелген ұлттық спорт федерацияларымен және жергілікті атқарушы органдармен бірлесе отырып, республикалық және халықаралық спорттық жарыстарды өткiзедi;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z141" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      82) ұлттық спорт түрлері бойынша аккредиттелген ұлттық спорт федерацияларымен бірлесіп, халықаралық және республикалық жарыстар өткізуді, спорт түрлері бойынша Қазақстан Республикасының ұлттық командаларын халықаралық спорттық жарыстарға даярлауды және олардың қатысуын ұйымдастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z408" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      82-1) спорт түрлері бойынша Қазақстан Республикасының ұлттық және штаттық ұлттық командаларының мүшелерін халықаралық спорттық жарыстарға даярлауды және олардың қатысуын ұйымдастырады және жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z409" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      82-2) спорт түрлері бойынша Қазақстан Республикасы ұлттық командаларының мүшелерiн халықаралық спорттық жарыстарға даярлауды және олардың қатысуын ұйымдастырады және жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z142" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      83) дене шынықтыру және спорт саласындағы ғылыми зерттеулердi, олардың нәтижелерiн Қазақстан Республикасының заңнамасына сәйкес дене шынықтыру және спорт практикасына енгiзудi ұйымдастырады және үйлестiредi;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z143" w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      84) спортта допингке қарсы іс-шаралардың жүргiзiлуiн бақылауды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">66) алып тасталды - ҚР Үкіметінің 18.08.2025 </w:t>
-[...6 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      15-тармақты 84-1) тармақшамен толықтыру көзделген – ҚР Үкіметінің 18.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 638</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (16.06.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z144" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      85) спортшылар мен жаттықтырушыларға: "Қазақстан Республикасының еңбек сiңiрген спорт шеберi", "Қазақстан Республикасының халықаралық дәрежедегi спорт шеберi", "Қазақстан Республикасының спорт шеберi", "Қазақстан Республикасының еңбек сiңiрген жаттықтырушысы" спорттық атақтарын береді, спортшылар мен жаттықтырушыларды осындай спорттық атақтарынан айырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z145" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      86) бiлiктiлiгi жоғары деңгейдегi жоғары санатты жаттықтырушы, бiлiктiлiгi жоғары деңгейдегi жоғары санатты жаттықтырушы-оқытушы, бiлiктiлiгi орта деңгейдегi жоғары санатты жаттықтырушы, бiлiктiлiгi орта деңгейдегi жоғары санатты жаттықтырушы-оқытушы, бiлiктiлiгi жоғары деңгейдегi жоғары санатты әдіскер, бiлiктiлiгi орта деңгейдегi жоғары санатты әдiскер, бiлiктiлiгi жоғары деңгейдегi жоғары санатты нұсқаушы-спортшы, жоғары санатты ұлттық спорт төрешiсi, ұлттық спорт төрешiсi біліктілік санаттарын береді, біліктілік санаттарынан айырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z146" w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      87) ұлттық спорт федерацияларын аккредиттеудi жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z147" w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      88) халықаралық спорттық жарыстардың чемпиондары мен жүлдегерлеріне, жаттықтырушыларға және спорт түрлері бойынша Қазақстан Республикасы ұлттық командаларының мүшелеріне ақшалай көтермелеуді төлеу және оны қайтару қағидаларын бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z148" w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      89) спортшылар мен жаттықтырушыларға өмір бойы ай сайынғы материалдық қамсыздандыруды төлеу қағидаларын бекітеді, олардың мөлшерін белгілейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z149" w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      90) спорт түрлері бойынша кешенді нысаналы бағдарламаларды және спорт түрлері бойынша Қазақстан Республикасы ұлттық командаларының спортшыларын даярлаудың жеке жоспарларын бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z150" w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      91) спорт резервін және жоғары дәрежелі спортшыларды даярлау жүзеге асырылатын дене шынықтыру-спорт ұйымдары үшін спорт түрлері бойынша бағдарламаларды бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z151" w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      92) аккредиттелген ұлттық спорт федерацияларының ұсынуымен спорт түрлері бойынша Қазақстан Республикасының ұлттық және штаттық ұлттық командаларының құрамдарын жыл сайын бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z152" w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      93) аккредиттелген ұлттық спорт федерацияларының ұсынуымен спорт түрлері бойынша Қазақстан Республикасы ұлттық командаларының бас жаттықтырушыларын және спорт түрлері бойынша мемлекеттік жаттықтырушыларды лауазымға тағайындайды және лауазымнан босатады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z153" w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      94) спорт түрлері бойынша Қазақстан Республикасы ұлттық командаларының мүшелеріне олардың халықаралық спорттық жарыстарда спорттық жарақаттар алуы және мертігуі кезінде өтемақы төлемдерін төлеуді жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z154" w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      95) спорт түрлері бойынша Қазақстан Республикасы ұлттық командаларының мүшелерін халықаралық спорттық жарыстарға даярлау және оған қатысу кезінде сақтандыруды қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z155" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      96) аккредиттелген ұлттық спорт федерацияларының ұсыныстары бойынша спорттық-бұқаралық іс-шаралардың бірыңғай республикалық күнтізбесін бекітеді және оның іске асырылуын қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">97) алып тасталды - ҚР Үкіметінің 18.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 638</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> қаулысымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z126" w:id="131"/>
-[...398 lines deleted...]
-    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z157" w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      98) "Үздік спорт журналисі" атағын беру қағидаларын масс-медиа саласындағы уәкілетті органмен келісу бойынша әзірлейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z158" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      99) халықаралық және республикалық спорттық жарыстардың ережелерін (регламенттерін) бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z159" w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      100) спорттық іс-шаралардың шығыстар құрылымын бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">101) алып тасталды - ҚР Үкіметінің 18.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 638</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z161" w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      102) халықтың әртүрлі топтарының жас шамасын, кәсіптік және әлеуметтік ерекшеліктерін ескере отырып, дене шынықтыру мен спортты насихаттауды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z162" w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      103) мүгедектігі бар адамдарға арналған дене шынықтыру-спорт ұйымдарындағы оқу-жаттығу процесінің спорт түрлері бойынша даярлық кезеңдерінің мазмұнын, бағдарламасын бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z163" w:id="167"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      104) мүгедектігі бар адамдардың қоғамдық бірлестіктерімен бірлесіп, республикалық спорт жарыстарын өткізуді ұйымдастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z164" w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      105) дене шынықтыру-спорт ұйымдарымен бірлесе отырып, мүгедектігі бар адамдар арасындағы спорт түрлері бойынша Қазақстан Республикасының ұлттық командаларын даярлауды және олардың халықаралық спорттық жарыстарға, оның ішінде Паралимпиадалық, Сурдлимпиадалық ойындарға және Дүниежүзілік арнаулы олимпиадалық ойындарға қатысуын ұйымдастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z410" w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      105-1) спорт түрі (түрлері) бойынша спорттық даярлықтың ұлттық стандарттарын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z165" w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      106) Қазақстан Республикасы халқының дене шынықтыру даярлығына президенттік тестілерді орындау жөніндегі жұмысқа басшылық жасауды және оны бақылауды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z166" w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      107) Қазақстан Республикасының штаттық ұлттық командаларының сандық құрамын бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z167" w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      108) дене шынықтыру мен спортты дамытуға бағытталған бюджеттен тыс ақша бөлу жөніндегі бірыңғай операторды айқындау қағидаларын бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z411" w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      108-1) спорттың ойналатын түрлері бойынша кәсіби спорт клубтарын күтіп-ұстауға бөлінетін бюджет қаражатының лимиттерін бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z412" w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      108-2) спорт түрлері бойынша Қазақстан Республикасы ұлттық командаларының құрамына кіретін спортшыларға, олардың жаттықтырушыларына ай сайынғы ақшалай қамтылым төлемдерінің мөлшерін әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z168" w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      109) қару айналымын бақылау саласындағы уәкілетті органмен келісу бойынша спортпен шұғылдану кезінде және оқу мақсатында қаруды қолдану қағидаларын бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z169" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      110) кешенді спорттық іс-шараларға қатысатын спортшылар санының Қазақстан Республикасы cпорттық делегациясының өзге де мүшелерінің сандық құрамына оңтайлы арақатынасын айқындау жөніндегі нормативтерді бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z413" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      110-1) спорт аттарын тіркеу, есептен шығару және пайдалану қағидаларын бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z414" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      110-2) спорт резервін және жоғары дәрежелі спортшыларды даярлау жөніндегі оқу-жаттығу процесін жүзеге асыратын республикалық спорт объектілерін, дене шынықтыру-спорт ұйымдарын салуды және реконструкциялауды ұйымдастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z415" w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      110-3) дене шынықтыру және спорт саласындағы нысаналы индикаторлардың тізбесін бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z416" w:id="180"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      110-4) дене шынықтыру және спорт саласындағы нысаналы индикаторлардың көрсеткіштерін жыл сайын жергілікті атқарушы органдардың назарына жеткізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z417" w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      110-5) аккредиттелген ұлттық спорт федерацияларына спорт түрлері бойынша спортшылардың әрбір жас тобы үшін оқу-жаттығу процесінің әдістемелік құралдарын келіседі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z418" w:id="182"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      110-6) спорт түрлері бойынша Қазақстан Республикасының ұлттық командалары немесе ведомстволық бағынысты ұйымдар жанындағы кешенді ғылыми топтардың, уақытша ғылыми ұжымдардың қызметін үйлестіреді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z170" w:id="183"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      111) туристерді орналастыру орындарын жіктеу қағидаларын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z171" w:id="184"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      112) туристік қызмет саласындағы мамандарды қайта даярлау және біліктілігін арттыру қағидаларын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z172" w:id="185"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      113) туристік қызмет көрсетуге үлгілік шартты бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z173" w:id="186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      114) туризм саласындағы мамандарды кәсіби даярлауға, қайта даярлауға және олардың біліктілігін арттыруға қойылатын жалпы талаптарды айқындайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z174" w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      115) туроператорлық қызметке қойылатын біліктілік талаптарын бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z175" w:id="188"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      116) Қазақстан Республикасының заңдарына сәйкес жергілікті өкілді органдар бекітетін туристерді тасымалдау жөніндегі туристік қызметтер көрсету қағидаларын қоспағанда, туристік қызметтер көрсету қағидаларын бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z176" w:id="189"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      117) турагенттік қызметтің, Қазақстан Республикасында жеке кәсіпкерлер ретінде қызметін жүзеге асыратын гид, экскурсовод және туризм нұсқаушысы қызметінің басталғаны туралы хабарламаға қоса беру үшін мәліметтердің нысандарын бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z177" w:id="190"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      118) туристік маршруттар мен соқпақтардың мемлекеттік тізілімін қалыптастыру және жүргізу қағидаларын бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z178" w:id="191"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      119) басым туристік аумақтарды қалыптастыру, олардың жұмыс істеу және оларды басқару қағидаларын бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z179" w:id="192"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      120) туристендіру картасын бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z180" w:id="193"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      121) Қазақстан Республикасының аумағында кәмелетке толмаған жолаушыларды әуемен тасымалдау кезінде туристік өнімге қосылған билет құнын субсидиялау қағидаларын бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z181" w:id="194"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      122) туристік көрсетілетін қызметтерді өтеу қағидаларын бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z182" w:id="195"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      123) әрбір шетелдік турист үшін келу туризмі саласындағы туроператорлардың шығынын субсидиялау қағидаларын бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z183" w:id="196"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      124) туристік қызмет объектілерін салу, реконструкциялау кезінде кәсіпкерлік субъектілері шығынының бір бөлігін өтеу қағидаларын бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z184" w:id="197"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      125) кәсіпкерлік субъектілерінің тау шаңғысы курорттарына арналған жабдық пен техника сатып алу бойынша шығынының бір бөлігін өтеу қағидаларын бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z185" w:id="198"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      126) кәсіпкерлік субъектілерінің санитариялық-гигиеналық тораптарды күтіп-ұстауға арналған шығынының бір бөлігін субсидиялау қағидаларын бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z186" w:id="199"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      127) кәсіпкерлік субъектілерінің жол бойындағы сервис объектілерін салу бойынша шығынының бір бөлігін өтеу қағидаларын бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z187" w:id="200"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      128) туристік қызметті жүзеге асыратын кәсіпкерлік субъектілеріне сыйымдылығы жүргiзушiнiң орнын қоспағанда, сегiзден астам отыратын орны бар автомобиль көлік құралдарын сатып алу бойынша шығынның бір бөлігін өтеу қағидаларын бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z188" w:id="201"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      129) салалық, субъектілік және объектілік қағидаттар бойынша Қазақстан Республикасындағы туризм бағыттарының сыныптауышын қалыптастырады және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkStart w:name="z189" w:id="202"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      130) ұлттық туристік брендтер тізілімін қалыптастыру және жүргізу қағидаларын бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkStart w:name="z190" w:id="203"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      131) туристік салаға инвестициялар тарту жөніндегі бірыңғай саясатты қалыптастыруға және іске асыруға қатысады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z191" w:id="204"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      132) туристік қызмет саласындағы салааралық және өңіраралық үйлестіруді, туристік қызметті жүзеге асыратын отандық, шетелдік және халықаралық туристік, қоғамдық және басқа да ұйымдармен және адамдармен өзара іс-қимыл жасауды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="204"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>ЗҚАИ-ның ескертпесі!</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      15-тармақты 84-1) тармақшамен толықтыру көзделген – ҚР Үкіметінің 18.08.2025 </w:t>
+        <w:t xml:space="preserve">      133) тармақшаны алып тастау көзделген - ҚР 29.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 638</w:t>
+        <w:t>№ 1025</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (16.06.2026 бастап </w:t>
+        <w:t xml:space="preserve"> (19.01.2026 бастап </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z144" w:id="151"/>
-[...1239 lines deleted...]
-      132) туристік қызмет саласындағы салааралық және өңіраралық үйлестіруді, туристік қызметті жүзеге асыратын отандық, шетелдік және халықаралық туристік, қоғамдық және басқа да ұйымдармен және адамдармен өзара іс-қимыл жасауды жүзеге асырады;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      133) Қазақстан Республикасының туристік қызмет туралы заңнамасының сақталуына мемлекеттік бақылауды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z193" w:id="205"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      134) туристік қызмет саласындағы халықаралық шарттарды әзірлейді, жасайды және орындайды, сондай-ақ халықаралық ұйымдарда және халықаралық іс-шараларда мемлекеттің туризм саласындағы мүдделерін білдіреді, олардың жұмысына қатысады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="205"/>
-    <w:bookmarkStart w:name="z192" w:id="206"/>
-[...15 lines deleted...]
-      133) Қазақстан Республикасының туристік қызмет туралы заңнамасының сақталуына мемлекеттік бақылауды жүзеге асырады;</w:t>
+    <w:bookmarkStart w:name="z194" w:id="206"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      135) стандарттау саласындағы уәкілетті органмен бірлесіп, туристік қызмет аясындағы стандарттау саласындағы қызметті реттейді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="206"/>
-    <w:bookmarkStart w:name="z193" w:id="207"/>
-[...15 lines deleted...]
-      134) туристік қызмет саласындағы халықаралық шарттарды әзірлейді, жасайды және орындайды, сондай-ақ халықаралық ұйымдарда және халықаралық іс-шараларда мемлекеттің туризм саласындағы мүдделерін білдіреді, олардың жұмысына қатысады;</w:t>
+    <w:bookmarkStart w:name="z195" w:id="207"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      136) Қазақстан және оның туристік мүмкіндіктері туралы ақпаратты халықаралық туристік нарықта және мемлекет ішінде, оның ішінде туристік қызмет саласындағы республикалық және халықаралық көрмелер мен жәрмеңкелер өткізу арқылы таратады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="207"/>
-    <w:bookmarkStart w:name="z194" w:id="208"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z196" w:id="210"/>
+    <w:bookmarkStart w:name="z196" w:id="208"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       137) "Рұқсаттар және хабарламалар туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес турагенттік қызметтің, Қазақстан Республикасында жеке кәсіпкерлер ретінде қызметін жүзеге асыратын гид, экскурсовод және туризм нұсқаушысы қызметінің басталғаны немесе тоқтатылғаны туралы хабарлама берген адамдардың мемлекеттік электрондық тізілімдерін жүргізеді;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="208"/>
+    <w:bookmarkStart w:name="z197" w:id="209"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      138) туризм инфрақұрылымын салу және жетілдіру жөніндегі қызметті үйлестіреді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkStart w:name="z198" w:id="210"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      139) облыстың, республикалық маңызы бар қаланың, астананың, Қазақстан Республикасының Заңына сәйкес ерекше мәртебеге ие облыстық маңызы бар қаланың жергілікті атқарушы органдарына күтіп-ұсталуы кезіндегі шығындардың бір бөлігі өтелетін санитариялық-гигиеналық тораптар тізбесін келіседі;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="210"/>
-    <w:bookmarkStart w:name="z197" w:id="211"/>
-[...15 lines deleted...]
-      138) туризм инфрақұрылымын салу және жетілдіру жөніндегі қызметті үйлестіреді;</w:t>
+    <w:bookmarkStart w:name="z199" w:id="211"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      140) туристік саланы дамыту бойынша іздестіру жұмыстарын жүргізуді ұйымдастырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="211"/>
-    <w:bookmarkStart w:name="z198" w:id="212"/>
-[...15 lines deleted...]
-      139) облыстың, республикалық маңызы бар қаланың, астананың, Қазақстан Республикасының Заңына сәйкес ерекше мәртебеге ие облыстық маңызы бар қаланың жергілікті атқарушы органдарына күтіп-ұсталуы кезіндегі шығындардың бір бөлігі өтелетін санитариялық-гигиеналық тораптар тізбесін келіседі;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      141) тармақшаны алып тастау көзделген - ҚР 29.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1025</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (19.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      141) әрбір шетелдік турист үшін келу туризмі саласындағы туроператорлардың шығынын субсидиялайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      142) тармақшаны алып тастау көзделген - ҚР 29.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1025</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (19.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      142) кәсіпкерлік субъектілерінің тау шаңғысы курорттарына арналған жабдық пен техника сатып алу бойынша шығынының бір бөлігін өтейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z202" w:id="212"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      143) туристік қызметті жүзеге асыратын адамдарды және туристердi уақытша болатын елдегi (жердегi) ықтимал қауiп туралы хабардар етедi;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="212"/>
-    <w:bookmarkStart w:name="z199" w:id="213"/>
-[...15 lines deleted...]
-      140) туристік саланы дамыту бойынша іздестіру жұмыстарын жүргізуді ұйымдастырады;</w:t>
+    <w:bookmarkStart w:name="z203" w:id="213"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      144) мүдделi министрлiктермен және басқа да атқарушы органдармен бiрлесiп, туристердiң қорғалуы мен қауiпсiздiгiн қамтамасыз етуді ұйымдастырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="213"/>
-    <w:bookmarkStart w:name="z200" w:id="214"/>
-[...15 lines deleted...]
-      141) әрбір шетелдік турист үшін келу туризмі саласындағы туроператорлардың шығынын субсидиялайды;</w:t>
+    <w:bookmarkStart w:name="z204" w:id="214"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      145) Қазақстан Республикасы азаматтарының шығу туризмі саласындағы құқықтарына кепілдік беру жүйесі субъектілерінің міндеттемелерді орындауын қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="214"/>
-    <w:bookmarkStart w:name="z201" w:id="215"/>
-[...15 lines deleted...]
-      142) кәсіпкерлік субъектілерінің тау шаңғысы курорттарына арналған жабдық пен техника сатып алу бойынша шығынының бір бөлігін өтейді;</w:t>
+    <w:bookmarkStart w:name="z205" w:id="215"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      146) Қазақстан Республикасы азаматтарының шығу туризмі саласындағы құқықтарына кепілдік беру жүйесі әкімшісінің функцияларын жүзеге асыратын заңды тұлғаны айқындауға арналған конкурсты өткізу қағидаларын бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="215"/>
-    <w:bookmarkStart w:name="z202" w:id="216"/>
-[...15 lines deleted...]
-      143) туристік қызметті жүзеге асыратын адамдарды және туристердi уақытша болатын елдегi (жердегi) ықтимал қауiп туралы хабардар етедi;</w:t>
+    <w:bookmarkStart w:name="z206" w:id="216"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      147) өткізілген конкурс негізінде Қазақстан Республикасы азаматтарының шығу туризмі саласындағы құқықтарына кепілдік беру жүйесі әкімшісінің функцияларын жүзеге асыратын заңды тұлғаны айқындайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="216"/>
-    <w:bookmarkStart w:name="z203" w:id="217"/>
-[...15 lines deleted...]
-      144) мүдделi министрлiктермен және басқа да атқарушы органдармен бiрлесiп, туристердiң қорғалуы мен қауiпсiздiгiн қамтамасыз етуді ұйымдастырады;</w:t>
+    <w:bookmarkStart w:name="z207" w:id="217"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      148) Қазақстан Республикасы азаматтарының шығу туризмі саласындағы құқықтарына кепілдік беру жүйесінің жұмыс істеу қағидаларын, шығу туризмі саласындағы қызметті жүзеге асыратын туроператорлар мен туроператорлар-әуе кемесімен жалданушылар үшін банктік кепілдікпен қамтамасыз етуге жататын ақша сомасын, Қазақстан Республикасы азаматтарының шығу туризмі саласындағы құқықтарына кепілдік беру жүйесі әкімшісі үшін арнайы ашылған банктік шотқа аударылуға тиіс ақша сомасын бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="217"/>
-    <w:bookmarkStart w:name="z204" w:id="218"/>
-[...15 lines deleted...]
-      145) Қазақстан Республикасы азаматтарының шығу туризмі саласындағы құқықтарына кепілдік беру жүйесі субъектілерінің міндеттемелерді орындауын қамтамасыз етеді;</w:t>
+    <w:bookmarkStart w:name="z208" w:id="218"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      149) Қазақстан Республикасы азаматтарының шығу туризмі саласындағы құқықтарына кепілдік беру жүйесінің әкімшісі үшін арнайы ашылған банктік шотқа аударылуға тиісті ақша сомасынан ұсталатын комиссиялық алым мөлшерін бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="218"/>
-    <w:bookmarkStart w:name="z205" w:id="219"/>
-[...15 lines deleted...]
-      146) Қазақстан Республикасы азаматтарының шығу туризмі саласындағы құқықтарына кепілдік беру жүйесі әкімшісінің функцияларын жүзеге асыратын заңды тұлғаны айқындауға арналған конкурсты өткізу қағидаларын бекітеді;</w:t>
+    <w:bookmarkStart w:name="z209" w:id="219"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      150) шетелдіктер үшін туристік жарна төлеу қағидаларын бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="219"/>
-    <w:bookmarkStart w:name="z206" w:id="220"/>
-[...15 lines deleted...]
-      147) өткізілген конкурс негізінде Қазақстан Республикасы азаматтарының шығу туризмі саласындағы құқықтарына кепілдік беру жүйесі әкімшісінің функцияларын жүзеге асыратын заңды тұлғаны айқындайды;</w:t>
+    <w:bookmarkStart w:name="z210" w:id="220"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      151) туризм жөнiнде кеңес құрады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="220"/>
-    <w:bookmarkStart w:name="z207" w:id="221"/>
-[...15 lines deleted...]
-      148) Қазақстан Республикасы азаматтарының шығу туризмі саласындағы құқықтарына кепілдік беру жүйесінің жұмыс істеу қағидаларын, шығу туризмі саласындағы қызметті жүзеге асыратын туроператорлар мен туроператорлар-әуе кемесімен жалданушылар үшін банктік кепілдікпен қамтамасыз етуге жататын ақша сомасын, Қазақстан Республикасы азаматтарының шығу туризмі саласындағы құқықтарына кепілдік беру жүйесі әкімшісі үшін арнайы ашылған банктік шотқа аударылуға тиіс ақша сомасын бекітеді;</w:t>
+    <w:bookmarkStart w:name="z211" w:id="221"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      152) туристік қызмет саласындағы мемлекеттік ғылыми қамтамасыз ету жүйесін құрады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="221"/>
-    <w:bookmarkStart w:name="z208" w:id="222"/>
-[...15 lines deleted...]
-      149) Қазақстан Республикасы азаматтарының шығу туризмі саласындағы құқықтарына кепілдік беру жүйесінің әкімшісі үшін арнайы ашылған банктік шотқа аударылуға тиісті ақша сомасынан ұсталатын комиссиялық алым мөлшерін бекітеді;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">153) алып тасталды – ҚР Үкіметінің 27.09.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 796</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z213" w:id="222"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      154) ойын бизнесін ұйымдастырушының "Ойын бизнесі туралы" Қазақстан Республикасы Заңының 13-бабында белгіленген біліктілік талаптарына сәйкестігін растайтын құжаттардың тізбесі мен нысандарын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="222"/>
-    <w:bookmarkStart w:name="z209" w:id="223"/>
-[...15 lines deleted...]
-      150) шетелдіктер үшін туристік жарна төлеу қағидаларын бекітеді;</w:t>
+    <w:bookmarkStart w:name="z214" w:id="223"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      155) ойын бизнесін ұйымдастырушының есептілікті ұсыну нысанын, ойын бизнесін ұйымдастырушы ұсынатын есептілікті жинауды және талдауды жүзеге асыру қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="223"/>
-    <w:bookmarkStart w:name="z210" w:id="224"/>
-[...15 lines deleted...]
-      151) туризм жөнiнде кеңес құрады;</w:t>
+    <w:bookmarkStart w:name="z215" w:id="224"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      156) ақпаратты жүйелі түрде жинауды және интернет-ресурстардың мазмұнын интернет-казино, Қазақстан Республикасында ойын бизнесі саласындағы қызметпен айналысу құқығына лицензиялары жоқ шетелдік букмекерлік кеңселер және (немесе) тотализаторлар белгілерінің болуы-болмауы тұрғысынан талдауды жүзеге асыру қағидаларын бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="224"/>
-    <w:bookmarkStart w:name="z211" w:id="225"/>
-[...15 lines deleted...]
-      152) туристік қызмет саласындағы мемлекеттік ғылыми қамтамасыз ету жүйесін құрады;</w:t>
+    <w:bookmarkStart w:name="z216" w:id="225"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      157) Қазақстан Республикасының ойын бизнесі туралы заңнамасының сақталуын мемлекеттік бақылауды жоспардан тыс тексеру, бақылау субъектісіне (объектісіне) бару арқылы профилактикалық бақылау, сондай-ақ бақылау субъектісіне (объектісіне) бармай профилактикалық бақылау нысанында жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="225"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">153) алып тасталды – ҚР Үкіметінің 27.09.2024 </w:t>
+        <w:t xml:space="preserve">158) алып тасталды – ҚР Үкіметінің 27.09.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 796</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z213" w:id="226"/>
-[...15 lines deleted...]
-      154) ойын бизнесін ұйымдастырушының "Ойын бизнесі туралы" Қазақстан Республикасы Заңының 13-бабында белгіленген біліктілік талаптарына сәйкестігін растайтын құжаттардың тізбесі мен нысандарын әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z218" w:id="226"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      159) ойын бизнесін ұйымдастырушылардың Қазақстан Республикасының ойын бизнесі, сондай-ақ қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл туралы заңнамасын сақтауын бақылауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="226"/>
-    <w:bookmarkStart w:name="z214" w:id="227"/>
-[...15 lines deleted...]
-      155) ойын бизнесін ұйымдастырушының есептілікті ұсыну нысанын, ойын бизнесін ұйымдастырушы ұсынатын есептілікті жинауды және талдауды жүзеге асыру қағидаларын әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z219" w:id="227"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      160) Қазақстан Республикасында ойын бизнесі саласындағы қызметті лицензиялауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="227"/>
-    <w:bookmarkStart w:name="z215" w:id="228"/>
-[...15 lines deleted...]
-      156) ақпаратты жүйелі түрде жинауды және интернет-ресурстардың мазмұнын интернет-казино, Қазақстан Республикасында ойын бизнесі саласындағы қызметпен айналысу құқығына лицензиялары жоқ шетелдік букмекерлік кеңселер және (немесе) тотализаторлар белгілерінің болуы-болмауы тұрғысынан талдауды жүзеге асыру қағидаларын бекітеді;</w:t>
+    <w:bookmarkStart w:name="z220" w:id="228"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      161) лицензиардың электрондық тізілімін жүргізеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="228"/>
-    <w:bookmarkStart w:name="z216" w:id="229"/>
-[...15 lines deleted...]
-      157) Қазақстан Республикасының ойын бизнесі туралы заңнамасының сақталуын мемлекеттік бақылауды жоспардан тыс тексеру, бақылау субъектісіне (объектісіне) бару арқылы профилактикалық бақылау, сондай-ақ бақылау субъектісіне (объектісіне) бармай профилактикалық бақылау нысанында жүзеге асырады;</w:t>
+    <w:bookmarkStart w:name="z221" w:id="229"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      162) тотализаторлар мен букмекерлік кеңселер кассаларының тізілімін жүргізеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="229"/>
-    <w:p>
-[...87 lines deleted...]
-      159) ойын бизнесін ұйымдастырушылардың Қазақстан Республикасының ойын бизнесі, сондай-ақ қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға) және терроризмді қаржыландыруға қарсы іс-қимыл туралы заңнамасын сақтауын бақылауды жүзеге асырады;</w:t>
+    <w:bookmarkStart w:name="z387" w:id="230"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      162-1) қызметі Қазақстан Республикасының аумағында заңсыз болып табылатын шетелдік ойын бизнесін ұйымдастырушылардың тізбесін жүргізеді және оны өзінің интернет-ресурсында орналастырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="230"/>
-    <w:bookmarkStart w:name="z219" w:id="231"/>
-[...15 lines deleted...]
-      160) Қазақстан Республикасында ойын бизнесі саласындағы қызметті лицензиялауды жүзеге асырады;</w:t>
+    <w:bookmarkStart w:name="z388" w:id="231"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      162-2) бірыңғай есепке алу жүйесінің жұмыс істеуі және бірыңғай есепке алу жүйесінде қамтылған ақпаратты өзге тұлғаларға беру қағидаларын Қазақстан Республикасының заңнамасына сәйкес әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="231"/>
-    <w:bookmarkStart w:name="z220" w:id="232"/>
-[...15 lines deleted...]
-      161) лицензиардың электрондық тізілімін жүргізеді;</w:t>
+    <w:bookmarkStart w:name="z389" w:id="232"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      162-3) бәсекелестікті қорғау және монополистік қызметті шектеу саласында басшылықты жүзеге асыратын уәкілетті органмен, ақпараттандыру саласындағы уәкілетті органмен және Қазақстан Республикасының Ұлттық Банкімен келісу бойынша бірыңғай есепке алу жүйесінің жұмыс істеуін қамтамасыз ететін заңды тұлғаны айқындау қағидаларын және оған қойылатын біліктілік талаптарын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="232"/>
-    <w:bookmarkStart w:name="z221" w:id="233"/>
-[...15 lines deleted...]
-      162) тотализаторлар мен букмекерлік кеңселер кассаларының тізілімін жүргізеді;</w:t>
+    <w:bookmarkStart w:name="z390" w:id="233"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      162-4) бәс тігуге қатысушыларға ұтыстарды төлеу кезінде бірыңғай есепке алу жүйесінің жұмыс істеуін қамтамасыз ететін заңды тұлға алатын комиссияның мөлшерін бәсекелестікті қорғау және монополистік қызметті шектеу саласында басшылықты жүзеге асыратын уәкілетті органмен келісу бойынша белгілейді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="233"/>
-    <w:bookmarkStart w:name="z387" w:id="234"/>
-[...15 lines deleted...]
-      162-1) қызметі Қазақстан Республикасының аумағында заңсыз болып табылатын шетелдік ойын бизнесін ұйымдастырушылардың тізбесін жүргізеді және оны өзінің интернет-ресурсында орналастырады;</w:t>
+    <w:bookmarkStart w:name="z391" w:id="234"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      162-5) бірыңғай есепке алу жүйесінің жұмыс істеуін қамтамасыз ететін заңды тұлғамен ынтымақтастық мерзімін, оны ұзарту немесе тоқтату шарттарын айқындайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="234"/>
-    <w:bookmarkStart w:name="z388" w:id="235"/>
-[...15 lines deleted...]
-      162-2) бірыңғай есепке алу жүйесінің жұмыс істеуі және бірыңғай есепке алу жүйесінде қамтылған ақпаратты өзге тұлғаларға беру қағидаларын Қазақстан Республикасының заңнамасына сәйкес әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z392" w:id="235"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      162-6) бекітілген қағидаларға және біліктілік талаптарына сәйкес бірыңғай есепке алу жүйесінің жұмыс істеуін қамтамасыз ететін заңды тұлғаны айқындайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="235"/>
-    <w:bookmarkStart w:name="z389" w:id="236"/>
-[...15 lines deleted...]
-      162-3) бәсекелестікті қорғау және монополистік қызметті шектеу саласында басшылықты жүзеге асыратын уәкілетті органмен, ақпараттандыру саласындағы уәкілетті органмен және Қазақстан Республикасының Ұлттық Банкімен келісу бойынша бірыңғай есепке алу жүйесінің жұмыс істеуін қамтамасыз ететін заңды тұлғаны айқындау қағидаларын және оған қойылатын біліктілік талаптарын әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z393" w:id="236"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      162-7) құмар ойындарға және (немесе) бәс тігуге қатысудың қауіп-қатерлері мен зияны туралы ескертудің мәтінін, эскиздерін бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="236"/>
-    <w:bookmarkStart w:name="z390" w:id="237"/>
-[...15 lines deleted...]
-      162-4) бәс тігуге қатысушыларға ұтыстарды төлеу кезінде бірыңғай есепке алу жүйесінің жұмыс істеуін қамтамасыз ететін заңды тұлға алатын комиссияның мөлшерін бәсекелестікті қорғау және монополистік қызметті шектеу саласында басшылықты жүзеге асыратын уәкілетті органмен келісу бойынша белгілейді;</w:t>
+    <w:bookmarkStart w:name="z394" w:id="237"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      162-8) ойын мекемесі, букмекерлік кеңсе немесе тотализатор жұмысының, мөлшерлемелер қабылдаудың және өткізілетін құмар ойындарының және (немесе) бәс тігудің үлгілік қағидаларын бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="237"/>
-    <w:bookmarkStart w:name="z391" w:id="238"/>
-[...15 lines deleted...]
-      162-5) бірыңғай есепке алу жүйесінің жұмыс істеуін қамтамасыз ететін заңды тұлғамен ынтымақтастық мерзімін, оны ұзарту немесе тоқтату шарттарын айқындайды;</w:t>
+    <w:bookmarkStart w:name="z395" w:id="238"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      162-9) құмар ойындарға және (немесе) бәс тігуге қатысуы шектелген адамдардың тізіміне енгізу туралы өтініш беру, сондай-ақ құмар ойындарға және (немесе) бәс тігуге қатысуы шектелген адамдардың тізімін жүргізу тәртібін айқындайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="238"/>
-    <w:bookmarkStart w:name="z392" w:id="239"/>
-[...15 lines deleted...]
-      162-6) бекітілген қағидаларға және біліктілік талаптарына сәйкес бірыңғай есепке алу жүйесінің жұмыс істеуін қамтамасыз ететін заңды тұлғаны айқындайды;</w:t>
+    <w:bookmarkStart w:name="z222" w:id="239"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      163) лотереялар өткізу қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="239"/>
-    <w:bookmarkStart w:name="z393" w:id="240"/>
-[...15 lines deleted...]
-      162-7) құмар ойындарға және (немесе) бәс тігуге қатысудың қауіп-қатерлері мен зияны туралы ескертудің мәтінін, эскиздерін бекітеді;</w:t>
+    <w:bookmarkStart w:name="z396" w:id="240"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      163-1) лотерея операторын айқындау қағидаларын бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="240"/>
-    <w:bookmarkStart w:name="z394" w:id="241"/>
-[...15 lines deleted...]
-      162-8) ойын мекемесі, букмекерлік кеңсе немесе тотализатор жұмысының, мөлшерлемелер қабылдаудың және өткізілетін құмар ойындарының және (немесе) бәс тігудің үлгілік қағидаларын бекітеді;</w:t>
+    <w:bookmarkStart w:name="z397" w:id="241"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      163-2) лотереяны өткізу, оларға өзгерістер мен толықтырулар енгізу шарттарын келіседі не оларды келісуден бас тартады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="241"/>
-    <w:bookmarkStart w:name="z395" w:id="242"/>
-[...15 lines deleted...]
-      162-9) құмар ойындарға және (немесе) бәс тігуге қатысуы шектелген адамдардың тізіміне енгізу туралы өтініш беру, сондай-ақ құмар ойындарға және (немесе) бәс тігуге қатысуы шектелген адамдардың тізімін жүргізу тәртібін айқындайды;</w:t>
+    <w:bookmarkStart w:name="z223" w:id="242"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      164) лотерея операторын және оған лотерея өткізу құқығын беру мерзімін айқындайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="242"/>
-    <w:bookmarkStart w:name="z222" w:id="243"/>
-[...15 lines deleted...]
-      163) лотереялар өткізу қағидаларын әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z224" w:id="243"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      165) Қазақстан Республикасының лотереялар және лотерея қызметі туралы, сондай-ақ қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл туралы заңнамасының сақталуына мемлекеттік бақылауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="243"/>
-    <w:bookmarkStart w:name="z396" w:id="244"/>
-[...15 lines deleted...]
-      163-1) лотерея операторын айқындау қағидаларын бекітеді;</w:t>
+    <w:bookmarkStart w:name="z225" w:id="244"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      166) үкіметтік емес ұйымдармен өзара іс-қимыл саласындағы уәкілетті орган айқындайтын тәртіппен мемлекеттік әлеуметтік тапсырысты қалыптастыруды, оның іске асырылу мониторингін және нәтижелерін бағалауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="244"/>
-    <w:bookmarkStart w:name="z397" w:id="245"/>
-[...15 lines deleted...]
-      163-2) лотереяны өткізу, оларға өзгерістер мен толықтырулар енгізу шарттарын келіседі не оларды келісуден бас тартады;</w:t>
+    <w:bookmarkStart w:name="z226" w:id="245"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      167) үкіметтік емес ұйымдармен өзара іс-қимыл және ынтымақтастық жөнінде кеңес құрады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="245"/>
-    <w:bookmarkStart w:name="z223" w:id="246"/>
-[...15 lines deleted...]
-      164) лотерея операторын және оған лотерея өткізу құқығын беру мерзімін айқындайды;</w:t>
+    <w:bookmarkStart w:name="z227" w:id="246"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      168) үкіметтік емес ұйымдармен өзара іс-қимыл саласындағы уәкілетті органға мемлекеттік әлеуметтік тапсырыстың іске асырылуы жөнінде ақпарат береді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="246"/>
-    <w:bookmarkStart w:name="z224" w:id="247"/>
-[...15 lines deleted...]
-      165) Қазақстан Республикасының лотереялар және лотерея қызметі, сондай-ақ қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға) және терроризмді қаржыландыруға қарсы іс-қимыл туралы заңнамасының сақталуына мемлекеттік бақылауды жүзеге асырады;</w:t>
+    <w:bookmarkStart w:name="z228" w:id="247"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      169) мемлекеттік әлеуметтік тапсырыстың жоспарланатын тақырыптарын және іске асырылуы жөніндегі ақпаратты, сондай-ақ мемлекеттік әлеуметтік тапсырыстың нәтижелерін бағалауды өзінің интернет-ресурсында орналастырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="247"/>
-    <w:bookmarkStart w:name="z225" w:id="248"/>
-[...15 lines deleted...]
-      166) үкіметтік емес ұйымдармен өзара іс-қимыл саласындағы уәкілетті орган айқындайтын тәртіппен мемлекеттік әлеуметтік тапсырысты қалыптастыруды, оның іске асырылу мониторингін және нәтижелерін бағалауды жүзеге асырады;</w:t>
+    <w:bookmarkStart w:name="z229" w:id="248"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      170) мемлекеттік әлеуметтік тапсырысты жүзеге асыратын үкіметтік емес ұйымдарға ақпараттық, консультативтік, әдістемелік қолдау көрсетеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="248"/>
-    <w:bookmarkStart w:name="z226" w:id="249"/>
-[...15 lines deleted...]
-      167) үкіметтік емес ұйымдармен өзара іс-қимыл және ынтымақтастық жөнінде кеңес құрады;</w:t>
+    <w:bookmarkStart w:name="z230" w:id="249"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      171) өз құзыреті шегінде үкіметтік емес ұйымдарды гранттық қаржыландыру саласындағы оператор арқылы мемлекеттік гранттар береді және оператордың мемлекеттік гранттардың іске асырылу нәтижелері туралы есебін қарайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="249"/>
-    <w:bookmarkStart w:name="z227" w:id="250"/>
-[...15 lines deleted...]
-      168) үкіметтік емес ұйымдармен өзара іс-қимыл саласындағы уәкілетті органға мемлекеттік әлеуметтік тапсырыстың іске асырылуы жөнінде ақпарат береді;</w:t>
+    <w:bookmarkStart w:name="z231" w:id="250"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      172) мемлекеттік гранттарды қалыптастыру, беру, мониторингтеу және олардың тиімділігін бағалау қағидаларына сәйкес азаматтық қоғам өкілдерін тарта отырып, мемлекеттік гранттардың тиімділігін бағалауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="250"/>
-    <w:bookmarkStart w:name="z228" w:id="251"/>
-[...15 lines deleted...]
-      169) мемлекеттік әлеуметтік тапсырыстың жоспарланатын тақырыптарын және іске асырылуы жөніндегі ақпаратты, сондай-ақ мемлекеттік әлеуметтік тапсырыстың нәтижелерін бағалауды өзінің интернет-ресурсында орналастырады;</w:t>
+    <w:bookmarkStart w:name="z232" w:id="251"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      173) үкіметтік емес ұйымдармен өзара іс-қимыл саласындағы уәкілетті орган жанындағы Үкіметтік емес ұйымдармен өзара іс-қимыл жөніндегі үйлестіру кеңесінің ұсынымдары негізінде бағыттары мен қаржыландыру көлемі бойынша мемлекеттік гранттарды қалыптастырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="251"/>
-    <w:bookmarkStart w:name="z229" w:id="252"/>
-[...15 lines deleted...]
-      170) мемлекеттік әлеуметтік тапсырысты жүзеге асыратын үкіметтік емес ұйымдарға ақпараттық, консультативтік, әдістемелік қолдау көрсетеді;</w:t>
+    <w:bookmarkStart w:name="z233" w:id="252"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      174) стратегиялық әріптестерді конкурстық іріктеуді жүргізеді және стратегиялық әріптестікті іске асыруға арналған мемлекеттік тапсырысты жүзеге асыру қағидаларына сәйкес олармен шарттар жасасады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="252"/>
-    <w:bookmarkStart w:name="z230" w:id="253"/>
-[...15 lines deleted...]
-      171) өз құзыреті шегінде үкіметтік емес ұйымдарды гранттық қаржыландыру саласындағы оператор арқылы мемлекеттік гранттар береді және оператордың мемлекеттік гранттардың іске асырылу нәтижелері туралы есебін қарайды;</w:t>
+    <w:bookmarkStart w:name="z234" w:id="253"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      175) стратегиялық әріптестердің жасалған шарттарға және стратегиялық әріптестікті іске асыруға арналған мемлекеттік тапсырысты жүзеге асыру қағидаларына сәйкес міндеттемелерді орындауын бағалауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="253"/>
-    <w:bookmarkStart w:name="z231" w:id="254"/>
-[...15 lines deleted...]
-      172) мемлекеттік гранттарды қалыптастыру, беру, мониторингтеу және олардың тиімділігін бағалау қағидаларына сәйкес азаматтық қоғам өкілдерін тарта отырып, мемлекеттік гранттардың тиімділігін бағалауды жүзеге асырады;</w:t>
+    <w:bookmarkStart w:name="z235" w:id="254"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      176) жыл сайын 1 желтоқсанға дейін үкіметтік емес ұйымдармен өзара іс-қимыл саласындағы уәкілетті органға стратегиялық әріптестікті іске асыруға арналған мемлекеттік тапсырысты жүзеге асыру қағидаларына сәйкес стратегиялық әріптестікті іске асыруға арналған мемлекеттік тапсырыстың нәтижелері туралы ақпарат ұсынады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="254"/>
-    <w:bookmarkStart w:name="z232" w:id="255"/>
-[...15 lines deleted...]
-      173) үкіметтік емес ұйымдармен өзара іс-қимыл саласындағы уәкілетті орган жанындағы Үкіметтік емес ұйымдармен өзара іс-қимыл жөніндегі үйлестіру кеңесінің ұсынымдары негізінде бағыттары мен қаржыландыру көлемі бойынша мемлекеттік гранттарды қалыптастырады;</w:t>
+    <w:bookmarkStart w:name="z236" w:id="255"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      177) мемлекеттік жоспарлау жөніндегі орталық уәкілетті органмен келісу бойынша ортақ пайдаланылатын мүлікті пайдалану қағидаларын бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="255"/>
-    <w:bookmarkStart w:name="z233" w:id="256"/>
-[...15 lines deleted...]
-      174) стратегиялық әріптестерді конкурстық іріктеуді жүргізеді және стратегиялық әріптестікті іске асыруға арналған мемлекеттік тапсырысты жүзеге асыру қағидаларына сәйкес олармен шарттар жасасады;</w:t>
+    <w:bookmarkStart w:name="z237" w:id="256"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      178) арнайы құқық субъектісі өндіретін және (немесе) өткізетін тауарлардың (жұмыстардың, көрсетілетін қызметтердің) бағаларын монополияға қарсы органмен келісу бойынша белгілейді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="256"/>
-    <w:bookmarkStart w:name="z234" w:id="257"/>
-[...15 lines deleted...]
-      175) стратегиялық әріптестердің жасалған шарттарға және стратегиялық әріптестікті іске асыруға арналған мемлекеттік тапсырысты жүзеге асыру қағидаларына сәйкес міндеттемелерді орындауын бағалауды жүзеге асырады;</w:t>
+    <w:bookmarkStart w:name="z238" w:id="257"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      179) жаттықтырушыларға, жаттықтырушы-оқытушыларға және спорт төрешілеріне арналған кәсіптік стандарттарды әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="257"/>
-    <w:bookmarkStart w:name="z235" w:id="258"/>
-[...15 lines deleted...]
-      176) жыл сайын 1 желтоқсанға дейін үкіметтік емес ұйымдармен өзара іс-қимыл саласындағы уәкілетті органға стратегиялық әріптестікті іске асыруға арналған мемлекеттік тапсырысты жүзеге асыру қағидаларына сәйкес стратегиялық әріптестікті іске асыруға арналған мемлекеттік тапсырыстың нәтижелері туралы ақпарат ұсынады;</w:t>
+    <w:bookmarkStart w:name="z239" w:id="258"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      180) кәсіптер тізіліміне өзгерістер мен толықтырулар енгізу бойынша кәсіптік біліктілікті тану саласындағы уәкілетті органға ұсыныстар енгізеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="258"/>
-    <w:bookmarkStart w:name="z236" w:id="259"/>
-[...15 lines deleted...]
-      177) мемлекеттік жоспарлау жөніндегі орталық уәкілетті органмен келісу бойынша ортақ пайдаланылатын мүлікті пайдалану қағидаларын бекітеді;</w:t>
+    <w:bookmarkStart w:name="z240" w:id="259"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      181) кәсіптік стандарттарды әзірлеу және (немесе) өзектілендіру жөніндегі ұсыныстарды тұжырымдайды және оларды кәсіптік біліктілікті тану саласындағы уәкілетті органға жібереді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="259"/>
-    <w:bookmarkStart w:name="z237" w:id="260"/>
-[...15 lines deleted...]
-      178) арнайы құқық субъектісі өндіретін және (немесе) өткізетін тауарлардың (жұмыстардың, көрсетілетін қызметтердің) бағаларын монополияға қарсы органмен келісу бойынша белгілейді;</w:t>
+    <w:bookmarkStart w:name="z241" w:id="260"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      182) облыстардың, республикалық маңызы бар қалалардың және астананың жергілікті атқарушы органдарымен келісу бойынша ағымдағы және болашақ кезеңдерде кәсіптердің өзектілігін ескере отырып, еңбек нарығының кәсіптік біліктілікті танудағы қажеттілігін қалыптастырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="260"/>
-    <w:bookmarkStart w:name="z238" w:id="261"/>
-[...15 lines deleted...]
-      179) жаттықтырушыларға, жаттықтырушы-оқытушыларға және спорт төрешілеріне арналған кәсіптік стандарттарды әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z242" w:id="261"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      183) кәсіптік біліктілікті тану саласындағы уәкілетті органға кәсіптік біліктілікті тану шарттары бойынша ұсыныстар енгізеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="261"/>
-    <w:bookmarkStart w:name="z239" w:id="262"/>
-[...15 lines deleted...]
-      180) кәсіптер тізіліміне өзгерістер мен толықтырулар енгізу бойынша кәсіптік біліктілікті тану саласындағы уәкілетті органға ұсыныстар енгізеді;</w:t>
+    <w:bookmarkStart w:name="z243" w:id="262"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      184) кәсіптік біліктілік жөніндегі салалық кеңестер туралы ережені әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="262"/>
-    <w:bookmarkStart w:name="z240" w:id="263"/>
-[...15 lines deleted...]
-      181) кәсіптік стандарттарды әзірлеу және (немесе) өзектілендіру жөніндегі ұсыныстарды тұжырымдайды және оларды кәсіптік біліктілікті тану саласындағы уәкілетті органға жібереді;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      184-1) реттелетін қызмет салаларындағы ұйымдардың еңбек жөніндегі үлгілік нормалары мен нормативтерін еңбек жөніндегі уәкілетті мемлекеттік орган белгілеген тәртіппен онымен келісу бойынша бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      184-2) реттелетін қызмет салаларындағы азаматтық қызметшілерді аттестаттаудан өткізу қағидалары мен шарттарын бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      184-3) реттелетін қызмет салаларындағы азаматтық қызметшілер лауазымдарының тізілімін еңбек жөніндегі уәкілетті мемлекеттік органмен келісу бойынша әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z244" w:id="263"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      185) өз өкілеттіктері шегінде мемлекеттік заңды тұлғаларға, мемлекет қатысатын заңды тұлғаларға атау беру, оларды қайта атау, олардың атауларының транскрипциясын нақтылау мен өзгерту және оларға жеке адамдардың есімдерін беру туралы шешім қабылдайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="263"/>
-    <w:bookmarkStart w:name="z241" w:id="264"/>
-[...15 lines deleted...]
-      182) облыстардың, республикалық маңызы бар қалалардың және астананың жергілікті атқарушы органдарымен келісу бойынша ағымдағы және болашақ кезеңдерде кәсіптердің өзектілігін ескере отырып, еңбек нарығының кәсіптік біліктілікті танудағы қажеттілігін қалыптастырады;</w:t>
+    <w:bookmarkStart w:name="z381" w:id="264"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      185-1) адам саудасының алдын алу жөніндегі шараларды қабылдайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="264"/>
-    <w:bookmarkStart w:name="z242" w:id="265"/>
-[...15 lines deleted...]
-      183) кәсіптік біліктілікті тану саласындағы уәкілетті органға кәсіптік біліктілікті тану шарттары бойынша ұсыныстар енгізеді;</w:t>
+    <w:bookmarkStart w:name="z382" w:id="265"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      185-2) Қазақстан Республикасының заңнамасында белгіленген тәртіппен адам саудасына қарсы іс-қимыл саласындағы қауіп-қатерлерді бағалауға және оларды барынша азайту бойынша ұсыныстар енгізуге қатысады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="265"/>
-    <w:bookmarkStart w:name="z243" w:id="266"/>
-[...15 lines deleted...]
-      184) кәсіптік біліктілік жөніндегі салалық кеңестер туралы ережені әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z383" w:id="266"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      185-3) Қазақстан Республикасының заңнамасында белгіленген тәртіппен адам саудасы құрбандарына көмек көрсету және арнаулы әлеуметтік көрсетілетін қызметтерді ұсыну үшін оларды қайта бағыттауға қатысады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="266"/>
-    <w:p>
-[...69 lines deleted...]
-      185) өз өкілеттіктері шегінде мемлекеттік заңды тұлғаларға, мемлекет қатысатын заңды тұлғаларға атау беру, оларды қайта атау, олардың атауларының транскрипциясын нақтылау мен өзгерту және оларға жеке адамдардың есімдерін беру туралы шешім қабылдайды;</w:t>
+    <w:bookmarkStart w:name="z384" w:id="267"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      185-4) ішкі істер органдарын өздеріне белгілі болған дайындалып жатқан не жасалған адам саудасына байланысты қылмыс фактілері туралы хабардар етеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="267"/>
-    <w:bookmarkStart w:name="z381" w:id="268"/>
-[...15 lines deleted...]
-      185-1) адам саудасының алдын алу жөніндегі шараларды қабылдайды;</w:t>
+    <w:bookmarkStart w:name="z385" w:id="268"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      185-5) жұртшылықты адам саудасына қарсы іс-қимыл саласындағы қызметтің нәтижелері туралы хабардар етеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="268"/>
-    <w:bookmarkStart w:name="z382" w:id="269"/>
-[...15 lines deleted...]
-      185-2) Қазақстан Республикасының заңнамасында белгіленген тәртіппен адам саудасына қарсы іс-қимыл саласындағы қауіп-қатерлерді бағалауға және оларды барынша азайту бойынша ұсыныстар енгізуге қатысады;</w:t>
+    <w:bookmarkStart w:name="z386" w:id="269"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      185-6) өз құзыреті шегінде басқа да мемлекеттік органдармен және ұйымдармен бірлесіп адам саудасының алдын алу жөніндегі іс-шараларға қатысады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="269"/>
-    <w:bookmarkStart w:name="z383" w:id="270"/>
-[...78 lines deleted...]
-    <w:bookmarkEnd w:id="273"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       185-7) жұмылдыру дайындығы саласындағы уәкiлеттi органға жұмылдыру дайындығы мен жұмылдыру жөнiндегi iс-шараларды қаржыландыру көлемдерi жөнiнде ұсыныстар енгiзедi;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7049,1188 +7511,1248 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       185-17) жұмылдыру, соғыс жағдайы кезеңінде және соғыс уақытында Қарулы Күштердің, басқа да әскерлер мен әскери құралымдардың, арнаулы мемлекеттік органдардың мүдделеріне сай міндеттерді орындау үшін, сондай-ақ Қазақстан Республикасы экономикасының іркіліссіз жұмыс істеуін және халқының тыныс-тіршілігін қамтамасыз ету үшін реттелетін қызмет салаларындағы арнайы құралымдарды ұйымдастырады және олардың қызметін қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       185-18) реттелетін қызмет салаларындағы көлеңкелі экономикаға қарсы іс-қимылды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z245" w:id="274"/>
+    <w:bookmarkStart w:name="z245" w:id="270"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       186) Қазақстан Республикасының заңдарында, Қазақстан Республикасы Президентінің және Үкіметінің актілерінде көзделген өзге де өкілеттіктерді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="270"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 15-тармаққа өзгерістер енгізілді - ҚР Үкіметінің 29.06.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 523</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; 27.09.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 796</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; 09.07.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 521</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; 18.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 638</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; 21.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 991</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; 29.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1025</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгiзiлу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-т.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараңыз) қаулыларымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z246" w:id="271"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тарау. Министрліктің бірінші басшысының мәртебесі, өкілеттіктері</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="271"/>
+    <w:bookmarkStart w:name="z247" w:id="272"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Министрлікке басшылық жасауды бірінші басшы жүзеге асырады, ол Министрлікке жүктелген міндеттердің орындалуына және оның өз өкілеттіктерін жүзеге асыруына дербес жауапты болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="272"/>
+    <w:bookmarkStart w:name="z248" w:id="273"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Министрліктің бірінші басшысы Қазақстан Республикасының заңнамасына сәйкес лауазымға тағайындалады және лауазымынан босатылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="273"/>
+    <w:bookmarkStart w:name="z249" w:id="274"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Министрліктің бірінші басшысының Қазақстан Республикасының заңнамасына сәйкес лауазымдарға тағайындалатын және лауазымдарынан босатылатын орынбасарлары болады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="274"/>
+    <w:bookmarkStart w:name="z250" w:id="275"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Министрліктің бірінші басшысының өкілеттіктері:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="275"/>
+    <w:bookmarkStart w:name="z251" w:id="276"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Министрлік қызметіне басшылық жасауды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="276"/>
+    <w:bookmarkStart w:name="z252" w:id="277"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) заңнамаға сәйкес еңбек қатынастары мәселелері өз құзыретіне жатқызылған Министрлік қызметкерлерін лауазымдарға тағайындайды және лауазымдарынан босатады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="277"/>
+    <w:bookmarkStart w:name="z253" w:id="278"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) бұйрықтарға қол қояды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="278"/>
+    <w:bookmarkStart w:name="z254" w:id="279"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) Министрлікте сыбайлас жемқорлыққа қарсы іс-қимылға бағытталған шаралар қабылдайды және сыбайлас жемқорлыққа қарсы шаралардың қабылдануына дербес жауапты болады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="279"/>
+    <w:bookmarkStart w:name="z255" w:id="280"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) Министрліктің құрылымын және оның құрылымдық бөлімшелері туралы ережелерді бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="280"/>
+    <w:bookmarkStart w:name="z256" w:id="281"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) Қазақстан Республикасының Парламентінде, өзге де мемлекеттік органдар мен ұйымдарда Министрліктің атынан өкілдік етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="281"/>
+    <w:bookmarkStart w:name="z257" w:id="282"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Министрліктің бірінші басшысы болмаған кезеңде оның өкілеттіктерін орындауды қолданыстағы заңнамаға сәйкес оны алмастыратын адам жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="282"/>
+    <w:bookmarkStart w:name="z258" w:id="283"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Бірінші басшы қолданыстағы заңнамаға сәйкес өз орынбасарларының өкілеттіктерін айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="283"/>
+    <w:bookmarkStart w:name="z259" w:id="284"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Министрліктің аппаратын Қазақстан Республикасының қолданыстағы заңнамасына сәйкес лауазымға тағайындалатын және лауазымынан босатылатын аппарат басшысы басқарады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="284"/>
+    <w:bookmarkStart w:name="z260" w:id="285"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...112 lines deleted...]
-    <w:bookmarkStart w:name="z246" w:id="275"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4-тарау. Министрліктің мүлкі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="285"/>
+    <w:bookmarkStart w:name="z261" w:id="286"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Министрліктің заңнамада көзделген жағдайларда жедел басқару құқығында оқшауланған мүлкі болуы мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="286"/>
+    <w:bookmarkStart w:name="z262" w:id="287"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Министрліктің мүлкі оған меншік иесі берген мүлік, сондай-ақ өз қызметі нәтижесінде сатып алынған мүлік (ақшалай кірісті қоса алғанда) және Қазақстан Республикасының заңнамасында тыйым салынбаған өзге де көздер есебінен қалыптасады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="287"/>
+    <w:bookmarkStart w:name="z263" w:id="288"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Министрлікке бекітілген мүлік республикалық меншікке жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="288"/>
+    <w:bookmarkStart w:name="z264" w:id="289"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Егер заңнамада өзгеше белгіленбесе, Министрлік өзіне бекітілген мүлікті және өзіне қаржыландыру жоспары бойынша берілген қаражат есебінен сатып алынған мүлікті дербес иеліктен шығаруға немесе өзге де тәсілмен оған билік етуге құқылы емес.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="289"/>
+    <w:bookmarkStart w:name="z265" w:id="290"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3-тарау. Министрліктің бірінші басшысының мәртебесі, өкілеттіктері</w:t>
-[...263 lines deleted...]
-    <w:bookmarkStart w:name="z260" w:id="289"/>
+        <w:t xml:space="preserve"> 5-тарау. Министрлікті қайта ұйымдастыру және тарату</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="290"/>
+    <w:bookmarkStart w:name="z266" w:id="291"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Министрлікті қайта ұйымдастыру және тарату Қазақстан Республикасының заңнамасына сәйкес жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="291"/>
+    <w:bookmarkStart w:name="z267" w:id="292"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 4-тарау. Министрліктің мүлкі</w:t>
-[...59 lines deleted...]
-      23. Министрлікке бекітілген мүлік республикалық меншікке жатады.</w:t>
+        <w:t xml:space="preserve"> Қазақстан Республикасы Туризм және спорт министрлігі  Спорт және дене шынықтыру істері комитетінің қарамағындағы ұйымдардың тізбесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="292"/>
-    <w:bookmarkStart w:name="z264" w:id="293"/>
-[...15 lines deleted...]
-      24. Егер заңнамада өзгеше белгіленбесе, Министрлік өзіне бекітілген мүлікті және өзіне қаржыландыру жоспары бойынша берілген қаражат есебінен сатып алынған мүлікті дербес иеліктен шығаруға немесе өзге де тәсілмен оған билік етуге құқылы емес.</w:t>
+    <w:bookmarkStart w:name="z268" w:id="293"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. "Республикалық спорт колледжі" республикалық мемлекеттік қазыналық кәсіпорны.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="293"/>
-    <w:bookmarkStart w:name="z265" w:id="294"/>
+    <w:bookmarkStart w:name="z269" w:id="294"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. "Ұлттық спорттық медицина және оңалту орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="294"/>
+    <w:bookmarkStart w:name="z270" w:id="295"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. "Спортты дамыту дирекциясы" республикалық мемлекеттік қазыналық кәсіпорны.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="295"/>
+    <w:bookmarkStart w:name="z271" w:id="296"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. "Спортшылардың допингке қарсы зертханасы" республикалық мемлекеттік қазыналық кәсіпорны.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="296"/>
+    <w:bookmarkStart w:name="z272" w:id="297"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. "Қысқы спорт түрлері бойынша олимпиадалық даярлау орталығы" республикалық мемлекеттік қазыналық кәсіпорны.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="297"/>
+    <w:bookmarkStart w:name="z273" w:id="298"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. "Дене шынықтыру және спорт бойынша республикалық оқу-әдістемелік және талдау орталығы" республикалық мемлекеттік қазыналық кәсіпорны.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="298"/>
+    <w:bookmarkStart w:name="z274" w:id="299"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. "Ұлттық және ат спорты түрлері орталығы" республикалық мемлекеттік қазыналық кәсіпорны.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="299"/>
+    <w:bookmarkStart w:name="z275" w:id="300"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. "Алматы" Олимпиадалық даярлау орталығы" республикалық мемлекеттік қазыналық кәсіпорны.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="300"/>
+    <w:bookmarkStart w:name="z276" w:id="301"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. "Астана" олимпиадалық даярлау орталығы" республикалық мемлекеттік қазыналық кәсіпорны.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="301"/>
+    <w:bookmarkStart w:name="z277" w:id="302"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. "Алатау" қысқы спорт түрлері бойынша республикалық жоғары спорт шеберлігі мектебі" республикалық мемлекеттік қазыналық кәсіпорны.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="302"/>
+    <w:bookmarkStart w:name="z278" w:id="303"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. "Дене мүмкіндіктері шектеулі тұлғаларға арналған спорттық даярлау орталығы" республикалық мемлекеттік қазыналық кәсіпорны.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="303"/>
+    <w:bookmarkStart w:name="z279" w:id="304"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. "Допингке қарсы ұлттық орталық" республикалық мемлекеттік қазыналық кәсіпорны.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="304"/>
+    <w:bookmarkStart w:name="z280" w:id="305"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. "Олимп" спорттық-сауықтыру орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="305"/>
+    <w:bookmarkStart w:name="z281" w:id="306"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. "Қазспортинвест" акционерлік қоғамы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="306"/>
+    <w:bookmarkStart w:name="z282" w:id="307"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. "Күрес түрлері бойынша олимпиадалық даярлау орталығы" республикалық мемлекеттік қазыналық кәсіпорны.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="307"/>
+    <w:bookmarkStart w:name="z283" w:id="308"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 5-тарау. Министрлікті қайта ұйымдастыру және тарату</w:t>
-[...277 lines deleted...]
-      12. "Допингке қарсы ұлттық орталық" республикалық мемлекеттік қазыналық кәсіпорны.</w:t>
+        <w:t xml:space="preserve"> Қазақстан Республикасы Туризм және спорт министрлігі Спорт және дене шынықтыру істері комитетінің қарамағындағы республикалық мемлекеттік мекемелердің тізбесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="308"/>
-    <w:bookmarkStart w:name="z280" w:id="309"/>
-[...76 lines deleted...]
-    <w:bookmarkEnd w:id="312"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Тізбеге өзгеріс енгізілді - ҚР Үкіметінің 18.08.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 638</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z284" w:id="313"/>
+    <w:bookmarkStart w:name="z284" w:id="309"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. "Қажымұқан Мұңайтпасов атындағы олимпиада резервінің республикалық мамандандырылған мектеп-интернат-колледжі" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="309"/>
+    <w:bookmarkStart w:name="z285" w:id="310"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. "Кәркен Ахметов атындағы олимпиада резервінің республикалық мамандандырылған мектеп-интернат-колледжі" республикалық мемлекеттік мекемесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="310"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Алып тасталды - ҚР Үкіметінің 18.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 638</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z287" w:id="311"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. "Алматы қаласының "Шаңырақ" шағын ауданындағы олимпиада резервінің республикалық мамандандырылған мектеп-интернат-колледжі" республикалық мемлекеттік мекемесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="311"/>
+    <w:bookmarkStart w:name="z288" w:id="312"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қазақстан Республикасы Туризм және спорт министрлігі Туризм индустриясы комитетінің қарамағындағы ұйымдардың тізбесі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="312"/>
+    <w:bookmarkStart w:name="z289" w:id="313"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. "Kazakh Tourism" ұлттық компаниясы" акционерлік қоғамы.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="313"/>
-    <w:bookmarkStart w:name="z285" w:id="314"/>
-[...15 lines deleted...]
-      2. "Кәркен Ахметов атындағы олимпиада резервінің республикалық мамандандырылған мектеп-интернат-колледжі" республикалық мемлекеттік мекемесі.</w:t>
+    <w:bookmarkStart w:name="z290" w:id="314"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. "Халықаралық туризм және меймандостық университеті" коммерциялық емес акционерлік қоғамы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="314"/>
+    <w:bookmarkStart w:name="z398" w:id="315"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...78 lines deleted...]
-      4. "Алматы қаласының "Шаңырақ" шағын ауданындағы олимпиада резервінің республикалық мамандандырылған мектеп-интернат-колледжі" республикалық мемлекеттік мекемесі.</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қазақстан Республикасы Туризм және спорт министрлігі Ойын бизнесін және лотереяны реттеу комитетінің қарамағындағы ұйымдардың тізбесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="315"/>
-    <w:bookmarkStart w:name="z288" w:id="316"/>
-[...74 lines deleted...]
-    <w:bookmarkEnd w:id="319"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Ереже Тізбемен толықтырылды - ҚР Үкіметінің 20.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8378,558 +8900,558 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 865 қаулысына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z292" w:id="320"/>
+    <w:bookmarkStart w:name="z292" w:id="316"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасы Туризм және спорт министрлігінің  Спорт және дене шынықтыру істері комитеті  мемлекеттік басқарудың тиісті саласына (аясына) басшылық жасау жөніндегі уәкілетті орган болып айқындалатын республикалық заңды тұлғалардың тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="320"/>
+    <w:bookmarkEnd w:id="316"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Тізбеге өзгеріс енгізілді - ҚР Үкіметінің 18.08.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 638</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z293" w:id="321"/>
+    <w:bookmarkStart w:name="z293" w:id="317"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Республикалық мемлекеттік мекемелер</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="317"/>
+    <w:bookmarkStart w:name="z294" w:id="318"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) "Қазақстан Республикасы Туризм және спорт министрлігі Спорт және дене шынықтыру істері комитетінің "Қажымұқан Мұңайтпасов атындағы олимпиада резервінің республикалық мамандандырылған мектеп-интернат-колледжі" республикалық мемлекеттік мекемесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="318"/>
+    <w:bookmarkStart w:name="z295" w:id="319"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) "Қазақстан Республикасы Туризм және спорт министрлігі Спорт және дене шынықтыру істері комитетінің "Кәркен Ахметов атындағы олимпиада резервінің республикалық мамандандырылған мектеп-интернат-колледжі" республикалық мемлекеттік мекемесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="319"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) алып тасталды - ҚР Үкіметінің 18.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 638</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z297" w:id="320"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) "Қазақстан Республикасы Туризм және спорт министрлігі Спорт және дене шынықтыру істері комитетінің Алматы қаласының "Шаңырақ" шағын ауданындағы олимпиада резервінің республикалық мамандандырылған мектеп-интернат-колледжі" республикалық мемлекеттік мекемесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="320"/>
+    <w:bookmarkStart w:name="z298" w:id="321"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Республикалық мемлекеттік кәсіпорындар</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="321"/>
-    <w:bookmarkStart w:name="z294" w:id="322"/>
-[...15 lines deleted...]
-      1) "Қазақстан Республикасы Туризм және спорт министрлігі Спорт және дене шынықтыру істері комитетінің "Қажымұқан Мұңайтпасов атындағы олимпиада резервінің республикалық мамандандырылған мектеп-интернат-колледжі" республикалық мемлекеттік мекемесі;</w:t>
+    <w:bookmarkStart w:name="z299" w:id="322"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) "Қазақстан Республикасы Туризм және спорт министрлігі Спорт және дене шынықтыру істері комитетінің "Республикалық спорт колледжі" республикалық мемлекеттік қазыналық кәсіпорны;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="322"/>
-    <w:bookmarkStart w:name="z295" w:id="323"/>
-[...15 lines deleted...]
-      2) "Қазақстан Республикасы Туризм және спорт министрлігі Спорт және дене шынықтыру істері комитетінің "Кәркен Ахметов атындағы олимпиада резервінің республикалық мамандандырылған мектеп-интернат-колледжі" республикалық мемлекеттік мекемесі;</w:t>
+    <w:bookmarkStart w:name="z300" w:id="323"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) "Қазақстан Республикасы Туризм және спорт министрлігі Спорт және дене шынықтыру істері комитетінің "Ұлттық спорттық медицина және оңалту орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="323"/>
-    <w:p>
-[...87 lines deleted...]
-      4) "Қазақстан Республикасы Туризм және спорт министрлігі Спорт және дене шынықтыру істері комитетінің Алматы қаласының "Шаңырақ" шағын ауданындағы олимпиада резервінің республикалық мамандандырылған мектеп-интернат-колледжі" республикалық мемлекеттік мекемесі.</w:t>
+    <w:bookmarkStart w:name="z301" w:id="324"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) "Қазақстан Республикасы Туризм және спорт министрлігі Спорт және дене шынықтыру істері комитетінің "Спортты дамыту дирекциясы" республикалық мемлекеттік қазыналық кәсіпорны;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="324"/>
-    <w:bookmarkStart w:name="z298" w:id="325"/>
-[...15 lines deleted...]
-      2. Республикалық мемлекеттік кәсіпорындар</w:t>
+    <w:bookmarkStart w:name="z302" w:id="325"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) "Қазақстан Республикасы Туризм және спорт министрлігі Спорт және дене шынықтыру істері комитетінің "Спортшылардың допингке қарсы зертханасы" республикалық мемлекеттік қазыналық кәсіпорны;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="325"/>
-    <w:bookmarkStart w:name="z299" w:id="326"/>
-[...15 lines deleted...]
-      1) "Қазақстан Республикасы Туризм және спорт министрлігі Спорт және дене шынықтыру істері комитетінің "Республикалық спорт колледжі" республикалық мемлекеттік қазыналық кәсіпорны;</w:t>
+    <w:bookmarkStart w:name="z303" w:id="326"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) "Қазақстан Республикасы Туризм және спорт министрлігі Спорт және дене шынықтыру істері комитетінің "Қысқы спорт түрлері бойынша олимпиадалық даярлау орталығы" республикалық мемлекеттік қазыналық кәсіпорны;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="326"/>
-    <w:bookmarkStart w:name="z300" w:id="327"/>
-[...15 lines deleted...]
-      2) "Қазақстан Республикасы Туризм және спорт министрлігі Спорт және дене шынықтыру істері комитетінің "Ұлттық спорттық медицина және оңалту орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны;</w:t>
+    <w:bookmarkStart w:name="z304" w:id="327"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) "Қазақстан Республикасы Туризм және спорт министрлігі Спорт және дене шынықтыру істері комитетінің "Дене шынықтыру және спорт бойынша республикалық оқу-әдістемелік және талдау орталығы" республикалық мемлекеттік қазыналық кәсіпорны;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="327"/>
-    <w:bookmarkStart w:name="z301" w:id="328"/>
-[...15 lines deleted...]
-      3) "Қазақстан Республикасы Туризм және спорт министрлігі Спорт және дене шынықтыру істері комитетінің "Спортты дамыту дирекциясы" республикалық мемлекеттік қазыналық кәсіпорны;</w:t>
+    <w:bookmarkStart w:name="z305" w:id="328"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) "Қазақстан Республикасы Туризм және спорт министрлігі Спорт және дене шынықтыру істері комитетінің "Ұлттық және ат спорты түрлері орталығы" республикалық мемлекеттік қазыналық кәсіпорны;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="328"/>
-    <w:bookmarkStart w:name="z302" w:id="329"/>
-[...79 lines deleted...]
-    <w:bookmarkStart w:name="z306" w:id="333"/>
+    <w:bookmarkStart w:name="z306" w:id="329"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8) "Қазақстан Республикасы Туризм және спорт министрлігі Спорт және дене шынықтыру істері комитетінің "Алматы" Олимпиадалық даярлау орталығы" республикалық мемлекеттік қазыналық кәсіпорны; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="329"/>
+    <w:bookmarkStart w:name="z307" w:id="330"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) "Қазақстан Республикасы Туризм және спорт министрлігі Спорт және дене шынықтыру істері комитетінің "Астана" олимпиадалық даярлау орталығы" республикалық мемлекеттік қазыналық кәсіпорны;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="330"/>
+    <w:bookmarkStart w:name="z308" w:id="331"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) "Қазақстан Республикасы Туризм және спорт министрлігі Спорт және дене шынықтыру істері комитетінің "Алатау" қысқы спорт түрлері бойынша республикалық жоғары спорт шеберлігі мектебі" республикалық мемлекеттік қазыналық кәсіпорны;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="331"/>
+    <w:bookmarkStart w:name="z309" w:id="332"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) "Қазақстан Республикасы Туризм және спорт министрлігі Спорт және дене шынықтыру істері комитетінің "Дене мүмкіндіктері шектеулі тұлғаларға арналған спорттық даярлау орталығы" республикалық мемлекеттік қазыналық кәсіпорны;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="332"/>
+    <w:bookmarkStart w:name="z310" w:id="333"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) "Қазақстан Республикасы Туризм және спорт министрлігі Спорт және дене шынықтыру істері комитетінің "Допингке қарсы ұлттық орталық" республикалық мемлекеттік қазыналық кәсіпорны;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="333"/>
-    <w:bookmarkStart w:name="z307" w:id="334"/>
-[...15 lines deleted...]
-      9) "Қазақстан Республикасы Туризм және спорт министрлігі Спорт және дене шынықтыру істері комитетінің "Астана" олимпиадалық даярлау орталығы" республикалық мемлекеттік қазыналық кәсіпорны;</w:t>
+    <w:bookmarkStart w:name="z311" w:id="334"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) "Қазақстан Республикасы Туризм және спорт министрлігі Спорт және дене шынықтыру істері комитетінің "Олимп" спорттық-сауықтыру орталығы" шаруашылық жүргізу құқығындағы республикалы мемлекеттік кәсіпорны;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="334"/>
-    <w:bookmarkStart w:name="z308" w:id="335"/>
-[...15 lines deleted...]
-      10) "Қазақстан Республикасы Туризм және спорт министрлігі Спорт және дене шынықтыру істері комитетінің "Алатау" қысқы спорт түрлері бойынша республикалық жоғары спорт шеберлігі мектебі" республикалық мемлекеттік қазыналық кәсіпорны;</w:t>
+    <w:bookmarkStart w:name="z312" w:id="335"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) "Қазақстан Республикасы Туризм және спорт министрлігі Спорт және дене шынықтыру істері комитетінің "Күрес түрлері бойынша олимпиадалық даярлау орталығы" республикалық мемлекеттік қазыналық кәсіпорны.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="335"/>
-    <w:bookmarkStart w:name="z309" w:id="336"/>
-[...78 lines deleted...]
-    <w:bookmarkEnd w:id="339"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -9021,168 +9543,168 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 865 қаулысына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z314" w:id="340"/>
+    <w:bookmarkStart w:name="z314" w:id="336"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Акциялардың мемлекеттік пакеттерін иелік ету және пайдалану құқықтары Қазақстан Республикасы Туризм және спорт министрлігінің Спорт және дене шынықтыру істері комитеті мен Қазақстан Республикасы Туризм және спорт министрлігінің Туризм индустриясы комитетіне берілетін заңды тұлғалардың тізбесі</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="336"/>
+    <w:bookmarkStart w:name="z315" w:id="337"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасы Туризм және спорт министрлігінің Спорт және дене шынықтыру істері комитетіне</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="337"/>
+    <w:bookmarkStart w:name="z316" w:id="338"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. "Қазспортинвест" акционерлік қоғамы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="338"/>
+    <w:bookmarkStart w:name="z317" w:id="339"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасы Туризм және спорт министрлігінің Туризм индустриясы комитетіне</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="339"/>
+    <w:bookmarkStart w:name="z318" w:id="340"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. "Kazakh Tourism" ұлттық компаниясы" акционерлік қоғамы.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="340"/>
-    <w:bookmarkStart w:name="z315" w:id="341"/>
-[...15 lines deleted...]
-      Қазақстан Республикасы Туризм және спорт министрлігінің Спорт және дене шынықтыру істері комитетіне</w:t>
+    <w:bookmarkStart w:name="z319" w:id="341"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. "Халықаралық туризм және меймандостық университеті" коммерциялық емес акционерлік қоғамы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="341"/>
-    <w:bookmarkStart w:name="z316" w:id="342"/>
-[...78 lines deleted...]
-    <w:bookmarkEnd w:id="345"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -9274,2392 +9796,2392 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 865 қаулысына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z321" w:id="346"/>
+    <w:bookmarkStart w:name="z321" w:id="342"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасы Үкіметінің күші жойылған кейбір шешімдерінің тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="346"/>
-    <w:bookmarkStart w:name="z322" w:id="347"/>
+    <w:bookmarkEnd w:id="342"/>
+    <w:bookmarkStart w:name="z322" w:id="343"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Қазақстан Республикасы Мәдениет және спорт министрлігінің мәселелері" туралы Қазақстан Республикасы Үкіметінің 2014 жылғы 23 қыркүйектегі № 1003 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="347"/>
-    <w:bookmarkStart w:name="z323" w:id="348"/>
+    <w:bookmarkEnd w:id="343"/>
+    <w:bookmarkStart w:name="z323" w:id="344"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. "Қазақстан Республикасы Мәдениет және спорт министрлігінің "Достық үйі – Этносаралық қатынастар орталығы" республикалық мемлекеттік мекемесін тарату және Қазақстан Республикасы Үкіметінің кейбір шешімдеріне өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Үкіметінің 2014 жылғы 9 қазандағы № 1081 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілген Қазақстан Республикасы Үкіметінің кейбір шешімдеріне енгізілетін өзгерістер мен толықтырулардың 4-тармағы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="348"/>
-    <w:bookmarkStart w:name="z324" w:id="349"/>
+    <w:bookmarkEnd w:id="344"/>
+    <w:bookmarkStart w:name="z324" w:id="345"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. "Astana Ballet" жауапкершілігі шектеулі серіктестігін қайта атау туралы" Қазақстан Республикасы Үкіметінің 2014 жылғы 20 қазандағы № 1112 қаулысымен бекітілген Қазақстан Республикасы Үкіметінің кейбір шешімдеріне енгізілген өзгерістердің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="349"/>
-    <w:bookmarkStart w:name="z325" w:id="350"/>
+    <w:bookmarkEnd w:id="345"/>
+    <w:bookmarkStart w:name="z325" w:id="346"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. "Қазақстан Республикасы Мәдениет және спорт министрлігінің "Қазақстан Республикасының Ұлттық мұражайы" республикалық мемлекеттік мекемесін қайта ұйымдастыру туралы" Қазақстан Республикасы Үкiметiнiң 2014 жылғы 31 желтоқсандағы № 1439 қаулысымен бекiтiлген Қазақстан Республикасы Үкiметiнiң кейбiр шешiмдерiне енгiзiлетiн өзгерістер мен толықтырулардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="350"/>
-    <w:bookmarkStart w:name="z326" w:id="351"/>
+    <w:bookmarkEnd w:id="346"/>
+    <w:bookmarkStart w:name="z326" w:id="347"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. "Қазақстан Республикасы Мәдениет және спорт министрлігінің кейбір мәселелері туралы" Қазақстан Республикасы Үкіметінің 2014 жылғы 31 желтоқсандағы № 1440 қаулысымен бекітілген Қазақстан Республикасы Үкіметінің кейбір шешімдеріне енгізілетін өзгерістер мен толықтырулардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="351"/>
-    <w:bookmarkStart w:name="z327" w:id="352"/>
+    <w:bookmarkEnd w:id="347"/>
+    <w:bookmarkStart w:name="z327" w:id="348"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. "Қазақ ұлттық хореография академиясы" коммерциялық емес акционерлік қоғамын құру туралы" Қазақстан Республикасы Үкіметінің 2015 жылғы 11 наурыздағы № 126 қаулысымен бекітілген Қазақстан Республикасы Үкіметінің кейбір шешімдеріне енгізілетін толықтырулардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="352"/>
-    <w:bookmarkStart w:name="z328" w:id="353"/>
+    <w:bookmarkEnd w:id="348"/>
+    <w:bookmarkStart w:name="z328" w:id="349"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. "Қазақстан Республикасы Үкіметінің кейбір шешімдеріне өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Үкіметінің 2015 жылғы 9 маусымдағы № 425 қаулысымен бекітілген Қазақстан Республикасы Үкіметінің кейбір шешімдеріне енгізілетін өзгерістер мен толықтырулардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="353"/>
-    <w:bookmarkStart w:name="z329" w:id="354"/>
+    <w:bookmarkEnd w:id="349"/>
+    <w:bookmarkStart w:name="z329" w:id="350"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. "Қазақстан Республикасы Мәдениет және спорт министрлігінің республикалық мемлекеттік мекемелерін қайта ұйымдастыру туралы" Қазақстан Республикасы Үкіметінің 2015 жылғы 24 шілдедегі № 585 қаулысымен бекітілген Қазақстан Республикасы Үкіметінің кейбір шешімдеріне енгізілетін өзгерістер мен толықтырулардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="354"/>
-    <w:bookmarkStart w:name="z330" w:id="355"/>
+    <w:bookmarkEnd w:id="350"/>
+    <w:bookmarkStart w:name="z330" w:id="351"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. "Қазақстан Республикасы Мәдениет және спорт министрлігінің "Республикалық кітап мұражайы" республикалық мемлекеттік қазыналық кәсіпорнын қайта атау туралы" Қазақстан Республикасы Үкіметінің 2015 жылғы 29 желтоқсандағы № 1117 қаулысының 5-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2) тармақшасы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="355"/>
-    <w:bookmarkStart w:name="z331" w:id="356"/>
+    <w:bookmarkEnd w:id="351"/>
+    <w:bookmarkStart w:name="z331" w:id="352"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. "Республикалық меншіктің кейбір мәселелері туралы" Қазақстан Республикасы Үкiметiнiң 2016 жылғы 27 қаңтардағы № 27 қаулысымен бекітілген Қазақстан Республикасы Үкiметiнiң кейбiр шешiмдерiне енгiзiлетiн өзгерістердің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="356"/>
-    <w:bookmarkStart w:name="z332" w:id="357"/>
+    <w:bookmarkEnd w:id="352"/>
+    <w:bookmarkStart w:name="z332" w:id="353"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. "Қазақстан Республикасы Үкіметінің кейбір шешімдеріне өзгерістер енгізу және кейбір шешімдерінің күші жойылды деп тану туралы" Қазақстан Республикасы Үкіметінің 2016 жылғы 11 тамыздағы № 455 қаулысымен бекітілген Қазақстан Республикасы Үкіметінің кейбір шешімдеріне енгізілетін өзгерістердің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="357"/>
-    <w:bookmarkStart w:name="z333" w:id="358"/>
+    <w:bookmarkEnd w:id="353"/>
+    <w:bookmarkStart w:name="z333" w:id="354"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. "Қазақстан Республикасы Мәдениет және спорт министрлігінің "Астана" ұлттық сурет галереясы" республикалық мемлекеттік мекемесін қайта ұйымдастыру туралы" Қазақстан Республикасы Үкіметінің 2016 жылғы 10 қарашадағы № 690 қаулысының 4-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2) тармақшасы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="358"/>
-    <w:bookmarkStart w:name="z334" w:id="359"/>
+    <w:bookmarkEnd w:id="354"/>
+    <w:bookmarkStart w:name="z334" w:id="355"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. "Қазақстан Республикасы Мәдениет және спорт министрлігінің мәселелері" туралы Қазақстан Республикасы Үкіметінің 2014 жылғы 23 қыркүйектегі № 1003 қаулысына өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Үкіметінің 2016 жылғы 15 желтоқсандағы № 805 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="359"/>
-    <w:bookmarkStart w:name="z335" w:id="360"/>
+    <w:bookmarkEnd w:id="355"/>
+    <w:bookmarkStart w:name="z335" w:id="356"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. "Қазақстан Республикасы Мәдениет және спорт министрлігінің кейбір мәселелері туралы" Қазақстан Республикасы Үкіметінің 2017 жылғы 22 ақпандағы № 85 қаулысының 2-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="360"/>
-    <w:bookmarkStart w:name="z336" w:id="361"/>
+    <w:bookmarkEnd w:id="356"/>
+    <w:bookmarkStart w:name="z336" w:id="357"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15. "Қазақстан халқының рухани даму қоры" акционерлік қоғамын тарату туралы" Қазақстан Республикасы Үкiметiнiң 2017 жылғы 24 ақпандағы № 90 қаулысымен бекiтiлген Қазақстан Республикасы Үкiметiнiң кейбiр шешiмдерiне енгiзiлетiн өзгерістердің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="361"/>
-    <w:bookmarkStart w:name="z337" w:id="362"/>
+    <w:bookmarkEnd w:id="357"/>
+    <w:bookmarkStart w:name="z337" w:id="358"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16. "Қазақстан Республикасы Мәдениет және спорт министрлігінің кейбір республикалық мемлекеттік мекемелерін қайта ұйымдастыру туралы" Қазақстан Республикасы Үкіметінің 2017 жылғы 31 мамырдағы № 321 қаулысының 4-тармағының 2) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>тармақшасы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="362"/>
-    <w:bookmarkStart w:name="z338" w:id="363"/>
+    <w:bookmarkEnd w:id="358"/>
+    <w:bookmarkStart w:name="z338" w:id="359"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       17. "Қазақстан Республикасы Үкіметінің кейбір шешімдеріне өзгерістер енгізу туралы" Қазақстан Республикасы Үкіметінің 2017 жылғы 8 маусымдағы № 350 қаулысымен бекітілген Қазақстан Республикасы Үкіметінің кейбір шешімдеріне енгізілетін өзгерістердің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>23-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="363"/>
-    <w:bookmarkStart w:name="z339" w:id="364"/>
+    <w:bookmarkEnd w:id="359"/>
+    <w:bookmarkStart w:name="z339" w:id="360"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       18. "Қазақстан Республикасы Мәдениет және спорт министрлігінің мәселелері" туралы Қазақстан Республикасы Үкіметінің 2014 жылғы 23 қыркүйектегі № 1003 қаулысына өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Үкіметінің 2017 жылғы 31 тамыздағы № 532 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="364"/>
-    <w:bookmarkStart w:name="z340" w:id="365"/>
+    <w:bookmarkEnd w:id="360"/>
+    <w:bookmarkStart w:name="z340" w:id="361"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       19. "Отандастар қоры" коммерциялық емес акционерлік қоғамын құру туралы" Қазақстан Республикасы Үкіметінің 2017 жылғы 13 қазандағы № 644 қаулысымен бекітілген Қазақстан Республикасы Үкіметінің кейбір шешімдеріне енгізілетін толықтырулардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="365"/>
-    <w:bookmarkStart w:name="z341" w:id="366"/>
+    <w:bookmarkEnd w:id="361"/>
+    <w:bookmarkStart w:name="z341" w:id="362"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       20. "Қазақстан Республикасы Мәдениет және спорт министрлігінің "Бейбітшілік және келісім музейі" республикалық мемлекеттік қазыналық кәсіпорнын қайта ұйымдастыру туралы" Қазақстан Республикасы Үкіметінің 2018 жылғы 31 наурыздағы № 150 қаулысының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="366"/>
-    <w:bookmarkStart w:name="z342" w:id="367"/>
+    <w:bookmarkEnd w:id="362"/>
+    <w:bookmarkStart w:name="z342" w:id="363"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       21. "Атырау облысы Мәдениет, архивтер және құжаттама басқармасының Атырау облысы мұражай қорығы "Хан Ордалы – Сарайшық" коммуналдық мемлекеттік қазыналық кәсіпорнын коммуналдық меншіктен республикалық меншікке қабылдау туралы" Қазақстан Республикасы Үкіметінің 2018 жылғы 4 сәуірдегі № 162 қаулысының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="367"/>
-    <w:bookmarkStart w:name="z343" w:id="368"/>
+    <w:bookmarkEnd w:id="363"/>
+    <w:bookmarkStart w:name="z343" w:id="364"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       22. "Қазақстан Республикасының Қоғамдық даму министрлігінің кейбір мәселелері туралы" Қазақстан Республикасы Үкіметінің 2018 жылғы 21 шілдедегі № 444 қаулысымен бекітілген Қазақстан Республикасы Үкіметінің кейбір шешімдеріне енгізілетін өзгерістер мен толықтырулардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="368"/>
-    <w:bookmarkStart w:name="z344" w:id="369"/>
+    <w:bookmarkEnd w:id="364"/>
+    <w:bookmarkStart w:name="z344" w:id="365"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       23. "Қазақстан Республикасы Мәдениет және спорт министрлігінің мәселелері" туралы Қазақстан Республикасы Үкіметінің 2014 жылғы 23 қыркүйектегі № 1003 қаулысына өзгерістер енгізу туралы" Қазақстан Республикасы Үкіметінің 2018 жылғы 16 қазандағы № 640 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="369"/>
-    <w:bookmarkStart w:name="z345" w:id="370"/>
+    <w:bookmarkEnd w:id="365"/>
+    <w:bookmarkStart w:name="z345" w:id="366"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       24. "Қазақстан Республикасы Үкіметінің кейбір шешімдеріне өзгерістер енгізу туралы" Қазақстан Республикасы Үкіметінің 26 қазандағы № 690 қаулысымен бекітілген Қазақстан Республикасы Үкіметінің кейбір шешімдеріне енгізілетін өзгерістердің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="370"/>
-    <w:bookmarkStart w:name="z346" w:id="371"/>
+    <w:bookmarkEnd w:id="366"/>
+    <w:bookmarkStart w:name="z346" w:id="367"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       25. "Қазақстан Республикасы Мәдениет және спорт министрлігінің мәселелері" туралы Қазақстан Республикасы Үкіметінің 2014 жылғы 23 қыркүйектегі № 1003 қаулысына өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Үкіметінің 2018 жылғы 29 желтоқсандағы № 925 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="371"/>
-    <w:bookmarkStart w:name="z347" w:id="372"/>
+    <w:bookmarkEnd w:id="367"/>
+    <w:bookmarkStart w:name="z347" w:id="368"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       26. "Ұлттық киноны қолдау мемлекеттік орталығын құру туралы" Қазақстан Республикасы Үкіметінің 2019 жылғы 15 наурыздағы № 113 қаулысымен бекітілген Қазақстан Республикасы Үкіметінің кейбір шешімдеріне енгізілетін толықтырулардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="372"/>
-    <w:bookmarkStart w:name="z348" w:id="373"/>
+    <w:bookmarkEnd w:id="368"/>
+    <w:bookmarkStart w:name="z348" w:id="369"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       27. "Кейбір республикалық мемлекеттік мекемелерді, республикалық мемлекеттік қазыналық кәсіпорындарды қайта ұйымдастыру және Қазақстан Республикасы Үкіметінің кейбір шешімдеріне өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Үкіметінің 2019 жылғы 19 наурыздағы № 131 қаулысымен бекітілген Қазақстан Республикасы Үкіметінің кейбір шешімдеріне енгізілетін өзгерістер мен толықтырулардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>10-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="373"/>
-    <w:bookmarkStart w:name="z349" w:id="374"/>
+    <w:bookmarkEnd w:id="369"/>
+    <w:bookmarkStart w:name="z349" w:id="370"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       28. "Қазақстан Республикасы Мәдениет және спорт министрлігінің мәселелері" туралы Қазақстан Республикасы Үкіметінің 2014 жылғы 23 қыркүйектегі № 1003 қаулысына өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Үкіметінің 2019 жылғы 26 сәуірдегі № 228 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="374"/>
-    <w:bookmarkStart w:name="z350" w:id="375"/>
+    <w:bookmarkEnd w:id="370"/>
+    <w:bookmarkStart w:name="z350" w:id="371"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       29. "Қазақстан Республикасы Үкіметінің кейбір шешімдеріне өзгерістер енгізу туралы" Қазақстан Республикасы Үкіметінің 2019 жылғы 12 маусымдағы № 396 қаулысымен бекітілген Қазақстан Республикасы Үкіметінің кейбір шешімдеріне енгізілетін өзгерістердің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="375"/>
-    <w:bookmarkStart w:name="z351" w:id="376"/>
+    <w:bookmarkEnd w:id="371"/>
+    <w:bookmarkStart w:name="z351" w:id="372"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       30. "Қазақстан Республикасы Ұлттық мемлекеттік Кітап палатасы" республикалық мемлекеттік мекемесінің кейбір мәселелері туралы" Қазақстан Республикасы Үкіметінің 2019 жылғы 19 маусымдағы № 415 қаулысының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="376"/>
-    <w:bookmarkStart w:name="z352" w:id="377"/>
+    <w:bookmarkEnd w:id="372"/>
+    <w:bookmarkStart w:name="z352" w:id="373"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       31. "Астана қаласындағы Қазақстан Республикасының Ұлттық академиялық кітапханасы" республикалық мемлекеттік мекемесінің кейбір мәселелері туралы" Қазақстан Республикасы Үкіметінің 2019 жылғы 31 шілдедегі № 555 қаулысының 3-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2) тармақшасы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="377"/>
-    <w:bookmarkStart w:name="z353" w:id="378"/>
+    <w:bookmarkEnd w:id="373"/>
+    <w:bookmarkStart w:name="z353" w:id="374"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       32. "Қазақстан Республикасы Мәдениет және спорт министрлігінің "Бейбітшілік және келісім музейі" республикалық мемлекеттік қазыналық кәсіпорнын тарату туралы" Қазақстан Республикасы Үкіметінің 2019 жылғы 27 желтоқсандағы № 994 қаулысының 4-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1) тармақшасы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="378"/>
-    <w:bookmarkStart w:name="z354" w:id="379"/>
+    <w:bookmarkEnd w:id="374"/>
+    <w:bookmarkStart w:name="z354" w:id="375"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       33. "Қазақстан Республикасы Мәдениет және спорт министрлігінің мәселелері" туралы Қазақстан Республикасы Үкіметінің 2014 жылғы 23 қыркүйектегі № 1003 қаулысына өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Үкіметінің 2020 жылғы 8 маусымдағы № 355 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="379"/>
-    <w:bookmarkStart w:name="z355" w:id="380"/>
+    <w:bookmarkEnd w:id="375"/>
+    <w:bookmarkStart w:name="z355" w:id="376"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       34. "Қазақстан Республикасы Мәдениет және спорт министрлігінің "Қазақстан мәдениетінің ғылыми-зерттеу институты" республикалық мемлекеттік қазыналық кәсіпорнын құру туралы" Қазақстан Республикасы Үкіметінің 2020 жылғы 26 маусымдағы № 403 қаулысының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="380"/>
-    <w:bookmarkStart w:name="z356" w:id="381"/>
+    <w:bookmarkEnd w:id="376"/>
+    <w:bookmarkStart w:name="z356" w:id="377"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       35. "Қазақстан Республикасы Мәдениет және спорт министрлігінің мәселелері" туралы Қазақстан Республикасы Үкіметінің 2014 жылғы 23 қыркүйектегі № 1003 қаулысына өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Үкіметінің 2020 жылғы 28 қазандағы № 717 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="381"/>
-    <w:bookmarkStart w:name="z357" w:id="382"/>
+    <w:bookmarkEnd w:id="377"/>
+    <w:bookmarkStart w:name="z357" w:id="378"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       36. "Нұр-Сұлтан қаласы әкімдігінің "Қ. Қуанышбаев атындағы мемлекеттік академиялық қазақ музыкалық драма театры" мемлекеттік коммуналдық қазыналық кәсіпорнын коммуналдық меншіктен республикалық меншікке қабылдау туралы" Қазақстан Республикасы Үкіметінің 2020 жылғы 2 желтоқсандағы № 810 қаулысының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="382"/>
-    <w:bookmarkStart w:name="z358" w:id="383"/>
+    <w:bookmarkEnd w:id="378"/>
+    <w:bookmarkStart w:name="z358" w:id="379"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       37. "Қазақстан Республикасы Білім және ғылым министрлігінің кейбір мәселелері туралы" Қазақстан Республикасы Үкіметінің 2021 жылғы 9 ақпандағы № 39 қаулысымен бекітілген Қазақстан Республикасы Үкіметінің кейбір шешімдеріне енгізілетін өзгерістер мен толықтырулардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="383"/>
-    <w:bookmarkStart w:name="z359" w:id="384"/>
+    <w:bookmarkEnd w:id="379"/>
+    <w:bookmarkStart w:name="z359" w:id="380"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       38. "Қазақстан Республикасы Мәдениет және спорт министрлігінің мәселелері" туралы Қазақстан Республикасы Үкіметінің 2014 жылғы 23 қыркүйектегі № 1003 қаулысына өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Үкіметінің 2021 жылғы 11 ақпандағы № 56 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="384"/>
-    <w:bookmarkStart w:name="z360" w:id="385"/>
+    <w:bookmarkEnd w:id="380"/>
+    <w:bookmarkStart w:name="z360" w:id="381"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       39. "Қазақстан Республикасы Үкіметінің кейбір шешімдеріне және Қазақстан Республикасы Премьер-Министрінің кейбір өкімдеріне өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Үкіметінің 2021 жылғы 18 наурыздағы № 145 қаулысымен бекітілген Қазақстан Республикасы Үкiметiнiң кейбiр шешiмдерiне және Қазақстан Республикасы Премьер-Министрінің кейбір өкімдеріне енгiзiлетiн өзгерiстер мен толықтырулардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>20-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="385"/>
-    <w:bookmarkStart w:name="z361" w:id="386"/>
+    <w:bookmarkEnd w:id="381"/>
+    <w:bookmarkStart w:name="z361" w:id="382"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       40. "Қазақстан Республикасы Мәдениет және спорт министрлігінің кейбір мәселелері туралы" Қазақстан Республикасы Үкіметінің 2021 жылғы 31 наурыздағы № 195 қаулысымен бекітілген Қазақстан Республикасы Үкіметінің кейбір шешімдеріне енгізілетін өзгерістер мен толықтырулардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="386"/>
-    <w:bookmarkStart w:name="z362" w:id="387"/>
+    <w:bookmarkEnd w:id="382"/>
+    <w:bookmarkStart w:name="z362" w:id="383"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       41. "Қазақстан Республикасы Мәдениет және спорт министрлігінің "Қазақ ұлттық хореография академиясы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнын құру мәселелері туралы" Қазақстан Республикасы Үкіметінің 2021 жылғы 9 сәуірдегі № 227 қаулысымен бекітілген Қазақстан Республикасы Үкіметінің кейбір шешімдеріне енгізілетін өзгерістер мен толықтырудың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="387"/>
-    <w:bookmarkStart w:name="z363" w:id="388"/>
+    <w:bookmarkEnd w:id="383"/>
+    <w:bookmarkStart w:name="z363" w:id="384"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       42. "Қазақстан Республикасы Мәдениет және спорт министрлігінің кейбір республикалық мемлекеттік қазыналық кәсіпорындарын қайта ұйымдастыру туралы" Қазақстан Республикасы Үкіметінің 2021 жылғы 28 сәуірдегі № 279 қаулысының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="388"/>
-    <w:bookmarkStart w:name="z364" w:id="389"/>
+    <w:bookmarkEnd w:id="384"/>
+    <w:bookmarkStart w:name="z364" w:id="385"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       43. "Қазақстан Республикасы Мәдениет және спорт министрлігінің мәселелері" туралы Қазақстан Республикасы Үкіметінің 2014 жылғы 23 қыркүйектегі № 1003 қаулысына толықтырулар енгізу туралы" Қазақстан Республикасы Үкіметінің 2021 жылғы 28 сәуірдегі № 280 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="389"/>
-    <w:bookmarkStart w:name="z365" w:id="390"/>
+    <w:bookmarkEnd w:id="385"/>
+    <w:bookmarkStart w:name="z365" w:id="386"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       44. "Қазақстан Республикасы Үкiметiнiң кейбiр шешiмдерiне өзгерiстер мен толықтырулар енгiзу туралы" Қазақстан Республикасы Үкiметiнің 2021 жылғы 14 тамыздағы № 559 қаулысымен бекітілген Қазақстан Республикасы Үкiметiнiң кейбiр шешiмдерiне енгiзiлетiн өзгерiстер мен толықтырулардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="390"/>
-    <w:bookmarkStart w:name="z366" w:id="391"/>
+    <w:bookmarkEnd w:id="386"/>
+    <w:bookmarkStart w:name="z366" w:id="387"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       45. "Республикалық мемлекеттік заңды тұлғалардың кейбір мәселелері және Қазақстан Республикасы Үкіметінің "Қазақстан Республикасы Үкiметiнiң жанындағы Республикалық ономастика комиссиясы туралы" 1998 жылғы 21 сәуірдегі № 368 және "Қазақстан Республикасы Мәдениет және спорт министрлігінің мәселелері" туралы 2014 жылғы 23 қыркүйектегі № 1003 қаулыларына өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Үкіметінің 2021 жылғы 9 қыркүйектегі № 624 қаулысының 4-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2) тармақшасы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="391"/>
-    <w:bookmarkStart w:name="z367" w:id="392"/>
+    <w:bookmarkEnd w:id="387"/>
+    <w:bookmarkStart w:name="z367" w:id="388"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       46. "Қазақстан Республикасы Мәдениет және спорт министрлігінің мәселелері" туралы Қазақстан Республикасы Үкіметінің 2014 жылғы 23 қыркүйектегі № 1003 қаулысына өзгерістер енгізу туралы" Қазақстан Республикасы Үкіметінің 2022 жылғы 24 тамыздағы № 593 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="392"/>
-    <w:bookmarkStart w:name="z368" w:id="393"/>
+    <w:bookmarkEnd w:id="388"/>
+    <w:bookmarkStart w:name="z368" w:id="389"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       47. "Қазақстан Республикасы Мәдениет және спорт министрлігінің мәселелері" туралы Қазақстан Республикасы Үкіметінің 2014 жылғы 23 қыркүйектегі № 1003 қаулысына толықтыру енгізу және "Спорттағы ұлттық команда туралы" Қазақстан Республикасы Премьер-Министрінің 1994 жылғы 2 наурыздағы № 85-ө өкімінің күші жойылды деп тану туралы" Қазақстан Республикасы Үкіметінің 2022 жылғы 22 қыркүйектегі № 723 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="393"/>
-    <w:bookmarkStart w:name="z369" w:id="394"/>
+    <w:bookmarkEnd w:id="389"/>
+    <w:bookmarkStart w:name="z369" w:id="390"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       48. "Республикалық меншіктің кейбір мәселелері туралы" Қазақстан Республикасы Үкіметінің 2022 жылғы 13 қазандағы № 820 қаулысының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="394"/>
-    <w:bookmarkStart w:name="z370" w:id="395"/>
+    <w:bookmarkEnd w:id="390"/>
+    <w:bookmarkStart w:name="z370" w:id="391"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       49. "Қазақстан Республикасы Үкіметінің кейбір шешімдеріне өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Үкіметінің 2022 жылғы 19 қазандағы № 834 қаулысымен бекітілген Қазақстан Республикасы Үкіметінің кейбір шешімдеріне енгізілетін өзгерістер мен толықтырулардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>7-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="395"/>
-    <w:bookmarkStart w:name="z371" w:id="396"/>
+    <w:bookmarkEnd w:id="391"/>
+    <w:bookmarkStart w:name="z371" w:id="392"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       50. "Қазақстан Республикасы Мәдениет және спорт министрлігінің мәселелері" туралы Қазақстан Республикасы Үкіметінің 2014 жылғы 23 қыркүйектегі № 1003 қаулысына өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Үкіметінің 2022 жылғы 5 желтоқсандағы № 975 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="396"/>
-    <w:bookmarkStart w:name="z372" w:id="397"/>
+    <w:bookmarkEnd w:id="392"/>
+    <w:bookmarkStart w:name="z372" w:id="393"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       51. "Республикалық меншіктің кейбір мәселелері туралы" Қазақстан Республикасы Үкіметінің 2022 жылғы 26 желтоқсандағы № 1065 қаулысының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="397"/>
-    <w:bookmarkStart w:name="z373" w:id="398"/>
+    <w:bookmarkEnd w:id="393"/>
+    <w:bookmarkStart w:name="z373" w:id="394"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       52. "Қазақстан Республикасы Үкіметінің кейбір шешімдеріне өзгерістер енгізу туралы" Қазақстан Республикасы Үкіметінің 2023 жылғы 16 наурыздағы № 219 қаулысымен бекітілген Қазақстан Республикасы Үкіметінің кейбір шешімдеріне енгізілетін өзгерістердің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="398"/>
-    <w:bookmarkStart w:name="z374" w:id="399"/>
+    <w:bookmarkEnd w:id="394"/>
+    <w:bookmarkStart w:name="z374" w:id="395"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       53. "Қазақстан Республикасы Мәдениет және спорт министрлігінің кейбір мәселелері" туралы Қазақстан Республикасы Үкіметінің 2023 жылғы 16 наурыздағы № 224 қаулысымен бекітілген Қазақстан Республикасы Үкіметінің кейбір шешімдеріне енгізілетін өзгерістер мен толықтырулардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="399"/>
-    <w:bookmarkStart w:name="z375" w:id="400"/>
+    <w:bookmarkEnd w:id="395"/>
+    <w:bookmarkStart w:name="z375" w:id="396"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       54. "Қазақстан Республикасы Үкіметінің кейбір шешімдеріне өзгеріс пен толықтырулар енгізу туралы" Қазақстан Республикасы Үкіметінің 2023 жылғы 14 сәуірдегі № 307 қаулысымен бекітілген Қазақстан Республикасы Үкіметінің кейбір шешімдеріне енгізілетін өзгерістер мен толықтырулардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="400"/>
-    <w:bookmarkStart w:name="z376" w:id="401"/>
+    <w:bookmarkEnd w:id="396"/>
+    <w:bookmarkStart w:name="z376" w:id="397"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       55. "Қазақстан Республикасы Үкіметінің "Қазақстан Республикасы Мәдениет және спорт министрлігінің мәселелері" туралы 2014 жылғы 23 қыркүйектегі № 1003 және "Қазақстан Республикасы Мәдениет және спорт министрлігінің кейбір мәселелері туралы" 2023 жылғы 16 наурыздағы № 224 қаулыларына өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Үкіметінің 2023 жылғы 7 тамыздағы № 651 қаулысының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="401"/>
-    <w:bookmarkStart w:name="z377" w:id="402"/>
+    <w:bookmarkEnd w:id="397"/>
+    <w:bookmarkStart w:name="z377" w:id="398"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       56. "Қазақстан Республикасы Үкіметінің кейбір шешімдеріне өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Үкіметінің 2023 жылғы 1 қыркүйектегі № 762 қаулысымен бекітілген Қазақстан Республикасы Үкіметінің кейбір шешімдеріне енгізілетін өзгерістер мен толықтырулардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="402"/>
-    <w:bookmarkStart w:name="z378" w:id="403"/>
+    <w:bookmarkEnd w:id="398"/>
+    <w:bookmarkStart w:name="z378" w:id="399"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       57. "Қазақстан Республикасы Үкіметінің кейбір шешімдеріне өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Үкіметінің 2023 жылғы 4 қыркүйектегі № 764 қаулысымен бекітілген Қазақстан Республикасы Үкіметінің кейбір шешімдеріне енгізілетін өзгерістер мен толықтырулардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="403"/>
+    <w:bookmarkEnd w:id="399"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>