--- v0 (2025-10-02)
+++ v1 (2025-12-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="e337dbb" w14:textId="e337dbb">
+    <w:p w14:paraId="e8a5277" w14:textId="e8a5277">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -3649,50 +3649,166 @@
         <w:t>
       80) жерасты суларын іздеу мен бағалауды жүргізу қағидаларын бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="135"/>
     <w:bookmarkStart w:name="z452" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       81) қоршаған ортаны қорғау саласындағы уәкілетті органмен және халықтың санитариялық-эпидемиологиялық саламаттылығы саласындағы мемлекеттік органмен келісу бойынша жерүсті су объектілеріндегі және (немесе) олардың учаскелеріндегі су сапасын сыныптаудың бірыңғай жүйесін бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      15-тармақты 81-1) тармақшамен толықтыру көзделген - ҚР Үкіметінің 28.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 900</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z453" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       82) жерасты суларын алу жобасын және жерасты суларын мониторингтеу бағдарламасын әзірлеу және келісу тәртібін жер қойнауын зерттеу жөніндегі уәкілетті органмен келісу бойынша бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="137"/>
     <w:bookmarkStart w:name="z454" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -4101,246 +4217,1098 @@
         <w:t>
       99) гидротехникалық құрылысжайлардың қауіпсіздігі саласында жұмыстар жүргізу құқығына аттестатталатын ұйымдарға қойылатын талаптарды бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="153"/>
     <w:bookmarkStart w:name="z471" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       100) су қорын қорғау және пайдалану саласындағы нормалауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z472" w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      101) тармақша жаңа редакцияда көзделген - ҚР Үкіметінің 28.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 900</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       101) Қазақстан Республикасының салық заңнамасында белгіленген жерүсті су көздерінің су ресурстарын пайдаланғаны үшін төлемақы мөлшерлемелерін есептеу әдістемесін бекітеді;</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      15-тармақты 101-1) тармақшамен толықтыру көзделген - ҚР Үкіметінің 28.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 900</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z473" w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      102) су шаруашылығы құрылысжайлары мен гидротехникалық құрылысжайларға паспорт беруді жүргізу қағидаларын, сондай-ақ су шаруашылығы құрылысжайлары мен гидротехникалық құрылысжайлар паспортының нысанын бекітеді;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="155"/>
-    <w:bookmarkStart w:name="z473" w:id="156"/>
-[...15 lines deleted...]
-      102) су шаруашылығы құрылысжайлары мен гидротехникалық құрылысжайларға паспорт беруді жүргізу қағидаларын, сондай-ақ су шаруашылығы құрылысжайлары мен гидротехникалық құрылысжайлар паспортының нысанын бекітеді;</w:t>
+    <w:bookmarkStart w:name="z474" w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      103) су объектілерінің жай-күйіне әсер ететін құрылысжайлар мен басқа да объектілерді орналастыруды, жобалауды және салуды, реконструкциялауды, сондай-ақ су объектілерінде, су қорғау аймақтары мен белдеулерінде құрылыс қызметіне, ағаш өсіруге, жер қойнауын пайдалану жөніндегі операцияларға, ұңғымаларды бұрғылауға, жерүсті су объектілерін санациялауға, су объектілерінің балық шаруашылығы мелиорациясына, ауыл шаруашылығы жұмыстары мен өзге де жұмыстарға байланысты жұмыстарды жүргізу шарттарын келісу қағидаларын бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="156"/>
-    <w:bookmarkStart w:name="z474" w:id="157"/>
-[...15 lines deleted...]
-      103) су объектілерінің жай-күйіне әсер ететін құрылысжайлар мен басқа да объектілерді орналастыруды, жобалауды және салуды, реконструкциялауды, сондай-ақ су объектілерінде, су қорғау аймақтары мен белдеулерінде құрылыс қызметіне, ағаш өсіруге, жер қойнауын пайдалану жөніндегі операцияларға, ұңғымаларды бұрғылауға, жерүсті су объектілерін санациялауға, су объектілерінің балық шаруашылығы мелиорациясына, ауыл шаруашылығы жұмыстары мен өзге де жұмыстарға байланысты жұмыстарды жүргізу шарттарын келісу қағидаларын бекітеді;</w:t>
+    <w:bookmarkStart w:name="z475" w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      104) Қазақстан Республикасының Үкіметіне республикалық меншіктегі су шаруашылығы құрылысжайының тізбесін айқындау жөнінде ұсыныс енгізеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="157"/>
-    <w:bookmarkStart w:name="z475" w:id="158"/>
-[...15 lines deleted...]
-      104) Қазақстан Республикасының Үкіметіне республикалық меншіктегі су шаруашылығы құрылысжайының тізбесін айқындау жөнінде ұсыныс енгізеді;</w:t>
+    <w:bookmarkStart w:name="z476" w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      105) гидротехникалық құрылысжайларға көпфакторлы зерттеп-қарауды жүргізу қағидаларын және гидротехникалық құрылысжайлардың қауіпсіздігі декларациясының нысанын бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="158"/>
-    <w:bookmarkStart w:name="z476" w:id="159"/>
-[...15 lines deleted...]
-      105) гидротехникалық құрылысжайларға көпфакторлы зерттеп-қарауды жүргізу қағидаларын және гидротехникалық құрылысжайлардың қауіпсіздігі декларациясының нысанын бекітеді;</w:t>
+    <w:bookmarkStart w:name="z477" w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      106) су объектілері мен су ресурстарының мемлекеттік мониторингін жүргізу қағидаларын бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="159"/>
-    <w:bookmarkStart w:name="z477" w:id="160"/>
-[...15 lines deleted...]
-      106) су объектілері мен су ресурстарының мемлекеттік мониторингін жүргізу қағидаларын бекітеді;</w:t>
+    <w:bookmarkStart w:name="z478" w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      107) мемлекеттік су кадастрын жүргізу қағидаларын бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z478" w:id="161"/>
-[...15 lines deleted...]
-      107) мемлекеттік су кадастрын жүргізу қағидаларын бекітеді;</w:t>
+    <w:bookmarkStart w:name="z479" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      108) су қорын қорғау және пайдалану саласында мемлекеттік бақылау мен қадағалауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z479" w:id="162"/>
-[...15 lines deleted...]
-      108) су қорын қорғау және пайдалану саласында мемлекеттік бақылау мен қадағалауды жүзеге асырады;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 109) 01.01.2027 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі – ҚР Үкіметінің 13.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 613</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен (мәтін алып тасталды).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z481" w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      110) жеке және заңды тұлғалар жүргізетін, су объектілерінің сарқылуын болғызбауға бағытталған су қорғау іс-шараларын келіседі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z482" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      111) су ресурстарының ұлттық ақпараттық жүйесін әзірлеуді, құруды, дамытуды, қолдап отыруды, оның үздіксіз жұмыс істеуін ұйымдастыруды және оны өзге де ақпараттандыру объектілерімен интеграциялауды ұйымдастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z483" w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      112) Қазақстан Республикасының су заңнамасында және "Рұқсаттар және хабарламалар туралы" Қазақстан Республикасының Заңында белгіленген тәртіппен арнаулы су пайдалануға рұқсатты беруді, ұзартуды, қайта ресімдеуді, тоқтата тұруды және оның қолданылуын тоқтатуды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z484" w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      113) мүдделі жеке және заңды тұлғалардың су ресурстарының ұлттық ақпараттық жүйесінде және мемлекеттік су кадастрында қамтылған жалпыға қолжетімді ақпаратқа қол жеткізуін қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z485" w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      114) су қорын қорғау және пайдалану, су шаруашылығын дамыту саласында инвестициялық жобаларды әзірлеу мен іске асыруды ұйымдастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z486" w:id="167"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      115) табиғи монополия субъектісінің инвестициялық бағдарламасының іс-шараларын қабылдаудың орындылығы немесе орынсыздығы туралы қорытынды береді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z487" w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      116) табиғи монополия субъектісінің бекітілген инвестициялық бағдарламасының орындалуы туралы есепті қарау қорытындысы бойынша белгіленген тәртіппен табиғи монополиялардың тиісті салаларында басшылықты жүзеге асыратын уәкілетті органға бекітілген инвестициялық бағдарламаның іс-шараларының орындалуын қабылдаудың орындылығы немесе орынсыздығы туралы өз қорытындысын жібереді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z488" w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      117) су қорын қорғау және пайдалану саласындағы мемлекеттік саясатты іске асыру кезінде орталық және жергілікті атқарушы органдардың қызметін үйлестіруді жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z489" w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      118) республикалық меншіктегі су шаруашылығы құрылысжайлары мен гидротехникалық құрылысжайларды пайдалануды және дамытуды ұйымдастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z490" w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      119) су қорын қорғау және пайдалану саласында ғылыми, ғылыми-зерттеу, ғылыми-техникалық жобалар мен даму бағдарламаларын жүргізуді ұйымдастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z491" w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      120) су тұтыну мен су бұрудың үлестік нормаларын келіседі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z492" w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      121) облыстардың, республикалық маңызы бар қалалардың, астананың жергілікті атқарушы органдарының су қорын қорғау және пайдалану саласында өздеріне жүктелген функцияларды сақтауын мемлекеттік бақылауды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z493" w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      122) арнаулы су пайдалануға рұқсаттың болуын мемлекеттік бақылауды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z494" w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      123) суды бастапқы есепке алуды жүргізу және ол бойынша есептілікті уақтылы ұсыну жөніндегі талаптардың сақталуын мемлекеттік бақылау мен қадағалауды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z495" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      124) гидротехникалық құрылысжайлардың қауіпсіздігі жөніндегі талаптардың сақталуын мемлекеттік бақылау мен қадағалауды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z496" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      125) жерүсті су объектілерінің су қорғау аймақтары мен белдеулерінің шекаралары шегінде, сондай-ақ тікелей су объектілерінде шаруашылық қызметтің белгіленген режимінің сақталуын, оның ішінде:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      су объектілерінде, су қорғау аймақтары мен белдеулерінде судың жай-күйіне әсер ететін құрылысжайлар мен басқа да объектілерді орналастыруды, жобалауды және салуды, реконструкциялауды бассейндік су инспекциясымен келісудің болуын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      су объектілерінде, су қорғау аймақтары мен белдеулерінде құрылыс қызметіне, ағаш өсіруге, жер қойнауын пайдалану жөніндегі операцияларға, ұңғымаларды бұрғылауға, жерүсті су объектілерін санациялауға, су объектілерінің балық шаруашылығы мелиорациясына, ауыл шаруашылығы жұмыстары мен өзге де жұмыстарға байланысты жұмыстарды жүргізу шарттарын келісудің болуын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мынадай:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      су объектілерінде, су қорғау аймақтары мен белдеулерінде құрылысжайларды және судың жай-күйіне әсер ететін басқа да объектілерді салуға, реконструкциялауға арналған бассейндік су инспекциясымен келісілген жобалау құжаттамасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      су объектілерінде, су қорғау аймақтары мен белдеулерінде құрылыс қызметіне, ағаш өсіруге, жер қойнауын пайдалану жөніндегі операцияларға, ұңғымаларды бұрғылауға, жерүсті су объектілерін санациялауға, су объектілерінің балық шаруашылығы мелиорациясына, ауыл шаруашылығы жұмыстары мен өзге де жұмыстарға байланысты жұмыстарды жүргізу шарттарын бассейндік су инспекциясымен келісу шарттарының сақталуын мемлекеттік бақылау мен қадағалауды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z497" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      126) өз құзыреті шегінде трансшекаралық су объектілерін, мемлекетаралық пайдаланудағы су шаруашылығы құрылысжайлары мен гидротехникалық құрылысжайларды қорғау және бірлесіп пайдалану мәселелері бойынша халықаралық ынтымақтастықты, тараптардың халықаралық шарттарды орындауын бақылауды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z498" w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      127) су шаруашылығы құрылысжайлары мен гидротехникалық құрылысжайларды пайдалану қағидаларының сақталуын мемлекеттік бақылау мен қадағалауды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z499" w:id="180"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      128) алынған су ресурстары мен тазартылған сарқынды суларды ағызу көлемін есепке алуға арналған өлшеу құралдарының болуын, жарамды күйде болуын (жарамдылығын) және оларды тексеру мерзімдерінің сақталуын мемлекеттік бақылау мен қадағалауды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z500" w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      129) рұқсатта белгіленген шарттар мен талаптардың сақталуын мемлекеттік бақылау мен қадағалауды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z501" w:id="182"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      130) су объектілерінде, су қорғау аймақтары мен белдеулерінде өз бетінше су пайдалануға жол берілмеуін және шаруашылық қызметті жүзеге асыруға Қазақстан Республикасының Су кодексінде белгіленген тыйым салулардың сақталуын мемлекеттік бақылауды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z502" w:id="183"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      131) су ресурстарын қорғау мен пайдаланудың бассейндік жоспарын бюджет қаражаты есебінен он бес жыл мерзіммен ұзақ мерзімді кезеңге бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 109) 01.01.2027 бастап </w:t>
+        <w:t xml:space="preserve">132) 01.01.2027 бастап </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі – ҚР Үкіметінің 13.08.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -4353,616 +5321,316 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен (мәтін алып тасталды).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z481" w:id="163"/>
-[...525 lines deleted...]
-      131) су ресурстарын қорғау мен пайдаланудың бассейндік жоспарын бюджет қаражаты есебінен он бес жыл мерзіммен ұзақ мерзімді кезеңге бекітеді;</w:t>
+    <w:bookmarkStart w:name="z504" w:id="184"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      133) су ресурстарын пайдалану туралы ұлттық ақпараттық есепті жыл сайын Министрліктің интернет-ресурсында жариялайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z505" w:id="185"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      134) су қатынастары субъектілерінің қызметін үйлестіруді жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z506" w:id="186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      135) тиісті бассейн шегінде су объектілерін қалпына келтіру және қорғау туралы бассейндік келісімдерді дайындауды және іске асыруды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z507" w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      136) су ресурстарын пайдалануды мемлекеттік есепке алуды, мемлекеттік су кадастрын және су объектілері мен су ресурстарына мемлекеттік мониторинг жүргізуді ұйымдастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z508" w:id="188"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      137) мыналарды:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="188"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жер учаскесіне құқық беруді, жерге орналастыру жобасын және су қоры жерлерінің құрамынан және су қорғау аймақтары шегінде жер учаскесінің нысаналы мақсатын өзгертуді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      аумақтардың қала құрылысын жоспарлаудың кешенді схемаларын, елді мекендердің бас жоспарларын, егжей-тегжейлі жоспарлау жобаларын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      су қорын қорғау, су ресурстарын пайдалану және су шаруашылығы жүйелерін дамыту жөніндегі іс-шаралар бөлігінде облыстардың, республикалық маңызы бар қалалардың, астананың даму жоспарларын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жергілікті маңызы бар балық шаруашылығы су айдындарының және (немесе) учаскелерінің тізбесін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      су шаруашылығы құрылысжайлары және (немесе) гидротехникалық құрылысжайлар бар балық шаруашылығы су айдындарының және (немесе) учаскелерінің тізбесін балық аулауды және аквашаруашылықты жүргізу үшін конкурсқа шығарғанға дейін келісуді жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z509" w:id="189"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      138) су объектілерінің жай-күйіне әсер ететін құрылысжайлар мен басқа да объектілерді орналастыруды, жобалауды және салуды, реконструкциялауды, сондай-ақ су объектілерінде, су қорғау аймақтары мен белдеулерінде құрылыс қызметіне, ағаш өсіруге, жер қойнауын пайдалану жөніндегі операцияларға, ұңғымаларды бұрғылауға, жерүсті су объектілерін санациялауға, су объектілерінің балық шаруашылығы мелиорациясына, ауыл шаруашылығы жұмыстары мен өзге де жұмыстарға байланысты жұмыстарды жүргізу шарттарын келісуді жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z510" w:id="190"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      139) табиғи және техногендік сипаттағы төтенше жағдайлардың басталуы салдарынан туындаған зардаптарды жою жөніндегі жұмыстарға қатысады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">132) 01.01.2027 бастап </w:t>
+        <w:t xml:space="preserve">140) 01.01.2027 бастап </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі – ҚР Үкіметінің 13.08.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -4975,2434 +5643,2192 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен (мәтін алып тасталды).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z504" w:id="185"/>
-[...225 lines deleted...]
-      139) табиғи және техногендік сипаттағы төтенше жағдайлардың басталуы салдарынан туындаған зардаптарды жою жөніндегі жұмыстарға қатысады;</w:t>
+    <w:bookmarkStart w:name="z512" w:id="191"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      141) тиісті су шаруашылығы бассейні бойынша су шаруашылығы баланстарын әзірлеуге қатысады және оны бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="191"/>
-    <w:p>
-[...107 lines deleted...]
-      141) тиісті су шаруашылығы бассейні бойынша су шаруашылығы баланстарын әзірлеуге қатысады және оны бекітеді;</w:t>
+    <w:bookmarkStart w:name="z513" w:id="192"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      142) су қорын қорғау және пайдалану бойынша жүргізіліп жатқан жұмыстар туралы халыққа хабар береді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="192"/>
-    <w:bookmarkStart w:name="z513" w:id="193"/>
-[...15 lines deleted...]
-      142) су қорын қорғау және пайдалану бойынша жүргізіліп жатқан жұмыстар туралы халыққа хабар береді;</w:t>
+    <w:bookmarkStart w:name="z514" w:id="193"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      143) реттелетін саладағы мәселелер бойынша облыстардың (республикалық маңызы бар қалалардың, астананың) жергілікті атқарушы органдарымен және басқа да мүдделі мемлекеттік органдармен өзара іс-қимыл жасайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="193"/>
-    <w:bookmarkStart w:name="z514" w:id="194"/>
-[...15 lines deleted...]
-      143) реттелетін саладағы мәселелер бойынша облыстардың (республикалық маңызы бар қалалардың, астананың) жергілікті атқарушы органдарымен және басқа да мүдделі мемлекеттік органдармен өзара іс-қимыл жасайды;</w:t>
+    <w:bookmarkStart w:name="z515" w:id="194"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      144) арнаулы су пайдалану құқығын жүзеге асыратын жеке және заңды тұлғалар су тарту немесе ағызу құрылысжайларының өлшеу аспаптарында және (немесе) құрылғыларында орнататын суды есепке алу аспаптарын пломбалайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="194"/>
-    <w:bookmarkStart w:name="z515" w:id="195"/>
-[...15 lines deleted...]
-      144) арнаулы су пайдалану құқығын жүзеге асыратын жеке және заңды тұлғалар су тарту немесе ағызу құрылысжайларының өлшеу аспаптарында және (немесе) құрылғыларында орнататын суды есепке алу аспаптарын пломбалайды;</w:t>
+    <w:bookmarkStart w:name="z516" w:id="195"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      145) бассейндік кеңестердің қызметін ұйымдастырады, бассейндік кеңестердің өткізілген отырыстары және олардың ұсынымдары туралы ақпаратты интернет-ресурста орналастырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="195"/>
-    <w:bookmarkStart w:name="z516" w:id="196"/>
-[...15 lines deleted...]
-      145) бассейндік кеңестердің қызметін ұйымдастырады, бассейндік кеңестердің өткізілген отырыстары және олардың ұсынымдары туралы ақпаратты интернет-ресурста орналастырады;</w:t>
+    <w:bookmarkStart w:name="z517" w:id="196"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      146) жерүсті су ағынын реттеу кезінде гидротехникалық құрылысжайлар жұмысының су режимін бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="196"/>
-    <w:bookmarkStart w:name="z517" w:id="197"/>
-[...15 lines deleted...]
-      146) жерүсті су ағынын реттеу кезінде гидротехникалық құрылысжайлар жұмысының су режимін бекітеді;</w:t>
+    <w:bookmarkStart w:name="z518" w:id="197"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      147) Қазақстан Республикасының заңнамасында белгіленген тәртіппен су объектілерінде, су қорғау аймақтары мен белдеулерінде су қорын қорғау және пайдалану саласында белгіленген нормалар мен ережелерді бұза отырып жүзеге асырылатын су шаруашылығы құрылысжайларының, гидротехникалық құрылысжайлар мен өзге де объектілердің құрылысын тоқтату туралы талаптар қояды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="197"/>
-    <w:bookmarkStart w:name="z518" w:id="198"/>
-[...15 lines deleted...]
-      147) Қазақстан Республикасының заңнамасында белгіленген тәртіппен су объектілерінде, су қорғау аймақтары мен белдеулерінде су қорын қорғау және пайдалану саласында белгіленген нормалар мен ережелерді бұза отырып жүзеге асырылатын су шаруашылығы құрылысжайларының, гидротехникалық құрылысжайлар мен өзге де объектілердің құрылысын тоқтату туралы талаптар қояды;</w:t>
+    <w:bookmarkStart w:name="z519" w:id="198"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      148) Қазақстан Республикасы су заңнамасының бұзылғаны туралы материалдарды Қазақстан Республикасының заңдарына сәйкес бұзушыларды жауапқа тарту үшін құқық қорғау органдары мен сотқа жібереді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="198"/>
-    <w:bookmarkStart w:name="z519" w:id="199"/>
-[...15 lines deleted...]
-      148) Қазақстан Республикасы су заңнамасының бұзылғаны туралы материалдарды Қазақстан Республикасының заңдарына сәйкес бұзушыларды жауапқа тарту үшін құқық қорғау органдары мен сотқа жібереді;</w:t>
+    <w:bookmarkStart w:name="z520" w:id="199"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      149) Қазақстан Республикасының су заңнамасы бұзылған жағдайда мемлекетке келтірілген залалды өтеу туралы сотқа талап-арыз береді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="199"/>
-    <w:bookmarkStart w:name="z520" w:id="200"/>
-[...15 lines deleted...]
-      149) Қазақстан Республикасының су заңнамасы бұзылған жағдайда мемлекетке келтірілген залалды өтеу туралы сотқа талап-арыз береді;</w:t>
+    <w:bookmarkStart w:name="z521" w:id="200"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      150) су қорғау аймақтары мен белдеулерін, олардың шекараларын белгілеу бойынша жобалау құжаттамасын және оларды шаруашылыққа пайдалану режимін келіседі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="200"/>
-    <w:bookmarkStart w:name="z521" w:id="201"/>
-[...15 lines deleted...]
-      150) су қорғау аймақтары мен белдеулерін, олардың шекараларын белгілеу бойынша жобалау құжаттамасын және оларды шаруашылыққа пайдалану режимін келіседі;</w:t>
+    <w:bookmarkStart w:name="z522" w:id="201"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      151) тіркеу шифрларын беру үшін гидротехникалық құрылысжайлардың қауіпсіздігі декларациясын тіркейді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="201"/>
-    <w:bookmarkStart w:name="z522" w:id="202"/>
-[...15 lines deleted...]
-      151) тіркеу шифрларын беру үшін гидротехникалық құрылысжайлардың қауіпсіздігі декларациясын тіркейді;</w:t>
+    <w:bookmarkStart w:name="z523" w:id="202"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      152) ұйымдарды гидротехникалық құрылысжайлардың қауіпсіздігі саласында жұмыстар жүргізу құқығына аттестаттауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="202"/>
-    <w:bookmarkStart w:name="z523" w:id="203"/>
-[...15 lines deleted...]
-      152) ұйымдарды гидротехникалық құрылысжайлардың қауіпсіздігі саласында жұмыстар жүргізу құқығына аттестаттауды жүзеге асырады;</w:t>
+    <w:bookmarkStart w:name="z524" w:id="203"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      153) стратегиялық объектіні сатып алуға басым құқықты іске асыру туралы Қазақстан Республикасының Үкіметі шешімінің жобасын әзірлейді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="203"/>
-    <w:bookmarkStart w:name="z524" w:id="204"/>
-[...15 lines deleted...]
-      153) стратегиялық объектіні сатып алуға басым құқықты іске асыру туралы Қазақстан Республикасының Үкіметі шешімінің жобасын әзірлейді;</w:t>
+    <w:bookmarkStart w:name="z525" w:id="204"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      154) мемлекеттік сатып алуды өткізуді ұйымдастыруды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="204"/>
-    <w:bookmarkStart w:name="z525" w:id="205"/>
-[...15 lines deleted...]
-      154) мемлекеттік сатып алуды өткізуді ұйымдастыруды жүзеге асырады;</w:t>
+    <w:bookmarkStart w:name="z526" w:id="205"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      155) жетекшілік ететін салалардың Қазақстан Республикасының қорғаныс жоспарына сәйкес іс-шараларды орындауға тікелей дайындығын ұйымдастырады, саланың соғыс уақытында орнықты жұмыс істеуі жөніндегі іс-шараларды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="205"/>
-    <w:bookmarkStart w:name="z526" w:id="206"/>
-[...15 lines deleted...]
-      155) жетекшілік ететін салалардың Қазақстан Республикасының қорғаныс жоспарына сәйкес іс-шараларды орындауға тікелей дайындығын ұйымдастырады, саланың соғыс уақытында орнықты жұмыс істеуі жөніндегі іс-шараларды жүзеге асырады;</w:t>
+    <w:bookmarkStart w:name="z527" w:id="206"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      156) сауда қызметін реттеу саласындағы уәкілетті органмен келісу бойынша өз құзыреті шегінде тауарлардың нысаналы мақсатын растау тәртібі мен нысандарын айқындайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="206"/>
-    <w:bookmarkStart w:name="z527" w:id="207"/>
-[...15 lines deleted...]
-      156) сауда қызметін реттеу саласындағы уәкілетті органмен келісу бойынша өз құзыреті шегінде тауарлардың нысаналы мақсатын растау тәртібі мен нысандарын айқындайды;</w:t>
+    <w:bookmarkStart w:name="z528" w:id="207"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      157) өз құзыреті шегінде тауарлардың нысаналы мақсатына растама береді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="207"/>
-    <w:bookmarkStart w:name="z528" w:id="208"/>
-[...15 lines deleted...]
-      157) өз құзыреті шегінде тауарлардың нысаналы мақсатына растама береді;</w:t>
+    <w:bookmarkStart w:name="z529" w:id="208"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      158) су шаруашылығы ұйымдарының қызметін әдістемелік қамтамасыз етуді жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="208"/>
-    <w:bookmarkStart w:name="z529" w:id="209"/>
-[...15 lines deleted...]
-      158) су шаруашылығы ұйымдарының қызметін әдістемелік қамтамасыз етуді жүзеге асырады;</w:t>
+    <w:bookmarkStart w:name="z530" w:id="209"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      159) суармалы жерлердің мелиорациялық жай-күйіне мониторинг пен бағалауды жүргізу қағидаларын бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="209"/>
-    <w:bookmarkStart w:name="z530" w:id="210"/>
-[...15 lines deleted...]
-      159) суармалы жерлердің мелиорациялық жай-күйіне мониторинг пен бағалауды жүргізу қағидаларын бекітеді;</w:t>
+    <w:bookmarkStart w:name="z531" w:id="210"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      160) мынадай:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="210"/>
-    <w:bookmarkStart w:name="z531" w:id="211"/>
-[...15 lines deleted...]
-      160) мынадай:</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ауыл шаруашылығы тауарын өндірушілерге су беру бойынша көрсетілетін қызметтердің құнын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      суарудың су үнемдейтін технологияларын ендіруге бағытталған инвестициялық салымдар кезінде ауыл шаруашылығы тауарын өндірушілер шеккен шығыстардың бір бөлігін субсидиялау қағидаларын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z532" w:id="211"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      161) суармалы жерлердiң мелиорациялық жай-күйiне мониторинг жүргiзуді және оны бағалауды ұйымдастырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="211"/>
-    <w:p>
-[...51 lines deleted...]
-      161) суармалы жерлердiң мелиорациялық жай-күйiне мониторинг жүргiзуді және оны бағалауды ұйымдастырады;</w:t>
+    <w:bookmarkStart w:name="z533" w:id="212"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      162) еңбек жөніндегі уәкілетті мемлекеттік органмен келісу бойынша ұйымдардың еңбек жөніндегі үлгілік нормалары мен нормативтерін бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="212"/>
-    <w:bookmarkStart w:name="z533" w:id="213"/>
-[...15 lines deleted...]
-      162) еңбек жөніндегі уәкілетті мемлекеттік органмен келісу бойынша ұйымдардың еңбек жөніндегі үлгілік нормалары мен нормативтерін бекітеді;</w:t>
+    <w:bookmarkStart w:name="z534" w:id="213"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      163) бюджеттік жоспарлау және бюджетті атқару жөніндегі орталық уәкілетті органдармен келісу бойынша Қазақстан Республикасының су қоймаларын, каналдары мен гидротехникалық құрылысжайларын дамытуға мемлекеттік кепілдікпен тартылған қарыздар бойынша өтеу, қызмет көрсету және қоса қаржыландыру жөніндегі шығыстарды жабуға бюджеттен субсидиялар бөлу және субсидиялар төлеу қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="213"/>
-    <w:bookmarkStart w:name="z534" w:id="214"/>
-[...15 lines deleted...]
-      163) бюджеттік жоспарлау және бюджетті атқару жөніндегі орталық уәкілетті органдармен келісу бойынша Қазақстан Республикасының су қоймаларын, каналдары мен гидротехникалық құрылысжайларын дамытуға мемлекеттік кепілдікпен тартылған қарыздар бойынша өтеу, қызмет көрсету және қоса қаржыландыру жөніндегі шығыстарды жабуға бюджеттен субсидиялар бөлу және субсидиялар төлеу қағидаларын әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z535" w:id="214"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      164) бюджеттік жоспарлау жөніндегі орталық уәкілетті органмен келісу бойынша лизинг шарты шеңберінде жүзеге асырылатын күрделі шығыстардың құны мен нысанын белгілеу қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="214"/>
-    <w:bookmarkStart w:name="z535" w:id="215"/>
-[...15 lines deleted...]
-      164) бюджеттік жоспарлау жөніндегі орталық уәкілетті органмен келісу бойынша лизинг шарты шеңберінде жүзеге асырылатын күрделі шығыстардың құны мен нысанын белгілеу қағидаларын әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z536" w:id="215"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      165) тарифтерді қалыптастыру қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="215"/>
-    <w:bookmarkStart w:name="z536" w:id="216"/>
-[...15 lines deleted...]
-      165) тарифтерді қалыптастыру қағидаларын әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z537" w:id="216"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      166) табиғи монополия субъектілерінің қызметін жүзеге асыру қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="216"/>
-    <w:bookmarkStart w:name="z537" w:id="217"/>
-[...15 lines deleted...]
-      166) табиғи монополия субъектілерінің қызметін жүзеге асыру қағидаларын әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z538" w:id="217"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      167) реттеліп көрсетілетін қызметтерді ұсынуға арналған үлгілік шарттарды әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="217"/>
-    <w:bookmarkStart w:name="z538" w:id="218"/>
-[...15 lines deleted...]
-      167) реттеліп көрсетілетін қызметтерді ұсынуға арналған үлгілік шарттарды әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z539" w:id="218"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      168) инженерлік желілерге қосылуға арналған техникалық шарттардың үлгілік нысанын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="218"/>
-    <w:bookmarkStart w:name="z539" w:id="219"/>
-[...15 lines deleted...]
-      168) инженерлік желілерге қосылуға арналған техникалық шарттардың үлгілік нысанын әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z540" w:id="219"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      169) табиғи монополиялар субъектілері қызметкерлерінің нақты іс-қимылдар тәртібімен қызметтер көрсетуінің үлгілік регламенттерін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="219"/>
-    <w:bookmarkStart w:name="z540" w:id="220"/>
-[...15 lines deleted...]
-      169) табиғи монополиялар субъектілері қызметкерлерінің нақты іс-қимылдар тәртібімен қызметтер көрсетуінің үлгілік регламенттерін әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z541" w:id="220"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      170) реттеліп көрсетілетін қызметтердің тізбесін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="220"/>
-    <w:bookmarkStart w:name="z541" w:id="221"/>
-[...15 lines deleted...]
-      170) реттеліп көрсетілетін қызметтердің тізбесін әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z542" w:id="221"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      171) өз құзыреті шегінде қарастыруға өтінімдерді қабылдайды не оны қабылдаудан бас тартады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="221"/>
-    <w:bookmarkStart w:name="z542" w:id="222"/>
-[...15 lines deleted...]
-      171) өз құзыреті шегінде қарастыруға өтінімдерді қабылдайды не оны қабылдаудан бас тартады;</w:t>
+    <w:bookmarkStart w:name="z543" w:id="222"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      172) өз құзыреті шегінде бұқаралық ақпарат құралдарында олардың өткізілетін күні мен орны туралы хабарландыруды және (немесе) онлайн-трансляцияға сілтемелерді жариялай отырып, жария тыңдаулар өткізеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="222"/>
-    <w:bookmarkStart w:name="z543" w:id="223"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z544" w:id="224"/>
+    <w:bookmarkStart w:name="z544" w:id="223"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       173) "Табиғи монополиялар туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген жағдайларда тарифті бекітеді;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="223"/>
+    <w:bookmarkStart w:name="z545" w:id="224"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      174) қуаты аз табиғи монополия субъектісінің тарифін индекстеу деңгейін айқындайды;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="224"/>
-    <w:bookmarkStart w:name="z545" w:id="225"/>
-[...15 lines deleted...]
-      174) қуаты аз табиғи монополия субъектісінің тарифін индекстеу деңгейін айқындайды;</w:t>
+    <w:bookmarkStart w:name="z546" w:id="225"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      175) тарифтік сметаны бекітеді және өзі бекіткен тарифтік сметаға өзгерістер енгізеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="225"/>
-    <w:bookmarkStart w:name="z546" w:id="226"/>
-[...15 lines deleted...]
-      175) тарифтік сметаны бекітеді және өзі бекіткен тарифтік сметаға өзгерістер енгізеді;</w:t>
+    <w:bookmarkStart w:name="z547" w:id="226"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      176) реттелетін салада Табиғи монополия субъектілерінің мемлекеттік тіркелімінің республикалық бөліміне енгізілген табиғи монополия субъектісінің инвестициялық бағдарламасын бекітеді және бекітілген инвестициялық бағдарламаға өзгерістер енгізеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="226"/>
-    <w:bookmarkStart w:name="z547" w:id="227"/>
-[...15 lines deleted...]
-      176) реттелетін салада Табиғи монополия субъектілерінің мемлекеттік тіркелімінің республикалық бөліміне енгізілген табиғи монополия субъектісінің инвестициялық бағдарламасын бекітеді және бекітілген инвестициялық бағдарламаға өзгерістер енгізеді;</w:t>
+    <w:bookmarkStart w:name="z548" w:id="227"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      177) Табиғи монополия субъектілерінің мемлекеттік тіркелімінің жергілікті бөліміне енгізілген табиғи монополия субъектісінің инвестициялық бағдарламасын бекітеді және бекітілген инвестициялық бағдарламаға жергілікті атқарушы органмен бірлесіп өзгерістер енгізеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="227"/>
-    <w:bookmarkStart w:name="z548" w:id="228"/>
-[...15 lines deleted...]
-      177) Табиғи монополия субъектілерінің мемлекеттік тіркелімінің жергілікті бөліміне енгізілген табиғи монополия субъектісінің инвестициялық бағдарламасын бекітеді және бекітілген инвестициялық бағдарламаға жергілікті атқарушы органмен бірлесіп өзгерістер енгізеді;</w:t>
+    <w:bookmarkStart w:name="z549" w:id="228"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      178) уақытша өтемдік тарифті бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="228"/>
-    <w:bookmarkStart w:name="z549" w:id="229"/>
-[...15 lines deleted...]
-      178) уақытша өтемдік тарифті бекітеді;</w:t>
+    <w:bookmarkStart w:name="z550" w:id="229"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      179) өз құзыреті шегінде табиғи монополия субъектісінің жекелеген іс-әрекеттер жасауына келісім береді, сондай-ақ табиғи монополия субъектісінен "Рұқсаттар және хабарламалар туралы" Қазақстан Республикасының Заңына сәйкес реттеліп көрсетілетін қызметтерге жатпайтын қызметті жүзеге асыру туралы хабарламаны қабылдайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="229"/>
-    <w:bookmarkStart w:name="z550" w:id="230"/>
-[...15 lines deleted...]
-      179) өз құзыреті шегінде табиғи монополия субъектісінің жекелеген іс-әрекеттер жасауына келісім береді, сондай-ақ табиғи монополия субъектісінен "Рұқсаттар және хабарламалар туралы" Қазақстан Республикасының Заңына сәйкес реттеліп көрсетілетін қызметтерге жатпайтын қызметті жүзеге асыру туралы хабарламаны қабылдайды;</w:t>
+    <w:bookmarkStart w:name="z551" w:id="230"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      180) тиісті мемлекеттік органдармен келісу бойынша реттеліп көрсетілетін қызметтердің сапа және сенімділік көрсеткіштерін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="230"/>
-    <w:bookmarkStart w:name="z551" w:id="231"/>
-[...15 lines deleted...]
-      180) тиісті мемлекеттік органдармен келісу бойынша реттеліп көрсетілетін қызметтердің сапа және сенімділік көрсеткіштерін әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z552" w:id="231"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      181) табиғи монополиялар субъектілерінің қызметі тиімділігінің көрсеткіштерін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="231"/>
-    <w:bookmarkStart w:name="z552" w:id="232"/>
-[...15 lines deleted...]
-      181) табиғи монополиялар субъектілерінің қызметі тиімділігінің көрсеткіштерін әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z553" w:id="232"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      182) өз құзыреті шегінде табиғи монополиялар субъектілерінің реттеліп көрсетілетін қызметтерінің әрбір түрі бойынша кірістерді, шығындар мен тартылған активтерді бөлек есепке алуды жүргізу әдістемесін келіседі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="232"/>
-    <w:bookmarkStart w:name="z553" w:id="233"/>
-[...15 lines deleted...]
-      182) өз құзыреті шегінде табиғи монополиялар субъектілерінің реттеліп көрсетілетін қызметтерінің әрбір түрі бойынша кірістерді, шығындар мен тартылған активтерді бөлек есепке алуды жүргізу әдістемесін келіседі;</w:t>
+    <w:bookmarkStart w:name="z554" w:id="233"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      183) өз құзыреті шегінде табиғи монополиялар субъектілерінің бекітілген тарифтік сметаның орындалуы туралы, бекітілген инвестициялық бағдарламаның орындалуы туралы, реттеліп көрсетілетін қызметтердің сапасы және сенімділігі көрсеткіштерінің сақталуы туралы, сондай-ақ табиғи монополиялар субъектілері қызметінің тиімділік көрсеткіштеріне қол жеткізу туралы есептеріне талдау жүргізеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="233"/>
-    <w:bookmarkStart w:name="z554" w:id="234"/>
-[...15 lines deleted...]
-      183) өз құзыреті шегінде табиғи монополиялар субъектілерінің бекітілген тарифтік сметаның орындалуы туралы, бекітілген инвестициялық бағдарламаның орындалуы туралы, реттеліп көрсетілетін қызметтердің сапасы және сенімділігі көрсеткіштерінің сақталуы туралы, сондай-ақ табиғи монополиялар субъектілері қызметінің тиімділік көрсеткіштеріне қол жеткізу туралы есептеріне талдау жүргізеді;</w:t>
+    <w:bookmarkStart w:name="z555" w:id="234"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      184) өз құзыреті шегінде мемлекеттік-жекешелік әріптестік жобасының конкурстық құжаттамасын, мемлекеттік-жекешелік әріптестік шартының жобаларын, тарифті қалыптастыру бөлігінде оларға өзгерістер мен (немесе) толықтырулар енгізуді келіседі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="234"/>
-    <w:bookmarkStart w:name="z555" w:id="235"/>
-[...15 lines deleted...]
-      184) өз құзыреті шегінде мемлекеттік-жекешелік әріптестік жобасының конкурстық құжаттамасын, мемлекеттік-жекешелік әріптестік шартының жобаларын, тарифті қалыптастыру бөлігінде оларға өзгерістер мен (немесе) толықтырулар енгізуді келіседі;</w:t>
+    <w:bookmarkStart w:name="z556" w:id="235"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      185) өз құзыреті шегінде республикалық немесе облыстық, аудандық коммуналдық меншіктегі шаруашылықаралық және шаруашылықішілік су бұру каналдары бар магистральдық каналдарды кеңейту, жаңғырту, реконструкциялау және техникалық жай-күйін жақсарту үшін сенімгерлік басқаруға беруді мемлекеттік мүлікті басқару жөніндегі уәкілетті органмен, жергілікті атқарушы органдармен келіседі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="235"/>
-    <w:bookmarkStart w:name="z556" w:id="236"/>
-[...15 lines deleted...]
-      185) өз құзыреті шегінде республикалық немесе облыстық, аудандық коммуналдық меншіктегі шаруашылықаралық және шаруашылықішілік су бұру каналдары бар магистральдық каналдарды кеңейту, жаңғырту, реконструкциялау және техникалық жай-күйін жақсарту үшін сенімгерлік басқаруға беруді мемлекеттік мүлікті басқару жөніндегі уәкілетті органмен, жергілікті атқарушы органдармен келіседі;</w:t>
+    <w:bookmarkStart w:name="z557" w:id="236"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      186) өз құзыреті шегінде республикалық немесе облыстық, аудандық коммуналдық меншіктегі, сондай-ақ табиғи монополиялар субъектісінің меншігіндегі шаруашылықаралық және шаруашылықішілік су бұру каналдары бар магистральдық каналдарды кеңейту, жаңғырту, реконструкциялау және техникалық жай-күйін жақсарту үшін беру жөніндегі сенімгерлік басқару шартын мемлекеттік мүлікті басқару жөніндегі уәкілетті органмен, жергілікті атқарушы органдармен, табиғи монополиялар субъектілерімен келіседі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="236"/>
-    <w:bookmarkStart w:name="z557" w:id="237"/>
-[...15 lines deleted...]
-      186) өз құзыреті шегінде республикалық немесе облыстық, аудандық коммуналдық меншіктегі, сондай-ақ табиғи монополиялар субъектісінің меншігіндегі шаруашылықаралық және шаруашылықішілік су бұру каналдары бар магистральдық каналдарды кеңейту, жаңғырту, реконструкциялау және техникалық жай-күйін жақсарту үшін беру жөніндегі сенімгерлік басқару шартын мемлекеттік мүлікті басқару жөніндегі уәкілетті органмен, жергілікті атқарушы органдармен, табиғи монополиялар субъектілерімен келіседі;</w:t>
+    <w:bookmarkStart w:name="z558" w:id="237"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      187) өз құзыреті шегінде мемлекеттік мүлікті басқару жөніндегі уәкілетті органға, жергілікті атқарушы органға мүлікті сенімгерлік басқару шартын және табиғи монополиялар субъектілері каналдар арқылы су беру, суару үшін су беру және тірек гидротехникалық құрылысжайлардың көмегімен жерүсті ағынын реттеу бойынша реттеліп көрсетілетін қызметтерді ұсынған кезде технологиялық циклде пайдаланылатын және мүлікті балансқа және (немесе) сенімгерлік басқаруға беру жоспарына сәйкес жергілікті атқарушы органдардан берілетін мүлікті беру шартын келіседі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="237"/>
-    <w:bookmarkStart w:name="z558" w:id="238"/>
-[...15 lines deleted...]
-      187) өз құзыреті шегінде мемлекеттік мүлікті басқару жөніндегі уәкілетті органға, жергілікті атқарушы органға мүлікті сенімгерлік басқару шартын және табиғи монополиялар субъектілері каналдар арқылы су беру, суару үшін су беру және тірек гидротехникалық құрылысжайлардың көмегімен жерүсті ағынын реттеу бойынша реттеліп көрсетілетін қызметтерді ұсынған кезде технологиялық циклде пайдаланылатын және мүлікті балансқа және (немесе) сенімгерлік басқаруға беру жоспарына сәйкес жергілікті атқарушы органдардан берілетін мүлікті беру шартын келіседі;</w:t>
+    <w:bookmarkStart w:name="z559" w:id="238"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      188) өз құзыреті шегінде халықаралық қаржы ұйымдарынан, мамандандырылған салалық банктерден, Қазақстанның Даму Банкінен және Қазақстан Республикасының екінші деңгейдегі банктерінен қарыздар тарту үшін табиғи монополиялар субъектілерінің кредиттік келісімдерін келіседі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="238"/>
-    <w:bookmarkStart w:name="z559" w:id="239"/>
-[...15 lines deleted...]
-      188) өз құзыреті шегінде халықаралық қаржы ұйымдарынан, мамандандырылған салалық банктерден, Қазақстанның Даму Банкінен және Қазақстан Республикасының екінші деңгейдегі банктерінен қарыздар тарту үшін табиғи монополиялар субъектілерінің кредиттік келісімдерін келіседі;</w:t>
+    <w:bookmarkStart w:name="z560" w:id="239"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      189) өз құзыреті шегінде табиғи монополиялар субъектісінің меншігіндегі, реттеліп көрсетілетін қызметтерді ұсыну кезінде технологиялық циклде пайдаланылатын мүлікті сенімгерлік басқару шартын келіседі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="239"/>
-    <w:bookmarkStart w:name="z560" w:id="240"/>
-[...15 lines deleted...]
-      189) өз құзыреті шегінде табиғи монополиялар субъектісінің меншігіндегі, реттеліп көрсетілетін қызметтерді ұсыну кезінде технологиялық циклде пайдаланылатын мүлікті сенімгерлік басқару шартын келіседі;</w:t>
+    <w:bookmarkStart w:name="z561" w:id="240"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      190) өз құзыреті шегінде табиғи монополиялар субъектілері реттеліп көрсетілетін қызметтерді ұсынған кезде технологиялық циклде пайдаланылатын мүлікті жергілікті атқарушы органдардан немесе мемлекеттік мүлікті басқару жөніндегі уәкілетті органнан өтеусіз пайдалануға алған кезде, оны балансқа және (немесе) сенімгерлік басқаруға алынған жағдайда, бекітілген тарифтік сметаға өзгерістер енгізеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="240"/>
-    <w:bookmarkStart w:name="z561" w:id="241"/>
-[...15 lines deleted...]
-      190) өз құзыреті шегінде табиғи монополиялар субъектілері реттеліп көрсетілетін қызметтерді ұсынған кезде технологиялық циклде пайдаланылатын мүлікті жергілікті атқарушы органдардан немесе мемлекеттік мүлікті басқару жөніндегі уәкілетті органнан өтеусіз пайдалануға алған кезде, оны балансқа және (немесе) сенімгерлік басқаруға алынған жағдайда, бекітілген тарифтік сметаға өзгерістер енгізеді;</w:t>
+    <w:bookmarkStart w:name="z562" w:id="241"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      191) уақытша төмендету коэффициентін бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="241"/>
-    <w:bookmarkStart w:name="z562" w:id="242"/>
-[...15 lines deleted...]
-      191) уақытша төмендету коэффициентін бекітеді;</w:t>
+    <w:bookmarkStart w:name="z563" w:id="242"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      192) табиғи монополиялар салалары бойынша бес жылдық кезеңге арналған тарифтің болжамды индексін айқындайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="242"/>
-    <w:bookmarkStart w:name="z563" w:id="243"/>
-[...15 lines deleted...]
-      192) табиғи монополиялар салалары бойынша бес жылдық кезеңге арналған тарифтің болжамды индексін айқындайды;</w:t>
+    <w:bookmarkStart w:name="z564" w:id="243"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      193) табиғи монополия саласын тарифтік реттеу әдісін айқындайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="243"/>
-    <w:bookmarkStart w:name="z564" w:id="244"/>
-[...15 lines deleted...]
-      193) табиғи монополия саласын тарифтік реттеу әдісін айқындайды;</w:t>
+    <w:bookmarkStart w:name="z565" w:id="244"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      194) тарифтер тарифтік реттеудің ынталандырушы әдісін қолдана отырып бекітілетін табиғи монополиялар субъектілерінің тізбесін бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="244"/>
-    <w:bookmarkStart w:name="z565" w:id="245"/>
-[...15 lines deleted...]
-      194) тарифтер тарифтік реттеудің ынталандырушы әдісін қолдана отырып бекітілетін табиғи монополиялар субъектілерінің тізбесін бекітеді;</w:t>
+    <w:bookmarkStart w:name="z566" w:id="245"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      195) өз құзыреті шегінде жергілікті атқарушы органдарға немесе мемлекеттік мүлікті басқару жөніндегі уәкілетті органға табиғи монополиялар субъектілері каналдар арқылы су беру, суару үшін су беру және тірек гидротехникалық құрылысжайлардың көмегімен жерүсті ағынын реттеу бойынша реттеліп көрсетілетін қызметтерді ұсынған кезде технологиялық циклде пайдаланылатын мүлікті балансқа және (немесе) сенімгерлік басқаруға беру жоспарын келіседі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="245"/>
-    <w:bookmarkStart w:name="z566" w:id="246"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z567" w:id="247"/>
+    <w:bookmarkStart w:name="z567" w:id="246"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       196) өз құзыреті шегінде құрылыс объектілерін қабылдау және пайдалануға беру жағдайларын қоспағанда, "Табиғи монополиялар туралы" Қазақстан Республикасы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>15-бабы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 23-тармағының 8) тармақшасына сәйкес есепке алу аспаптарын сатып алу және орнату үшін ақы алу мөлшерін табиғи монополия субъектісіне келіседі;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="246"/>
+    <w:bookmarkStart w:name="z568" w:id="247"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      197) Тарифтік саясат жөніндегі кеңес туралы ережені және оның дербес құрамын бекітеді;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="247"/>
-    <w:bookmarkStart w:name="z568" w:id="248"/>
-[...15 lines deleted...]
-      197) Тарифтік саясат жөніндегі кеңес туралы ережені және оның дербес құрамын бекітеді;</w:t>
+    <w:bookmarkStart w:name="z569" w:id="248"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      198) өз құзыреті шегінде қызметтер көрсету регламентінің үлгілік регламентке сәйкестігін келіседі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="248"/>
-    <w:bookmarkStart w:name="z569" w:id="249"/>
-[...15 lines deleted...]
-      198) өз құзыреті шегінде қызметтер көрсету регламентінің үлгілік регламентке сәйкестігін келіседі;</w:t>
+    <w:bookmarkStart w:name="z570" w:id="249"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      199) Табиғи монополиялар субъектілерінің мемлекеттік тіркелімін қалыптастыруды және жүргізуді жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="249"/>
-    <w:bookmarkStart w:name="z570" w:id="250"/>
-[...15 lines deleted...]
-      199) Табиғи монополиялар субъектілерінің мемлекеттік тіркелімін қалыптастыруды және жүргізуді жүзеге асырады;</w:t>
+    <w:bookmarkStart w:name="z571" w:id="250"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      200) су шаруашылығы құрылысжайлары мен гидротехникалық құрылысжайлар тізілімін қалыптастыруды және жүргізуді жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="250"/>
-    <w:bookmarkStart w:name="z571" w:id="251"/>
-[...15 lines deleted...]
-      200) су шаруашылығы құрылысжайлары мен гидротехникалық құрылысжайлар тізілімін қалыптастыруды және жүргізуді жүзеге асырады;</w:t>
+    <w:bookmarkStart w:name="z572" w:id="251"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      201) су қорын қорғау және пайдалану саласында қолда бар ең үздік технологиялардың тізбесін қалыптастыруды және Министрліктің интернет-ресурсында орналастыруды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="251"/>
-    <w:bookmarkStart w:name="z572" w:id="252"/>
-[...15 lines deleted...]
-      201) су қорын қорғау және пайдалану саласында қолда бар ең үздік технологиялардың тізбесін қалыптастыруды және Министрліктің интернет-ресурсында орналастыруды жүзеге асырады;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">202) 01.01.2027 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі – ҚР Үкіметінің 13.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 613</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен (мәтін алып тасталды).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z574" w:id="252"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      203) гидрографиялық қағидат бойынша су шаруашылығы бассейндерін айқындайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="252"/>
-    <w:p>
-[...111 lines deleted...]
-    <w:bookmarkStart w:name="z575" w:id="254"/>
+    <w:bookmarkStart w:name="z575" w:id="253"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       204) өз құзыреті шегінде табиғи монополиялар субъектілеріне Қазақстан Республикасының Кәсіпкерлік </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>кодексінде</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген Қазақстан Республикасының табиғи монополиялар туралы заңнамасын бұзушылықты жою туралы нұсқама енгізеді;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="253"/>
+    <w:bookmarkStart w:name="z576" w:id="254"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      205) көлеңкелі экономикаға қарсы іс-қимыл жөнінде шаралар қабылдайды;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="254"/>
-    <w:bookmarkStart w:name="z576" w:id="255"/>
-[...15 lines deleted...]
-      205) көлеңкелі экономикаға қарсы іс-қимыл жөнінде шаралар қабылдайды;</w:t>
+    <w:bookmarkStart w:name="z577" w:id="255"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      206) бюджет саясаты жөніндегі орталық уәкілетті органмен келісу бойынша мемлекеттік-жекешелік әріптестік жобалары бойынша жекеше әріптесті айқындау қағидаларын бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="255"/>
-    <w:bookmarkStart w:name="z577" w:id="256"/>
-[...15 lines deleted...]
-      206) бюджет саясаты жөніндегі орталық уәкілетті органмен келісу бойынша мемлекеттік-жекешелік әріптестік жобалары бойынша жекеше әріптесті айқындау қағидаларын бекітеді;</w:t>
+    <w:bookmarkStart w:name="z589" w:id="256"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      206-1) азаматтық қорғау саласындағы уәкілетті органмен келісу бойынша халыққа қатер төндіретін гидротехникалық құрылысжайлардың тізбесін айқындайды;"</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="256"/>
-    <w:bookmarkStart w:name="z578" w:id="257"/>
+    <w:bookmarkStart w:name="z590" w:id="257"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      206-2) Қазақстан Республикасы Бюджет кодексінің 40-бабына сәйкес жүзеге асырылатын мониторинг нәтижелерін жариялауды қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="257"/>
+    <w:bookmarkStart w:name="z591" w:id="258"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      206-3) мемлекеттік кәсіпорындардың таза кірістің бөлігін бюджетке толық және уақтылы аударуын бақылауды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="258"/>
+    <w:bookmarkStart w:name="z578" w:id="259"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       207) заңнамалық актілерде, Қазақстан Республикасы Президентінің және Қазақстан Республикасы Үкіметінің актілерінде көзделген өзге де өкілеттіктерді жүзеге асырады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="257"/>
+    <w:bookmarkEnd w:id="259"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 15-тармақ жаңа редакцияда - ҚР Үкіметінің 13.08.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 613</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен; өзгеріс енгізілді - ҚР Үкіметінің 28.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 900</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z217" w:id="258"/>
+    <w:bookmarkStart w:name="z217" w:id="260"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Министрліктің бірінші басшысының мәртебесі, өкілеттіктері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="258"/>
-    <w:bookmarkStart w:name="z218" w:id="259"/>
+    <w:bookmarkEnd w:id="260"/>
+    <w:bookmarkStart w:name="z218" w:id="261"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Министрлікке басшылықты Министрлікке жүктелген міндеттердің орындалуына және оның өз өкілеттіктерін жүзеге асыруына дербес жауапты болатын бірінші басшы жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="259"/>
-    <w:bookmarkStart w:name="z219" w:id="260"/>
+    <w:bookmarkEnd w:id="261"/>
+    <w:bookmarkStart w:name="z219" w:id="262"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Министрліктің бірінші басшысы Қазақстан Республикасының заңнамасына сәйкес лауазымға тағайындалады және лауазымынан босатылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="260"/>
-    <w:bookmarkStart w:name="z220" w:id="261"/>
+    <w:bookmarkEnd w:id="262"/>
+    <w:bookmarkStart w:name="z220" w:id="263"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Министрліктің бірінші басшысының Қазақстан Республикасының заңнамасына сәйкес лауазымдарға тағайындалатын және лауазымдарынан босатылатын орынбасарлары болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="261"/>
-    <w:bookmarkStart w:name="z221" w:id="262"/>
+    <w:bookmarkEnd w:id="263"/>
+    <w:bookmarkStart w:name="z221" w:id="264"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Министрліктің бірінші басшысының өкілеттіктері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="262"/>
-    <w:bookmarkStart w:name="z222" w:id="263"/>
+    <w:bookmarkEnd w:id="264"/>
+    <w:bookmarkStart w:name="z222" w:id="265"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Министрлік реттейтін салаларда мемлекеттік саясатты қалыптастыру жөнінде ұсыныстар тұжырымдайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="263"/>
-    <w:bookmarkStart w:name="z223" w:id="264"/>
+    <w:bookmarkEnd w:id="265"/>
+    <w:bookmarkStart w:name="z223" w:id="266"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) өз қызметінде өзі бақылайтын комитеттердің басшыларын лауазымдарға тағайындайды және лауазымдарынан босатады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="264"/>
-    <w:bookmarkStart w:name="z224" w:id="265"/>
+    <w:bookmarkEnd w:id="266"/>
+    <w:bookmarkStart w:name="z224" w:id="267"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) Қазақстан Республикасының Парламентінде, өзге де мемлекеттік органдар мен ұйымдарда Министрліктің атынан өкілдік етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="265"/>
-    <w:bookmarkStart w:name="z225" w:id="266"/>
+    <w:bookmarkEnd w:id="267"/>
+    <w:bookmarkStart w:name="z225" w:id="268"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) Министрліктің бұйрықтарына қол қояды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="266"/>
-    <w:bookmarkStart w:name="z226" w:id="267"/>
+    <w:bookmarkEnd w:id="268"/>
+    <w:bookmarkStart w:name="z226" w:id="269"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) Министрліктің жұмыс регламентін бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="267"/>
-    <w:bookmarkStart w:name="z227" w:id="268"/>
+    <w:bookmarkEnd w:id="269"/>
+    <w:bookmarkStart w:name="z227" w:id="270"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) Министрлікке келісуге келіп түскен нормативтік құқықтық актілердің жобаларын келіседі және бұрыштама қояды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="268"/>
-    <w:bookmarkStart w:name="z228" w:id="269"/>
+    <w:bookmarkEnd w:id="270"/>
+    <w:bookmarkStart w:name="z228" w:id="271"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) ведомстволар актілерінің қолданылуын толығымен немесе бір бөлігінде жояды немесе тоқтата тұрады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="269"/>
-    <w:bookmarkStart w:name="z229" w:id="270"/>
+    <w:bookmarkEnd w:id="271"/>
+    <w:bookmarkStart w:name="z229" w:id="272"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) Министрлікте сыбайлас жемқорлыққа қарсы іс-қимыл жөнінде шаралар қабылдайды және ол үшін дербес жауапты болады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="270"/>
-    <w:bookmarkStart w:name="z230" w:id="271"/>
+    <w:bookmarkEnd w:id="272"/>
+    <w:bookmarkStart w:name="z230" w:id="273"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) өз құзыретіне жатқызылған басқа да мәселелер бойынша шешімдер қабылдайды және Қазақстан Республикасының заңдарына сәйкес өзге де өкілеттіктерді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="271"/>
-    <w:bookmarkStart w:name="z231" w:id="272"/>
+    <w:bookmarkEnd w:id="273"/>
+    <w:bookmarkStart w:name="z231" w:id="274"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Министрліктің бірінші басшысы болмаған кезеңде оның өкілеттіктерін атқаруды қолданыстағы заңнамаға сәйкес оны алмастыратын тұлға жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="272"/>
-    <w:bookmarkStart w:name="z232" w:id="273"/>
+    <w:bookmarkEnd w:id="274"/>
+    <w:bookmarkStart w:name="z232" w:id="275"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Бірінші басшы өз орынбасарларының өкілеттіктерін қолданыстағы заңнамаға сәйкес айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="273"/>
-    <w:bookmarkStart w:name="z233" w:id="274"/>
+    <w:bookmarkEnd w:id="275"/>
+    <w:bookmarkStart w:name="z233" w:id="276"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Министрліктің аппаратын Қазақстан Республикасының қолданыстағы заңнамасына сәйкес лауазымға тағайындалатын және лауазымынан босатылатын аппарат басшысы басқарады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="274"/>
-    <w:bookmarkStart w:name="z234" w:id="275"/>
+    <w:bookmarkEnd w:id="276"/>
+    <w:bookmarkStart w:name="z234" w:id="277"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Министрліктің мүлкі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="275"/>
-    <w:bookmarkStart w:name="z235" w:id="276"/>
+    <w:bookmarkEnd w:id="277"/>
+    <w:bookmarkStart w:name="z235" w:id="278"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Министрліктің заңнамада көзделген жағдайларда жедел басқару құқығында оқшауланған мүлкі болуы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="276"/>
-    <w:bookmarkStart w:name="z236" w:id="277"/>
+    <w:bookmarkEnd w:id="278"/>
+    <w:bookmarkStart w:name="z236" w:id="279"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Министрліктің мүлкі оған меншік иесі берген мүлік, сондай-ақ өз қызметі нәтижесінде сатып алынған мүлік (ақшалай кірістерді қоса алғанда) және Қазақстан Республикасының заңнамасында тыйым салынбаған өзге де көздер есебінен қалыптастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="277"/>
-    <w:bookmarkStart w:name="z237" w:id="278"/>
+    <w:bookmarkEnd w:id="279"/>
+    <w:bookmarkStart w:name="z237" w:id="280"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Министрлікке бекітілген мүлік республикалық меншікке жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="278"/>
-    <w:bookmarkStart w:name="z238" w:id="279"/>
+    <w:bookmarkEnd w:id="280"/>
+    <w:bookmarkStart w:name="z238" w:id="281"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Егер заңнамада өзгеше белгіленбесе, Министрліктің өзіне бекітілген мүлікті және оған қаржыландыру жоспары бойынша берілген қаражат есебінен сатып алынған мүлікті өз бетінше иеліктен шығаруға немесе оған өзгедей тәсілмен билік етуге құқығы жоқ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="279"/>
-    <w:bookmarkStart w:name="z239" w:id="280"/>
+    <w:bookmarkEnd w:id="281"/>
+    <w:bookmarkStart w:name="z239" w:id="282"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-тарау. Министрлікті қайта ұйымдастыру және тарату</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="280"/>
-    <w:bookmarkStart w:name="z240" w:id="281"/>
+    <w:bookmarkEnd w:id="282"/>
+    <w:bookmarkStart w:name="z240" w:id="283"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. Министрлікті қайта ұйымдастыру және тарату Қазақстан Республикасының заңнамасына сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="281"/>
-    <w:bookmarkStart w:name="z241" w:id="282"/>
+    <w:bookmarkEnd w:id="283"/>
+    <w:bookmarkStart w:name="z241" w:id="284"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министрліктің қарамағындағы ұйымдардың тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="282"/>
+    <w:bookmarkEnd w:id="284"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Тізбе жаңа редакцияда – ҚР Үкіметінің 10.07.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7671,382 +8097,382 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) "Су ресурстары ақпараттық-талдау орталығы" коммерциялық емес акционерлік қоғамы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) "SK Water Solutions" жауапкершілігі шектеулі серіктестігі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z248" w:id="283"/>
+    <w:bookmarkStart w:name="z248" w:id="285"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасы Су ресурстары және ирригация министрлігінің Су ресурстарын реттеу, қорғау және пайдалану комитетінің қарамағындағы аумақтық органдардың тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="283"/>
+    <w:bookmarkEnd w:id="285"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Тізбе жаңа редакцияда - ҚР Үкіметінің 13.08.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 613</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z579" w:id="284"/>
+    <w:bookmarkStart w:name="z579" w:id="286"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. "Қазақстан Республикасы Су ресурстары және ирригация министрлігі Су ресурстарын реттеу, қорғау және пайдалану комитетінің Су ресурстарын қорғау және пайдалануды реттеу жөніндегі Арал-Сырдария бассейндік су инспекциясы" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="284"/>
-    <w:bookmarkStart w:name="z580" w:id="285"/>
+    <w:bookmarkEnd w:id="286"/>
+    <w:bookmarkStart w:name="z580" w:id="287"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. "Қазақстан Республикасы Су ресурстары және ирригация министрлігі Су ресурстарын реттеу, қорғау және пайдалану комитетінің Су ресурстарын қорғау және пайдалануды реттеу жөніндегі Балқаш-Алакөл бассейндік су инспекциясы" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="285"/>
-    <w:bookmarkStart w:name="z581" w:id="286"/>
+    <w:bookmarkEnd w:id="287"/>
+    <w:bookmarkStart w:name="z581" w:id="288"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. "Қазақстан Республикасы Су ресурстары және ирригация министрлігі Су ресурстарын реттеу, қорғау және пайдалану комитетінің Су ресурстарын қорғау және пайдалануды реттеу жөніндегі Ертіс бассейндік су инспекциясы" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="286"/>
-    <w:bookmarkStart w:name="z582" w:id="287"/>
+    <w:bookmarkEnd w:id="288"/>
+    <w:bookmarkStart w:name="z582" w:id="289"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. "Қазақстан Республикасы Су ресурстары және ирригация министрлігі Су ресурстарын реттеу, қорғау және пайдалану комитетінің Су ресурстарын қорғау және пайдалануды реттеу жөніндегі Есіл бассейндік су инспекциясы" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="287"/>
-    <w:bookmarkStart w:name="z583" w:id="288"/>
+    <w:bookmarkEnd w:id="289"/>
+    <w:bookmarkStart w:name="z583" w:id="290"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. "Қазақстан Республикасы Су ресурстары және ирригация министрлігі Су ресурстарын реттеу, қорғау және пайдалану комитетінің Су ресурстарын қорғау және пайдалануды реттеу жөніндегі Нұра-Сарысу бассейндік су инспекциясы" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="288"/>
-    <w:bookmarkStart w:name="z584" w:id="289"/>
+    <w:bookmarkEnd w:id="290"/>
+    <w:bookmarkStart w:name="z584" w:id="291"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. "Қазақстан Республикасы Су ресурстары және ирригация министрлігі Су ресурстарын реттеу, қорғау және пайдалану комитетінің Су ресурстарын қорғау және пайдалануды реттеу жөніндегі Тобыл-Торғай бассейндік су инспекциясы" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="289"/>
-    <w:bookmarkStart w:name="z585" w:id="290"/>
+    <w:bookmarkEnd w:id="291"/>
+    <w:bookmarkStart w:name="z585" w:id="292"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. "Қазақстан Республикасы Су ресурстары және ирригация министрлігі Су ресурстарын реттеу, қорғау және пайдалану комитетінің Су ресурстарын қорғау және пайдалануды реттеу жөніндегі Жайық-Каспий бассейндік су инспекциясы" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="290"/>
-    <w:bookmarkStart w:name="z586" w:id="291"/>
+    <w:bookmarkEnd w:id="292"/>
+    <w:bookmarkStart w:name="z586" w:id="293"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. "Қазақстан Республикасы Су ресурстары және ирригация министрлігі Су ресурстарын реттеу, қорғау және пайдалану комитетінің Су ресурстарын қорғау және пайдалануды реттеу жөніндегі Шу-Талас бассейндік су инспекциясы" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="291"/>
-    <w:bookmarkStart w:name="z367" w:id="292"/>
+    <w:bookmarkEnd w:id="293"/>
+    <w:bookmarkStart w:name="z367" w:id="294"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министрліктің қарамағындағы мемлекеттік мекемелердің тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="292"/>
+    <w:bookmarkEnd w:id="294"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Ереже бөліммен толықтырылды - ҚР Үкіметінің 10.06.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 427</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z368" w:id="293"/>
+    <w:bookmarkStart w:name="z368" w:id="295"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Қазақстан Республикасы Су ресурстары және ирригация министрлігінің "Аймақтық гидрогеологиялық-мелиоративтік орталық" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="293"/>
-    <w:bookmarkStart w:name="z369" w:id="294"/>
+    <w:bookmarkEnd w:id="295"/>
+    <w:bookmarkStart w:name="z369" w:id="296"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасы Су ресурстары және ирригация министрлігінің "Оңтүстік Қазақстан гидрогеологиялық-мелиоративтік экспедициясы" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="294"/>
-    <w:bookmarkStart w:name="z370" w:id="295"/>
+    <w:bookmarkEnd w:id="296"/>
+    <w:bookmarkStart w:name="z370" w:id="297"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Қазақстан Республикасы Су ресурстары және ирригация министрлігінің "Қызылорда гидрогеологиялық-мелиоративтік экспедициясы" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="295"/>
+    <w:bookmarkEnd w:id="297"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -8138,318 +8564,318 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 863 қаулысымен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z258" w:id="296"/>
+    <w:bookmarkStart w:name="z258" w:id="298"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасы Үкіметінің кейбір шешімдеріне енгізілетін өзгерістер мен толықтырулар</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="296"/>
-    <w:bookmarkStart w:name="z259" w:id="297"/>
+    <w:bookmarkEnd w:id="298"/>
+    <w:bookmarkStart w:name="z259" w:id="299"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Республикалық меншіктегі ұйымдар акцияларының мемлекеттік пакеттері мен мемлекеттік үлестеріне иелік ету және пайдалану жөніндегі құқықтарды беру туралы" Қазақстан Республикасы Үкіметінің 1999 жылғы 27 мамырдағы № 659 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысында:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="297"/>
-    <w:bookmarkStart w:name="z260" w:id="298"/>
+    <w:bookmarkEnd w:id="299"/>
+    <w:bookmarkStart w:name="z260" w:id="300"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       көрсетілген қаулымен бекітілген иелік ету және пайдалану құқығы салалық министрліктерге, өзге де мемлекеттік органдарға берілетін республикалық меншік ұйымдарындағы акциялардың мемлекеттік пакеттерінің және қатысудың мемлекеттік үлестерінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>тізбесінде</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="298"/>
-    <w:bookmarkStart w:name="z261" w:id="299"/>
+    <w:bookmarkEnd w:id="300"/>
+    <w:bookmarkStart w:name="z261" w:id="301"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Қазақстан Республикасы Экология және табиғи ресурстар министрлігіне" деген бөлімде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="299"/>
-    <w:bookmarkStart w:name="z262" w:id="300"/>
+    <w:bookmarkEnd w:id="301"/>
+    <w:bookmarkStart w:name="z262" w:id="302"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Қазақстан Республикасы Экология және табиғи ресурстар министрлігінің Су ресурстары комитеті" деген кіші бөлім алып тасталсын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="300"/>
-    <w:bookmarkStart w:name="z263" w:id="301"/>
+    <w:bookmarkEnd w:id="302"/>
+    <w:bookmarkStart w:name="z263" w:id="303"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мынадай мазмұндағы бөліммен толықтырылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="301"/>
-    <w:bookmarkStart w:name="z264" w:id="302"/>
+    <w:bookmarkEnd w:id="303"/>
+    <w:bookmarkStart w:name="z264" w:id="304"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Қазақстан Республикасының Су ресурстары және ирригация министрлігіне:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="302"/>
-    <w:bookmarkStart w:name="z265" w:id="303"/>
+    <w:bookmarkEnd w:id="304"/>
+    <w:bookmarkStart w:name="z265" w:id="305"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       408. "Қазақ су шаруашылығы ғылыми-зерттеу институты" жауапкершілігі шектеулі серіктестігі.".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="303"/>
-    <w:bookmarkStart w:name="z266" w:id="304"/>
+    <w:bookmarkEnd w:id="305"/>
+    <w:bookmarkStart w:name="z266" w:id="306"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. "Қазақстан Республикасы Ауыл шаруашылығы министрлігінің кейбір мәселелері" туралы Қазақстан Республикасы Үкіметінің 2005 жылғы 6 сәуірдегі № 310 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="304"/>
-    <w:bookmarkStart w:name="z267" w:id="305"/>
+    <w:bookmarkEnd w:id="306"/>
+    <w:bookmarkStart w:name="z267" w:id="307"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       көрсетілген қаулымен бекітілген Қазақстан Республикасы Ауыл шаруашылығы министрлігі туралы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ережеде</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="305"/>
+    <w:bookmarkEnd w:id="307"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8462,170 +8888,170 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z269" w:id="306"/>
+    <w:bookmarkStart w:name="z269" w:id="308"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "1. Қазақстан Республикасының Ауыл шаруашылығы министрлігі (бұдан әрі – Министрлік):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="306"/>
-    <w:bookmarkStart w:name="z270" w:id="307"/>
+    <w:bookmarkEnd w:id="308"/>
+    <w:bookmarkStart w:name="z270" w:id="309"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) агроөнеркәсіптік кешен;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="307"/>
-    <w:bookmarkStart w:name="z271" w:id="308"/>
+    <w:bookmarkEnd w:id="309"/>
+    <w:bookmarkStart w:name="z271" w:id="310"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) суармалы егіншілік және агромелиорация;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="308"/>
-    <w:bookmarkStart w:name="z272" w:id="309"/>
+    <w:bookmarkEnd w:id="310"/>
+    <w:bookmarkStart w:name="z272" w:id="311"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) жер ресурстары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="309"/>
-    <w:bookmarkStart w:name="z273" w:id="310"/>
+    <w:bookmarkEnd w:id="311"/>
+    <w:bookmarkStart w:name="z273" w:id="312"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) акваөсіру бөлігінде жануарлар дүниесін қорғау, өсімін молайту және пайдалану салаларында басшылықты;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="310"/>
-    <w:bookmarkStart w:name="z274" w:id="311"/>
+    <w:bookmarkEnd w:id="312"/>
+    <w:bookmarkStart w:name="z274" w:id="313"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) сондай-ақ заңнамада көзделген шекте өзінің құзыретіне жатқызылған қызмет саласында мемлекеттік органдарды салааралық үйлестіруді жүзеге асыратын Қазақстан Республикасының мемлекеттік органы болып табылады.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="311"/>
+    <w:bookmarkEnd w:id="313"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8694,70 +9120,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2) тармақша</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z277" w:id="312"/>
+    <w:bookmarkStart w:name="z277" w:id="314"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "2) мынадай салаларда халықаралық ынтымақтастықты жүзеге асырады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="312"/>
+    <w:bookmarkEnd w:id="314"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       өсімдіктер карантині;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8896,90 +9322,90 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4) тармақша</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z286" w:id="313"/>
+    <w:bookmarkStart w:name="z286" w:id="315"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "4) мынадай салаларда мемлекеттік саясатты қалыптастырады және іске асырады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="313"/>
-    <w:bookmarkStart w:name="z287" w:id="314"/>
+    <w:bookmarkEnd w:id="315"/>
+    <w:bookmarkStart w:name="z287" w:id="316"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жайылымдарды басқару, суландыру, пайдалану және оларды жүзеге асыруды ұйымдастырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="314"/>
+    <w:bookmarkEnd w:id="316"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       машиналар мен жабдықтардың қауіпсіздігі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9152,90 +9578,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       органикалық өнім өндіру және оны жүзеге асыруды ұйымдастыру;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       биоотын өндірісін және айналымын мемлекеттік реттеу және қолдау;";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z300" w:id="315"/>
+    <w:bookmarkStart w:name="z300" w:id="317"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мынадай мазмұндағы 21-1) тармақшамен толықтырылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="315"/>
-    <w:bookmarkStart w:name="z301" w:id="316"/>
+    <w:bookmarkEnd w:id="317"/>
+    <w:bookmarkStart w:name="z301" w:id="318"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "21-1) инвестициялық салымдар кезінде балық шаруашылығы субъектісі шеккен шығыстардың бір бөлігін өтеу бойынша субсидиялау қағидаларын әзірлейді және бекітеді;";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="316"/>
+    <w:bookmarkEnd w:id="318"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9248,70 +9674,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>52) тармақша</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z303" w:id="317"/>
+    <w:bookmarkStart w:name="z303" w:id="319"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "52) мыналарды:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="317"/>
+    <w:bookmarkEnd w:id="319"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мал шаруашылығының өнімділігін және өнім сапасын арттыруды;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9484,220 +9910,220 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       облигациялар бойынша купондық сыйақыны;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ғылыми-зерттеу және тәжірибелік-конструкторлық жұмыстарды әзірлеуге және ендіруге арналған шығындардың құнын субсидиялау қағидаларын әзірлейді және бекітеді;".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z316" w:id="318"/>
+    <w:bookmarkStart w:name="z316" w:id="320"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. "Министрліктер мен өзге де орталық атқарушы органдардың олардың аумақтық органдарындағы және оларға ведомстволық бағыныстағы мемлекеттік мекемелердегі адам санын ескере отырып, штат санының лимиттерін бекіту туралы" Қазақстан Республикасы Үкіметінің 2008 жылғы 15 сәуірдегі №339 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысында:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="318"/>
-    <w:bookmarkStart w:name="z317" w:id="319"/>
+    <w:bookmarkEnd w:id="320"/>
+    <w:bookmarkStart w:name="z317" w:id="321"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       көрсетілген қаулымен бекітілген Министрліктер мен өзге де орталық атқарушы органдардың олардың аумақтық органдарындағы және оларға ведомстволық бағыныстағы мемлекеттік мекемелеріндегі адам санын ескере отырып, штат санының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>лимиттерінде</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="319"/>
-    <w:bookmarkStart w:name="z318" w:id="320"/>
+    <w:bookmarkEnd w:id="321"/>
+    <w:bookmarkStart w:name="z318" w:id="322"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қызмет бабында пайдалану үшін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="320"/>
-    <w:bookmarkStart w:name="z319" w:id="321"/>
+    <w:bookmarkEnd w:id="322"/>
+    <w:bookmarkStart w:name="z319" w:id="323"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. "Қазақстан Республикасы Экология және табиғи ресурстар министрлігінің мәселелері" туралы Қазақстан Республикасы Үкіметінің 2019 жылғы 5 шілдедегі № 479 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="321"/>
-    <w:bookmarkStart w:name="z320" w:id="322"/>
+    <w:bookmarkEnd w:id="323"/>
+    <w:bookmarkStart w:name="z320" w:id="324"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       көрсетілген қаулымен бекітілген Қазақстан Республикасының Экология және табиғи ресурстар министрлігі туралы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ережеде</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="322"/>
+    <w:bookmarkEnd w:id="324"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9710,111 +10136,111 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z322" w:id="323"/>
+    <w:bookmarkStart w:name="z322" w:id="325"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "1. Қазақстан Республикасының Экология және табиғи ресурстар министрлігі (бұдан әрі – Министрлік) қоршаған ортаны қорғау, метеорологиялық және гидрологиялық мониторинг, "жасыл экономиканы" дамыту, қалдықтармен жұмыс істеу (медициналық, биологиялық және радиоактивті қалдықтарды қоспағанда), табиғи ресурстарды қорғау, олардың ұтымды пайдаланылуын бақылау және қадағалау, орман шаруашылығы, жануарлар дүниесін қорғау, өсімін молайту және пайдалану, ерекше қорғалатын табиғи аумақтар, өсімдіктер дүниесін күзету, қорғау, қалпына келтіру және пайдалану, қазақы ит тұқымдарын сақтау және өсімін молайту салаларында (бұдан әрі – реттелетін салалар) мемлекеттік саясатты қалыптастыру және іске асыру, басқару процестерін үйлестіру салаларында басшылықты жүзеге асыратын Қазақстан Республикасының мемлекеттік органы болып табылады.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="323"/>
-    <w:bookmarkStart w:name="z323" w:id="324"/>
+    <w:bookmarkEnd w:id="325"/>
+    <w:bookmarkStart w:name="z323" w:id="326"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2-тармақтың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4) тармақшасы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> алып тасталсын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="324"/>
-    <w:bookmarkStart w:name="z324" w:id="325"/>
+    <w:bookmarkEnd w:id="326"/>
+    <w:bookmarkStart w:name="z324" w:id="327"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13-тармақтың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9889,151 +10315,151 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>14) тармақшалары</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="325"/>
-    <w:bookmarkStart w:name="z325" w:id="326"/>
+    <w:bookmarkEnd w:id="327"/>
+    <w:bookmarkStart w:name="z325" w:id="328"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "10) орманды, жануарлар дүниесін және ерекше қорғалатын табиғи аумақтарды басқару саласындағы мемлекеттік саясатты іске асыру мәселелері бойынша басшылық жасау және салааралық үйлестіру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="326"/>
-    <w:bookmarkStart w:name="z326" w:id="327"/>
+    <w:bookmarkEnd w:id="328"/>
+    <w:bookmarkStart w:name="z326" w:id="329"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) орманды, жануарлар дүниесін және ерекше қорғалатын табиғи аумақтарды басқару саласындағы заңнаманы жетілдіру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="327"/>
-    <w:bookmarkStart w:name="z327" w:id="328"/>
+    <w:bookmarkEnd w:id="329"/>
+    <w:bookmarkStart w:name="z327" w:id="330"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) орманды, жануарлар дүниесін және ерекше қорғалатын табиғи аумақтарды басқару саласындағы мемлекеттік басқару жүйесін жетілдіру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="328"/>
-    <w:bookmarkStart w:name="z328" w:id="329"/>
+    <w:bookmarkEnd w:id="330"/>
+    <w:bookmarkStart w:name="z328" w:id="331"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) орманды, жануарлар дүниесін және ерекше қорғалатын табиғи аумақтарды басқару саласындағы халықаралық ынтымақтастықты дамыту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="329"/>
-    <w:bookmarkStart w:name="z329" w:id="330"/>
+    <w:bookmarkEnd w:id="331"/>
+    <w:bookmarkStart w:name="z329" w:id="332"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) орманды, жануарлар дүниесін және ерекше қорғалатын табиғи аумақтарды басқару саласындағы мемлекеттік бақылауды және қадағалауды қамтамасыз ету;";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="330"/>
+    <w:bookmarkEnd w:id="332"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -10358,70 +10784,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>154) тармақша</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z333" w:id="331"/>
+    <w:bookmarkStart w:name="z333" w:id="333"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "154) жерүсті су объектілері жай-күйінің нысаналы көрсеткіштерін және оларға қол жеткізу жөніндегі іс-шараларды әзірлеу әдістемесін әзірлейді және су қорын пайдалану және қорғау, сумен жабдықтау, су бұру саласындағы уәкілетті органмен бірлесіп бекітеді;";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="331"/>
+    <w:bookmarkEnd w:id="333"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -10550,70 +10976,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>278) тармақша</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z336" w:id="332"/>
+    <w:bookmarkStart w:name="z336" w:id="334"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "278) су объектілеріне шекті жол берілетін зиянды әсерлердің нормативтерін келіседі;";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="332"/>
+    <w:bookmarkEnd w:id="334"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -10782,70 +11208,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>285) тармақша</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z339" w:id="333"/>
+    <w:bookmarkStart w:name="z339" w:id="335"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "285) республикалық маңызы бар сауықтыру мақсатындағы су объектілерінің тізбесін су қорын пайдалану және қорғау, сумен жабдықтау, су бұру және ирригация аясындағы бақылау саласындағы уәкілетті органға ұсынады;";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="333"/>
+    <w:bookmarkEnd w:id="335"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -11074,70 +11500,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>317) тармақша</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z342" w:id="334"/>
+    <w:bookmarkStart w:name="z342" w:id="336"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "317) халықаралық шарттарды іске асыруды қоса алғанда, орман қатынастарын басқару, жануарлар дүниесін, ерекше қорғалатын табиғи аумақтарды қорғау, өсімін молайту, пайдалану саласындағы халықаралық ынтымақтастықты жүзеге асырады;";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="334"/>
+    <w:bookmarkEnd w:id="336"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -11266,70 +11692,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>535) тармақша</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z345" w:id="335"/>
+    <w:bookmarkStart w:name="z345" w:id="337"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "535) жерүсті су объектілері үшін су объектілеріндегі су сапасын сыныптаудың бірыңғай жүйесі негізінде олардағы су сапасының нормативтерін келіседі;";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="335"/>
+    <w:bookmarkEnd w:id="337"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -12482,150 +12908,150 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>595) тармақшалар</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> алып тасталсын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z347" w:id="336"/>
+    <w:bookmarkStart w:name="z347" w:id="338"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Министрліктің және оның ведомстволарының қарамағындағы ұйымдардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>тізбесінде</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="336"/>
-    <w:bookmarkStart w:name="z348" w:id="337"/>
+    <w:bookmarkEnd w:id="338"/>
+    <w:bookmarkStart w:name="z348" w:id="339"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Қазақстан Республикасы Экология және табиғи ресурстар министрлігінің Су ресурстары комитеті" деген бөлім алып тасталсын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="337"/>
-    <w:bookmarkStart w:name="z349" w:id="338"/>
+    <w:bookmarkEnd w:id="339"/>
+    <w:bookmarkStart w:name="z349" w:id="340"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Министрліктің қарамағындағы аумақтық органдардың және оның ведомстволарының аумақтық бөлімшелерінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>тізбесінде</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="338"/>
+    <w:bookmarkEnd w:id="340"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>