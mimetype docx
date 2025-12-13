--- v0 (2025-10-12)
+++ v1 (2025-12-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="2baa6fc" w14:textId="2baa6fc">
+    <w:p w14:paraId="129467e" w14:textId="129467e">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -112,74 +112,146 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Үкіметінің 2019 жылғы 14 қазандағы № 759 қаулысы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Қорғаныс өнеркәсібі және мемлекеттік қорғаныстық тапсырыс туралы" 2019 жылғы 18 наурыздағы Қазақстан Республикасы Заңы </w:t>
+      "Қорғаныс өнеркәсібі және мемлекеттік қорғаныстық тапсырыс туралы" Қазақстан Республикасының Заңы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 6) тармақшасына сәйкес Қазақстан Республикасының Үкіметі ҚАУЛЫ ЕТЕДІ:</w:t>
+        <w:t xml:space="preserve"> 6) тармақшасына сәйкес Қазақстан Республикасының Үкіметі </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ҚАУЛЫ ЕТЕДІ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Үкіметінің 20.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 881</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Қоса беріліп отырған Мемлекеттік қорғаныстық тапсырысты қалыптастыру, орналастыру және орындау </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -613,94 +685,218 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z8" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы Мемлекеттік қорғаныстық тапсырысты қалыптастыру, орналастыру және орындау қағидалары (бұдан әрі – Қағидалар) "Қорғаныс өнеркәсібі және мемлекеттік қорғаныстық тапсырыс туралы" 2019 жылғы 18 наурыздағы Қазақстан Республикасының </w:t>
+      1. Осы Мемлекеттік қорғаныстық тапсырысты қалыптастыру, орналастыру және орындау қағидалары (бұдан әрі – Қағидалар) "Қорғаныс өнеркәсібі және мемлекеттік қорғаныстық тапсырыс туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (бұдан әрі – Заң) сәйкес әзірленді және мемлекеттік қорғаныстық тапсырысты (бұдан әрі – қорғаныстық тапсырыс) қалыптастыру, орналастыру және орындау тәртібін айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Үкіметінің 20.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 881</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z347" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Қорғаныстық тапсырысты қалыптастыруды, орналастыруды, салааралық үйлестіруді және оның орындалуын бақылауды уәкілетті орган жүзеге асырады.</w:t>
+      2. Қорғаныстық тапсырысты қалыптастыруды, орналастыруды, салааралық үйлестіруді және оның орындалуын бақылауды мемлекеттік қорғаныстық тапсырыс саласындағы уәкілетті орган жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 2-тармақ жаңа редакцияда - ҚР Үкіметінің 20.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 881</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z348" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Қорғаныстық тапсырысты қалыптастыру және орналастыру</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:bookmarkStart w:name="z349" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -865,220 +1061,240 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z351" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      5. Алушылар қаржы жылының алдындағы жылғы 1 желтоқсаннан кешіктірмей, қорғаныстық тапсырыс шеңберіндегі бюджет қаражаты уәкілетті органның бюджетінде көзделгенде (бұдан әрі – қаражат уәкілетті органда болғанда) уәкілетті органға сатып алуға жоспарланған қорғаныстық тапсырыс өнімінің саны (көлемі) және жеткізу орны туралы мәліметтер көрсетілген тиісті жоспарлы кезеңге арналған қажетті қорғаныстық тапсырыс өніміне бекітілген техникалық тапсырманы қағаз және электрондық түрде қоса беріп, осы Қағидаларға </w:t>
+      5. Алдындағы қаржы жылының 1 желтоқсанынан кешіктірмей алушылар қорғаныстық тапсырыс шеңберіндегі бюджет қаражаты мемлекеттік қорғаныстық тапсырыс саласындағы уәкілетті органның бюджетінде көзделгенде (бұдан әрі – қаражат мемлекеттік қорғаныстық тапсырыс саласындағы уәкілетті органда болғанда) мемлекеттік қорғаныстық тапсырыс саласындағы уәкілетті органға сатып алуға жоспарланатын қорғаныстық тапсырыс өнімінің саны (мөлшері) және жеткізу орны туралы мәліметтер көрсетілген, тиісті жоспарлы кезеңге арналған қажетті қорғаныстық тапсырыс өніміне бекітілген техникалық тапсырманы қағаздағы және электрондық түрде қоса беріп, осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес нысан бойынша өтінім жібереді. Бұл ретте тиісті жоспарлы кезеңге дейін екі жыл қаржы жылының алдындағы кезең болып табылады.</w:t>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша өтінім жібереді. Бұл ретте тиісті жоспарлы кезеңге дейін екі жылғы кезең алдындағы қаржы жылы болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 5-тармақ жаңа редакцияда - ҚР Үкіметінің 27.11.2023 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 5-тармақ жаңа редакцияда - ҚР Үкіметінің 20.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 881</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z352" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Мемлекеттік қорғаныстық тапсырыс саласындағы уәкілетті орган ағымдағы қаржы жылының 5 қаңтарына дейінгі мерзімде техникалық тапсырмаларды қызмет бағыттары бойынша мемлекеттік қорғаныстық тапсырыстың әскери мақсаттағы тауарларды (өнімдерді), қосарланған мақсаттағы (қолданыстағы) тауарларды (өнімдерді) отандық өндірушілерінің және әскери мақсаттағы жұмыстар мен әскери мақсаттағы көрсетілетін қызметтерді отандық берушілерінің тізіліміне (бұдан әрі – тізілім) енгізілген отандық тауар өндірушілерге, жұмыстарды, көрсетілетін қызметтерді отандық берушілерге және уәкілетті ұйымға жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте тиісті жоспарлы кезеңнің алдындағы жыл ағымдағы қаржы жылы болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 6-тармақ жаңа редакцияда - ҚР Үкіметінің 27.11.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 1044</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
-[...69 lines deleted...]
-</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен; өзгеріс енгізілді - ҚР Үкіметінің 20.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 881</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 6-тармақ жаңа редакцияда - ҚР Үкіметінің 27.11.2023 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z353" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1169,539 +1385,601 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Уәкілетті ұйым техникалық тапсырманы алған сәттен бастап алушылардың өкілдерін тарта отырып, техникалық тапсырмаларды шетелдік өндірушілермен пысықтау бойынша рәсімдерді жүргізеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:bookmarkStart w:name="z355" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      9. Тізілімге енгізілген отандық тауар өндірушілер, жұмысты, көрсетілетін қызметті отандық берушілер және уәкілетті ұйым ағымдағы қаржы жылының 1 наурызына дейінгі мерзімде уәкілетті органға немесе қаражат алушыда болғанда алушыларға Қазақстан Республикасы Үкіметінің 2019 жылғы 17 қазандағы № 772 қаулысымен бекітілген Мемлекеттік қорғаныстық тапсырыс шеңберінде әскери мақсаттағы тауарларға (өнімдерге), қосарланған мақсаттағы (қолданыстағы) тауарларға (өнімдерге), әскери мақсаттағы жұмыстар мен әскери мақсаттағы көрсетілетін қызметтерге баға белгілеу қағидаларын </w:t>
+      9. Тізілімге енгізілген отандық тауар өндірушілер, жұмыстарды, көрсетілетін қызметтерді отандық берушілер және уәкілетті ұйым ағымдағы қаржы жылының 1 наурызына дейінгі мерзімде мемлекеттік қорғаныстық тапсырыс саласындағы уәкілетті органның немесе қаражат алушыларда болғанда алушылардың атына Қазақстан Республикасы Үкіметінің 2019 жылғы 17 қазандағы № 772 қаулысымен бекітілген Мемлекеттік қорғаныстық тапсырыс шеңберінде әскери мақсаттағы тауарларға (өнімдерге), қосарланған мақсаттағы (қолданыстағы) тауарларға (өнімдерге), әскери мақсаттағы жұмыстар мен әскери мақсаттағы көрсетілетін қызметтерге баға белгілеу </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қағидаларына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (бұдан әрі – Баға белгілеу қағидалары) сәйкес жоспарлы калькуляцияны ұсынады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 9-тармақ жаңа редакцияда - ҚР Үкіметінің 27.11.2023 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 9-тармақ жаңа редакцияда - ҚР Үкіметінің 20.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 881</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z356" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Мемлекеттік қорғаныстық тапсырыс саласындағы уәкілетті орган ағымдағы қаржы жылының 1 сәуіріне дейінгі мерзімде алушының атына қаражат мемлекеттік қорғаныстық тапсырыс саласындағы уәкілетті органда болғанда жоспарлы калькуляция ұсынылмаған іс-шаралар тізбесін, сондай-ақ тізілімге енгізілген отандық тауар өндірушілер, жұмыстарды, көрсетілетін қызметтерді отандық берушілер және уәкілетті ұйым ұсынған қорғаныстық тапсырыс өніміне ең төмен бағаны жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жоспарлы калькуляция ұсынылмаған іс-шаралар мемлекеттік сатып алу туралы заңнамаға сәйкес сатып алынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 10-тармақ жаңа редакцияда - ҚР Үкіметінің 20.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 881</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z357" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      11. Алушы ағымдағы қаржы жылының 1 мамырына дейінгі мерзімде қаражат мемлекеттік қорғаныстық тапсырыс саласындағы уәкілетті органда болғанда ұсынылған бағаға сәйкес мемлекеттік қорғаныстық тапсырыс саласындағы уәкілетті органның атына бұрын тиісті жоспарлы кезеңге арналған қорғаныстық тапсырыста бекітілген сома шегінде тиісті жоспарлы кезеңге арналған бюджеттік сұранымға енгізу үшін осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша нақтыланған өтінімді ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 11-тармақ жаңа редакцияда - ҚР Үкіметінің 20.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 881</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z358" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Лимиттер жеткізілген күннен бастап 5 (бес) жұмыс күні ішінде қаражат мемлекеттік қорғаныстық тапсырыс саласындағы уәкілетті органда болғанда мемлекеттік қорғаныстық тапсырыс саласындағы уәкілетті орган және қаражат алушыларда болғанда алушылар бюджет заңнамасында белгіленген тәртіппен тиісті жоспарлы кезеңге арналған бюджеттік сұранымдарды бюджеттік жоспарлау жөніндегі уәкілетті органға жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 12-тармақ жаңа редакцияда - ҚР Үкіметінің 20.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 881</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z359" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Мемлекеттік қорғаныстық тапсырыс саласындағы уәкілетті орган ағымдағы қаржы жылының 25 маусымына дейінгі мерзімде қорғаныстық тапсырысты орындаушыларды таңдауды жүзеге асыру мақсатында техникалық тапсырмаларды қызмет бағыттары бойынша тізілімге енгізілген отандық тауар өндірушілерге, жұмыстарды, көрсетілетін қызметтерді отандық берушілерге және уәкілетті ұйымға жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 13-тармақ жаңа редакцияда - ҚР Үкіметінің 20.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 881</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z360" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Алушылар ағымдағы қаржы жылының 1 маусымына дейінгі мерзімде қорғаныстық тапсырысты орындаушыларды таңдауды жүзеге асыру мақсатында қаражат алушыларда болғанда техникалық тапсырманы қызмет бағыттары бойынша тізілімге енгізілген отандық тауар өндірушілерге, жұмысты, көрсетілетін қызметті отандық берушілерге және уәкілетті ұйымға жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 14-тармақ жаңа редакцияда - ҚР Үкіметінің 27.11.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 1044</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z356" w:id="16"/>
-[...384 lines deleted...]
-    </w:p>
     <w:bookmarkStart w:name="z361" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      15. Тізілімге енгізілген отандық тауар өндірушілер, жұмыстарды, көрсетілетін қызметтерді отандық берушілер және уәкілетті ұйым ағымдағы қаржы жылының 1 шілдесіне дейінгі мерзімде орындаушыны таңдау мақсатында уәкілетті органның немесе қаражат алушыларда болғанда, алушылардың атына Баға белгілеу қағидаларына сәйкес конкурстық құжаттаманы – жоспарлы калькуляцияны ұсынады.</w:t>
+      15. Тізілімге енгізілген отандық тауар өндірушілер, жұмыстарды, көрсетілетін қызметтерді отандық берушілер және уәкілетті ұйым ағымдағы қаржы жылының 20 шілдесіне дейінгі мерзімде орындаушыны таңдау мақсатында мемлекеттік қорғаныстық тапсырыс саласындағы уәкілетті органның немесе қаражат алушыларда болғанда алушылардың атына Баға белгілеу қағидаларына сәйкес конкурстық құжаттаманы – жоспарлы калькуляцияны ұсынады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тізілімге енгізілген, заттай және арнаулы мүлікті, жеке қорғану құралдарын өндіруге маманданатын отандық тауар өндірушілер, жұмыстарды, көрсетілетін қызметтерді отандық берушілер өнімнің техникалық тапсырманың талаптарына сәйкестігін тексеруді жүзеге асыру үшін ағымдағы қаржы жылының 1 шілдесіне дейінгі мерзімде алушылардың атына пайдаланылатын шикізаттың сапасын растайтын құжаттармен қоса мәлімделетін өнімнің үлгілерін ұсынады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1798,84 +2076,104 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 15-тармақ жаңа редакцияда - ҚР Үкіметінің 29.04.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 348</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен; өзгеріс енгізілді - ҚР Үкіметінің 20.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 881</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z362" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      16. Қаражат уәкілетті органда болғанда, орындаушыны таңдау мақсатында уәкілетті органның конкурстық комиссиясы (комиссиялары) (бұдан әрі – орындаушыларды таңдау жөніндегі комиссия) құрылады.</w:t>
+      16. Қаражат мемлекеттік қорғаныстық тапсырыс саласындағы уәкілетті органда болғанда орындаушыны таңдау мақсатында мемлекеттік қорғаныстық тапсырыс саласындағы уәкілетті органның конкурстық комиссиясы (комиссиялары) (бұдан әрі – орындаушыларды таңдау жөніндегі комиссия) құрылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Орындаушыларды таңдау жөніндегі комиссияға қызмет бағыты бойынша алушының арнайы білімі бар өкілдері (мамандары) енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1934,51 +2232,71 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 16-тармақ жаңа редакцияда - ҚР Үкіметінің 29.04.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 348</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен; өзгеріс енгізілді - ҚР Үкіметінің 20.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 881</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z363" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1987,100 +2305,100 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Шешім дауыстардың қарапайым көпшілігімен қабылданды деп саналады. Дауыстар тең болған кезде алушының өкілі дауыс берген шешім қабылданады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
     <w:bookmarkStart w:name="z364" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      18. Орындаушыларды таңдау жөніндегі комиссия (комиссиялар) құрамын және жұмыс тәртібін уәкілетті орган айқындайды, ал оның қызметі бейне және аудиотіркеуді қолданып, жабық режимде жүзеге асырылады.</w:t>
+      18. Орындаушыларды таңдау жөніндегі комиссия (комиссиялар) құрамын және жұмыс тәртібін мемлекеттік қорғаныстық тапсырыс саласындағы уәкілетті орган айқындайды, ал оның (олардың) қызметі аудио және бейнетіркеу қолданылып, жабық режимде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 18-тармақ жаңа редакцияда - ҚР Үкіметінің 27.11.2023 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 1044</w:t>
+        <w:t xml:space="preserve">      Ескерту. 18-тармақ жаңа редакцияда - ҚР Үкіметінің 20.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 881</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z365" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2144,635 +2462,695 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ұйым хабарламаны алған күннен бастап бес жұмыс күні ішінде үлгілерді қоса беріп, алушыны анықталған кемшіліктердің жойылғаны туралы жазбаша түрде хабардар етеді. Комиссияның қарауы үшін пысықталған үлгілер белгіленген мерзімде ұсынылмаса, ұйым ұсынған жоспарлы калькуляция ашып қаралмайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Алушы ағымдағы қаржы жылының 20 тамызына дейінгі мерзімде қаражат уәкілетті органда болғанда, уәкілетті органның атына үлгілерді бекіту туралы акт жібереді.</w:t>
+      Алушы ағымдағы қаржы жылының 20 тамызына дейінгі мерзімде қаражат мемлекеттік қорғаныстық тапсырыс саласындағы уәкілетті органда болғанда мемлекеттік қорғаныстық тапсырыс саласындағы уәкілетті органға үлгілерді бекіту туралы акт жібереді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 20-тармақ жаңа редакцияда - ҚР Үкіметінің 29.04.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 348</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен; өзгеріс енгізілді - ҚР Үкіметінің 20.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 881</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z367" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Мемлекеттік қорғаныстық тапсырыс саласындағы уәкілетті орган және алушы ағымдағы қаржы жылының 25 шілдесі – 25 қыркүйегі аралығында қаражат алушыда болғанда орындаушыларды таңдау рәсімдерін жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 21-тармақ жаңа редакцияда - ҚР Үкіметінің 20.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 881</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z368" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Мемлекеттік қорғаныстық тапсырыс саласындағы уәкілетті орган немесе қаражат алушыда болғанда алушы тізілімге енгізілген ұйымдар қатарынан орындаушыларды таңдауды конкурстық негізде жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Заттай және арнаулы мүлік, жеке қорғану құралдары бойынша орындаушыларды таңдау үлгілерін заттай және арнаулы мүліктің, жеке қорғану құралдарының үлгілерін бекіту жөніндегі комиссия бекіткен тізілімге енгізілген ұйымдар арасынан жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік қорғаныстық тапсырысты орындаушыларды таңдау рәсімін өткізген уақытта орындаушыларды таңдау жөніндегі комиссия отырысына конверттерді (баға ұсыныстарын) аудио-, бейнетіркеумен ашып қарау және комиссия мүшелері отырыс хаттамасына қол қойған кезде қорғаныстық-өнеркәсіптік кешен ұйымдарының конкурсқа қатысатын өкілдері қатысуға құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орындаушыларды таңдау мақсатында жоспарлы калькуляцияны ұсынған ұйымдар күнін, уақытын және орнын көрсете отырып, орындаушыларды таңдаудың алдағы рәсімі туралы күнтізбелік 5 күн бұрын электрондық пошта арқылы хабардар етіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жоспарлы калькуляциясы бар конверттерді ашып қарауды орындаушыларды таңдау жөніндегі комиссия ұйымдарға хабарламада көрсетілген күні, уақытта және орында орындаушыларды таңдау жөніндегі комиссия мүшелерінің қарапайым көпшілігінің қатысуымен жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік құпияларды құрайтын мәліметтермен жұмыс істеу қажет болған кезде қорғаныстық тапсырыстың нақты іс-шарасы шеңберінде тізілімге енгізілген ұйымда мемлекеттік құпияларды құрайтын мәліметтер пайдаланылатын жұмыстарды жүргізуге рұқсатының бар-жоғы ескеріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 22-тармақ жаңа редакцияда - ҚР Үкіметінің 29.04.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 348</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен; өзгеріс енгізілді - ҚР Үкіметінің 20.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 881</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z369" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Орындаушыны таңдау кезінде орындаушыларды таңдау жөніндегі комиссия ең төмен бағаны ұсынған ұйымға қатысты шешім қабылдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 23-тармақ жаңа редакцияда - ҚР Үкіметінің 27.11.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1044</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z367" w:id="27"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z370" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Егер орындаушыны таңдау кезінде бөлінген лимиттен аспайтын бір жоспарлы калькуляция ұсынылса, орындаушыларды таңдау жөніндегі комиссия осы ұйымды қорғаныстық тапсырысты орындаушы ретінде таңдауға қатысты шешім қабылдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 21-тармақ жаңа редакцияда - ҚР Үкіметінің 27.11.2023 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 24-тармақ жаңа редакцияда - ҚР Үкіметінің 27.11.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 1044</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z368" w:id="28"/>
-[...106 lines deleted...]
-      Мемлекеттік құпияларды құрайтын мәліметтермен жұмыс істеу қажет болған кезде қорғаныстық тапсырыстың нақты іс-шарасы шеңберінде тізілімге енгізілген ұйымда мемлекеттік құпияларды құрайтын мәліметтер пайдаланылатын жұмыстарды жүргізуге рұқсатының бар-жоғы ескеріледі.</w:t>
+    <w:bookmarkStart w:name="z371" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Егер екі және одан да көп ұйымның қорғаныстық тапсырыс өніміне жоспарлы калькуляциясы бірдей болған жағдайда осы қорғаныстық тапсырыс өнімі бойынша орындаушы қайта таңдалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте мәлімделген құнның төмендеуін ескеріп, жоспарлы калькуляция мемлекеттік қорғаныстық тапсырыс саласындағы уәкілетті органның немесе алушының тиісті сұрау салуы алынған күннен бастап үш жұмыс күні ішінде ұсынылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы іс-шара қорғаныстық тапсырыстың орындаушысы айқындалғанға дейін мәлімделген құнын төмендету арқылы жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 22-тармақ жаңа редакцияда - ҚР Үкіметінің 29.04.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 348</w:t>
+        <w:t xml:space="preserve">      Ескерту. 25-тармақ жаңа редакцияда - ҚР Үкіметінің 27.11.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1044</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
-[...51 lines deleted...]
-</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен; өзгеріс енгізілді - ҚР Үкіметінің 20.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 881</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 23-тармақ жаңа редакцияда - ҚР Үкіметінің 27.11.2023 </w:t>
-[...219 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z372" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2982,51 +3360,51 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28. Тізілімге енгізілген отандық тауар өндірушілер, жұмысты, көрсетілетін қызметті отандық берушілер арасында орындаушыны таңдау жасалмағанда қорғаныстық тапсырыстың осы өнімі бойынша орындаушы қайта таңдалады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Бұл ретте жоспарлы калькуляция уәкілетті органның немесе алушының тиісті сұрау салуын алған күннен бастап бес жұмыс күні ішінде ұсынылады.</w:t>
+      Бұл ретте жоспарлы калькуляция мемлекеттік қорғаныстық тапсырыс саласындағы уәкілетті органның немесе алушының тиісті сұрау салуы алынған күннен бастап бес жұмыс күні ішінде ұсынылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Егер орындаушыны қайта таңдау кезінде тізілімге енгізілген отандық тауар өндірушілер, жұмысты, көрсетілетін қызметті отандық берушілер арасында орындаушы анықталмаған жағдайда іс-шара уәкілетті ұйымның орындауына беріледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
@@ -3048,51 +3426,71 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 28-тармақ жаңа редакцияда - ҚР Үкіметінің 27.11.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 1044</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен; өзгеріс енгізілді - ҚР Үкіметінің 20.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 881</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z375" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -3221,238 +3619,238 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31. Осы Қағидалардың 15 – 30-тармақтарының қолданысы оқ-дәрілерді қоспағанда, пайдаланылмайтын қару-жарақты, әскери техниканы, техникалық және арнайы құралдарды құртып жіберу, кәдеге жарату, көму арқылы жою және қайта өңдеу (бұдан әрі – жою) кезінде уәкілетті ұйымға қолданылмайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
     <w:bookmarkStart w:name="z378" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      32. Айрықша жағдайларда кенеттен туындаған қауіптер пайда болған, төтенше жағдай туындаған, төтенше жағдай енгізілген кезде, мемлекетте қауіпсіздікті және құқық тәртібін қамтамасыз етумен байланысты міндеттерді шешу, сондай-ақ Қазақстан Республикасының Қарулы Күштерін, басқа да әскерлері мен әскери құралымдарын жауынгерлік әзірлікте ұстау кезінде Қазақстан Республикасы Президентінің, Қазақстан Республикасы Қауіпсіздік Кеңесінің немесе Республикалық жедел штабының міндеттерін шешу мақсатында қаражат уәкілетті органда болғанда, уәкілетті орган және қаражат алушыларда болғанда, алушылар қорғаныстық тапсырысты орындаушыларды таңдау рәсімін қажеттігіне қарай жүргізеді.</w:t>
+      32. Айрықша жағдайларда кенеттен туындаған қатер пайда болған, төтенше ахуал туындаған, төтенше жағдай енгізілген кезде, мемлекетте қауіпсіздікті және құқық тәртібін қамтамасыз етумен байланысты міндеттерді шешу, сондай-ақ Қазақстан Республикасының Қарулы Күштерін, басқа да әскерлері мен әскери құралымдарын жауынгерлік әзірлікте ұстау кезінде Қазақстан Республикасы Президентінің, Қазақстан Республикасы Қауіпсіздік Кеңесінің немесе Республикалық жедел штабының міндеттерін шешу мақсатында қаражат мемлекеттік қорғаныстық тапсырыс саласындағы уәкілетті органда болғанда мемлекеттік қорғаныстық тапсырыс саласындағы уәкілетті орган және қаражат алушыларда болғанда алушылар қорғаныстық тапсырысты орындаушыларды таңдау рәсімін қажеттілігіне қарай жүргізеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Орындаушыны таңдау рәсімін жүргізу туралы шешімді орындаушыларды таңдау жөніндегі комиссия қабылдайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Бұл ретте жоспарлы калькуляция уәкілетті органның немесе алушының тиісті сұрау салуы алынған күннен бастап бес жұмыс күні ішінде ұсынылады.</w:t>
+      Бұл ретте жоспарлы калькуляция мемлекеттік қорғаныстық тапсырыс саласындағы уәкілетті органның немесе алушының тиісті сұрау салуы алынған күннен бастап бес жұмыс күні ішінде ұсынылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 32-тармақ жаңа редакцияда - ҚР Үкіметінің 29.04.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 348</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен; өзгеріс енгізілді - ҚР Үкіметінің 20.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 881</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z379" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес нысан бойынша өтінім береді.</w:t>
+        <w:t>
+      33. Қаражат алушыда болғанда алушы ағымдағы қаржы жылының 1 қазанына дейінгі мерзімде мемлекеттік қорғаныстық тапсырыс саласындағы уәкілетті органға осы Қағидаларға 1-қосымшаға сәйкес нысан бойынша өтінім береді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 33-тармақ жаңа редакцияда - ҚР Үкіметінің 27.11.2023 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 1044</w:t>
+        <w:t xml:space="preserve">      Ескерту. 33-тармақ жаңа редакцияда - ҚР Үкіметінің 20.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 881</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z380" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -3480,51 +3878,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, Заңға, осы Қағидаларға және Қазақстан Республикасының басқа да нормативтік құқықтық актілеріне, орталық атқарушы органдардың даму жоспарына, Қазақстан Республикасының Президентіне тікелей бағынатын және есеп беретін мемлекеттік органдардың меморандумына, Қазақстан Республикасының халықаралық шарттары мен міндеттемелеріне сәйкес қалыптастырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Алушылардың өтінімін бірінші басшы немесе өтінімге қол қоюға уәкілетті адам бекітеді және уәкілетті органға жіберіледі.</w:t>
+      Алушылардың өтінімін бірінші басшы немесе өтінімге қол қоюға уәкілетті адам бекітеді және ол мемлекеттік қорғаныстық тапсырыс саласындағы уәкілетті органға жіберіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Алушы уақтылы және/немесе сапала ұсынылмаған өтінім үшін Қазақстан Республикасының заңнамасында белгіленген жауаптылықта болады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
@@ -3546,51 +3944,71 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 34-тармақ жаңа редакцияда - ҚР Үкіметінің 27.11.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 1044</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен; өзгеріс енгізілді - ҚР Үкіметінің 20.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 881</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z381" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -3654,221 +4072,283 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қорғаныстық тапсырысты нақтылау республикалық бюджет нақтыланған және (немесе) түзетілген жағдайда жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Қорғаныстық тапсырысты уақтылы және (немесе) сапалы қалыптастырмағаны үшін уәкілетті орган Қазақстан Республикасының заңнамасында белгіленген жауаптылықта болады.</w:t>
+      Мемлекеттік қорғаныстық тапсырысты уақтылы және (немесе) сапалы қалыптастырмағаны үшін мемлекеттік қорғаныстық тапсырыс саласындағы уәкілетті орган Қазақстан Республикасының заңнамасында белгіленген жауаптылықта болады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 35-тармақ жаңа редакцияда - ҚР Үкіметінің 13.02.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 68</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен; өзгеріс енгізілді - ҚР Үкіметінің 20.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 881</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z382" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      36. Тиісті жоспарлы кезеңге арналған қорғаныстық тапсырысты бекіту туралы Қазақстан Республикасы Үкіметінің қаулысын алғаннан кейін күнтізбелік он күн ішінде уәкілетті орган және қаражат алушыларда болғанда алушылар қорғаныстық тапсырысты өздеріне қатысты бөлікте орындауға арналған тиісті шарттардың жобаларын жіберу арқылы оның тапсырмаларын тиісті орындаушыларға жеткізеді.</w:t>
+      36. Тиісті жоспарлы кезеңге арналған қорғаныстық тапсырысты бекіту туралы Қазақстан Республикасы Үкіметінің қаулысын алғаннан кейін күнтізбелік он күн ішінде мемлекеттік қорғаныстық тапсырыс саласындағы уәкілетті орган және қаражат алушыларда болғанда алушылар қорғаныстық тапсырысты өздеріне қатысты бөлікте орындауға тиісті шарттардың жобаларын жіберу арқылы оның тапсырмаларын тиісті орындаушылардың назарына жеткізеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 36-тармақ жаңа редакцияда - ҚР Үкіметінің 20.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 881</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z383" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес нысан бойынша өтінім ұсынады.</w:t>
+        <w:t>
+      37. Алушылар тиісті кезеңге арналған республикалық бюджет туралы Қазақстан Республикасының Заңына өзгерістер мен толықтырулар енгізу туралы Қазақстан Республикасының заңнамалық актісіне және (немесе) республикалық бюджетті түзету туралы Қазақстан Республикасы Үкіметінің қаулысына қол қойылғаннан кейін он жұмыс күні ішінде мемлекеттік қорғаныстық тапсырыс саласындағы уәкілетті органға осы Қағидаларға 1-қосымшаға сәйкес нысан бойынша өтінімдер береді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 37-тармақ жаңа редакцияда - ҚР Үкіметінің 27.11.2023 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 1044</w:t>
+        <w:t xml:space="preserve">      Ескерту. 37-тармақ жаңа редакцияда - ҚР Үкіметінің 20.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 881</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z384" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -3975,100 +4455,120 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       40. Қорғаныстық тапсырыс шеңберінде әскери мақсаттағы тауарларды (өнімді), қосарланған мақсаттағы (қолданыстағы) тауарларды (өнімді) әскери мақсаттағы орындалатын жұмыстарды және әскери мақсатта көрсетілетін қызметтерді сатып алу туралы шешім қабылдаған кезде арнаулы мемлекеттік органдар мемлекеттік қорғаныстық тапсырысқа енгізуге жататын қорғаныстық тапсырыс өнімінің тізбесін өздерінің бюджеттік өтінімдерінің құрамында айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
     <w:bookmarkStart w:name="z523" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      40-1. Арнаулы мемлекеттік органдар Қазақстан Республикасының бюджет заңнамасында белгіленген тәртіппен бюджеттік жоспарлау жөніндегі уәкілетті органға тиісті жоспарлы кезеңге арналған қорғаныстық тапсырыс өніміне бюджеттік өтінімді енгізеді.</w:t>
+      40-1. Арнаулы мемлекеттік органдар Қазақстан Республикасының бюджет заңнамасында белгіленген тәртіппен бюджеттік жоспарлау жөніндегі уәкілетті органға тиісті жоспарлы кезеңге арналған қорғаныстық тапсырыс өнімдеріне бюджеттік сұранымдарды енгізеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 3-тарау 40-1-тармақпен толықтырылды - ҚР Үкіметінің 27.11.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 1044</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен; жаңа редакцияда - ҚР Үкіметінің 20.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 881</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
@@ -4151,100 +4651,100 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       43. Қорғаныстық тапсырыс шеңберінде мемлекеттік құпияларды құрайтын мәліметтермен жұмыс істеу қажет болған кезде әскери мақсаттағы тауарларды (өнімді), қосарланған мақсаттағы (қолданыстағы) тауарларды (өнімді) отандық өндірушілерде (бұдан әрі – отандық тауар өндіруші), жұмыстарды, көрсетілетін қызметтерді отандық берушілерде және/ немесе уәкілетті ұйымда мемлекеттік құпияларды құрайтын мәліметтерді пайдалана отырып жұмыс жүргізуге рұқсатының болуы ескеріледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
     <w:bookmarkStart w:name="z391" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      44. Арнаулы мемлекеттік органдар тиісті жоспарлы кезеңге арналған бюджеттік өтінімді қалыптастыру мақсатында ағымдағы қаржы жылының 5 қаңтарынан кешіктірмей техникалық тапсырманы отандық тауар өндірушілерге, жұмысты, көрсетілетін қызметті отандық берушілерге және/немесе уәкілетті ұйымға Баға белгілеу қағидаларына сәйкес жоспарлы калькуляцияны ұсыну үшін жібереді.</w:t>
+      44. Арнаулы мемлекеттік органдар тиісті жоспарлы кезеңге арналған бюджеттік сұранымды қалыптастыру мақсатында ағымдағы қаржы жылының 5 қаңтарынан кешіктірмей техникалық тапсырманы отандық тауар өндірушілерге, жұмыстарды, көрсетілетін қызметтерді отандық берушілерге және (немесе) уәкілетті ұйымға Баға белгілеу қағидаларына сәйкес жоспарлы калькуляцияны ұсыну үшін жібереді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 44-тармақ жаңа редакцияда - ҚР Үкіметінің 27.11.2023 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 1044</w:t>
+        <w:t xml:space="preserve">      Ескерту. 44-тармақ жаңа редакцияда - ҚР Үкіметінің 20.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 881</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z524" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -6914,111 +7414,71 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z405" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес нысан бойынша өтінім береді.</w:t>
+        <w:t>
+      58. Арнаулы мемлекеттік органдар ағымдағы қаржы жылының 1 қазанынан кешіктірмей мемлекеттік қорғаныстық тапсырыс саласындағы уәкілетті органға осы Қағидаларға 1-қосымшаға сәйкес нысан бойынша өтінім береді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес нысан бойынша өтінім ұсынады.</w:t>
+        <w:t>
+      Арнаулы мемлекеттік органдар республикалық бюджет нақтыланған және (немесе) түзетілген кезде тиісті кезеңге арналған республикалық бюджет туралы Қазақстан Республикасының Заңына өзгерістер мен толықтырулар енгізу туралы Қазақстан Республикасының заңнамалық актісіне және (немесе) республикалық бюджетті түзету туралы Қазақстан Республикасы Үкіметінің қаулысына қол қойылғаннан кейін он жұмыс күні ішінде мемлекеттік қорғаныстық тапсырыс саласындағы уәкілетті органға осы Қағидаларға 1-қосымшаға сәйкес нысан бойынша өтінім береді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Арнаулы мемлекеттік органдар уақтылы және/немесе сапалы ұсынылмаған өтінім үшін Қазақстан Республикасының заңнамасында белгіленген жауаптылықта болады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
@@ -7040,51 +7500,71 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 58-тармақ жаңа редакцияда - ҚР Үкіметінің 27.11.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 1044</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен; өзгеріс енгізілді - ҚР Үкіметінің 20.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 881</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z406" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -7131,54 +7611,116 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Тізілімді қалыптастыру, бекіту және жүргізу</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="87"/>
     <w:bookmarkStart w:name="z409" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      61. Тізілімді қалыптастыру, бекіту және жүргізу қорғаныстық тапсырысты қалыптастырудың және орналастырудың құрамдас бөлігі болып табылады және оны уәкілетті орган жүзеге асырады.</w:t>
+      61. Тізілімді қалыптастыру, бекіту және жүргізу қорғаныстық тапсырысты қалыптастырудың және орналастырудың құрамдас бөлігі болып табылады және оны мемлекеттік қорғаныстық тапсырыс саласындағы уәкілетті орган жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 61-тармақ жаңа редакцияда - ҚР Үкіметінің 20.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 881</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z410" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       62. Тізілім осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -7271,100 +7813,100 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша берген өтінімдері (бұдан әрі – өтінім) негізінде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="92"/>
     <w:bookmarkStart w:name="z414" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      66. Өтінімді отандық тауар өндірушілер мен жұмысты, көрсетілетін қызметті отандық берушілер уәкілетті органға ағымдағы қаржы жылы ішінде қызметтің тиісті бағыттары бойынша жыл сайын береді.</w:t>
+      66. Өтінімдерді отандық тауар өндірушілер мен жұмыстарды, көрсетілетін қызметтерді отандық берушілер мемлекеттік қорғаныстық тапсырыс саласындағы уәкілетті органға ағымдағы қаржы жылы ішінде қызметтің тиісті бағыттары бойынша жыл сайын береді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 66-тармақ жаңа редакцияда - ҚР Үкіметінің 27.11.2023 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 1044</w:t>
+        <w:t xml:space="preserve">      Ескерту. 66-тармақ жаңа редакцияда - ҚР Үкіметінің 20.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 881</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
@@ -7847,120 +8389,182 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген өтінім мен құжаттар қағаз түрінде беріледі. Өтінімде заңды тұлғаның электрондық мекенжайы және байланыс телефондары (кемінде 3) көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="103"/>
     <w:bookmarkStart w:name="z419" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      71. Өтінімді уәкілетті орган құратын комиссия (бұдан әрі – тізілім қалыптастыру жөніндегі комиссия) қарайды.</w:t>
+      71. Өтінімді мемлекеттік қорғаныстық тапсырыс саласындағы уәкілетті орган құратын комиссия (бұдан әрі – тізілімді қалыптастыру жөніндегі комиссия) қарайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 71-тармақ жаңа редакцияда - ҚР Үкіметінің 20.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 881</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z420" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      72. Тізілімді қалыптастыру жөніндегі комиссияның құрамына уәкілетті органның лауазымды адамдары мен алушылар енгізіледі.</w:t>
+      72. Тізілімді қалыптастыру жөніндегі комиссияның құрамына мемлекеттік қорғаныстық тапсырыс, қорғаныс өнеркәсібі саласындағы уәкілетті органдардың лауазымды адамдары мен алушылар енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 72-тармақ жаңа редакцияда - ҚР Үкіметінің 27.11.2023 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 1044</w:t>
+        <w:t xml:space="preserve">      Ескерту. 72-тармақ жаңа редакцияда - ҚР Үкіметінің 20.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 881</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z421" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -8050,115 +8654,363 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       74. Тізілім қалыптастыру жөніндегі комиссияның қарапайым көпшілік дауыспен қабылданған хаттамалық шешімі тізілімге енгізу, одан алып тастау және оған өзгерістер енгізу үшін негіз болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="107"/>
     <w:bookmarkStart w:name="z423" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      75. Тізілім қалыптастыру жөніндегі комиссия осы Қағидалардың 68 – 69-тармақтарында көрсетілген құжаттардың сәйкес еместігін анықтаған жағдайда уәкілетті орган құжаттар қаралған күннен бастап бес жұмыс күні ішінде отандық тауар өндірушіні, жұмыстарды, көрсетілетін қызметтерді отандық берушіні анықталған сәйкессіздіктерді жою қажеттігі туралы хабардар етеді. Бұл ретте отандық тауар өндіруші, жұмыстарды, көрсетілетін қызметтерді отандық беруші хабарламаны алған күн деп электрондық түрде жолданған күннен кейінгі күн саналады. </w:t>
+        <w:t>
+      75. Тізілімді қалыптастыру жөніндегі комиссия осы Қағидалардың 68 – 69-тармақтарында көрсетілген құжаттардың сәйкес еместігін анықтаған жағдайда мемлекеттік қорғаныстық тапсырыс саласындағы уәкілетті орган құжаттар қаралған күннен бастап бес жұмыс күні ішінде отандық тауар өндірушіні, жұмыстарды, көрсетілетін қызметтерді отандық берушіні анықталған сәйкессіздіктерді жою қажеттігі туралы хабардар етеді. Бұл ретте хабарлама электрондық түрде жіберілген күннен кейінгі күн оны отандық тауар өндірушінің, жұмыстарды, көрсетілетін қызметтерді отандық берушінің алған күні болып саналады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 75-тармақ жаңа редакцияда - ҚР Үкіметінің 20.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 881</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z424" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      76. Отандық тауар өндіруші, жұмыстарды, көрсетілетін қызметтерді отандық беруші хабардар етілген күннен бастап бес жұмыс күні ішінде растайтын құжаттарды қоса бере отырып, анықталған кемшіліктерді жойғаны туралы уәкілетті органды жазбаша хабар етеді. </w:t>
+        <w:t>
+      76. Отандық тауар өндіруші, жұмыстарды, көрсетілетін қызметтерді отандық беруші хабардар етілген күннен бастап бес жұмыс күні ішінде растайтын құжаттарды қоса беріп, мемлекеттік қорғаныстық тапсырыс саласындағы уәкілетті органды анықталған кемшіліктердің жойылғаны туралы жазбаша хабар етеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 76-тармақ жаңа редакцияда - ҚР Үкіметінің 20.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 881</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z425" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      77. Уәкілетті органды отандық тауар өндірушінің, жұмыстарды, көрсетілетін қызметтерді отандық берушінің бұзушылықтарды жоюы туралы хабардар ету тізілім қалыптастыру жөніндегі комиссияға өтінімді қайта қарау үшін негіз болып саналады.</w:t>
+      77. Отандық тауар өндірушінің, жұмыстарды, көрсетілетін қызметтерді отандық берушінің мемлекеттік қорғаныстық тапсырыс саласындағы уәкілетті органды бұзушылықтардың жойылғаны туралы хабардар етуі тізілімді қалыптастыру жөніндегі комиссия үшін өтінімді қайта қарауға негіз болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 77-тармақ жаңа редакцияда - ҚР Үкіметінің 20.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 881</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z426" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      78. Уәкілетті орган өтінімдерді қарау мерзімі аяқталғаннан кейін он бес жұмыс күні ішінде тізілім қалыптастыру жөніндегі комиссияның шешімі негізінде тізілімді бекітеді немесе оған өзгерістер мен толықтырулар енгізеді.</w:t>
+      78. Мемлекеттік қорғаныстық тапсырыс саласындағы уәкілетті орган өтінімдерді қарау мерзімі аяқталғаннан кейін он бес жұмыс күні ішінде тізілімді қалыптастыру жөніндегі комиссияның шешімі негізінде тізілімді бекітеді немесе оған өзгерістер мен толықтырулар енгізеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 78-тармақ жаңа редакцияда - ҚР Үкіметінің 20.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 881</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z427" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       79. Тізілімнен алып тастау, оған өзгерістер мен толықтырулар енгізу тізілім қалыптастыру жөніндегі комиссия отырысы өткен күннен бастап он бес жұмыс күні ішінде жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="112"/>
     <w:bookmarkStart w:name="z428" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -8426,119 +9278,119 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z429" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      81. Қорғаныстық тапсырыс өнімін өндіруге қажетті меншік немесе жалдау құқығындағы өндірістік үй-жайлардың, меншік құқығындағы технологиялық жабдықтардың, білікті мамандардың көлемінен және санынан айырылған және/немесе олар азайған кезде тізілімге енгізілген ұйым күнтізбелік жиырма күн ішінде бұл туралы уәкілетті органды тиісті құжаттарды қоса беріп хабардар етеді.</w:t>
+        <w:t xml:space="preserve">
+      81. Қорғаныстық тапсырыс өнімін өндіруге қажетті меншік немесе жалдау құқығындағы өндірістік үй-жайлардың, меншік құқығындағы технологиялық жабдықтардың, білікті мамандардың көлемінен және санынан айырылған және (немесе) олар азайған кезде тізілімге енгізілген ұйым күнтізбелік жиырма күн ішінде бұл туралы мемлекеттік қорғаныстық тапсырыс саласындағы уәкілетті органды тиісті құжаттарды қоса беріп хабардар етеді. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Тізілімге енгізілген ұйым қорғаныстық тапсырыс өнімін өндіруге қажетті өндірістік, оның ішінде кемінде үш жыл мерзімге ұзақ мерзімді жалдау құқығындағы үй-жайлардың, меншік құқығындағы технологиялық жабдықтар мен білікті мамандар көлемінің және/немесе санының ұлғайғаны туралы уәкілетті органды өз қалауы бойынша хабардар етеді.</w:t>
+      Тізілімге енгізілген ұйым қорғаныстық тапсырыс өнімін өндіруге қажетті өндірістік, оның ішінде кемінде үш жыл мерзімге ұзақ мерзімді жалдау құқығындағы үй-жайлардың, меншік құқығындағы технологиялық жабдықтар мен білікті мамандар көлемінің және (немесе) санының ұлғайғаны туралы мемлекеттік қорғаныстық тапсырыс саласындағы уәкілетті органды өз қалауы бойынша хабардар етеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 81-тармақ жаңа редакцияда - ҚР Үкіметінің 29.04.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 348</w:t>
+        <w:t xml:space="preserve">      Ескерту. 81-тармақ жаңа редакцияда - ҚР Үкіметінің 20.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 881</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z430" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -8657,100 +9509,100 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес құжаттарды толық пысықтауға жолдау жөніндегі шешімдердің бірін шығарады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z431" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      83. Уәкілетті орган тізілім бекітілген, сондай-ақ оған өзгерістер мен толықтырулар енгізілген күннен бастап бес жұмыс күні ішінде тиісті ұйымдарға қатысты бөлікте олардың мекенжайына, сондай-ақ мүдделі алушыларға тізілімге енгізу не енгізуден бас тарту, өзгерістер мен толықтырулар енгізу туралы хабарлама жібереді. Бұл ретте отандық тауар өндіруші, жұмысты, көрсетілетін қызметті отандық беруші хабарламаны алған күн электрондық пошта арқылы жіберілген күннен кейінгі күн саналады.</w:t>
+      83. Мемлекеттік қорғаныстық тапсырыс саласындағы уәкілетті орган тізілім бекітілген, сондай-ақ оған өзгерістер мен толықтырулар енгізілген күннен бастап бес жұмыс күні ішінде тиісті ұйымдардың атына өздеріне қатысты бөлігінде, сондай-ақ мүдделі алушылардың атына тізілімге енгізу не енгізуден бас тарту, өзгерістер мен толықтырулар енгізу туралы хабарлама жібереді. Бұл ретте хабарлама электрондық пошта арқылы жіберілген күннен кейінгі күн оны отандық тауар өндірушінің, жұмыстарды, көрсетілетін қызметтерді отандық берушінің алған күні болып саналады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 83-тармақ жаңа редакцияда - ҚР Үкіметінің 27.11.2023 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 1044</w:t>
+        <w:t xml:space="preserve">      Ескерту. 83-тармақ жаңа редакцияда - ҚР Үкіметінің 20.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 881</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
@@ -8947,74 +9799,198 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-тарау. Қорғаныстық тапсырысты орындау</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="125"/>
     <w:bookmarkStart w:name="z436" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      87. Қорғаныстық тапсырысты орындау уәкілетті орган немесе алушы және орындаушы арасында жасалған қорғаныстық тапсырысты орындауға арналған шарт негізінде жүзеге асырылады.</w:t>
+      87. Қорғаныстық тапсырысты орындау мемлекеттік қорғаныстық тапсырыс саласындағы уәкілетті орган немесе алушы және орындаушы арасында жасалған қорғаныстық тапсырысты орындауға арналған шарт негізінде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 87-тармақ жаңа редакцияда - ҚР Үкіметінің 20.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 881</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z437" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      88. Қорғаныстық тапсырысты орындауға арналған шарттардың жобалары алушының немесе қаражат уәкілетті органда болғанда уәкілетті органның бірінші басшысы бекітетін қорғаныстық тапсырысты орындауға арналған үлгілік шартқа сәйкес жасалады.</w:t>
+      88. Қорғаныстық тапсырысты орындауға арналған шарттардың жобалары алушының немесе қаражат мемлекеттік қорғаныстық тапсырыс саласындағы уәкілетті органда болғанда мемлекеттік қорғаныстық тапсырыс саласындағы уәкілетті органның бірінші басшысы бекітетін қорғаныстық тапсырысты орындауға арналған үлгілік шартқа сәйкес жасалады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 88-тармақ жаңа редакцияда - ҚР Үкіметінің 20.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 881</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z438" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       89. Қорғаныстық тапсырысты орындауға арналған үлгілік шартта мынадай мәліметтер:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -9241,51 +10217,51 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) Қазақстан Республикасының заңнамасына қайшы келмейтін өзге де шарттар қамтылуға тиіс.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z439" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      90. Уәкілетті орган немесе алушы қорғаныстық тапсырысты орындаушыға қорғаныстық тапсырысты бекіту туралы Қазақстан Республикасы Үкіметінің тиісті актісі қабылданған күннен бастап күнтізбелік он күн ішінде қорғаныстық тапсырысты орындауға арналған шартты жібереді.</w:t>
+      90. Мемлекеттік қорғаныстық тапсырыс саласындағы уәкілетті орган немесе алушы қорғаныстық тапсырысты орындаушыға қорғаныстық тапсырысты бекіту туралы Қазақстан Республикасы Үкіметінің тиісті актісі қабылданған күннен бастап күнтізбелік он күн ішінде қорғаныстық тапсырысты орындауға шартты жібереді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қорғаныстық тапсырысты орындауға арналған шартқа қорғаныстық тапсырысты орындаушы ол түскен күннен бастап күнтізбелік жиырма күн ішінде қол қояды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -9308,51 +10284,71 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 90-тармақ жаңа редакцияда - ҚР Үкіметінің 27.11.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 1044</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен; өзгеріс енгізілді - ҚР Үкіметінің 20.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 881</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z440" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -9361,70 +10357,132 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       91. Қорғаныстық тапсырыстың орындалу сапасын бақылауды әскери өкілдіктер Қазақстан Республикасының Үкіметі белгілеген тәртіппен жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="130"/>
     <w:bookmarkStart w:name="z441" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      92. Орындаушы ұйымдарда әскери өкілдіктер құрылмаған жағдайларда қорғаныстық тапсырыстың орындалу сапасын бақылауды қорғаныстық тапсырысты орындаушы жүзеге асырады.</w:t>
+      92. Орындаушы ұйымдарда әскери өкілдіктер құрылмаған жағдайда қорғаныстық тапсырыстың орындалу сапасын бақылауды қорғаныстық тапсырысты орындаушы жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Уәкілетті орган, мемлекеттік қорғаныстық тапсырысты алушы мемлекеттік қорғаныстық тапсырыстың орындалу сапасын және Қазақстан Республикасының заңнамасына сәйкес қорғаныстық тапсырыс өнімі сапасының мемлекеттік қорғаныстық тапсырысты орындауға жасалған шартқа сәйкестігін бақылауды жүзеге асыру үшін өз өкілдерін мемлекеттік қорғаныстық тапсырысты орындаушыларға жіберуге құқылы.</w:t>
+      Мемлекеттік қорғаныстық тапсырыс саласындағы уәкілетті орган, мемлекеттік қорғаныстық тапсырысты алушы мемлекеттік қорғаныстық тапсырыстың орындалуын және Қазақстан Республикасының заңнамасына сәйкес қорғаныстық тапсырыс өнімі сапасының мемлекеттік қорғаныстық тапсырысты орындауға жасалған шартқа сәйкестігін бақылауды жүзеге асыру үшін өз өкілдерін мемлекеттік қорғаныстық тапсырысты орындаушыларға жіберуге құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 92-тармақ жаңа редакцияда - ҚР Үкіметінің 20.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 881</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z442" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       93. Алушының өкілдері қорғаныстық тапсырыстың орындалу сапасын бақылауды Заңның талаптарына сәйкес жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="132"/>
     <w:bookmarkStart w:name="z443" w:id="133"/>
     <w:p>
       <w:pPr>
@@ -9437,249 +10495,701 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       94. Әскери өкілдіктің куәлігі қорғаныстық тапсырыс өнімінің сапасын растайтын құжат болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="133"/>
     <w:bookmarkStart w:name="z444" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 6-тарау. Қорғаныстық тапсырыс шеңберінде бюджет қаражаты уәкілетті органның бюджетінде көзделген жағдайда қорғаныстық тапсырысты орындау ерекшеліктері</w:t>
+        <w:t xml:space="preserve"> 6-тарау. Қорғаныстық тапсырыс шеңберіндегі бюджет қаражаты мемлекеттік қорғаныстық тапсырыс саласындағы уәкілетті органның бюджетінде көзделген жағдайда қорғаныстық тапсырысты орындау ерекшеліктері</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 6-тараудың тақырыбы жаңа редакцияда - ҚР Үкіметінің 20.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 881</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z445" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      95. Қорғаныстық тапсырыс шеңберінде бюджет қаражаты уәкілетті органның бюджетінде көзделген жағдайда қорғаныстық тапсырысты орындау уәкілетті орган мен орындаушы арасында алушының пайдасына жасалған шарт негізінде жүзеге асырылады.</w:t>
+      95. Қорғаныстық тапсырыс шеңберіндегі бюджет қаражаты мемлекеттік қорғаныстық тапсырыс саласындағы уәкілетті органның бюджетінде көзделген жағдайда қорғаныстық тапсырысты орындау мемлекеттік қорғаныстық тапсырыс саласындағы уәкілетті орган мен орындаушы арасында алушының пайдасына жасалған шарт негізінде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 95-тармақ жаңа редакцияда - ҚР Үкіметінің 20.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 881</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z446" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      96. Алушының пайдасына қорғаныстық тапсырысты орындауға арналған шарттардың жобалары уәкілетті органның бірінші басшысы бекітетін қорғаныстық тапсырысты орындауға арналған үлгілік шартқа сәйкес үш данада жасалады.</w:t>
+      96. Алушының пайдасына қорғаныстық тапсырысты орындауға арналған шарттардың жобалары мемлекеттік қорғаныстық тапсырыс саласындағы уәкілетті органның бірінші басшысы бекітетін қорғаныстық тапсырысты орындауға арналған үлгілік шартқа сәйкес үш данада жасалады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 96-тармақ жаңа редакцияда - ҚР Үкіметінің 20.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 881</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z447" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      97. Мемлекеттік қорғаныстық тапсырыс саласындағы уәкілетті орган алушының пайдасына жасайтын қорғаныстық тапсырысты орындауға арналған шарттарда осы Қағидалардың 89-тармағында көзделген мәліметтерден басқа алушы туралы мәліметтер, сондай-ақ оның қорғаныстық тапсырыс өнімдерін қабылдап алумен байланысты міндеттемелері көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 97-тармақ жаңа редакцияда - ҚР Үкіметінің 20.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 881</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z448" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
-      97. Уәкілетті орган алушының пайдасына жасасатын қорғаныстық тапсырысты орындауға арналған шарттарда осы Қағидалардың </w:t>
-[...39 lines deleted...]
-      98. Бақылау көлемін, сондай-ақ орындаушы ұйымдарда әскери өкілдіктердің бар-жоғын айқындау мақсатында уәкілетті орган қорғаныстық тапсырысты орындауға арналған шарт жобасын Қазақстан Республикасы Қорғаныс министрлігінің (бұдан әрі – Министрлік) Әскери өкілдіктер орталығына келісу үшін жолдайды.</w:t>
+      98. Бақылау көлемін, сондай-ақ орындаушы ұйымдарда әскери өкілдіктің бар-жоғын айқындау мақсатында мемлекеттік қорғаныстық тапсырыс саласындағы уәкілетті орган қорғаныстық тапсырысты орындауға арналған шарттың жобасын Қазақстан Республикасы Қорғаныс министрлігінің (бұдан әрі – Министрлік) Әскери өкілдіктер орталығына келісуге жібереді. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Бұл ретте Министрліктің Әскери өкілдіктер орталығының шарт жобасын қарау мерзімі, шарт жобасы келіп түскен кезден бастап үш жұмыс күнінен аспауға тиіс.</w:t>
+      Бұл ретте Министрліктің Әскери өкілдіктер орталығының шарт жобасын қарау мерзімі шарт жобасы келіп түскен кезден бастап үш жұмыс күнінен аспауға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 98-тармақ жаңа редакцияда - ҚР Үкіметінің 20.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 881</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z449" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      99. Уәкілетті орган алушының пайдасына жасасқан қорғаныстық тапсырысты орындауға арналған шарт шеңберінде берілетін қорғаныстық тапсырыс өнімінің сапасы шарт талаптарына сәйкес келуге тиіс.</w:t>
+      99. Мемлекеттік қорғаныстық тапсырыс саласындағы уәкілетті орган алушының пайдасына жасаған қорғаныстық тапсырысты орындауға арналған шарт шеңберінде берілетін қорғаныстық тапсырыс өнімдерінің сапасы шарт талаптарына сәйкес келуге тиіс.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 99-тармақ жаңа редакцияда - ҚР Үкіметінің 20.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 881</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z450" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      100. Уәкілетті орган алушының пайдасына жасасқан қорғаныстық тапсырысты орындауға арналған шарт бойынша қорғаныстық тапсырыстың орындалу сапасын бақылауды әскери өкіл Қазақстан Республикасының Үкіметі белгіленген тәртіппен жүзеге асырады. </w:t>
+        <w:t>
+      100. Мемлекеттік қорғаныстық тапсырыс саласындағы уәкілетті орган алушының пайдасына жасаған қорғаныстық тапсырысты орындауға арналған шарт бойынша қорғаныстық тапсырыстың орындалу сапасын бақылауды әскери өкілдіктер Қазақстан Республикасының Үкіметі белгіленген тәртіппен жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 100-тармақ жаңа редакцияда - ҚР Үкіметінің 20.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 881</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z451" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      101. Орындаушы ұйымдарда әскери өкілдіктер құрылмаған жағдайларда уәкілетті орган қорғаныстық тапсырыс өнімі сапасының шарт талаптарына сәйкестігін бақылауды жүзеге асыру үшін оларға өз өкілдерін жіберуге құқылы.</w:t>
+      101. Орындаушы ұйымдарда әскери өкілдіктер құрылмаған жағдайда мемлекеттік қорғаныстық тапсырыс саласындағы уәкілетті орган қорғаныстық тапсырыс өнімі сапасының шарт талаптарына сәйкестігін бақылауды жүзеге асыру үшін оларға өз өкілдерін жіберуге құқылы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 101-тармақ жаңа редакцияда - ҚР Үкіметінің 20.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 881</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z452" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      102. Егер қорғаныстық тапсырыс өнімінің шарт талаптарына сәйкестігін бақылауды жүзеге асыру үшін сатып алынатын өнім саласында арнайы ілім, тәжірибе және біліктілік қажет болған жағдайда, уәкілетті орган мамандарды, оның ішінде пайдасына қорғаныстық тапсырысты орындауға арналған шарт жасалған алушының мамандарын тартады.</w:t>
+      102. Қорғаныстық тапсырыс өнімдері сапасының шарт талаптарына сәйкестігін бақылауды жүзеге асыру үшін сатып алынатын өнімдер саласында арнайы білім, тәжірибе және біліктілік қажет болған жағдайда мемлекеттік қорғаныстық тапсырыс саласындағы уәкілетті орган мамандарды, оның ішінде пайдасына қорғаныстық тапсырысты орындауға арналған шарт жасалған алушының мамандарын тартады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Алушының мамандарын тарту алушының келісімімен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -9690,189 +11200,437 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қорғаныстық тапсырыс өнімінің шарт талаптарына сәйкестігін бақылауды жүзеге асыру үшін алушының мамандарын іссапарға жіберу алушының қаражаты есебінен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Қорғаныстық тапсырыс өнімінің шарт талаптарына сәйкестігін бақылауды жүзеге асыру үшін алушының мамандарын тарту мақсатында уәкілетті орган тиісті алушының атына сұрау салу жолдайды.</w:t>
+      Қорғаныстық тапсырыс өнімдері сапасының шарт талаптарына сәйкестігін бақылауды жүзеге асыру үшін алушының мамандарын тарту мақсатында мемлекеттік қорғаныстық тапсырыс саласындағы уәкілетті орган тиісті алушының атына сұрау салу жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 102-тармаққа өзгеріс енгізілді - ҚР Үкіметінің 20.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 881</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z453" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      103. Алушы сұрау салуды алған күннен бастап бес жұмыс күні ішінде уәкілетті органның атына қорғаныстық тапсырыс өнімінің шарт талаптарына сәйкестігін бақылауды жүзеге асыру үшін тағайындалған өз өкілдері туралы мәліметтерді жібереді.</w:t>
+      103. Алушы сұрау салуды алған күннен бастап бес жұмыс күні ішінде мемлекеттік қорғаныстық тапсырыс саласындағы уәкілетті органның атына қорғаныстық тапсырыс өнімдері сапасының шарт талаптарына сәйкестігін бақылауды жүзеге асыру үшін тағайындалған өз өкілдері туралы мәліметтерді жібереді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 103-тармақ жаңа редакцияда - ҚР Үкіметінің 20.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 881</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z454" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       104. Алушы қорғаныстық тапсырыс өнімі берілген күннен бастап бес жұмыс күні ішінде оны шартта көзделген құжаттардың негізінде атауы, саны, сапасы және/немесе жиынтығы бойынша қабылдап алады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="144"/>
     <w:bookmarkStart w:name="z455" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      105. Қорғаныстық тапсырыс өнімін қабылдап алумен байланысты міндеттемелерді орындау үшін уәкілетті орган орындаушымен шарт жасасқан күннен бастап бес жұмыс күні ішінде шарттың бір данасын алушының атына жібереді.</w:t>
+      105. Қорғаныстық тапсырыс өнімдерін қабылдап алумен байланысты міндеттемелерді орындау үшін мемлекеттік қорғаныстық тапсырыс саласындағы уәкілетті орган орындаушымен шарт жасалған күннен бастап бес жұмыс күні ішінде шарттың бір данасын алушының атына жібереді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 105-тармақ жаңа редакцияда - ҚР Үкіметінің 20.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 881</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z456" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       106. Қорғаныстық тапсырыс өнімін қабылдап алушы алушының ведомствосы (пайдаланушы және/немесе сақтау қоймасы) болып табылған жағдайда мемлекеттік орган болып табылатын алушы шарттың көшірмесін тікелей алушының атына жолдайды және оның қорғаныстық тапсырыс өнімін қабылдап алу бөлігіндегі міндеттемелерді шарт талаптарына сәйкес орындауын қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="146"/>
     <w:bookmarkStart w:name="z457" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      107. Алушыға қорғаныстық тапсырыс өнімін беру үшін орындаушы қорғаныстық тапсырыс өнімін бергенге дейін кемінде күнтізбелік жиырма күн қалғанда уәкілетті органды және алушыны өнім берудің жоспарлы күні туралы хабардар етеді.</w:t>
+      107. Алушыға қорғаныстық тапсырыс өнімдерін беру үшін орындаушы қорғаныстық тапсырыс өнімдері берілгенге дейін кемінде күнтізбелік жиырма күн бұрын мемлекеттік қорғаныстық тапсырыс саласындағы уәкілетті органды және алушыны өнімдерді берудің жоспарланған күні туралы хабардар етеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 107-тармақ жаңа редакцияда - ҚР Үкіметінің 20.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 881</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z458" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       108. Қорғаныстық тапсырыс өнімін берудің жоспарлы күні туралы орындаушының хабарламасы негізінде алушы мыналарды:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) орындаушының, уәкілетті органның өкілдерін және әскери өкілдерді алушының аумағына кіргізуді;</w:t>
+      1) орындаушының, мемлекеттік қорғаныстық тапсырыс саласындағы уәкілетті органның өкілдерін және әскери өкілдерді алушының аумағына кіргізуді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) техникалық тапсырма талаптарында және/немесе шарт талаптарында өзгеше айтылмаса, қорғаныстық тапсырыс өнімін қабылдап алу үшін қосымша жұмыстарды орындау (қосымша қызметтер көрсету) қажет болған жағдайда осы жұмыстарды (көрсетілетін қызметтерді) орындау үшін орын дайындауды;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -9903,208 +11661,580 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) техникалық тапсырма талаптарында және/немесе шарт талаптарында өзгеше айтылмаса, шарт талаптарына сәйкес қорғаныстық тапсырыс өнімін тиісті жабдықта (бақылау-тексеру аппаратурасында) тексеру көзделген жағдайда осы жабдықты (бақылау-тексеру аппаратурасын) дайындауды қамтамасыз етеді. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бұл ретте алушының жабдығы (бақылау-тексеру аппаратурасы) ақаусыз болуы, оны қорғаныстық тапсырыс өнімін тексеру үшін қолдануға болатынын растайтын тиісті құжаттамасы болуға тиіс.</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 108-тармаққа өзгеріс енгізілді - ҚР Үкіметінің 20.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 881</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z459" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      109. Қабылдап алу нәтижелері бойынша қорғаныстық тапсырыс өнімі атауының, сапасының, санының және/немесе жиынтығының шарт талаптарына сәйкес келмеу фактісі расталған кезде алушы бұл туралы уәкілетті органды хабардар етеді, анықталған кемшіліктер туралы акт жасайды және оны орындаушыға береді.</w:t>
+      109. Қабылдап алу нәтижесі бойынша қорғаныстық тапсырыс өнімдері атауының, сапасының, санының және (немесе) жиынтығының шарт талаптарына сәйкес келмеу фактісі расталған кезде алушы бұл туралы мемлекеттік қорғаныстық тапсырыс саласындағы уәкілетті органды хабардар етеді, анықталған кемшіліктер туралы акт жасайды және оны орындаушыға береді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 109-тармақ жаңа редакцияда - ҚР Үкіметінің 20.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 881</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z460" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       110. Алушы анықтаған кемшіліктер туралы акт жасаған күннен бастап он жұмыс күні ішінде орындаушы кемшіліктерді жоюды қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="150"/>
     <w:bookmarkStart w:name="z461" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      111. Егер орындаушы он жұмыс күні өткеннен кейін кемшіліктерді жоймаған жағдайда, алушы өнімді орындаушыға қайтаруды жүзеге асырады және уәкілетті органның атына тиісті хабарлама жібереді.</w:t>
+      111. Орындаушы он жұмыс күні өткеннен кейін кемшіліктерді жоймаған жағдайда, алушы өнімдерді орындаушыға қайтаруды жүзеге асырады және мемлекеттік қорғаныстық тапсырыс саласындағы уәкілетті органның атына тиісті хабарлама жібереді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Қорғаныстық өнімді тасымалдауға және сақтауға байланысты одан арғы шығыстарды қорғаныстық тапсырысты орындаушы көтереді.</w:t>
+      Қорғаныстық тапсырыс өнімдерін жеткізуге және сақтауға байланысты әрі қарайғы шығыстарды қорғаныстық тапсырысты орындаушы көтереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 111-тармақ жаңа редакцияда - ҚР Үкіметінің 20.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 881</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z462" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       112. Егер қабылдап алу нәтижелері бойынша қорғаныстық тапсырыс өнімі атауының, санының, сапасының және/немесе жиынтығының шарт талаптарына сәйкестігі расталған жағдайда, алушы қорғаныстық тапсырыс өнімін шарт талаптарында көзделген құжаттарға қол қою арқылы қабылдайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="152"/>
     <w:bookmarkStart w:name="z463" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      113. Алушының пайдасына жасалған тауарды беру шарты бойынша төлемдерді жүзеге асырған күннен бастап бес жұмыс күні ішінде уәкілетті орган алушының атына бюджетті атқару жөніндегі орталық уәкілетті орган бекіткен нысан бойынша жауап хабарлама жібереді.</w:t>
+      113. Алушының пайдасына жасалған тауарды беру шарты бойынша төлемдер жүзеге асырылған күннен бастап бес жұмыс күні ішінде мемлекеттік қорғаныстық тапсырыс саласындағы уәкілетті орган алушының пайдасына бюджетті атқару жөніндегі орталық уәкілетті орган бекіткен нысан бойынша жауап хабархат жібереді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 113-тармақ жаңа редакцияда - ҚР Үкіметінің 20.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 881</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z464" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      114. Алушы тауарды қабылдап алу-тапсыру актісіне қол қойған күннен бастап бес жұмыс күні ішінде уәкілетті органның атына бюджетті атқару жөніндегі орталық уәкілетті орган бекіткен нысан бойынша алынған құндылықтарды есепке алу туралы хабарлама жібереді. </w:t>
+        <w:t>
+      114. Алушы тауарды қабылдап алу-беру актісіне қол қойылған күннен бастап бес жұмыс күні ішінде мемлекеттік қорғаныстық тапсырыс саласындағы уәкілетті органның атына бюджетті атқару жөніндегі орталық уәкілетті орган бекіткен нысан бойынша алынған құндылықтарды есепке алу туралы хабархат жібереді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 114-тармақ жаңа редакцияда - ҚР Үкіметінің 20.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 881</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z465" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      115. Қорғаныстық тапсырысты орындау жұмыстарды орындауға (қызметтерді көрсетуге) арналған шарт негізінде жүзеге асырылған жағдайда алушы уәкілетті органнан шарттың бір данасы алынған күннен бастап күнтізбелік он бес күн ішінде қару-жарақты, әскери техниканы және/немесе өзге де мүлікті (бұдан әрі – ҚӘТ) дайындауды және орындаушыға беруді қамтамасыз етеді.</w:t>
+      115. Қорғаныстық тапсырысты орындау жұмыстарды орындауға (қызметтер көрсетуге) арналған шарт негізінде жүзеге асырылған жағдайда алушы мемлекеттік қорғаныстық тапсырыс саласындағы уәкілетті органнан шарттың бір данасы алынған күннен бастап күнтізбелік он бес күн ішінде қару-жарақты, әскери техниканы және (немесе) өзге де мүлікті (бұдан әрі – ҚжӘТ) дайындауды және орындаушыға беруді қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 115-тармақ жаңа редакцияда - ҚР Үкіметінің 20.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 881</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z466" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       116. Жұмыстарды орындау (қызметтерді көрсету) үшін ҚӘТ-ті қабылдап алу-беру нақты болуы және нақты жиынтықталуы бойынша жүзеге асырылады және алушы мен орындаушы өкілдерінің арасында қол қойылатын техникалық жай-күйі бойынша қабылдап алу-беру актісімен ресімделеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="156"/>
     <w:bookmarkStart w:name="z467" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -10173,74 +12303,198 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       118. Жұмыстар орындалғаннан (қызметтер көрсетілгеннен) кейін жеткізілген қорғаныстық тапсырыс өнімінің, оның ішінде ҚӘТ-тің сапасына қатысты қабылдап алу кезінде анықтау мүмкін болмаған кінәраттарды алушы орындаушыға кепілдік мерзімі ішінде ұсынады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="158"/>
     <w:bookmarkStart w:name="z469" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      119. Егер жұмыстарды орындау (қызметтерді көрсету) нәтижелері бойынша ҚӘТ-тің баланстық құнын ұлғайту қажет болған жағдайда, алушы орындалған жұмыстар (көрсетілген қызметтер) актісіне және ҚӘТ-ті қабылдап алу-беру актісіне қол қойылған күннен бастап бес жұмыс күні ішінде уәкілетті органның атына бюджетті атқару жөніндегі орталық уәкілетті орган бекіткен нысан бойынша алынған құндылықтарды есепке алу туралы хабарлама жібереді.</w:t>
+      119. Жұмыстарды орындау (қызметтер көрсету) нәтижесі бойынша ҚжӘТ -нің баланстық құнын ұлғайту қажет болған жағдайда алушы орындалған жұмыстар (көрсетілген қызметтер) актісіне және ҚжӘТ-ні қабылдап алу-беру актісіне қол қойылған күннен бастап бес жұмыс күні ішінде мемлекеттік қорғаныстық тапсырыс саласындағы уәкілетті органның атына бюджетті атқару жөніндегі орталық уәкілетті орган бекіткен нысан бойынша алынған құндылықтарды есепке алу туралы хабархат жібереді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 119-тармақ жаңа редакцияда - ҚР Үкіметінің 20.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 881</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z470" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      120. Уәкілетті орган жұмыстарды орындауға (қызметтерді көрсетуге) арналған шарт бойынша төлемдер жүзеге асырылған күннен бастап бес жұмыс күні ішінде алушының атына бюджетті атқару жөніндегі орталық уәкілетті орган бекіткен нысан бойынша жауап хабарлама жібереді.</w:t>
+      120. Мемлекеттік қорғаныстық тапсырыс саласындағы уәкілетті орган жұмыстарды орындауға (қызметтер көрсетуге) арналған шарт бойынша төлемдер жүзеге асырылған күннен бастап бес жұмыс күні ішінде алушының атына бюджетті атқару жөніндегі орталық уәкілетті орган бекіткен нысан бойынша жауап хабархат жібереді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 120-тармақ жаңа редакцияда - ҚР Үкіметінің 20.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 881</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z471" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       121. Жұмыс шартына сәйкес алушының аумағында жұмыстар орындалған (қызметтер көрсетілген) жағдайда жұмыстарды (көрсетілетін қызметтерді) қабылдап алуды алушы шартта белгіленген тәртіппен жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="161"/>
     <w:bookmarkStart w:name="z472" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -10271,100 +12525,100 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       122. Уәкілетті ұйым қорғаныстық тапсырысты қорғаныстық тапсырысты орындауға арналған шарт негізінде орындайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="163"/>
     <w:bookmarkStart w:name="z474" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      123. Алушымен немесе уәкілетті органмен қорғаныстық тапсырысты орындауға шарт жасасқаннан кейін уәкілетті ұйым шетелдік өндірушілер арасында қорғаныстық тапсырысты орналастыру жөніндегі рәсімді бастайды.</w:t>
+      123. Алушымен немесе мемлекеттік қорғаныстық тапсырыс саласындағы уәкілетті органмен қорғаныстық тапсырысты орындауға арналған шарт жасалғаннан кейін уәкілетті ұйым шетелдік өндірушілер арасында қорғаныстық тапсырысты орналастыру рәсімін бастайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 123-тармақ жаңа редакцияда - ҚР Үкіметінің 27.11.2023 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 1044</w:t>
+        <w:t xml:space="preserve">      Ескерту. 123-тармақ жаңа редакцияда - ҚР Үкіметінің 20.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 881</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z475" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -10446,91 +12700,215 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) егер сатып алынатын өнімді жалғыз шетелдік өндіруші өндірсе;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) егер уәкілетті органмен немесе қорғаныстық тапсырысты алушымен жасалған шарттың техникалық ерекшелігі нақты атауды, тауар белгілерін немесе сатып алынатын өнімнің белгілі бір шетелдік өндірушіге тиесілілігін көрсететін кез келген басқа ақпаратты қамтыса;</w:t>
+      2) егер мемлекеттік қорғаныстық тапсырыс саласындағы уәкілетті органмен немесе қорғаныстық тапсырысты алушымен жасалған шарттың техникалық ерекшелігі нақты атауды, тауар белгілерін немесе сатып алынатын өнімдердің белгілі бір шетелдік өндірушіге тиесілілігін көрсететін кез келген басқа ақпаратты қамтыса;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) қорғаныстық тапсырыс өнімі Қазақстан Республикасы ратификациялаған халықаралық шарттар шеңберінде сатып алынған жағдайда жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 125-тармаққа өзгеріс енгізілді - ҚР Үкіметінің 20.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 881</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z477" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      126. Осы Қағидалардың 125-тармағында көзделген жағдайларда уәкілетті орган мен орындаушы арасында шарттар (келісімшарттар) жасасу рәсімдері уәкілетті органмен немесе алушымен шарт жасасқан күннен бастап күнтізбелік алпыс күннен аспауға тиіс.</w:t>
+      126. Осы Қағидалардың 125-тармағында көзделген жағдайларда уәкілетті ұйым мен орындаушылар арасында шарттар (келісімшарттар) жасау рәсімдері мемлекеттік қорғаныстық тапсырыс саласындағы уәкілетті органмен немесе алушымен шарт жасалған күннен бастап күнтізбелік алпыс күннен аспауға тиіс.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="167"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 126-тармақ жаңа редакцияда - ҚР Үкіметінің 20.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 881</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z478" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       127. Осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -10603,54 +12981,116 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       130. Нарық пен баға мониторингін уәкілетті ұйым ҚӘТ көрмелеріне бару арқылы БАҚ-тағы, интернет-ресурстардағы, фирмалық каталогтардағы жарнамалық материалдарды зерделеу арқылы тұрақты негізде жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="171"/>
     <w:bookmarkStart w:name="z482" w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      131. Орындаушыны таңдау мақсатында уәкілетті ұйым уәкілетті органмен және/немесе қорғаныстық тапсырысты алушымен шарт жасасқан күннен бастап бес жұмыс күнінен кешіктірмей қызмет бейіні қорғаныстық тапсырысты орындауға арналған шартқа техникалық ерекшеліктің талаптарына сәйкес келетін шетелдік өндірушілердің және/немесе олардың ресми өкілдерінің атына баға ұсыныстарына сұрау салу жібереді.</w:t>
+      131. Орындаушыны таңдау мақсатында уәкілетті ұйым мемлекеттік қорғаныстық тапсырыс саласындағы уәкілетті органмен және (немесе) қорғаныстық тапсырысты алушымен шарт жасалған күннен бастап бес жұмыс күнінен кешіктірмей қызмет бейіні қорғаныстық тапсырысты орындауға арналған шартқа техникалық ерекшеліктің талаптарына сәйкес келетін шетелдік өндірушілердің және (немесе) олардың ресми өкілдерінің атына баға ұсыныстарына сұрау салу жібереді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 131-тармақ жаңа редакцияда - ҚР Үкіметінің 20.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 881</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z483" w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       132. Уәкілетті ұйымның сұрау салуы мынадай мәліметтерді:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -10882,51 +13322,113 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       135. Уәкілетті ұйымның сұрау салуында тауар белгілеріне, қызмет көрсету белгілеріне, фирмалық атауларға, патенттерге, пайдалы модельдерге, өнеркәсіптік үлгілерге, тауардың шығарылған жерінің атауына және өндірушінің атауына нұсқаулар, сондай-ақ өнімнің тиісті өндірушіге (орындаушыға) тиесілігін айқындайтын өзге де ақпарат болуы мүмкін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Сұрау салуға қорғаныстық тапсырысты алушымен немесе уәкілетті органмен жасалған қорғаныстық тапсырысты орындауға арналған шартқа техникалық ерекшелік қоса беріледі.</w:t>
+      Сұрау салуға қорғаныстық тапсырысты алушымен немесе мемлекеттік қорғаныстық тапсырыс саласындағы уәкілетті органмен жасалған қорғаныстық тапсырысты орындауға арналған шартқа техникалық ерекшелік қоса беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 135-тармаққа өзгеріс енгізілді - ҚР Үкіметінің 20.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 881</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z487" w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       136. Уәкілетті ұйымның сұрау салуына жауап ретінде шетелдік өндірушілер және/немесе олардың ресми өкілдері қорғаныстық тапсырысты орындау мерзімдері және қорғаныстық тапсырысты орындаудың өзге де талаптары туралы мәліметтерді қамтитын бір ғана баға ұсынысын ұсынады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="177"/>
     <w:bookmarkStart w:name="z488" w:id="178"/>
     <w:p>
       <w:pPr>
@@ -11245,314 +13747,438 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       144. Баға ұсыныстарын салыстыру нәтижелері бойынша уәкілетті ұйым орындаушыны таңдайды және онымен қорғаныстық тапсырысты орындауға келісімшарт жасасады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="185"/>
     <w:bookmarkStart w:name="z496" w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      145. Уәкілетті ұйым мен баға ұсынысына сұрау салу арқылы айқындалған орындаушылар арасында келісімшарт жасасу жөніндегі рәсім уәкілетті органмен немесе қорғаныстық тапсырысты алушымен шарт жасалған күннен бастап күнтізбелік отыз күннен аспауға тиіс.</w:t>
+      145. Уәкілетті ұйым мен баға ұсыныстарына сұрау салу арқылы айқындалған орындаушылар арасында келісімшарттар жасау рәсімдері мемлекеттік қорғаныстық тапсырыс саласындағы уәкілетті органмен немесе қорғаныстық тапсырысты алушымен шарт жасалған күннен бастап күнтізбелік 30 (отыз) күннен аспауға тиіс.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 145-тармақ жаңа редакцияда - ҚР Үкіметінің 27.11.2023 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 145-тармақ жаңа редакцияда - ҚР Үкіметінің 20.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 881</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z497" w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      146. Осы Қағидалардың 145-тармағында көзделген мерзімде шарт жасау мүмкін болмаған жағдайда уәкілетті ұйым мемлекеттік қорғаныстық тапсырыс саласындағы уәкілетті органның және (немесе) қорғаныстық тапсырысты алушының атына келісімшарт жасаудың кідіру себептері және болжамды мерзімдері туралы хабарлама жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 146-тармақ жаңа редакцияда - ҚР Үкіметінің 20.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 881</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z498" w:id="188"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      147. Уәкілетті ұйымның хабарламасы негізінде мемлекеттік қорғаныстық тапсырыс саласындағы уәкілетті орган және (немесе) қорғаныстық тапсырысты алушы мынадай шешімдердің бірін қабылдайды:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="188"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) уәкілетті ұйым мен орындаушы арасындағы келісімшарт жасасу мерзімдерін ұзарту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) шартқа қосымша келісімге қол қою арқылы шартқа техникалық ерекшелікті қайта қарау және уәкілетті ұйым мен орындаушы арасындағы шарт жасасу мерзімін ұзарту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) қорғаныстық тапсырыстан тиісті қорғаныстық тапсырыс өнімін алып тастау.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 147-тармаққа өзгеріс енгізілді - ҚР Үкіметінің 20.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 881</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z560" w:id="189"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      147-1. Егер қорғаныстық тапсырысты орындау нәтижесі бойынша қорғаныстық тапсырыс өнімдерінің нақты құны қорғаныстық тапсырысты орындауға арналған шартта белгіленгеннен төмен болса, мемлекеттік қорғаныстық тапсырыс саласындағы уәкілетті орган немесе алушы мен уәкілетті ұйым қорғаныстық тапсырысты орындауға арналған шартқа бағаны төмендету бөлігінде өзгерістер енгізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="189"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уәкілетті ұйым қорғаныстық тапсырысты орындауға арналған шартқа қорғаныстық тапсырыс өнімінің бағасын төмендету бөлігінде өзгерістер енгізу және баға айырмасын қайтару мүмкін болмаса, үнемделген қаражатты республикалық бюджетке ағымдағы қаржы жылынан кейінгі жылдың 30 қаңтарынан кешіктірмей қайтарады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 7-тарау 147-1-тармақпен толықтырылды - ҚР Үкіметінің 27.11.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 1044</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
-[...183 lines deleted...]
-</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен; өзгеріс енгізілді - ҚР Үкіметінің 20.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 881</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 7-тарау 147-1-тармақпен толықтырылды - ҚР Үкіметінің 27.11.2023 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z499" w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -11946,95 +14572,199 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 9-тарау. Қорытынды ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="197"/>
     <w:bookmarkStart w:name="z507" w:id="198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес нысан бойынша жылдық есептерді ұсынады. </w:t>
+        <w:t>
+      154. Қазақстан Республикасының заңдарында көзделген жағдайларды қоспағанда, қаражат алушыда болғанда алушы тоқсан сайын, есепті кезеңнен кейінгі айдың 25-і күнінен кешіктірмей мемлекеттік қорғаныстық тапсырыс саласындағы уәкілетті органға қорғаныстық тапсырыс іс-шараларының орындалуы, сондай-ақ қорғаныстық тапсырысты орындау кезінде мерзімнің бұзылуы туралы есепті және жыл сайын, 25 наурыздан кешіктірмей мемлекеттік қорғаныстық тапсырыс саласындағы уәкілетті органға қорғаныстық тапсырыстың орындалуы туралы, сондай-ақ қорғаныстық тапсырыс тапсырмаларын орындамаудың барлық фактісі туралы жылдық есептерді осы Қағидаларға 5-қосымшаға сәйкес нысан бойынша ұсынады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="198"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 154-тармақ жаңа редакцияда - ҚР Үкіметінің 20.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 881</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z508" w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      155. Уәкілетті орган жыл сайын 15 сәуірден кешіктірмей Қазақстан Республикасының Үкіметіне мемлекеттік қорғаныстық тапсырыстың орындалуы туралы, сондай-ақ қорғаныстық тапсырыс тапсырмаларының орындалмауының барлық фактілері туралы жылдық есепті ұсынады.</w:t>
+      155. Мемлекеттік қорғаныстық тапсырыс саласындағы уәкілетті орган жыл сайын, 15 сәуірден кешіктірмей Қазақстан Республикасының Үкіметіне мемлекеттік қорғаныстық тапсырыстың орындалуы туралы, сондай-ақ қорғаныстық тапсырыс тапсырмаларын орындамаудың барлық фактісі туралы жылдық есепті ұсынады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="199"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 155-тармақ жаңа редакцияда - ҚР Үкіметінің 20.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 881</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z509" w:id="200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       156. Қазақстан Республикасының қорғаныс өнеркәсібі және мемлекеттік қорғаныстық тапсырыс туралы заңнамасын бұзу Қазақстан Республикасының заңдарында белгіленген жауаптылыққа әкеп соқтырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="200"/>
     <w:bookmarkStart w:name="z510" w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -12047,54 +14777,116 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       157. Уәкілетті органның 2020 жылғы 28 тамыздағы № 448-қбпү бұйрығымен бекітілген бұрын қолданыста болған тізілім осы Қағидалардың талаптарына сәйкес жаңа тізілім бекітілгеннен сәттен бастап өз күшін жояды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="201"/>
     <w:bookmarkStart w:name="z511" w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      158. Қажет болған жағдайда уәкілетті орган, алушылар және арнаулы мемлекеттік органдар мемлекеттік қорғаныстық тапсырысты қалыптастыру, орналастыру және орындау жөніндегі құрылымдық бөлімшелер арасындағы өзара іс-қимыл процестерін регламенттейтін (нақтылайтын) ішкі ведомстволық құжаттарды әзірлейді.</w:t>
+      158. Қажет болған кезде мемлекеттік қорғаныстық тапсырыс саласындағы уәкілетті орган, алушылар және арнаулы мемлекеттік органдар мемлекеттік қорғаныстық тапсырысты қалыптастыру, орналастыру және орындау бойынша құрылымдық бөлімшелер арасындағы өзара іс-қимыл процесін регламенттейтін (нақтылайтын) ведомствоішілік құжаттарды әзірлейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="202"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 158-тармақ жаңа редакцияда - ҚР Үкіметінің 20.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 881</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -38674,55 +41466,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>