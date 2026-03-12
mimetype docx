--- v0 (2025-11-14)
+++ v1 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="2c464b7" w14:textId="2c464b7">
+    <w:p w14:paraId="e04251c" w14:textId="e04251c">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -3151,730 +3151,610 @@
         <w:t xml:space="preserve">
       35-6) Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Кәсіпкерлік кодексіне</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес бақылау субъектісіне (объектісіне) бара отырып, жоспардан тыс тексеру және профилактикалық бақылау нысанында Қазақстан Республикасы сауда қызметін реттеу туралы заңнамасының сақталуына мемлекеттік бақылауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="96"/>
-    <w:p>
-[...113 lines deleted...]
-    <w:bookmarkStart w:name="z855" w:id="97"/>
+    <w:bookmarkStart w:name="z854" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35-7) 35-7) әлеуметтік маңызы бар азық-түлік тауарларына шекті сауда үстемесі мөлшерінің сақталуына мемлекеттік бақылау жүргізілетін мемлекеттік бақылау субъектілерінің бекітілген тізімі негізінде әлеуметтік маңызы бар азық-түлік тауарларына шекті сауда үстемесі мөлшерінің сақталуын мемлекеттік бақылауды жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z855" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35-8) Қазақстан Республикасында өндірілетін, әкелінетін және (немесе) өткізілетін әлеуметтік маңызы бар азық-түлік тауарларына ең төмен көтерме бағаны белгілеу тәртібін әзірлеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-[...86 lines deleted...]
-    <w:bookmarkStart w:name="z500" w:id="98"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z896" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35-9) мемлекеттік кірістер органдарынан алынған мәліметтер негізінде әлеуметтік маңызы бар азық-түлік тауарларына шекті сауда үстемесі мөлшерінің сақталуына мемлекеттік бақылау жүргізілетін мемлекеттік бақылау субъектілерінің тізімін қалыптастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z897" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35-10) бұзушылықтар анықталған жағдайда әлеуметтік маңызы бар азық-түлік тауарларына шекті сауда үстемесі мөлшерінің сақталуына мемлекеттік бақылау жүргізу қорытындылары бойынша жою мерзімдерін көрсете отырып, мемлекеттік бақылау субъектісіне (объектісіне) оларды жою туралы нұсқама беру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z900" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35-11) ішкі және сыртқы нарықтарда ауыл шаруашылығы өнімін және азық-түлік тауарларын өткізуді қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z500" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36) тергеп-тексеруді жүргізетін органмен арнайы қорғау, демпингке қарсы және өтемақы шаралары мәселелері бойынша өзара іс-қимыл жасау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z501" w:id="99"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z501" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37) тергеп-тексеруді жүргізетін органға арнайы қорғау, демпингке қарсы және өтемақы шараларын қолдану алдындағы тергеп-тексеруге бастама жасау жөнінде ұсыныстар енгізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z502" w:id="100"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z502" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       38) Қазақстан Республикасы мемлекеттік органдарының арнайы қорғау, демпингке қарсы және өтемақы шараларын қолдану мәселелері бойынша жұмысын үйлестіру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z503" w:id="101"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z503" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       39) арнайы қорғау, демпингке қарсы және өтемақы шаралары мәселелері бойынша ұсыныстарды қалыптастыру және Қазақстан Республикасының мүдделі мемлекеттік органдарымен келісу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z504" w:id="102"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z504" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       40) арнайы қорғау, демпингке қарсы және өтемақы шаралары мәселелері бойынша нормативтік құқықтық актілерді әзірлеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z505" w:id="103"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z505" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41) басқа елдердің ресми органдарымен және халықаралық ұйымдармен өзара іс-қимыл жасау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z863" w:id="104"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z863" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41-1) сауда қызметi саласында үшінші тараппен, халықаралық ұйымдармен ынтымақтастықты және өзара iс-қимылды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z506" w:id="105"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z506" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       42) сыртқы сауда қызметін кедендік-тарифтік және тарифтік емес реттеу шараларын қолдану;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z507" w:id="106"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z507" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       43) мемлекеттік органдар мен ұйымдардың, Қазақстан Республикасының Президентіне тікелей бағынатын және есеп беретін мемлекеттік органдардың, квазимемлекеттік сектор субъектілерінің, Қазақстан Республикасы Ұлттық кәсіпкерлер палатасының Еуразиялық экономикалық комиссиямен Қазақстан Республикасының Еуразиялық экономикалық одаққа қатысуы мәселелері бойынша өзара іс-қимылын үйлестіру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z508" w:id="107"/>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z508" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       44) Еуразиялық экономикалық комиссия қызметкерлерінің бос лауазымдарына орналасуға кандидаттарды біліктілік іріктеу тәртібін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z509" w:id="108"/>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z509" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       45) өтемақы шарасын қолданудың орындылығы туралы қорытынды дайындау мақсатында тергеп-тексеру жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z864" w:id="109"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z864" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       45-1) Еуразиялық экономикалық одаққа мүше мемлекеттерге қатысты өтемақы шарасын қолданудың орындылығы туралы қорытынды дайындау мақсатында тергеп-тексеру жүргізу шарттары мен тәртібін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z510" w:id="110"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z510" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       46) өтемақы шаралары мәселелері бойынша мемлекеттік органдармен өзара іс-қимыл жасау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z511" w:id="111"/>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z511" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       47) халықаралық сауда ынтымақтастығы бойынша мемлекеттік органдардың жұмысын үйлестіру, халықаралық ұйымдармен және интеграциялық бірлестіктермен өзара іс-қимыл жасау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z512" w:id="112"/>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z512" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       48) Қазақстан Республикасының шет мемлекеттермен өзара іс-қимыл жасауы және сауда ынтымақтастығын тереңдету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z513" w:id="113"/>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z513" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       49) тауарлардың экспорты мен импортын лицензиялау жөніндегі қызметке қойылатын біліктілік талаптарын және оларға сәйкестікті растайтын құжаттардың тізбесін, лицензияны және (немесе) лицензияға қосымшаны алу және қайта ресімдеу үшін өтініштердің нысандарын, лицензияның және (немесе) лицензияға қосымшаның нысандарын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z856" w:id="114"/>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z856" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       49-1) тауарлардың нысаналы мақсатын растау нысаны мен тәртібін анықтау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z857" w:id="115"/>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z857" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       49-2) орталық мемлекеттік органдармен өз құзыреті шегінде айқындалатын "Сауда қызметін реттеу туралы" Қазақстан Республикасы Заңының 17-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген шараларға сәйкес рұқсат беру құжаттарының негізінде экспорт және (немесе) импорт жүзеге асырылатын тауарлардың тізбесін келісу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z858" w:id="116"/>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z858" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       49-3) тұтынушылардың құқықтарын қорғаудың Бірыңғай ақпараттық жүйесі арқылы сатушының (дайындаушының, орындаушының), тұтынушылық дауларды сотқа дейінгі реттеу субъектілерінің тұтынушылардың жолданымдарын қабылдауы мен қарауын мониторинглеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z514" w:id="117"/>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z514" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       50) құзыреті шегінде шикізаттық емес экспортты дамытуды және ілгерілетуді жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z515" w:id="118"/>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z515" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       51) шикізаттық емес экспортты дамыту және ілгерілету мәселелері бойынша салалық мемлекеттік органдармен өзара іс-қимыл жасау және олардың жұмысын үйлестіру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z877" w:id="119"/>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z877" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       51-1) шикізаттық емес экспортты дамыту және ілгерілету саласындағы ұлттық даму институтының басқару органымен өзара іс-қимыл жасау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkEnd w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3903,290 +3783,290 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z517" w:id="120"/>
+    <w:bookmarkStart w:name="z517" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       53) Қазақстан Республикасының қабылданған халықаралық міндеттемелерін ескере отырып, шикізаттық емес экспортты ілгерілету жөніндегі шараларды әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z875" w:id="121"/>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z875" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       53-1) Қазақстанның Экспорттық-кредиттік агенттігі қызметінің жекелеген түрлерін жүзеге асыру шарттарын әзірлеу және оларды мемлекеттік жоспарлау жөніндегі орталық уәкілетті органмен, бюджетті атқару жөніндегі орталық уәкілетті органмен, қаржы нарығы мен қаржы ұйымдарын реттеу, бақылау және қадағалау жөніндегі уәкілетті органмен келісу бойынша бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z876" w:id="122"/>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z876" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       53-2) Қазақстанның Экспорттық-кредиттік агенттігі үшін тәуекелдерді басқару және ішкі бақылау жүйесін қалыптастыру, сондай-ақ резервтерді қалыптастыру және олар бойынша актуарлық есеп-қисаптар жүргізу қағидаларын әзірлеу және оларды мемлекеттік жоспарлау жөніндегі орталық уәкілетті органмен, бюджетті атқару жөніндегі орталық уәкілетті органмен, қаржы нарығы мен қаржы ұйымдарын реттеу, бақылау және қадағалау жөніндегі уәкілетті органмен келісу бойынша бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z892" w:id="123"/>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z892" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       53-3) Қазақстанның Экспорттық-кредиттік агенттігі жасасатын сақтандыру, қайта сақтандыру шарттары бойынша сақтандыру резервтерін қалыптастыруға, есептеу әдістемесіне, олардың құрылымына қойылатын талаптарды әзірлеу және оларды қаржы нарығы мен қаржы ұйымдарын реттеу, бақылау және қадағалау жөніндегі уәкілетті органмен келісу бойынша бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z893" w:id="124"/>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z893" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       53-4) Қазақстанның Экспорттық-кредиттік агенттігінің сақтандыру, қайта сақтандыру шарттарын жасасу және орындау жөніндегі есептілікті ұсыну тізбесін, нысандарын, мерзімдері мен тәртібін әзірлеу және оларды қаржы нарығы мен қаржы ұйымдарын реттеу, бақылау және қадағалау жөніндегі уәкілетті органмен, салықтар мен бюджетке төленетін төлемдердің түсуін қамтамасыз ету саласындағы уәкілетті органмен, салық саясаты саласындағы уәкілетті органмен келісу бойынша бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z894" w:id="125"/>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z894" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       53-5) Қазақстанның Экспорттық-кредиттік агенттігі жасасатын сақтандыру және қайта сақтандыру шарттары бойынша еңбек сіңірілмеген сыйлықақылар, болмаған залалдар, мәлімделген, бірақ реттелмеген залалдар, болған, бірақ мәлімделмеген залалдар бойынша сақтандыру резервтері мөлшерінің Қазақстан Республикасының сауда қызметін реттеу туралы заңнамасында белгіленген талаптарға сәйкестігі туралы қорытындыны ұсыну қағидаларын салықтар мен бюджетке төленетін төлемдердің түсуін қамтамасыз ету саласындағы уәкілетті органмен бірлесіп әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z518" w:id="126"/>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z518" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       54) қабылданған халықаралық міндеттемелер шеңберінде өңдеу өнеркәсібінің Қазақстанда шығарылған тауарларын және көрсетілетін қызметтерін, сондай-ақ ақпараттық-коммуникациялық көрсетілетін қызметтерді сыртқы нарықтарға ілгерілету бойынша өнеркәсіптік-инновациялық қызмет субъектілері шығындарының бір бөлігін өтеу қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z519" w:id="127"/>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z519" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       55) сыртқы нарықтарға ілгерілету бойынша шығындары ішінара өтелетін өңдеу өнеркәсібінің Қазақстанда шығарылған тауарларының және көрсетілетін қызметтерінің, сондай-ақ ақпараттық-коммуникациялық көрсетілетін қызметтердің тізбесін әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z778" w:id="128"/>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z778" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       55-1) өнеркәсіптік саясатты қалыптастыруға және іске асыруға қатысу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z779" w:id="129"/>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z779" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       55-2) қабылданған халықаралық міндеттемелерді ескере отырып, Қазақстанның Экспорттық-кредиттік агенттігі тарапынан сақтандырылуға жататын өңдеу өнеркәсібінің Қазақстанда шығарылған жоғары технологиялық тауарларын және көрсетілетін қызметтерін шетелдік сатып алушыларға екінші деңгейдегі банктер, Қазақстанның Даму Банкі, лизингтік қызметті жүзеге асыратын өзге де заңды тұлғалар беретін кредиттер және жасайтын лизингтік мәмілелер бойынша сыйақы мөлшерлемесін субсидиялау қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z780" w:id="130"/>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z780" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       55-3) Қазақстанның Экспорттық-кредиттік агенттігі тарапынан сақтандырылуға жататын өңдеу өнеркәсібінің Қазақстанда шығарылған жоғары технологиялық тауарларын және көрсетілетін қызметтерін шетелдік сатып алушыларға екінші деңгейдегі банктер, Қазақстанның Даму Банкі, лизингтік қызметті жүзеге асыратын өзге де заңды тұлғалар беретін кредиттер және жасайтын лизингтік мәмілелер бойынша сыйақы мөлшерлемесін субсидиялау мақсаттары үшін өңдеу өнеркәсібінің Қазақстанда шығарылған жоғары технологиялық тауарларының және көрсетілетін қызметтерінің тізбесін әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z781" w:id="131"/>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z781" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       55-4) өнеркәсіпті мемлекеттік ынталандыру шараларын ұсынуды шикізаттық емес экспортты дамыту және ілгерілету саласындағы ұлттық даму институтын тарта отырып, мыналар арқылы жүзеге асыру:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkEnd w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қабылданған халықаралық міндеттемелер шеңберінде өңдеу өнеркәсібінің Қазақстанда шығарылған тауарларын және көрсетілетін қызметтерін, сондай-ақ ақпараттық-коммуникациялық көрсетілетін қызметтерді сыртқы нарықтарға ілгерілету бойынша өнеркәсіптік-инновациялық қызмет субъектілері шығындарының бір бөлігін өтеу қағидаларына сәйкес өңдеу өнеркәсібінің Қазақстанда шығарылған тауарларын және көрсетілетін қызметтерін сыртқы нарықтарға ілгерілету бойынша өнеркәсіптік-инновациялық қызмет субъектілері шығындарының бір бөлігін өтеу;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4197,70 +4077,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстанның Экспорттық-кредиттік агенттігі тарапынан сақтандырылуға жататын өңдеу өнеркәсібінің Қазақстанда шығарылған жоғары технологиялық тауарларын және көрсетілетін қызметтерін шетелдік сатып алушыларға екінші деңгейдегі банктердің, Қазақстанның Даму Банкінің, лизингтік қызметті жүзеге асыратын өзге де заңды тұлғалардың берілетін кредиттер және жасалатын лизингтік мәмілелер бойынша сыйақы мөлшерлемесін субсидиялау;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       экспорттық саудалық қаржыландыру, шикізаттық емес экспортты ілгерілету жөніндегі мәмілелерді кредиттеу және сақтандыру, қайта сақтандыру және кепілдік беру тетіктерін пайдалану;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z782" w:id="132"/>
+    <w:bookmarkStart w:name="z782" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       55-5) өңдеу өнеркәсібінің Қазақстанда шығарылған тауарларын және көрсетілетін қызметтерін сыртқы нарықтарға ілгерілету бойынша өнеркәсіптік-инновациялық қызмет субъектілерін сервистік қолдауды шикізаттық емес экспортты дамыту және ілгерілету саласындағы ұлттық даму институтын тарта отырып, мыналар арқылы жүзеге асыру:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkEnd w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       олардың экспорттық әлеуетін диагностикалау;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4325,4060 +4205,3486 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       өңдеу өнеркәсібінің Қазақстанда шығарылған тауарларын және көрсетілетін қызметтерін гуманитарлық көмектің халықаралық нарығына ілгерілетуге жәрдемдесу;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының заңнамасына сәйкес өзге де шаралар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z783" w:id="133"/>
+    <w:bookmarkStart w:name="z783" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       55-6) өнеркәсіптік-инновациялық қызмет субъектілеріне қосылған құнның жаһандық тізбектеріне кіру бойынша, оның ішінде тауарлардың жаңа түрлерін өндіруге арналған техникалық құжаттаманы және нақты тауарлар бойынша көш бастап тұрған жетекші әлемдік өндірушілердің әлемдік өндірістік франшизаларын қолдану арқылы жәрдем көрсету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z520" w:id="134"/>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z520" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       56) Еуразиялық экономикалық одақ шеңберінде Қазақстан Республикасының қатысуы бойынша мемлекеттік саясатты қалыптастыру және мемлекеттік органдардың қызметін үйлестіру бойынша ұсыныстар әзірлеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z521" w:id="135"/>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z521" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       57) Қазақстан Республикасының құқықтық актілерін, халықаралық шарттарын және олардың жобаларын "Еуразиялық экономикалық одақ туралы шартты ратификациялау туралы" 2014 жылғы 14 қазандағы Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> ратификацияланған 2014 жылғы 29 мамырдағы Еуразиялық экономикалық одақ туралы шарттың нормаларына сәйкестігі тұрғысынан қарау және келісу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z522" w:id="136"/>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z522" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       58) қолданылып жүрген және жоспарланатын субсидиялар туралы хабарламаларды дайындау және Еуразиялық экономикалық комиссия мен Еуразиялық экономикалық одаққа мүше мемлекеттерге жіберу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z523" w:id="137"/>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z523" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       59) Қазақстан Республикасында, сондай-ақ Еуразиялық экономикалық одақ елдерінде берілетін және беруге жоспарланатын субсидиялардың "Еуразиялық экономикалық одақ туралы шартты ратификациялау туралы" 2014 жылғы 14 қазандағы Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> ратификацияланған 2014 жылғы 29 мамырдағы Еуразиялық экономикалық одақ туралы шарттың ережелеріне сәйкестігі туралы тергеп-тексерулер жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z524" w:id="138"/>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z524" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       60) Қазақстан Республикасының сауда қызметін реттеу саласындағы нормативтік құқықтық актілерін әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z525" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      61) облыстың, республикалық маңызы бар қалалардың, астананың, ауданның, облыстық маңызы бар қаланың жергілікті атқарушы органдарының ұсыныстарын ескере отырып, халықтың сауда алаңымен қамтамасыз етілуінің ең төмен нормативтерін әзірлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve">62) алып тасталды – ҚР Үкіметінің 25.07.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 599</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (31.12.2025 бастап қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      61) тармақша жаңа редакцияда көзделген - ҚР Үкіметінің 08.10.2025 </w:t>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 833</w:t>
+        <w:t xml:space="preserve">63) алып тасталды – ҚР Үкіметінің 25.07.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 599</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (19.01.2026 бастап </w:t>
+        <w:t xml:space="preserve"> (31.12.2025 бастап қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z528" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      64) ішкі сауда қағидаларын бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z865" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      64-1) сауда базарларының қызметін ұйымдастыру қағидаларын, сауда базарының аумағын күтіп-ұстауға, оны жабдықтауға және жарақтандыруға қойылатын талаптарды бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z866" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      64-2) халықты әлеуметтік қорғау саласындағы уәкілетті органның келісімі бойынша әлеуметтік маңызы бар азық-түлік тауарларының тізбесін бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z529" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      65) сауда инфрақұрылымын дамыту бойынша ұсыныстар әзірлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z898" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      65-1) шекті сауда үстемесін қолдану тәртібін айқындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z899" w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      65-2) әлеуметтік маңызы бар азық-түлік тауарларының бағаларын тұрақтандыру тетіктерін іске асыру кезінде халықты әлеуметтік қорғау саласындағы уәкілетті органмен келісу бойынша мемлекеттік атаулы әлеуметтік көмек алушыларға қолдауды көздеу көрсетуді қарастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      65-3) өз құзыреті шегінде жеке кәсіпкерлікті мемлекеттік қолдау шаралары тәртібін бекіту және ішкі сауда субъектілеріне қолдау көрсету;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      65-4) Қазақстан Республикасының заңнамасына сәйкес ойыншықтардың қауіпсіздігі саласында мемлекеттік қадағалауды жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z530" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      66) агроөнеркәсіптік кешенді дамыту саласындағы уәкілетті органмен бірлесіп, тауарларға баға мониторингін жүргізу және нарыққа реттеушілік әсер ету орынды болатын баға деңгейіне қол жеткізген жағдайда мемлекеттік резерв саласындағы уәкілетті органмен келісу бойынша сауда қызметінің субъектілерін – шығарылатын материалдық құндылықтарды алушыларды, оның көлемін, бағасын және сауда үстемесінің мөлшерін көрсете отырып, нарыққа реттеушілік әсер ету үшін мемлекеттік резервтен материалдық құндылықтарды шығару қажеттілігі туралы Қазақстан Республикасының Үкіметіне ұсыныс енгізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z531" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      67) бөлшек саудада азық-түлік тауарларының табиғи кему нормаларын әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z890" w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      67-1) Тауарлардың ұлттық каталогын жүргізу, сондай-ақ онда тауарларды тіркеу қағидаларын бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z891" w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      67-2) бюджеттік жоспарлау жөніндегі орталық уәкілетті органмен келісу бойынша зерттеулердің, консалтингтік көрсетілетін қызметтердің құны тәртібін айқындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z532" w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      68) стационарлық сауда объектілерінің түрлері мен оларға қойылатын талаптарды бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z533" w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      69) тауар биржаларының қызметін мемлекеттік реттеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z534" w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      70) мүдделі мемлекеттік органдармен келісу бойынша биржалық тауарлардың тізбесін әзірлеу және бекіту, оған өзгеріс және (немесе) толықтыру енгізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z883" w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      70-1) мүдделі мемлекеттік органдармен келісу бойынша әлеуметтік маңызы бар биржалық тауарлардың тізбесін әзірлеу және бекіту, оған өзгеріс және (немесе) толықтыру енгізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z884" w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      70-2) тауарларды биржалық тауарлар тізбесіне енгізу тәртібін айқындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z887" w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      70-3) тауар биржасының мүшелері үшін кіру жарналарының, биржалық сауда-саттыққа қатысқаны үшін төлемдердің және брокерлер комиссияларының ең жоғары мөлшерін белгілеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z888" w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      70-4) тауар биржаларының қызметіне талдау және мониторинг жүргізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z889" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      70-5) электрондық сауда алаңдарында тауарларды, жұмыстар мен қызметтерді сатып алуды жүргізу қағидаларын әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z886" w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      70-6) әлеуметтік маңызы бар биржалық тауарлар тізбесіне енгізілген биржалық тауарлармен сауданы жүзеге асыратын тауар биржаларын конкурстық негізде айқындау қағидаларын әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z535" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      71) мемлекеттік қызметтер көрсету;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z536" w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      72) техникалық регламенттердің талаптарына сәйкес келмейтін және жеке және (немесе) заңды тұлғалардың конституциялық құқықтарына, бостандығы мен заңды мүдделеріне, адамдардың өмірі мен денсаулығына, қоршаған ортаға, Қазақстан Республикасының ұлттық қауіпсіздігіне тікелей қатер төндіретін, алып қойылған өнімді жою не кәдеге жарату немесе қайта өңдеу жөніндегі талаптарды белгілеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z537" w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      73) тауар биржасында халықаралық биржадағы сауда-саттықты дамыту үшін жағдайлар жасау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z538" w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      74) Қазақстан Республикасының заңнамасында белгіленген тәртіппен жекелеген тауарлардың экспортын және (немесе) импортын лицензиялауды жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z539" w:id="167"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      75) құзыреті шегінде тауарлардың жекелеген түрлерін импорттауға және (немесе) экспорттауға рұқсаттар беру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z540" w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      76) тауарлар импорты саласында берілген лицензиялар мен рұқсаттардың деректер базасын жүргізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z541" w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      77) тиісті саладағы (аядағы) өзін-өзі реттейтін ұйымдардың тізілімін жүргізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z542" w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      78) коммерциялық немесе Қазақстан Республикасының заңымен қорғалатын өзге де құпияны құрайтын мәліметтерді қоспағанда, тауар биржаларының қызметі және биржа саудасы мәселелері бойынша ақпаратты жариялау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z543" w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      79) сауда қызметін дамыту, сондай-ақ тауарларды өндіру және сату үшін қолайлы жағдайлар жасау жөнінде ұсыныстар әзірлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z544" w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      80) мүдделі мемлекеттік органдармен келісу бойынша биржа саудасы қағидаларын әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z545" w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      81) тауар биржаларының, тауар биржаларының клирингтік орталықтарының, брокерлердің, дилерлердің қызметін реттеу саласындағы нормативтік құқықтық актілерді әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z546" w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      82) тауар биржаларының, брокерлердің және тауар биржалары клирингтік орталықтарының қызметіне қойылатын біліктілік талаптарын және оларға сәйкестікті растайтын құжаттар тізбесін әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z547" w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      83) тауар биржаларының электрондық сауда жүйесіне қойылатын міндетті талаптарды әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">84) алып тасталды – ҚР Үкіметінің 28.02.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 110</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.07.2025 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z885" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      84-1) резервтік және кепілдік беру қорларын қалыптастыру және пайдалану қағидаларын әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z549" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      85) тауар биржасы клирингтік орталығының аппараттық-бағдарламалық кешеніне қойылатын талаптарды әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z550" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      86) биржалық мәмілелер бойынша клирингтік қызметті жүзеге асыру тәртібін айқындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z551" w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      87) тауар биржалары саласындағы өзін-өзі реттейтін ұйымдардың қағидалары мен стандарттарын келісу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">87-1) алып тасталды – ҚР Үкіметінің 28.02.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 110</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.07.2025 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">87-2) алып тасталды – ҚР Үкіметінің 28.02.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 110</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.07.2025 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z786" w:id="180"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      87-3) маркет-мейкерлердің тізілімін жүргізу, сондай-ақ оларды өзінің интернет-ресурсында орналастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="180"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">88) алып тасталды - ҚР Үкіметінің 09.06.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 380</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z553" w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      89) мемлекеттік қызметтер көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актілерді әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z554" w:id="182"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      90) электрондық сауда саласындағы нормативтік құқықтық актілерді әзірлеу және оларды мүдделі мемлекеттік органдармен және ұйымдармен келісуді қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z555" w:id="183"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      91) Қазақстан Республикасында электрондық сауданы дамытуға және ілгерілетуге жәрдемдесу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z867" w:id="184"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      91-1) кеден ісі саласындағы уәкілетті орган айқындайтын тауарлар санатын, Қазақстан Республикасында жүргізілетін сыртқы электрондық сауда саласындағы экспериментті іске асыру аймағын және электрондық сауда тауарларына қатысты техникалық регламенттерді сақтаудың хабарлама жасау тәртібін қолдануды келісу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z556" w:id="185"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      92) агроөнеркәсіптік кешенді дамыту саласындағы уәкілетті органмен келісу бойынша көтерме-тарату орталықтарына қойылатын талаптарды әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z557" w:id="186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      93) таңбалауға және қадағалап отыруға жататын тауарлардың тізбесін қалыптастыруға байланысты нормативтік құқықтық актілерді әзірлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z558" w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      94) Қазақстан Республикасының Ұлттық кәсіпкерлер палатасымен бірлесіп, республикалық және халықаралық көрмелер мен жәрмеңкелер өткізуге бастама жасау, қатысу және оларды ұйымдастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z559" w:id="188"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      95) Қазақстан Республикасының шетелдегі сауда өкілдіктерінің қызметін үйлестіру және қаржылық және кадрлық қамтамасыз етілуін бақылау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z560" w:id="189"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      96) Қазақстан Республикасының ішкі нарығын қорғау бойынша шаралар қабылдау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="189"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">97) алып тасталды – ҚР Үкіметінің 15.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 631</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z562" w:id="190"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      98) тұтынушылардың құқықтарын қорғау саласындағы нормативтік құқықтық актілерді әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z563" w:id="191"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      99) тұтынушылық дауларды сотқа дейінгі реттеу субъектілерінің тізбесін әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z564" w:id="192"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      100) Тұтынушылардың құқықтарын қорғаудың бірыңғай ақпараттық жүйесін қалыптастыру, жүргізу және пайдалану жөніндегі қағидаларды әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z565" w:id="193"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      101) нормативтік техникалық құжаттардың бірыңғай мемлекеттік қорын қалыптастыру, жүргізу және сүйемелдеу, сондай-ақ нормативтік техникалық құжаттардың, ресми басылымдардың көшірмелерін тарату тәртібін айқындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z566" w:id="194"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      102) стандарттау жөніндегі ұлттық органды айқындау үшін Қазақстан Республикасының Үкіметіне ұсыным беру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z567" w:id="195"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      103) мемлекеттік органдардың, жеке және заңды тұлғалардың стандарттау саласындағы қызметін салааралық үйлестіруді жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z568" w:id="196"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      104) сәйкестікті растау жөніндегі сарапшы-аудиторларға қойылатын рұқсат беру талаптарын, оларға сәйкестікті растайтын құжаттар тізбесін, сондай-ақ рұқсаттар және хабарламалар саласындағы уәкілетті органмен және ақпараттандыру саласындағы уәкілетті органмен келісу бойынша сәйкестікті растау жөніндегі сарапшы-аудиторларды аттестаттау, аттестаттардың қолданысын ұзарту қағидаларын әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z569" w:id="197"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      105) ұлттық стандарттарды (әскери ұлттық стандарттарды қоспағанда) жасау, ұлттық техникалық-экономикалық ақпарат сыныптауыштарын және стандарттау жөніндегі ұсынымдарды әзірлеу, келісу, сараптама, бекіту, тіркеу, есепке алу, өзгерту, қайта қарау, күшін жою және қолданысқа енгізу тәртібін, сондай-ақ тауарлардың, жұмыстардың және көрсетілетін қызметтердің жалпы сыныптауышына өзгерістер мен толықтырулар енгізу тәртібін айқындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z570" w:id="198"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      106) халықаралық, өңірлік стандарттарды және шет мемлекеттер стандарттарын, стандарттау жөніндегі халықаралық ұйымдардың техникалық-экономикалық ақпарат сыныптауыштарын, техникалық-экономикалық ақпарат сыныптауыштарын, стандарттау жөніндегі өңірлік ұйымдардың стандарттау жөніндегі қағидалары мен ұсынымдарын, техникалық-экономикалық ақпарат сыныптауыштарын, шет мемлекеттердің стандарттау жөніндегі қағидаларын, нормалары мен ұсынымдарын қолдану тәртібін айқындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z571" w:id="199"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      107) ұлттық, мемлекетаралық стандарттарды және ұлттық техникалық-экономикалық ақпарат сыныптауыштарын нормативтік құқықтық актілерде қолдану тәртібін айқындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z572" w:id="200"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      108) ұлттық стандарттау жоспарын әзірлеу тәртібін айқындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z573" w:id="201"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      109) техникалық-экономикалық ақпарат сыныптауыштарының депозитарийін құру және жүргізу тәртібін айқындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkStart w:name="z574" w:id="202"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      110) техникалық регламенттерді әзірлеу, сараптау, қабылдау, өзгерту және олардың күшін жою қағидаларын әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkStart w:name="z575" w:id="203"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      111) тауарларды шығарған елді айқындау, тауардың шығу тегі туралы сертификат беру және оның қолданысының күшін жою, тауарлардың шығу тегі туралы сертификаттың нысандарын белгілеу жөніндегі қағидаларды әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z576" w:id="204"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      112) техникалық регламенттердің талаптарына сәйкес келмейтін өнімді кері қайтарып алу қағидаларын әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkStart w:name="z577" w:id="205"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      113) сәйкестікті бағалау қағидаларын әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkStart w:name="z578" w:id="206"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      114) өлшем құралдарын салыстырып тексерушілерді аттестаттаудан, қайта аттестаттаудан өткізу және олардың сертификаттарын кері қайтарып алу тәртібін, сондай-ақ оларға қойылатын біліктілік талаптарын айқындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkStart w:name="z579" w:id="207"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      115) мемлекеттік ғылыми метрологиялық орталықты айқындау үшін Қазақстан Республикасының Үкіметіне ұсыным беру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkStart w:name="z580" w:id="208"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      116) шама бірліктерінің мемлекеттік эталондарын және аккредиттеу субъектілері шама бірліктерінің эталондарын жасау, бекіту, сақтау, қолдану және салыстыру тәртібін айқындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="208"/>
+    <w:bookmarkStart w:name="z581" w:id="209"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      117) өлшем бірлігін қамтамасыз ету саласындағы кадрлардың біліктілігін арттыру және оларды қайта даярлау тәртібін айқындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkStart w:name="z582" w:id="210"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      118) өлшемдерді орындау әдістемелерін және өлшемдерді орындаудың референттік әдістемелерін әзірлеу, метрологиялық аттестаттау, бекіту және өлшем бірлігін қамтамасыз етудің мемлекеттік жүйесінің тізілімінде тіркеу тәртібін айқындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkStart w:name="z583" w:id="211"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      119) өлшем бірлігін қамтамасыз ету саласындағы нормативтік құқықтық актілерге, техникалық регламенттерге, сондай-ақ мемлекетаралық және ұлттық стандарттарға метрологиялық сараптама жүргізу тәртібін айқындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="211"/>
+    <w:bookmarkStart w:name="z584" w:id="212"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      120) өлшем құралдарын салыстырып тексеру әдістемелерін әзірлеу, бекіту, өлшем бірлігін қамтамасыз етудің мемлекеттік жүйесінің тізілімінде тіркеу және қолдану тәртібін айқындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkStart w:name="z585" w:id="213"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      121) өлшем бірлігін қамтамасыз етудің мемлекеттік жүйесінің тізілімін жүргізу тәртібін айқындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="213"/>
+    <w:bookmarkStart w:name="z586" w:id="214"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      122) мемлекеттік реттеуге жатқызылатын өлшемдердің тізбелерін қалыптастыру тәртібін және оларға қойылатын метрологиялық талаптарды айқындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkStart w:name="z587" w:id="215"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      123) мемлекеттік органдармен бірлесіп, мемлекеттік реттеуге жатқызылатын өлшемдерге қойылатын метрологиялық талаптарды белгілеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="215"/>
+    <w:bookmarkStart w:name="z588" w:id="216"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      124) өлшем құралдарына тексеру жүргізу және өлшем құралдарын тексерудің мерзімділігін белгілеу тәртібін айқындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="216"/>
+    <w:bookmarkStart w:name="z589" w:id="217"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      125) өлшем құралдарының типін бекіту, типін бекіту мақсаттары үшін сынау, оларды метрологиялық аттестаттау және типін бекіту белгісінің нысанын белгілеу тәртібін айқындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkStart w:name="z590" w:id="218"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      126) аккредиттеу кезінде аккредиттеу субъектілері мен заңды тұлғалар үшін өлшемдердің метрологиялық қадағаланып отыруын қамтамасыз ету тәртібін айқындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="218"/>
+    <w:bookmarkStart w:name="z591" w:id="219"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      127) стандартты үлгінің типін бекіту және өлшем бірлігін қамтамасыз етудің мемлекеттік жүйесінің тізілімінде тіркеу тәртібін айқындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="219"/>
+    <w:bookmarkStart w:name="z592" w:id="220"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      128) мемлекеттік органдардың, жеке және заңды тұлғалардың өлшем бірлігін қамтамасыз ету саласындағы қызметін үйлестіруді жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="220"/>
+    <w:bookmarkStart w:name="z593" w:id="221"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      129) өлшем құралдарының типін бекіту және өлшем құралдарын салыстырып тексеру туралы сертификаттардың нысандарын бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="221"/>
+    <w:bookmarkStart w:name="z594" w:id="222"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      130) салыстырып тексеру таңбаларын дайындау, сақтау және қолдану тәртібін айқындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="222"/>
+    <w:bookmarkStart w:name="z595" w:id="223"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      131) сәйкестікті растау жөніндегі органдар үшін сәйкестікті бағалау саласында қағаз және электрондық жеткізгіштердегі аккредиттеу саласында мәлімделетін аккредиттеу өтінімінің, сынақ, салыстырып тексеру, калибрлеу зертханаларына (орталықтарына), метрологиялық аттестаттауды жүзеге асыратын заңды тұлғаларға арналған паспорттың, өлшемдерді орындау әдістемелерінің, сәйкестікті бағалау жөніндегі жұмыстарды орындайтын персонал туралы мәліметтердің нысанын бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="223"/>
+    <w:bookmarkStart w:name="z596" w:id="224"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      132) сәйкестікті бағалау саласындағы аккредиттеу алдындағы және аккредиттеуден кейінгі үлгілік шарттарды бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="224"/>
+    <w:bookmarkStart w:name="z597" w:id="225"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      133) техникалық регламенттерді әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="225"/>
+    <w:bookmarkStart w:name="z598" w:id="226"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      134) стандарттау жөніндегі техникалық комитеттерді құру, олардың жұмыс істеуі және тарату тәртібін айқындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="226"/>
+    <w:bookmarkStart w:name="z599" w:id="227"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      135) көлік құралының типін мақұлдауларды, шасси типін мақұлдауларды бекіту және тіркеу жөніндегі қағидаларды әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="227"/>
+    <w:bookmarkStart w:name="z600" w:id="228"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      136) көлік құралының типін мақұлдауларды, шасси типін мақұлдауларды ресімдеудің дұрыстығын және негізділігін тексеру жөніндегі қағидаларды әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="228"/>
+    <w:bookmarkStart w:name="z601" w:id="229"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      137) әкелу немесе әкету кедендiк бажы қолданылатын тауарлар тiзбесiн, мөлшерлемелер көлемiн және олардың қолданылу мерзiмiн, сондай-ақ қажет болған кезде оларды есептеу тәртібін бекiту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="229"/>
+    <w:bookmarkStart w:name="z602" w:id="230"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      138) көлік құралдарын жасаушыларға халықаралық сәйкестендіру кодтарын беру қағидаларын әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="230"/>
+    <w:bookmarkStart w:name="z603" w:id="231"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      139) көлік құралын жасаушыға халықаралық сәйкестендіру кодын беру туралы куәліктің нысанын әзірлеу және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="231"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve">140) алып тасталды – ҚР Үкіметінің 15.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 631</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...2730 lines deleted...]
-    <w:bookmarkStart w:name="z605" w:id="224"/>
+    </w:p>
+    <w:bookmarkStart w:name="z605" w:id="232"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       141) шет мемлекеттердің сәйкестік сертификаттарын, сынақ хаттамаларын, сәйкестік белгілерін және сәйкестікті бағалау туралы өзге де құжаттарды тану тәртібін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="224"/>
-    <w:bookmarkStart w:name="z606" w:id="225"/>
+    <w:bookmarkEnd w:id="232"/>
+    <w:bookmarkStart w:name="z606" w:id="233"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       142) өз құзыреті шегінде ұлттық қауiпсiздiктi қамтамасыз ету жөнiндегi іс-шараларды жоспарлау және өткiзу бойынша ведомстволық бағынысты ұйымдардың қызметiне басшылық ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="225"/>
-    <w:bookmarkStart w:name="z607" w:id="226"/>
+    <w:bookmarkEnd w:id="233"/>
+    <w:bookmarkStart w:name="z607" w:id="234"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       143) ұлттық қауіпсіздік жүйесін жетілдіру жөнінде ұсыныстар енгізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="226"/>
-    <w:bookmarkStart w:name="z608" w:id="227"/>
+    <w:bookmarkEnd w:id="234"/>
+    <w:bookmarkStart w:name="z608" w:id="235"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       144) ұлттық қауiпсiздiк саласындағы заңдар мен өзге де нормативтiк құқықтық актiлердiң сақталуын қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="227"/>
-    <w:bookmarkStart w:name="z609" w:id="228"/>
+    <w:bookmarkEnd w:id="235"/>
+    <w:bookmarkStart w:name="z609" w:id="236"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       145) мемлекеттік құпияларды қорғау саласындағы заңнаманы сақтай отырып, ұлттық қауіпсіздіктің жай-күйі және оны қамтамасыз ету бойынша қабылданатын шаралар туралы халықты хабардар ету, насихаттау және қарсы насихаттау қызметін жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="228"/>
-    <w:bookmarkStart w:name="z610" w:id="229"/>
+    <w:bookmarkEnd w:id="236"/>
+    <w:bookmarkStart w:name="z610" w:id="237"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       146) іс-әрекеттерi (немесе әрекетсiздiгi) Қазақстан Республикасының ұлттық мүдделерінiң бұзылуына, ұлттық қауiпсiздiгiне қауіп төнуіне әкеп соғатын лауазымды адамдарды, мемлекеттiк қызметшiлердi тиiсті жауаптылыққа тарту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="229"/>
-    <w:bookmarkStart w:name="z611" w:id="230"/>
+    <w:bookmarkEnd w:id="237"/>
+    <w:bookmarkStart w:name="z611" w:id="238"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       147) құпияландырылуға жататын мәліметтердің ведомостволық тізбесін әзірлеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="230"/>
-    <w:bookmarkStart w:name="z612" w:id="231"/>
+    <w:bookmarkEnd w:id="238"/>
+    <w:bookmarkStart w:name="z612" w:id="239"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       148) Министрлік, оның ішінде ведомстволық бағынысты ұйымдар әзірлеген мемлекеттік құпиялардың Қазақстан Республикасының заңдарына сәйкес қорғалуын қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="231"/>
-    <w:bookmarkStart w:name="z613" w:id="232"/>
+    <w:bookmarkEnd w:id="239"/>
+    <w:bookmarkStart w:name="z613" w:id="240"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       149) мемлекеттік құпияларды құрайтын мәліметтерді жария етудің немесе жоғалтудың салдарынан Қазақстан Республикасының ұлттық қауіпсіздігіне немесе мемлекеттік органдар мен ұйымдардың мүдделеріне келтірілген немесе келтірілуі мүмкін зиянның мөлшерін айқындау тәртібін әзірлеуге қатысу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="232"/>
-    <w:bookmarkStart w:name="z614" w:id="233"/>
+    <w:bookmarkEnd w:id="240"/>
+    <w:bookmarkStart w:name="z614" w:id="241"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       150) басқа мемлекеттік органдар мен ұйымдар берген мемлекеттік құпиялар болып табылатын мәліметтердің, сондай-ақ өздері құпияландырған мәліметтердің қорғалуын қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="233"/>
-    <w:bookmarkStart w:name="z615" w:id="234"/>
+    <w:bookmarkEnd w:id="241"/>
+    <w:bookmarkStart w:name="z615" w:id="242"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       151) мемлекеттік құпияларды құрайтын мәліметтерді пайдалана отырып, жұмыстар жүргізуге белгіленген тәртіппен рұқсат алу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="234"/>
-    <w:bookmarkStart w:name="z616" w:id="235"/>
+    <w:bookmarkEnd w:id="242"/>
+    <w:bookmarkStart w:name="z616" w:id="243"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       152) өз құзыреті шегінде мемлекеттік құпияларды құрайтын мәліметтерге рұқсат берілетін азаматтарға қатысты тексеру шараларын жүргізуді қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="235"/>
-    <w:bookmarkStart w:name="z617" w:id="236"/>
+    <w:bookmarkEnd w:id="243"/>
+    <w:bookmarkStart w:name="z617" w:id="244"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       153) нормативтік техникалық құжаттардың бірыңғай мемлекеттік қорының жұмысын ұйымдастыру және үйлестіру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="236"/>
-    <w:bookmarkStart w:name="z618" w:id="237"/>
+    <w:bookmarkEnd w:id="244"/>
+    <w:bookmarkStart w:name="z618" w:id="245"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       154) оқу орталықтарына қойылатын талаптарды, оларды техникалық реттеу тізіліміне енгізу қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="237"/>
-[...134 lines deleted...]
-    <w:bookmarkStart w:name="z620" w:id="238"/>
+    <w:bookmarkEnd w:id="245"/>
+    <w:bookmarkStart w:name="z619" w:id="246"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      155) тауардың шығу тегі туралы сертификаттарды берудің негізділігін, оларда қамтылған мәліметтердің анықтығын және дайындаушылардың тауарларды шығарған елді айқындау өлшемшарттарын орындауын верификациялауды (тексеруді) тауарды шығарған елді айқындау, тауардың шығу тегі туралы сертификат беру және оның қолданысының күшін жою, тауарлардың шығу тегі туралы сертификаттың нысандарын белгілеу жөніндегі қағидаларға сәйкес жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="246"/>
+    <w:bookmarkStart w:name="z620" w:id="247"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       156) уәкілетті орган айқындаған тәртіппен тауарлардың шығарылған елін растау мақсатында экспорттаушыларды тауар әкелінетін елдің ақпараттық жүйелерінде тіркеудің негізділігін верификациялауды (тексеруді) жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="238"/>
-    <w:bookmarkStart w:name="z621" w:id="239"/>
+    <w:bookmarkEnd w:id="247"/>
+    <w:bookmarkStart w:name="z621" w:id="248"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       157) "Техникалық реттеу туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген тәртіппен жеке және заңды тұлғалардың құқықтары мен заңды мүдделеріне, адамның өмірі мен денсаулығына, қоршаған ортаға тікелей қатер төндіретін өнімді айналысқа шығаруға тыйым салу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="239"/>
-    <w:bookmarkStart w:name="z622" w:id="240"/>
+    <w:bookmarkEnd w:id="248"/>
+    <w:bookmarkStart w:name="z622" w:id="249"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       158) Қазақстан Республикасының Кәсіпкерлік кодексіне сәйкес өнімнің техникалық регламенттердің талаптарына сәйкестігіне техникалық реттеу саласындағы мемлекеттік бақылауды және қадағалауды жүргізу бойынша оны айналысқа шығару бөлігінде тексеру парақтарын және тәуекел дәрежесін бағалау өлшемшарттарын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="240"/>
-    <w:bookmarkStart w:name="z623" w:id="241"/>
+    <w:bookmarkEnd w:id="249"/>
+    <w:bookmarkStart w:name="z623" w:id="250"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       159) бірыңғай тізбеге енгізілмеген, бірыңғай тізбеге енгізілген, бірақ оған қатысты техникалық регламенттер қабылданбаған немесе қолданысқа енгізілмеген өнімді айналысқа шығару қағидаларын, сондай-ақ оған қатысты жалпы қауіпсіздік туралы декларация қабылданатын өнімнің тізбесін, жалпы қауіпсіздік туралы декларацияның нысанын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="241"/>
-    <w:bookmarkStart w:name="z624" w:id="242"/>
+    <w:bookmarkEnd w:id="250"/>
+    <w:bookmarkStart w:name="z624" w:id="251"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       160) Еуразиялық экономикалық одақтың сәйкестікті бағалау жөніндегі органдарының бірыңғай тізілімінің ұлттық бөлігіне (ұлттық бөлігінен) сәйкестікті бағалау жөніндегі органдарды енгізу немесе шығару туралы шешімдер қабылдау қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="242"/>
-    <w:bookmarkStart w:name="z625" w:id="243"/>
+    <w:bookmarkEnd w:id="251"/>
+    <w:bookmarkStart w:name="z625" w:id="252"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       161) тиісті зертханалық практика қағидаттарын іске асыру қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="243"/>
-    <w:bookmarkStart w:name="z626" w:id="244"/>
+    <w:bookmarkEnd w:id="252"/>
+    <w:bookmarkStart w:name="z626" w:id="253"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       162) техникалық реттеу тізілімін қалыптастыру, жүргізу және сүйемелдеу қағидаларын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="244"/>
-    <w:bookmarkStart w:name="z627" w:id="245"/>
+    <w:bookmarkEnd w:id="253"/>
+    <w:bookmarkStart w:name="z627" w:id="254"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       163) өлшем құралдарын бастапқы тексеру нәтижелері бойынша айналысқа шығарылатын өлшем құралдарының тізбесін бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="245"/>
-    <w:bookmarkStart w:name="z628" w:id="246"/>
+    <w:bookmarkEnd w:id="254"/>
+    <w:bookmarkStart w:name="z628" w:id="255"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       164) дайындаушы немесе сатушы өлшеп-ораған кез келген түрдегі қаптамадағы өнімнің, сондай-ақ өткізу кезіндегі импорттаушы әкелген өлшеп-оралған өнімнің және сауда операцияларын жасау кезінде иеліктен шығарылатын өнім санының сәйкестігін мемлекеттік метрологиялық бақылау мақсатында анықтау жөніндегі тәртіпті айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="246"/>
-    <w:bookmarkStart w:name="z629" w:id="247"/>
+    <w:bookmarkEnd w:id="255"/>
+    <w:bookmarkStart w:name="z629" w:id="256"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       165) аккредиттеу жөнінде кеңес құру, оның құрамын және ол туралы ережені әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="247"/>
-    <w:bookmarkStart w:name="z630" w:id="248"/>
+    <w:bookmarkEnd w:id="256"/>
+    <w:bookmarkStart w:name="z630" w:id="257"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       166) аккредиттеу субъектілері қызметінің мониторингін жүзеге асыру қағидаларын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="248"/>
-    <w:bookmarkStart w:name="z631" w:id="249"/>
+    <w:bookmarkEnd w:id="257"/>
+    <w:bookmarkStart w:name="z631" w:id="258"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       167) тауарлардың шығарылған елін растау мақсатында экспорттаушыларды әкелу елдерінің ақпараттық жүйелерінде тіркеу қағидаларын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="249"/>
-    <w:bookmarkStart w:name="z632" w:id="250"/>
+    <w:bookmarkEnd w:id="258"/>
+    <w:bookmarkStart w:name="z632" w:id="259"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       168) алып қойылған өнімді сақтау қағидаларын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="250"/>
-    <w:bookmarkStart w:name="z633" w:id="251"/>
+    <w:bookmarkEnd w:id="259"/>
+    <w:bookmarkStart w:name="z633" w:id="260"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       169) Министрліктің құзыреті шегінде нормативтік құқықтық актілерді әзірлеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="251"/>
-    <w:bookmarkStart w:name="z634" w:id="252"/>
+    <w:bookmarkEnd w:id="260"/>
+    <w:bookmarkStart w:name="z634" w:id="261"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       170) Министрліктің құзыреті шегінде нормативтік құқықтық актілердің жобаларын келісу және олар бойынша қорытындылар беру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="252"/>
-    <w:bookmarkStart w:name="z635" w:id="253"/>
+    <w:bookmarkEnd w:id="261"/>
+    <w:bookmarkStart w:name="z635" w:id="262"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       171) ашық бюджеттердің интернет-порталында қазақ және орыс тілдерінде ақпарат орналастыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="253"/>
-    <w:bookmarkStart w:name="z636" w:id="254"/>
+    <w:bookmarkEnd w:id="262"/>
+    <w:bookmarkStart w:name="z636" w:id="263"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       172) ашық деректердің интернет-порталында қазақ және орыс тілдерінде ашық деректерді орналастыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="254"/>
-    <w:bookmarkStart w:name="z637" w:id="255"/>
+    <w:bookmarkEnd w:id="263"/>
+    <w:bookmarkStart w:name="z637" w:id="264"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       173) жобаларды ашық нормативтік құқықтық актілердің интернет-порталында қазақ және орыс тілдерінде орналастыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="255"/>
-    <w:bookmarkStart w:name="z638" w:id="256"/>
+    <w:bookmarkEnd w:id="264"/>
+    <w:bookmarkStart w:name="z638" w:id="265"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       174) жеке және заңды тұлғалардың сыртқы және ішкі сауда, халықаралық экономикалық интеграция, шикізаттық емес тауарлар мен көрсетілетін қызметтер экспортын дамыту, тұтынушылардың құқықтарын қорғау, техникалық реттеу, стандарттау, өлшем бірлігін қамтамасыз ету, сәйкестікті бағалау саласындағы аккредиттеу мәселелері бойынша жолданымдарын қарау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="256"/>
-    <w:bookmarkStart w:name="z639" w:id="257"/>
+    <w:bookmarkEnd w:id="265"/>
+    <w:bookmarkStart w:name="z639" w:id="266"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       175) Қазақстан Республикасының сәйкестiктi бағалау саласындағы аккредиттеу туралы заңнамасының сақталуын бақылауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="257"/>
-    <w:bookmarkStart w:name="z640" w:id="258"/>
+    <w:bookmarkEnd w:id="266"/>
+    <w:bookmarkStart w:name="z640" w:id="267"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       176) өнімді айналысқа шығару бөлігінде оның техникалық регламенттердің талаптарына сәйкестігін, сондай-ақ техникалық реттеу саласындағы мемлекеттік бақылау және қадағалау субъектілерінің Қазақстан Республикасының техникалық реттеу саласындағы заңнамасында, Қазақстан Республикасының өзге де нормативтік құқықтық актілерінде не Еуразиялық экономикалық комиссия шешімдерінде белгіленген талаптарды сақтауын мемлекеттік бақылауды және қадағалауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="258"/>
-    <w:bookmarkStart w:name="z641" w:id="259"/>
+    <w:bookmarkEnd w:id="267"/>
+    <w:bookmarkStart w:name="z641" w:id="268"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       177) "Өлшем бірлігін қамтамасыз ету туралы" Қазақстан Республикасы Заңының 22-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген объектілерді мемлекеттік метрологиялық бақылау жоспардан тыс тексеру, бақылау субъектісіне (объектісіне) бару арқылы профилактикалық бақылау және бақылау субъектісіне (объектісіне) бармай профилактикалық бақылау нысанында жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="259"/>
-    <w:bookmarkStart w:name="z642" w:id="260"/>
+    <w:bookmarkEnd w:id="268"/>
+    <w:bookmarkStart w:name="z642" w:id="269"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       178) мемлекеттік органдарға техникалық реттеу объектілерін қозғайтын нормативтік құқықтық актілерді және құқықтық актілерді Қазақстан Республикасының техникалық реттеу саласындағы заңнамасына, техникалық регламенттерге және ұлттық стандарттарға сәйкес келтіру туралы ұсыныстар енгізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="260"/>
-    <w:bookmarkStart w:name="z643" w:id="261"/>
+    <w:bookmarkEnd w:id="269"/>
+    <w:bookmarkStart w:name="z643" w:id="270"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       179) техникалық регламенттердің талаптарына сәйкес келмейтін өнімді айналысқа шығарудың жолын кесу және оған жол бермеу жөніндегі ықпал ету шараларын қабылдау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="261"/>
+    <w:bookmarkEnd w:id="270"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8407,490 +7713,490 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z645" w:id="262"/>
+    <w:bookmarkStart w:name="z645" w:id="271"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       181) жеке, заңды тұлғалар техникалық реттеу саласындағы лауазымды адамдар берген заңды талаптарды немесе нұсқамаларды, қаулыларды орындамаған немесе тиісінше орындамаған кезде сотқа жүгіну;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="262"/>
-    <w:bookmarkStart w:name="z646" w:id="263"/>
+    <w:bookmarkEnd w:id="271"/>
+    <w:bookmarkStart w:name="z646" w:id="272"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       182) зергерлік және басқа да бұйымдарды өткізу саласында мемлекеттік бақылауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="263"/>
-    <w:bookmarkStart w:name="z647" w:id="264"/>
+    <w:bookmarkEnd w:id="272"/>
+    <w:bookmarkStart w:name="z647" w:id="273"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       183) өнімдер мен процестердің қауіпсіздігін қамтамасыз ету мүддесінде консультативтік-кеңесші органдар құру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="264"/>
-    <w:bookmarkStart w:name="z648" w:id="265"/>
+    <w:bookmarkEnd w:id="273"/>
+    <w:bookmarkStart w:name="z648" w:id="274"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       184) Еуразиялық экономикалық одақтың техникалық регламенті талаптарының сақталуын қамтамасыз ету, техникалық реттеу объектілерінің Еуразиялық экономикалық одақтың техникалық регламенті талаптарына сәйкестігін бағалау кезінде зерттеулер (сынақтар) және өлшемдер жүргізу мақсатында Қазақстан Республикасының аумағында қолдану үшін Қазақстан Республикасының ұлттық стандарттары ретінде Еуразиялық экономикалық одаққа мүше мемлекеттердің ұлттық (мемлекеттік) стандарттарын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="265"/>
-    <w:bookmarkStart w:name="z649" w:id="266"/>
+    <w:bookmarkEnd w:id="274"/>
+    <w:bookmarkStart w:name="z649" w:id="275"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       185) аккредиттеу жөніндегі халықаралық және өңірлік ұйымдарда Қазақстан Республикасының мүдделерін білдіру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="266"/>
-    <w:bookmarkStart w:name="z650" w:id="267"/>
+    <w:bookmarkEnd w:id="275"/>
+    <w:bookmarkStart w:name="z650" w:id="276"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       186) техникалық реттеу саласындағы мемлекеттiк органдардың, жеке және заңды тұлғалардың қызметiн салааралық үйлестіруді жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="267"/>
-    <w:bookmarkStart w:name="z651" w:id="268"/>
+    <w:bookmarkEnd w:id="276"/>
+    <w:bookmarkStart w:name="z651" w:id="277"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       187) техникалық реттеу мәселелері бойынша сараптамалық кеңестермен, жеке және заңды тұлғалармен өзара іс-қимыл жасау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="268"/>
-    <w:bookmarkStart w:name="z652" w:id="269"/>
+    <w:bookmarkEnd w:id="277"/>
+    <w:bookmarkStart w:name="z652" w:id="278"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       188) техникалық реттеу, сәйкестікті бағалау және сәйкестікті бағалау саласындағы аккредиттеу жөніндегі халықаралық және өңірлік ұйымдарда техникалық реттеу мәселелері бойынша келіссөз позициясын қалыптастыру және Қазақстан Республикасының атынан өкілдік ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="269"/>
-    <w:bookmarkStart w:name="z653" w:id="270"/>
+    <w:bookmarkEnd w:id="278"/>
+    <w:bookmarkStart w:name="z653" w:id="279"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       189) стандарттау жөніндегі халықаралық және өңірлік ұйымдарда Қазақстан Республикасының мүдделерін білдіру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="270"/>
-    <w:bookmarkStart w:name="z654" w:id="271"/>
+    <w:bookmarkEnd w:id="279"/>
+    <w:bookmarkStart w:name="z654" w:id="280"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       190) Қазақстан Республикасының Мемлекеттік Туы мен Мемлекеттік Елтаңбасын дайындау бойынша лицензиялауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="271"/>
-    <w:bookmarkStart w:name="z868" w:id="272"/>
+    <w:bookmarkEnd w:id="280"/>
+    <w:bookmarkStart w:name="z868" w:id="281"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       190-1) Қазақстан Республикасының Мемлекеттік Туы мен Мемлекеттік Елтаңбасының "Қазақстан Республикасының мемлекеттік рәміздері туралы" Қазақстан Республикасы Конституциялық заңында бекітілген ұлттық стандарттарға және олардың бейнелеріне сәйкес келетін эталондарын дайындау жөніндегі жұмысты ұйымдастыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="272"/>
-    <w:bookmarkStart w:name="z869" w:id="273"/>
+    <w:bookmarkEnd w:id="281"/>
+    <w:bookmarkStart w:name="z869" w:id="282"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       190-2) Қазақстан Республикасының Мемлекеттік Туы мен Мемлекеттік Елтаңбасының ұлттық стандарттарын әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="273"/>
-    <w:bookmarkStart w:name="z870" w:id="274"/>
+    <w:bookmarkEnd w:id="282"/>
+    <w:bookmarkStart w:name="z870" w:id="283"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       190-3) Қазақстан Республикасының Мемлекеттік Туы мен Мемлекеттік Елтаңбасының эталондарын әзірлеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="274"/>
-    <w:bookmarkStart w:name="z655" w:id="275"/>
+    <w:bookmarkEnd w:id="283"/>
+    <w:bookmarkStart w:name="z655" w:id="284"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       191) техникалық регламенттерді әзірлеу бойынша жоспар жобасын қалыптастыру және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="275"/>
-    <w:bookmarkStart w:name="z656" w:id="276"/>
+    <w:bookmarkEnd w:id="284"/>
+    <w:bookmarkStart w:name="z656" w:id="285"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       192) саудадағы техникалық кедергілер, санитариялық және фитосанитариялық шаралар жөніндегі ақпараттық орталықтың жұмыс істеуін қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="276"/>
-    <w:bookmarkStart w:name="z871" w:id="277"/>
+    <w:bookmarkEnd w:id="285"/>
+    <w:bookmarkStart w:name="z871" w:id="286"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       192-1) саудадағы техникалық кедергілер, санитариялық және фитосанитариялық шаралар жөніндегі ақпараттық орталықты құру және оның жұмыс істеу тәртібін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="277"/>
-    <w:bookmarkStart w:name="z657" w:id="278"/>
+    <w:bookmarkEnd w:id="286"/>
+    <w:bookmarkStart w:name="z657" w:id="287"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       193) ұлттық стандарттарды (әскери ұлттық стандарттарды қоспағанда) және мемлекетаралық стандарттарды талдауды және әзірлеуді ұйымдастыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="278"/>
-    <w:bookmarkStart w:name="z658" w:id="279"/>
+    <w:bookmarkEnd w:id="287"/>
+    <w:bookmarkStart w:name="z658" w:id="288"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       194) ұлттық стандарттарды Еуразиялық экономикалық одақтың тиісті техникалық регламенттеріне стандарттардың тізбелеріне енгізу жөнінде жұмыстар жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="279"/>
-    <w:bookmarkStart w:name="z659" w:id="280"/>
+    <w:bookmarkEnd w:id="288"/>
+    <w:bookmarkStart w:name="z659" w:id="289"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       195) "Техникалық реттеу туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес сәйкестікті бағалау туралы құжаттардың күшін жоюды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="280"/>
-    <w:bookmarkStart w:name="z660" w:id="281"/>
+    <w:bookmarkEnd w:id="289"/>
+    <w:bookmarkStart w:name="z660" w:id="290"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       196) зертханааралық салыстырмалы сынау (салыстыру) жөнiндегi жұмыстарды ұйымдастыруды қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="281"/>
-    <w:bookmarkStart w:name="z661" w:id="282"/>
+    <w:bookmarkEnd w:id="290"/>
+    <w:bookmarkStart w:name="z661" w:id="291"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       197) техникалық реттеудің мемлекеттік жүйесін қалыптастыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="282"/>
+    <w:bookmarkEnd w:id="291"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8919,450 +8225,450 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z663" w:id="283"/>
+    <w:bookmarkStart w:name="z663" w:id="292"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       199) тауарларды таңбалау мен олардың қадағалануы саласындағы салалық уәкілетті мемлекеттік органдармен және Қазақстан Республикасының Ұлттық кәсіпкерлер палатасымен бірлесіп, олардың құзыреттері шегінде тауарларды таңбалау мен олардың қадағалануының ақпараттық жүйесіне қойылатын талаптарды бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="283"/>
-    <w:bookmarkStart w:name="z872" w:id="284"/>
+    <w:bookmarkEnd w:id="292"/>
+    <w:bookmarkStart w:name="z872" w:id="293"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       199-1) тауарларды таңбалау мен олардың қадағалануы саласындағы салалық уәкілетті мемлекеттік органдар айқындайтын тауарларды таңбалауда қолданылатын бақылау (сәйкестендіру) белгісі, сәйкестендіру құралы құнының шекті мөлшерін келісу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="284"/>
-    <w:bookmarkStart w:name="z878" w:id="285"/>
+    <w:bookmarkEnd w:id="293"/>
+    <w:bookmarkStart w:name="z878" w:id="294"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       199-2) таңбалануға жататын тауарлар тізбесін және оның енгізілетін күнін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="285"/>
-    <w:bookmarkStart w:name="z895" w:id="286"/>
+    <w:bookmarkEnd w:id="294"/>
+    <w:bookmarkStart w:name="z895" w:id="295"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       193-3) көлеңкелі экономикаға қарсы іс-қимыл жөніндегі мемлекеттік саясатты қалыптастыруға қатысу және шаралар қабылдау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="286"/>
-    <w:bookmarkStart w:name="z664" w:id="287"/>
+    <w:bookmarkEnd w:id="295"/>
+    <w:bookmarkStart w:name="z664" w:id="296"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       200) ұлттық стандарттау жоспарын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="287"/>
-    <w:bookmarkStart w:name="z665" w:id="288"/>
+    <w:bookmarkEnd w:id="296"/>
+    <w:bookmarkStart w:name="z665" w:id="297"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       201) ұлттық стандарттарды (әскери ұлттық стандарттарды қоспағанда), ұлттық техникалық-экономикалық ақпарат сыныптауыштарын, стандарттау жөніндегі ұсынымдарды, сондай-ақ оларға өзгерістерді бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="288"/>
-    <w:bookmarkStart w:name="z879" w:id="289"/>
+    <w:bookmarkEnd w:id="297"/>
+    <w:bookmarkStart w:name="z879" w:id="298"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       201-1) стандарттау саласындағы мемлекеттік органдар әзірлейтін ұлттық стандарттарды әзірлеуді келісу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="289"/>
-    <w:bookmarkStart w:name="z880" w:id="290"/>
+    <w:bookmarkEnd w:id="298"/>
+    <w:bookmarkStart w:name="z880" w:id="299"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       201-2) стандарттау саласындағы мемлекеттік органдар әзірлейтін ұлттық техникалық-экономикалық ақпарат сыныптауыштарын әзірлеуді келісу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="290"/>
-    <w:bookmarkStart w:name="z666" w:id="291"/>
+    <w:bookmarkEnd w:id="299"/>
+    <w:bookmarkStart w:name="z666" w:id="300"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       202) мемлекеттік ғылыми метрологиялық орталықтың қызметін үйлестіруді жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="291"/>
-    <w:bookmarkStart w:name="z667" w:id="292"/>
+    <w:bookmarkEnd w:id="300"/>
+    <w:bookmarkStart w:name="z667" w:id="301"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       203) шама бірліктерінің мемлекеттік эталондарын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="292"/>
-    <w:bookmarkStart w:name="z668" w:id="293"/>
+    <w:bookmarkEnd w:id="301"/>
+    <w:bookmarkStart w:name="z668" w:id="302"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       204) шама бірліктері эталондарының сыныптамасын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="293"/>
-    <w:bookmarkStart w:name="z669" w:id="294"/>
+    <w:bookmarkEnd w:id="302"/>
+    <w:bookmarkStart w:name="z669" w:id="303"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       205) метрология жөніндегі халықаралық және өңірлік ұйымдарда Қазақстан Республикасының атынан өкілдік ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="294"/>
-    <w:bookmarkStart w:name="z670" w:id="295"/>
+    <w:bookmarkEnd w:id="303"/>
+    <w:bookmarkStart w:name="z670" w:id="304"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       206) мемлекеттік метрологиялық бақылауды ұйымдастыру және жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="295"/>
-    <w:bookmarkStart w:name="z671" w:id="296"/>
+    <w:bookmarkEnd w:id="304"/>
+    <w:bookmarkStart w:name="z671" w:id="305"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       207) уақыт пен жиіліктің өлшем бірлігін қамтамасыз етуге және Жердің айналу параметрлерін айқындауға бағытталған жұмыстарды өңіраралық және салааралық үйлестіруді жүзеге асыру және орындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="296"/>
-    <w:bookmarkStart w:name="z672" w:id="297"/>
+    <w:bookmarkEnd w:id="305"/>
+    <w:bookmarkStart w:name="z672" w:id="306"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       208) стандартты үлгілерді әзірлеумен және енгізумен байланысты жұмыстарды өңіраралық және салааралық үйлестіруді жүзеге асыру және орындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="297"/>
-    <w:bookmarkStart w:name="z673" w:id="298"/>
+    <w:bookmarkEnd w:id="306"/>
+    <w:bookmarkStart w:name="z673" w:id="307"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       209) заттар мен материалдардың физикалық константалары мен қасиеттері туралы стандартты анықтамалық деректерді әзірлеумен және енгізумен байланысты жұмыстарды өңіраралық және салааралық үйлестіруді жүзеге асыру және орындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="298"/>
-    <w:bookmarkStart w:name="z674" w:id="299"/>
+    <w:bookmarkEnd w:id="307"/>
+    <w:bookmarkStart w:name="z674" w:id="308"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       210) өлшем бірлігін қамтамасыз ету саласында ғылыми зерттеулер жүргiзудi ұйымдастыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="299"/>
-    <w:bookmarkStart w:name="z675" w:id="300"/>
+    <w:bookmarkEnd w:id="308"/>
+    <w:bookmarkStart w:name="z675" w:id="309"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       211) өлшем бiрлiгiн қамтамасыз етудің мемлекеттiк жүйесiнiң тiзiлiмiн жүргiзу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="300"/>
-    <w:bookmarkStart w:name="z676" w:id="301"/>
+    <w:bookmarkEnd w:id="309"/>
+    <w:bookmarkStart w:name="z676" w:id="310"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       212) өлшем құралдарының типін бекіту туралы шешім қабылдау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="301"/>
-    <w:bookmarkStart w:name="z677" w:id="302"/>
+    <w:bookmarkEnd w:id="310"/>
+    <w:bookmarkStart w:name="z677" w:id="311"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       213) әзiрленген техникалық регламенттердi сараптауды, келiсудi, техникалық регламенттердiң қолданылуын тоқтата тұруды не күшiн жоюды келiсудi жүзеге асыру, оның iшiнде мемлекеттiк органдардың техникалық регламенттердiң қолданылуын тоқтата тұру не күшiн жою мәселелерiне бастама жасауы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="302"/>
+    <w:bookmarkEnd w:id="311"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       213-1) бұзылуы жедел ден қою шараларын қолдануға әкеп соқтыратын талаптар тізбесін айқындау, сондай-ақ талаптардың нақты бұзылуына қатысты жедел ден қою шарасының нақты түрін, осы шараны қолдану мерзімін көрсете отырып айқындау (қажет болған кезде);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9481,730 +8787,730 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       213-8) кәсіптік біліктілікті дамыту жөніндегі мәселелерді үйлестіру мақсатында кәсіптік біліктілікті тану саласындағы уәкілетті орган айқындаған тәртіппен консультативтік-кеңесші органдар – кәсіптік біліктілік жөнінде салалық кеңестер құру;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       213-9) кәсіптік біліктілікті тану саласындағы уәкілетті орган бекіткен кәсіптік біліктілік жөніндегі салалық кеңестер туралы үлгілік ереже негізінде кәсіптік біліктілік жөніндегі салалық кеңестер туралы ережені әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z678" w:id="303"/>
+    <w:bookmarkStart w:name="z678" w:id="312"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       214) тұтынушылардың құқықтарын қорғау саласындағы мемлекеттік саясаттың негізгі бағыттары бойынша Қазақстан Республикасының Үкіметіне ұсыныстар енгізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="303"/>
-    <w:bookmarkStart w:name="z679" w:id="304"/>
+    <w:bookmarkEnd w:id="312"/>
+    <w:bookmarkStart w:name="z679" w:id="313"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       215) тұтынушылардың құқықтарын қорғау саласындағы мемлекеттік саясаттың іске асырылуын қамтамасыз ету бойынша мемлекеттік органдардың қызметін салааралық үйлестіруді жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="304"/>
-    <w:bookmarkStart w:name="z680" w:id="305"/>
+    <w:bookmarkEnd w:id="313"/>
+    <w:bookmarkStart w:name="z680" w:id="314"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       216) Қазақстан Республикасының тұтынушылардың құқықтарын қорғау туралы заңнамасының сақталуын мемлекеттік бақылауды Қазақстан Республикасының Кәсіпкерлік кодексіне сәйкес жоспардан тыс тексеру және "Тұтынушылардың құқықтарын қорғау туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес бақылау субъектісіне (объектісіне) бармай профилактикалық бақылау нысанында жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="305"/>
-    <w:bookmarkStart w:name="z681" w:id="306"/>
+    <w:bookmarkEnd w:id="314"/>
+    <w:bookmarkStart w:name="z681" w:id="315"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       217) бақылау субъектісіне (объектісіне) бармай профилактикалық бақылауды Қазақстан Республикасының тұтынушылардың құқықтарын қорғау туралы заңнамасын бұзу фактілері бойынша мемлекеттік органдардан, тұтынушылық дауларды сотқа дейінгі реттеу субъектілерінен, тұтынушылардың заңды мүдделерін білдіретін өкілдерден, оның ішінде тұтынушылардың құқықтарын қорғаудың бірыңғай ақпараттық жүйесі арқылы, сондай-ақ бұқаралық ақпарат құралдары арқылы алынған ақпарат пен есептілік негізінде жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="306"/>
-    <w:bookmarkStart w:name="z682" w:id="307"/>
+    <w:bookmarkEnd w:id="315"/>
+    <w:bookmarkStart w:name="z682" w:id="316"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       218) тұтынушылардың құқықтарын қорғаудың бірыңғай ақпараттық жүйесін және оның мобильдік нұсқасын қалыптастыруды және жүргізуді қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="307"/>
-    <w:bookmarkStart w:name="z683" w:id="308"/>
+    <w:bookmarkEnd w:id="316"/>
+    <w:bookmarkStart w:name="z683" w:id="317"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       219) өз құқықтары мен заңды мүдделерін қорғау мәселелерінде тұтынушыларға ақпарат, консультация беруді, оларды ағартуды, олардың құқықтық сауаттылығын арттыруды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="308"/>
-    <w:bookmarkStart w:name="z684" w:id="309"/>
+    <w:bookmarkEnd w:id="317"/>
+    <w:bookmarkStart w:name="z684" w:id="318"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       220) зерттеулер, ақпараттық-ағартушылық жұмыс жүргізу, тұтынушылардың құқықтарын қорғау мәселелері бойынша халыққа консультациялық көмек және тұтынушылардың бұзылған құқықтары мен заңды мүдделерін қалпына келтіруде оларға өкілдік қызметтер көрсету бойынша мемлекеттік әлеуметтік тапсырысты қалыптастыруды, іске асыруды, іске асыру мониторингін және нәтижелерін бағалауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="309"/>
-    <w:bookmarkStart w:name="z685" w:id="310"/>
+    <w:bookmarkEnd w:id="318"/>
+    <w:bookmarkStart w:name="z685" w:id="319"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       221) жыл сайын Қазақстан Республикасының Үкіметіне тұтынушылардың құқықтарын қорғау мәселелері бойынша жүргізіліп жатқан жұмыстың Тұтынушылардың құқықтарын қорғау жөніндегі ведомствоаралық кеңесте талқыланған нәтижелері туралы бұқаралық ақпарат құралдарында орналастырылатын баяндама ұсыну;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="310"/>
-    <w:bookmarkStart w:name="z686" w:id="311"/>
+    <w:bookmarkEnd w:id="319"/>
+    <w:bookmarkStart w:name="z686" w:id="320"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       222) Тұтынушылардың құқықтарын қорғау жөніндегі ведомствоаралық кеңестің қызметін қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="311"/>
-    <w:bookmarkStart w:name="z873" w:id="312"/>
+    <w:bookmarkEnd w:id="320"/>
+    <w:bookmarkStart w:name="z873" w:id="321"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       222-1) Тұтынушылардың құқықтарын қорғау жөніндегі ведомствоаралық кеңесті құру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="312"/>
-    <w:bookmarkStart w:name="z687" w:id="313"/>
+    <w:bookmarkEnd w:id="321"/>
+    <w:bookmarkStart w:name="z687" w:id="322"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       223) оннан астам тұтынушының нақ сол бір мәселе бойынша құқықтары бұзылған жағдайларда тұтынушылардың белгіленген тобының құқықтарын қорғау мәселелері бойынша сотқа жүгіну;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="313"/>
-    <w:bookmarkStart w:name="z688" w:id="314"/>
+    <w:bookmarkEnd w:id="322"/>
+    <w:bookmarkStart w:name="z688" w:id="323"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       224) Қазақстан Республикасының Әкімшілік құқық бұзушылық туралы кодексінде белгіленген тәртіппен техникалық реттеу, тұтынушылардың құқықтарын қорғау, сауда қызметін реттеу салаларында хаттамалар жасау, әкімшілік құқық бұзушылықтар туралы істерді қозғау және қарау, сондай-ақ әкімшілік жазалар қолдану;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="314"/>
-    <w:bookmarkStart w:name="z689" w:id="315"/>
+    <w:bookmarkEnd w:id="323"/>
+    <w:bookmarkStart w:name="z689" w:id="324"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       225) мемлекеттік органдарға "Тұтынушылардың құқықтарын қорғау туралы" Қазақстан Республикасының Заңын және тұтынушылардың құқықтарын қорғау саласындағы өзге де нормативтік құқықтық актілерді бұза отырып, өздері қабылдаған шешімдерінің күшін жою туралы ұсыныстар (ұсынымдар) енгізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="315"/>
-    <w:bookmarkStart w:name="z690" w:id="316"/>
+    <w:bookmarkEnd w:id="324"/>
+    <w:bookmarkStart w:name="z690" w:id="325"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       226) тұтынушылардың, оның ішінде Тұтынушылардың құқықтарын қорғаудың бірыңғай ақпараттық жүйесі арқылы келіп түсетін шағымдарына, тұтынушылардың құқықтарын қорғау мәселелері бойынша мемлекеттік органдардың және тұтынушылық дауларды сотқа дейінгі реттеу субъектілерінің қызметіне талдау жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="316"/>
-    <w:bookmarkStart w:name="z846" w:id="317"/>
+    <w:bookmarkEnd w:id="325"/>
+    <w:bookmarkStart w:name="z846" w:id="326"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       226-1) өтініш берушілер жолданымдарда, сұрау салуларда, ұсыныстарда, үн қосулар мен хабарларда көтеретін жүйелі мәселелерге талдау, мониторинг жүргізу және оларды анықтау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="317"/>
-    <w:bookmarkStart w:name="z691" w:id="318"/>
+    <w:bookmarkEnd w:id="326"/>
+    <w:bookmarkStart w:name="z691" w:id="327"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       227) желілік маркетинг, қоғамдық таратушылар, пошта және басқа да тәсiлдермен сату арқылы сауда орындарынан тыс бөлшек сауда тәртібін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="318"/>
-    <w:bookmarkStart w:name="z692" w:id="319"/>
+    <w:bookmarkEnd w:id="327"/>
+    <w:bookmarkStart w:name="z692" w:id="328"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       228) мемлекеттік құпияларды және заңмен қорғалатын өзге де құпияны құрайтын ақпаратты, азаматтық және қызметтік қаруды және оған патрондарды, азаматтық пиротехникалық заттарды және олар қолданылып жасалған бұйымдарды сатып алуға арналған рұқсаттарды, еңбекші көшіп-қонушыларға арналған рұқсаттарды қоспағанда, рұқсаттар мен хабарламалардың мемлекеттік электрондық тізілімін жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="319"/>
-    <w:bookmarkStart w:name="z796" w:id="320"/>
+    <w:bookmarkEnd w:id="328"/>
+    <w:bookmarkStart w:name="z796" w:id="329"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       228-1) үкіметтік емес ұйымдармен өзара іс-қимыл саласындағы уәкілетті орган айқындайтын тәртіппен мемлекеттік әлеуметтік тапсырысты қалыптастыруды, оның іске асырылу мониторингін және нәтижелерін бағалауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="320"/>
-    <w:bookmarkStart w:name="z797" w:id="321"/>
+    <w:bookmarkEnd w:id="329"/>
+    <w:bookmarkStart w:name="z797" w:id="330"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       228-2) үкіметтік емес ұйымдармен өзара іс-қимыл және ынтымақтастық жөнінде кеңес құру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="321"/>
-    <w:bookmarkStart w:name="z798" w:id="322"/>
+    <w:bookmarkEnd w:id="330"/>
+    <w:bookmarkStart w:name="z798" w:id="331"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       228-3) үкіметтік емес ұйымдармен өзара іс-қимыл саласындағы уәкілетті органға мемлекеттік әлеуметтік тапсырыстың іске асырылуы жөнінде ақпарат беру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="322"/>
-    <w:bookmarkStart w:name="z799" w:id="323"/>
+    <w:bookmarkEnd w:id="331"/>
+    <w:bookmarkStart w:name="z799" w:id="332"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       228-4) мемлекеттік әлеуметтік тапсырыстың жоспарланатын тақырыптарын және іске асырылуы жөніндегі ақпаратты, сондай-ақ мемлекеттік әлеуметтік тапсырыстың нәтижелерін бағалауды өзінің интернет-ресурсында орналастыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="323"/>
-    <w:bookmarkStart w:name="z800" w:id="324"/>
+    <w:bookmarkEnd w:id="332"/>
+    <w:bookmarkStart w:name="z800" w:id="333"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       228-5) мемлекеттік әлеуметтік тапсырысты жүзеге асыратын үкіметтік емес ұйымдарға ақпараттық, консультативтік, әдістемелік қолдау көрсету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="324"/>
-    <w:bookmarkStart w:name="z801" w:id="325"/>
+    <w:bookmarkEnd w:id="333"/>
+    <w:bookmarkStart w:name="z801" w:id="334"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       228-6) өздерінің құзыреті шегінде үкіметтік емес ұйымдарды гранттық қаржыландыру саласындағы оператор арқылы мемлекеттік гранттар беру және оператордың мемлекеттік гранттардың іске асырылу нәтижелері туралы есебін қарау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="325"/>
-    <w:bookmarkStart w:name="z802" w:id="326"/>
+    <w:bookmarkEnd w:id="334"/>
+    <w:bookmarkStart w:name="z802" w:id="335"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       228-7) мемлекеттік гранттарды қалыптастыру, беру, мониторингтеу және олардың тиімділігін бағалау қағидаларына сәйкес азаматтық қоғам өкілдерін тарта отырып, мемлекеттік гранттардың тиімділігін бағалауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="326"/>
-    <w:bookmarkStart w:name="z803" w:id="327"/>
+    <w:bookmarkEnd w:id="335"/>
+    <w:bookmarkStart w:name="z803" w:id="336"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       228-8) үкіметтік емес ұйымдармен өзара іс-қимыл саласындағы уәкілетті орган жанындағы Үкіметтік емес ұйымдармен өзара іс-қимыл жөніндегі үйлестіру кеңесінің ұсынымдары негізінде бағыттары мен қаржыландыру көлемі бойынша мемлекеттік гранттарды қалыптастыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="327"/>
-    <w:bookmarkStart w:name="z804" w:id="328"/>
+    <w:bookmarkEnd w:id="336"/>
+    <w:bookmarkStart w:name="z804" w:id="337"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       228-9) стратегиялық әріптестерді конкурстық іріктеуді жүргізу және стратегиялық әріптестікті іске асыруға арналған мемлекеттік тапсырысты жүзеге асыру қағидаларына сәйкес олармен шарттар жасасу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="328"/>
-    <w:bookmarkStart w:name="z805" w:id="329"/>
+    <w:bookmarkEnd w:id="337"/>
+    <w:bookmarkStart w:name="z805" w:id="338"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       228-10) стратегиялық әріптестердің жасалған шарттарға және стратегиялық әріптестікті іске асыруға арналған мемлекеттік тапсырысты жүзеге асыру қағидаларына сәйкес міндеттемелерді орындауын бағалауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="329"/>
-    <w:bookmarkStart w:name="z845" w:id="330"/>
+    <w:bookmarkEnd w:id="338"/>
+    <w:bookmarkStart w:name="z845" w:id="339"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       228-11) жыл сайын 1 желтоқсанға дейін үкіметтік емес ұйымдармен өзара іс-қимыл саласындағы уәкілетті органға стратегиялық әріптестікті іске асыруға арналған мемлекеттік тапсырысты жүзеге асыру қағидаларына сәйкес стратегиялық әріптестікті іске асыруға арналған мемлекеттік тапсырыстың нәтижелері туралы ақпарат ұсыну;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="330"/>
-    <w:bookmarkStart w:name="z874" w:id="331"/>
+    <w:bookmarkEnd w:id="339"/>
+    <w:bookmarkStart w:name="z874" w:id="340"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       228-12) арнайы құқық субъектісі өндіретін және (немесе) өткізетін тауарлардың (жұмыстардың, көрсетілетін қызметтердің) бағаларын монополияға қарсы органмен келісу бойынша белгілеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="331"/>
-    <w:bookmarkStart w:name="z881" w:id="332"/>
+    <w:bookmarkEnd w:id="340"/>
+    <w:bookmarkStart w:name="z881" w:id="341"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       228-13) Қазақстан Республикасының Әкімшілік рәсімдік-процестік </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>кодексінде</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген тәртіппен және мерзімде жеке тұлғалардың петицияларын қарау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="332"/>
-    <w:bookmarkStart w:name="z882" w:id="333"/>
+    <w:bookmarkEnd w:id="341"/>
+    <w:bookmarkStart w:name="z882" w:id="342"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       228-14) цифрлық трансформациялау жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="333"/>
-    <w:bookmarkStart w:name="z693" w:id="334"/>
+    <w:bookmarkEnd w:id="342"/>
+    <w:bookmarkStart w:name="z693" w:id="343"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       229) Қазақстан Республикасының Конституциясында, заңдарында, Президентінің және Үкіметінің актілерінде көзделген өзге де функциялар мен өкілеттіктерді жүзеге асыру.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="334"/>
+    <w:bookmarkEnd w:id="343"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10386,51 +9692,71 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін, бірақ ерте дегенде 25.03.2024 қолданысқа енгізіледі); 25.07.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 599</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">; 29.08.2024 </w:t>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-т.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараңыз); 29.08.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 709</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 09.10.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -10566,575 +9892,595 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-т.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> қараңыз) қаулыларымен.</w:t>
+        <w:t xml:space="preserve"> қараңыз); 25.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1141</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулыларымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z694" w:id="335"/>
+    <w:bookmarkStart w:name="z694" w:id="344"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Қазақстан Республикасы Сауда және интеграция министрлігінің бірінші басшысының мәртебесі, өкілеттіктері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="335"/>
-    <w:bookmarkStart w:name="z695" w:id="336"/>
+    <w:bookmarkEnd w:id="344"/>
+    <w:bookmarkStart w:name="z695" w:id="345"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Министрлікке басшылық етуді бірінші басшы жүзеге асырады, ол Министрлікке жүктелген міндеттердің орындалуына және оның өз өкілеттіктерін жүзеге асыруына дербес жауаптылықта болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="336"/>
-    <w:bookmarkStart w:name="z696" w:id="337"/>
+    <w:bookmarkEnd w:id="345"/>
+    <w:bookmarkStart w:name="z696" w:id="346"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Министрліктің бірінші басшысы Қазақстан Республикасының заңнамасына сәйкес лауазымға тағайындалады және лауазымнан босатылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="337"/>
-    <w:bookmarkStart w:name="z697" w:id="338"/>
+    <w:bookmarkEnd w:id="346"/>
+    <w:bookmarkStart w:name="z697" w:id="347"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Министрліктің бірінші басшысының Қазақстан Республикасының заңнамасына сәйкес лауазымға тағайындалатын және лауазымнан босатылатын орынбасарлары (бірінші вице-министр, вице-министрлер) болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="338"/>
-    <w:bookmarkStart w:name="z698" w:id="339"/>
+    <w:bookmarkEnd w:id="347"/>
+    <w:bookmarkStart w:name="z698" w:id="348"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Министрліктің бірінші басшысының өкілеттіктері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="339"/>
-    <w:bookmarkStart w:name="z699" w:id="340"/>
+    <w:bookmarkEnd w:id="348"/>
+    <w:bookmarkStart w:name="z699" w:id="349"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Министрлік реттейтін салалардағы мемлекеттік саясатты қалыптастыру бойынша ұсыныстар тұжырымдайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="340"/>
-    <w:bookmarkStart w:name="z700" w:id="341"/>
+    <w:bookmarkEnd w:id="349"/>
+    <w:bookmarkStart w:name="z700" w:id="350"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Қазақстан Республикасының заңнамасында көзделген шектерде салааралық үйлестіруді қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="341"/>
-    <w:bookmarkStart w:name="z701" w:id="342"/>
+    <w:bookmarkEnd w:id="350"/>
+    <w:bookmarkStart w:name="z701" w:id="351"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) ведомстволардың өзге мемлекеттік органдармен өзара іс-қимыл жасау құзыреті мен тәртібін айқындайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="342"/>
-    <w:bookmarkStart w:name="z702" w:id="343"/>
+    <w:bookmarkEnd w:id="351"/>
+    <w:bookmarkStart w:name="z702" w:id="352"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) Министрлік жанынан сараптамалық кеңестер мен өзге де консультативтік-кеңесші органдар құрады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="343"/>
-    <w:bookmarkStart w:name="z703" w:id="344"/>
+    <w:bookmarkEnd w:id="352"/>
+    <w:bookmarkStart w:name="z703" w:id="353"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) Министрліктің құзыреті шегінде нормативтік құқықтық актілерді қабылдайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="344"/>
-    <w:bookmarkStart w:name="z704" w:id="345"/>
+    <w:bookmarkEnd w:id="353"/>
+    <w:bookmarkStart w:name="z704" w:id="354"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) Қазақстан Республикасының Парламентінде, мемлекеттік органдарда және өзге де ұйымдарда Министрлік атынан өкілдік етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="345"/>
-    <w:bookmarkStart w:name="z705" w:id="346"/>
+    <w:bookmarkEnd w:id="354"/>
+    <w:bookmarkStart w:name="z705" w:id="355"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) Министрліктің стратегиялық және бағдарламалық құжаттарын бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="346"/>
-    <w:bookmarkStart w:name="z706" w:id="347"/>
+    <w:bookmarkEnd w:id="355"/>
+    <w:bookmarkStart w:name="z706" w:id="356"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) Министрліктің жұмыс регламентін бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="347"/>
-    <w:bookmarkStart w:name="z707" w:id="348"/>
+    <w:bookmarkEnd w:id="356"/>
+    <w:bookmarkStart w:name="z707" w:id="357"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) Министрлікте сыбайлас жемқорлыққа қарсы іс-қимыл жөніндегі шаралар қабылдайды және ол үшін дербес жауаптылықта болады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="348"/>
-    <w:bookmarkStart w:name="z708" w:id="349"/>
+    <w:bookmarkEnd w:id="357"/>
+    <w:bookmarkStart w:name="z708" w:id="358"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) Қазақстан Республикасының заңдарына сәйкес өзге де өкілеттіктерді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="349"/>
+    <w:bookmarkEnd w:id="358"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Министрліктің бірінші басшысы болмаған кезеңде оның өкілеттіктерін орындауды қолданыстағы заңнамаға сәйкес оны алмастыратын адам жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z709" w:id="350"/>
+    <w:bookmarkStart w:name="z709" w:id="359"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Бірінші басшы өз орынбасарларының өкілеттіктерін қолданыстағы заңнамаға сәйкес айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="350"/>
-    <w:bookmarkStart w:name="z710" w:id="351"/>
+    <w:bookmarkEnd w:id="359"/>
+    <w:bookmarkStart w:name="z710" w:id="360"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Министрліктің аппаратын Қазақстан Республикасының қолданыстағы заңнамасына сәйкес лауазымға тағайындалатын және лауазымнан босатылатын аппарат басшысы басқарады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="351"/>
-    <w:bookmarkStart w:name="z711" w:id="352"/>
+    <w:bookmarkEnd w:id="360"/>
+    <w:bookmarkStart w:name="z711" w:id="361"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Қазақстан Республикасы Сауда және интеграция министрлігінің мүлкі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="352"/>
-    <w:bookmarkStart w:name="z712" w:id="353"/>
+    <w:bookmarkEnd w:id="361"/>
+    <w:bookmarkStart w:name="z712" w:id="362"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Министрліктің заңнамада көзделген жағдайларда жедел басқару құқығында оқшауланған мүлкі болуы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="353"/>
+    <w:bookmarkEnd w:id="362"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Министрліктің мүлкі оған меншік иесі берген мүлік, сондай-ақ өз қызметі нәтижесінде сатып алынған мүлік (ақшалай кірістерді қоса алғанда) және Қазақстан Республикасының заңнамасында тыйым салынбаған өзге де көздер есебінен қалыптастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z713" w:id="354"/>
+    <w:bookmarkStart w:name="z713" w:id="363"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Министрлікке бекітілген мүлік республикалық меншікке жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="354"/>
-    <w:bookmarkStart w:name="z714" w:id="355"/>
+    <w:bookmarkEnd w:id="363"/>
+    <w:bookmarkStart w:name="z714" w:id="364"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Егер заңнамада өзгеше көзделмесе, Министрліктің өзіне бекітілген мүлікті және қаржыландыру жоспары бойынша өзіне бөлінген қаражат есебінен сатып алынған мүлікті дербес иеліктен шығаруға немесе оған өзгеше тәсілмен билік етуге құқығы жоқ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="355"/>
-    <w:bookmarkStart w:name="z715" w:id="356"/>
+    <w:bookmarkEnd w:id="364"/>
+    <w:bookmarkStart w:name="z715" w:id="365"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-тарау. Қазақстан Республикасының Сауда және интеграция министрлігін қайта ұйымдастыру және тарату</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="356"/>
-    <w:bookmarkStart w:name="z716" w:id="357"/>
+    <w:bookmarkEnd w:id="365"/>
+    <w:bookmarkStart w:name="z716" w:id="366"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Министрлікті қайта ұйымдастыру және тарату Қазақстан Республикасының заңнамасына сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="357"/>
-    <w:bookmarkStart w:name="z717" w:id="358"/>
+    <w:bookmarkEnd w:id="366"/>
+    <w:bookmarkStart w:name="z717" w:id="367"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министрліктің және оның ведомстволарының қарамағындағы ұйымдардың тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="358"/>
+    <w:bookmarkEnd w:id="367"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Тізбеге өзгеріс енгізілді - ҚР Үкіметінің 02.05.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11169,70 +10515,70 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.07.2025 бастап </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) қаулыларымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z718" w:id="359"/>
+    <w:bookmarkStart w:name="z718" w:id="368"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. "QazTrade" сауда саясатын дамыту орталығы" акционерлік қоғамы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="359"/>
+    <w:bookmarkEnd w:id="368"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11335,676 +10681,676 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z721" w:id="360"/>
+    <w:bookmarkStart w:name="z721" w:id="369"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Қазақстан Республикасы Сауда және интеграция министрлігі Техникалық реттеу және метрология комитетінің "Қазақстан стандарттау және метрология институты" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="360"/>
-    <w:bookmarkStart w:name="z722" w:id="361"/>
+    <w:bookmarkEnd w:id="369"/>
+    <w:bookmarkStart w:name="z722" w:id="370"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Қазақстан Республикасының Сауда және интеграция министрлігі Техникалық реттеу және метрология комитетінің "Ұлттық аккредиттеу орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="361"/>
-    <w:bookmarkStart w:name="z723" w:id="362"/>
+    <w:bookmarkEnd w:id="370"/>
+    <w:bookmarkStart w:name="z723" w:id="371"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министрліктің қарамағындағы мемлекеттік мекемелердің тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="362"/>
+    <w:bookmarkEnd w:id="371"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Тізбе алып тасталды - ҚР Үкіметінің 22.02.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 149</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z807" w:id="363"/>
+    <w:bookmarkStart w:name="z807" w:id="372"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасы Сауда және интеграция министрлігінің қарамағындағы аумақтық органдардың тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="363"/>
+    <w:bookmarkEnd w:id="372"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Ереже Тізбемен толықтырылды - ҚР Үкіметінің 05.12.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 979</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z808" w:id="364"/>
+    <w:bookmarkStart w:name="z808" w:id="373"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. "Қазақстан Республикасы Сауда және интеграция министрлігінің Астана қаласы бойынша сауда және тұтынушылардың құқықтарын қорғау департаменті" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="364"/>
-    <w:bookmarkStart w:name="z809" w:id="365"/>
+    <w:bookmarkEnd w:id="373"/>
+    <w:bookmarkStart w:name="z809" w:id="374"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. "Қазақстан Республикасы Сауда және интеграция министрлігінің Алматы қаласы бойынша сауда және тұтынушылардың құқықтарын қорғау департаменті" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="365"/>
-    <w:bookmarkStart w:name="z810" w:id="366"/>
+    <w:bookmarkEnd w:id="374"/>
+    <w:bookmarkStart w:name="z810" w:id="375"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. "Қазақстан Республикасы Сауда және интеграция министрлігінің Шымкент қаласы бойынша сауда және тұтынушылардың құқықтарын қорғау департаменті" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="366"/>
-    <w:bookmarkStart w:name="z811" w:id="367"/>
+    <w:bookmarkEnd w:id="375"/>
+    <w:bookmarkStart w:name="z811" w:id="376"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. "Қазақстан Республикасы Сауда және интеграция министрлігінің Абай облысы бойынша сауда және тұтынушылардың құқықтарын қорғау департаменті" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="367"/>
-    <w:bookmarkStart w:name="z812" w:id="368"/>
+    <w:bookmarkEnd w:id="376"/>
+    <w:bookmarkStart w:name="z812" w:id="377"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. "Қазақстан Республикасы Сауда және интеграция министрлігінің Ақмола облысы бойынша сауда және тұтынушылардың құқықтарын қорғау департаменті" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="368"/>
-    <w:bookmarkStart w:name="z813" w:id="369"/>
+    <w:bookmarkEnd w:id="377"/>
+    <w:bookmarkStart w:name="z813" w:id="378"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. "Қазақстан Республикасы Сауда және интеграция министрлігінің Ақтөбе облысы бойынша сауда және тұтынушылардың құқықтарын қорғау департаменті" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="369"/>
-    <w:bookmarkStart w:name="z814" w:id="370"/>
+    <w:bookmarkEnd w:id="378"/>
+    <w:bookmarkStart w:name="z814" w:id="379"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. "Қазақстан Республикасы Сауда және интеграция министрлігінің Алматы облысы бойынша сауда және тұтынушылардың құқықтарын қорғау департаменті" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="370"/>
-    <w:bookmarkStart w:name="z815" w:id="371"/>
+    <w:bookmarkEnd w:id="379"/>
+    <w:bookmarkStart w:name="z815" w:id="380"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. "Қазақстан Республикасы Сауда және интеграция министрлігінің Атырау облысы бойынша сауда және тұтынушылардың құқықтарын қорғау департаменті" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="371"/>
-    <w:bookmarkStart w:name="z816" w:id="372"/>
+    <w:bookmarkEnd w:id="380"/>
+    <w:bookmarkStart w:name="z816" w:id="381"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. "Қазақстан Республикасы Сауда және интеграция министрлігінің Батыс Қазақстан облысы бойынша сауда және тұтынушылардың құқықтарын қорғау департаменті" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="372"/>
-    <w:bookmarkStart w:name="z817" w:id="373"/>
+    <w:bookmarkEnd w:id="381"/>
+    <w:bookmarkStart w:name="z817" w:id="382"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. "Қазақстан Республикасы Сауда және интеграция министрлігінің Жамбыл облысы бойынша сауда және тұтынушылардың құқықтарын қорғау департаменті" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="373"/>
-    <w:bookmarkStart w:name="z818" w:id="374"/>
+    <w:bookmarkEnd w:id="382"/>
+    <w:bookmarkStart w:name="z818" w:id="383"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. "Қазақстан Республикасы Сауда және интеграция министрлігінің Жетісу облысы бойынша сауда және тұтынушылардың құқықтарын қорғау департаменті" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="374"/>
-    <w:bookmarkStart w:name="z819" w:id="375"/>
+    <w:bookmarkEnd w:id="383"/>
+    <w:bookmarkStart w:name="z819" w:id="384"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. "Қазақстан Республикасы Сауда және интеграция министрлігінің Қарағанды облысы бойынша сауда және тұтынушылардың құқықтарын қорғау департаменті" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="375"/>
-    <w:bookmarkStart w:name="z820" w:id="376"/>
+    <w:bookmarkEnd w:id="384"/>
+    <w:bookmarkStart w:name="z820" w:id="385"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. "Қазақстан Республикасы Сауда және интеграция министрлігінің Қостанай облысы бойынша сауда және тұтынушылардың құқықтарын қорғау департаменті" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="376"/>
-    <w:bookmarkStart w:name="z821" w:id="377"/>
+    <w:bookmarkEnd w:id="385"/>
+    <w:bookmarkStart w:name="z821" w:id="386"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. "Қазақстан Республикасы Сауда және интеграция министрлігінің Қызылорда облысы бойынша сауда және тұтынушылардың құқықтарын қорғау департаменті" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="377"/>
-    <w:bookmarkStart w:name="z822" w:id="378"/>
+    <w:bookmarkEnd w:id="386"/>
+    <w:bookmarkStart w:name="z822" w:id="387"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. "Қазақстан Республикасы Сауда және интеграция министрлігінің Маңғыстау облысы бойынша сауда және тұтынушылардың құқықтарын қорғау департаменті" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="378"/>
-    <w:bookmarkStart w:name="z823" w:id="379"/>
+    <w:bookmarkEnd w:id="387"/>
+    <w:bookmarkStart w:name="z823" w:id="388"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. "Қазақстан Республикасы Сауда және интеграция министрлігінің Павлодар облысы бойынша сауда және тұтынушылардың құқықтарын қорғау департаменті" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="379"/>
-    <w:bookmarkStart w:name="z824" w:id="380"/>
+    <w:bookmarkEnd w:id="388"/>
+    <w:bookmarkStart w:name="z824" w:id="389"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. "Қазақстан Республикасы Сауда және интеграция министрлігінің Солтүстік Қазақстан облысы бойынша сауда және тұтынушылардың құқықтарын қорғау департаменті" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="380"/>
-    <w:bookmarkStart w:name="z825" w:id="381"/>
+    <w:bookmarkEnd w:id="389"/>
+    <w:bookmarkStart w:name="z825" w:id="390"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. "Қазақстан Республикасы Сауда және интеграция министрлігінің Түркістан облысы бойынша сауда және тұтынушылардың құқықтарын қорғау департаменті" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="381"/>
-    <w:bookmarkStart w:name="z826" w:id="382"/>
+    <w:bookmarkEnd w:id="390"/>
+    <w:bookmarkStart w:name="z826" w:id="391"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. "Қазақстан Республикасы Сауда және интеграция министрлігінің Ұлытау облысы бойынша сауда және тұтынушылардың құқықтарын қорғау департаменті" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="382"/>
-    <w:bookmarkStart w:name="z827" w:id="383"/>
+    <w:bookmarkEnd w:id="391"/>
+    <w:bookmarkStart w:name="z827" w:id="392"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. "Қазақстан Республикасы Сауда және интеграция министрлігінің Шығыс Қазақстан облысы бойынша сауда және тұтынушылардың құқықтарын қорғау департаменті" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="383"/>
-    <w:bookmarkStart w:name="z724" w:id="384"/>
+    <w:bookmarkEnd w:id="392"/>
+    <w:bookmarkStart w:name="z724" w:id="393"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасы Сауда және интеграция министрлігі Тұтынушылардың құқықтарын қорғау комитетінің қарамағындағы ұйымдардың тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="384"/>
+    <w:bookmarkEnd w:id="393"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Тізбе алып тасталды - ҚР Үкіметінің 05.12.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 979</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z742" w:id="385"/>
+    <w:bookmarkStart w:name="z742" w:id="394"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасы Сауда және интеграция министрлігі Техникалық реттеу және метрология комитетінің қарамағындағы ұйымдардың тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="385"/>
+    <w:bookmarkEnd w:id="394"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Тізбеге өзгерістер енгізілді - ҚР Үкіметінің 11.07.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12019,828 +11365,828 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">; 05.12.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 979</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулыларымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z743" w:id="386"/>
+    <w:bookmarkStart w:name="z743" w:id="395"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. "Қазақстан Республикасы Сауда және интеграция министрлігі Техникалық реттеу және метрология комитетінің Астана қаласы бойынша департаменті" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="386"/>
-    <w:bookmarkStart w:name="z744" w:id="387"/>
+    <w:bookmarkEnd w:id="395"/>
+    <w:bookmarkStart w:name="z744" w:id="396"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. "Қазақстан Республикасы Сауда және интеграция министрлігі Техникалық реттеу және метрология комитетінің Алматы қаласы бойынша департаменті" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="387"/>
-    <w:bookmarkStart w:name="z745" w:id="388"/>
+    <w:bookmarkEnd w:id="396"/>
+    <w:bookmarkStart w:name="z745" w:id="397"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. "Қазақстан Республикасы Сауда және интеграция министрлігі Техникалық реттеу және метрология комитетінің Шымкент қаласы бойынша департаменті" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="388"/>
-    <w:bookmarkStart w:name="z790" w:id="389"/>
+    <w:bookmarkEnd w:id="397"/>
+    <w:bookmarkStart w:name="z790" w:id="398"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3-1. "Қазақстан Республикасы Сауда және интеграция министрлігінің Техникалық реттеу және метрология комитетінің Абай облысы бойынша департаменті" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="389"/>
-    <w:bookmarkStart w:name="z746" w:id="390"/>
+    <w:bookmarkEnd w:id="398"/>
+    <w:bookmarkStart w:name="z746" w:id="399"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. "Қазақстан Республикасы Сауда және интеграция министрлігі Техникалық реттеу және метрология комитетінің Ақмола облысы бойынша департаменті" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="390"/>
-    <w:bookmarkStart w:name="z747" w:id="391"/>
+    <w:bookmarkEnd w:id="399"/>
+    <w:bookmarkStart w:name="z747" w:id="400"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. "Қазақстан Республикасы Сауда және интеграция министрлігі Техникалық реттеу және метрология комитетінің Ақтөбе облысы бойынша департаменті" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="391"/>
-    <w:bookmarkStart w:name="z748" w:id="392"/>
+    <w:bookmarkEnd w:id="400"/>
+    <w:bookmarkStart w:name="z748" w:id="401"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. "Қазақстан Республикасы Сауда және интеграция министрлігі Техникалық реттеу және метрология комитетінің Алматы облысы бойынша департаменті" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="392"/>
-    <w:bookmarkStart w:name="z749" w:id="393"/>
+    <w:bookmarkEnd w:id="401"/>
+    <w:bookmarkStart w:name="z749" w:id="402"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. "Қазақстан Республикасы Сауда және интеграция министрлігі Техникалық реттеу және метрология комитетінің Атырау облысы бойынша департаменті" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="393"/>
-    <w:bookmarkStart w:name="z750" w:id="394"/>
+    <w:bookmarkEnd w:id="402"/>
+    <w:bookmarkStart w:name="z750" w:id="403"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. "Қазақстан Республикасы Сауда және интеграция министрлігі Техникалық реттеу және метрология комитетінің Батыс Қазақстан облысы бойынша департаменті" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="394"/>
-    <w:bookmarkStart w:name="z751" w:id="395"/>
+    <w:bookmarkEnd w:id="403"/>
+    <w:bookmarkStart w:name="z751" w:id="404"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. "Қазақстан Республикасы Сауда және интеграция министрлігі Техникалық реттеу және метрология комитетінің Жамбыл облысы бойынша департаменті" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="395"/>
-    <w:bookmarkStart w:name="z791" w:id="396"/>
+    <w:bookmarkEnd w:id="404"/>
+    <w:bookmarkStart w:name="z791" w:id="405"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9-1. "Қазақстан Республикасы Сауда және интеграция министрлігінің Техникалық реттеу және метрология комитетінің Жетісу облысы бойынша департаменті" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="396"/>
-    <w:bookmarkStart w:name="z752" w:id="397"/>
+    <w:bookmarkEnd w:id="405"/>
+    <w:bookmarkStart w:name="z752" w:id="406"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. "Қазақстан Республикасы Сауда және интеграция министрлігі Техникалық реттеу және метрология комитетінің Қарағанды облысы бойынша департаменті" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="397"/>
-    <w:bookmarkStart w:name="z753" w:id="398"/>
+    <w:bookmarkEnd w:id="406"/>
+    <w:bookmarkStart w:name="z753" w:id="407"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. "Қазақстан Республикасы Сауда және интеграция министрлігі Техникалық реттеу және метрология комитетінің Қостанай облысы бойынша департаменті" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="398"/>
-    <w:bookmarkStart w:name="z754" w:id="399"/>
+    <w:bookmarkEnd w:id="407"/>
+    <w:bookmarkStart w:name="z754" w:id="408"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. "Қазақстан Республикасы Сауда және интеграция министрлігі Техникалық реттеу және метрология комитетінің Қызылорда облысы бойынша департаменті" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="399"/>
-    <w:bookmarkStart w:name="z755" w:id="400"/>
+    <w:bookmarkEnd w:id="408"/>
+    <w:bookmarkStart w:name="z755" w:id="409"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. "Қазақстан Республикасы Сауда және интеграция министрлігі Техникалық реттеу және метрология комитетінің Маңғыстау облысы бойынша департаменті" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="400"/>
-    <w:bookmarkStart w:name="z756" w:id="401"/>
+    <w:bookmarkEnd w:id="409"/>
+    <w:bookmarkStart w:name="z756" w:id="410"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. "Қазақстан Республикасы Сауда және интеграция министрлігі Техникалық реттеу және метрология комитетінің Павлодар облысы бойынша департаменті" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="401"/>
-    <w:bookmarkStart w:name="z757" w:id="402"/>
+    <w:bookmarkEnd w:id="410"/>
+    <w:bookmarkStart w:name="z757" w:id="411"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. "Қазақстан Республикасы Сауда және интеграция министрлігі Техникалық реттеу және метрология комитетінің Солтүстік Қазақстан облысы бойынша департаменті" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="402"/>
-    <w:bookmarkStart w:name="z758" w:id="403"/>
+    <w:bookmarkEnd w:id="411"/>
+    <w:bookmarkStart w:name="z758" w:id="412"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. "Қазақстан Республикасы Сауда және интеграция министрлігі Техникалық реттеу және метрология комитетінің Түркістан облысы бойынша департаменті" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="403"/>
-    <w:bookmarkStart w:name="z792" w:id="404"/>
+    <w:bookmarkEnd w:id="412"/>
+    <w:bookmarkStart w:name="z792" w:id="413"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16-1. "Қазақстан Республикасы Сауда және интеграция министрлігінің Техникалық реттеу және метрология комитетінің Ұлытау облысы бойынша департаменті" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="404"/>
-    <w:bookmarkStart w:name="z759" w:id="405"/>
+    <w:bookmarkEnd w:id="413"/>
+    <w:bookmarkStart w:name="z759" w:id="414"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. "Қазақстан Республикасы Сауда және интеграция министрлігі Техникалық реттеу және метрология комитетінің Шығыс Қазақстан облысы бойынша департаменті" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="405"/>
-    <w:bookmarkStart w:name="z760" w:id="406"/>
+    <w:bookmarkEnd w:id="414"/>
+    <w:bookmarkStart w:name="z760" w:id="415"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасы Сауда және интеграция министрлігі Техникалық реттеу және метрология комитетінің қарамағындағы ұйымдардың тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="406"/>
-    <w:bookmarkStart w:name="z828" w:id="407"/>
+    <w:bookmarkEnd w:id="415"/>
+    <w:bookmarkStart w:name="z828" w:id="416"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. "Қазақстан Республикасы Сауда және интеграция министрлігінің Сауда комитеті Нұр-Сұлтан қаласының сауда департаменті" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="407"/>
-    <w:bookmarkStart w:name="z829" w:id="408"/>
+    <w:bookmarkEnd w:id="416"/>
+    <w:bookmarkStart w:name="z829" w:id="417"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. "Қазақстан Республикасы Сауда және интеграция министрлігінің Сауда комитеті Алматы қаласының сауда департаменті" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="408"/>
-    <w:bookmarkStart w:name="z830" w:id="409"/>
+    <w:bookmarkEnd w:id="417"/>
+    <w:bookmarkStart w:name="z830" w:id="418"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. "Қазақстан Республикасы Сауда және интеграция министрлігінің Сауда комитеті Шымкент қаласының сауда департаменті" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="409"/>
-    <w:bookmarkStart w:name="z831" w:id="410"/>
+    <w:bookmarkEnd w:id="418"/>
+    <w:bookmarkStart w:name="z831" w:id="419"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. "Қазақстан Республикасы Сауда және интеграция министрлігінің Сауда комитеті Ақмола облысының сауда департаменті" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="410"/>
-    <w:bookmarkStart w:name="z832" w:id="411"/>
+    <w:bookmarkEnd w:id="419"/>
+    <w:bookmarkStart w:name="z832" w:id="420"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. "Қазақстан Республикасы Сауда және интеграция министрлігінің Сауда комитеті Ақтөбе облысының сауда департаменті" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="411"/>
-    <w:bookmarkStart w:name="z833" w:id="412"/>
+    <w:bookmarkEnd w:id="420"/>
+    <w:bookmarkStart w:name="z833" w:id="421"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. "Қазақстан Республикасы Сауда және интеграция министрлігінің Сауда комитеті Алматы облысының сауда департаменті" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="412"/>
-    <w:bookmarkStart w:name="z834" w:id="413"/>
+    <w:bookmarkEnd w:id="421"/>
+    <w:bookmarkStart w:name="z834" w:id="422"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. "Қазақстан Республикасы Сауда және интеграция министрлігінің Сауда комитеті Атырау облысының сауда департаменті" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="413"/>
-    <w:bookmarkStart w:name="z835" w:id="414"/>
+    <w:bookmarkEnd w:id="422"/>
+    <w:bookmarkStart w:name="z835" w:id="423"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. "Қазақстан Республикасы Сауда және интеграция министрлігінің Сауда комитеті Батыс Қазақстан облысының сауда департаменті" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="414"/>
-    <w:bookmarkStart w:name="z836" w:id="415"/>
+    <w:bookmarkEnd w:id="423"/>
+    <w:bookmarkStart w:name="z836" w:id="424"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. "Қазақстан Республикасы Сауда және интеграция министрлігінің Сауда комитеті Жамбыл облысының сауда департаменті" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="415"/>
-    <w:bookmarkStart w:name="z837" w:id="416"/>
+    <w:bookmarkEnd w:id="424"/>
+    <w:bookmarkStart w:name="z837" w:id="425"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. "Қазақстан Республикасы Сауда және интеграция министрлігінің Сауда комитеті Қарағанды облысының сауда департаменті" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="416"/>
-    <w:bookmarkStart w:name="z838" w:id="417"/>
+    <w:bookmarkEnd w:id="425"/>
+    <w:bookmarkStart w:name="z838" w:id="426"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. "Қазақстан Республикасы Сауда және интеграция министрлігінің Сауда комитеті Қостанай облысының сауда департаменті" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="417"/>
-    <w:bookmarkStart w:name="z839" w:id="418"/>
+    <w:bookmarkEnd w:id="426"/>
+    <w:bookmarkStart w:name="z839" w:id="427"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. "Қазақстан Республикасы Сауда және интеграция министрлігінің Сауда комитеті Қызылорда облысының сауда департаменті" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="418"/>
-    <w:bookmarkStart w:name="z840" w:id="419"/>
+    <w:bookmarkEnd w:id="427"/>
+    <w:bookmarkStart w:name="z840" w:id="428"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. "Қазақстан Республикасы Сауда және интеграция министрлігінің Сауда комитеті Маңғыстау облысының сауда департаменті" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="419"/>
-    <w:bookmarkStart w:name="z841" w:id="420"/>
+    <w:bookmarkEnd w:id="428"/>
+    <w:bookmarkStart w:name="z841" w:id="429"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. "Қазақстан Республикасы Сауда және интеграция министрлігінің Сауда комитеті Павлодар облысының сауда департаменті" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="420"/>
-    <w:bookmarkStart w:name="z842" w:id="421"/>
+    <w:bookmarkEnd w:id="429"/>
+    <w:bookmarkStart w:name="z842" w:id="430"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. "Қазақстан Республикасы Сауда және интеграция министрлігінің Сауда комитеті Солтүстік Қазақстан облысының сауда департаменті" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="421"/>
-    <w:bookmarkStart w:name="z843" w:id="422"/>
+    <w:bookmarkEnd w:id="430"/>
+    <w:bookmarkStart w:name="z843" w:id="431"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. "Қазақстан Республикасы Сауда және интеграция министрлігінің Сауда комитеті Түркістан облысының сауда департаменті" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="422"/>
-    <w:bookmarkStart w:name="z844" w:id="423"/>
+    <w:bookmarkEnd w:id="431"/>
+    <w:bookmarkStart w:name="z844" w:id="432"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. "Қазақстан Республикасы Сауда және интеграция министрлігінің Сауда комитеті Шығыс Қазақстан облысының сауда департаменті" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="423"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z275" w:id="424"/>
+    <w:bookmarkEnd w:id="432"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z275" w:id="433"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="424"/>
+    <w:bookmarkEnd w:id="433"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Үкіметінің</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -12865,360 +12211,360 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 497 қаулысымен</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">бекітілген </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z276" w:id="425"/>
+    <w:bookmarkStart w:name="z276" w:id="434"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Үкіметінің кейбір шешімдеріне енгізілетін өзгерістер мен толықтырулар</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="425"/>
-    <w:bookmarkStart w:name="z277" w:id="426"/>
+    <w:bookmarkEnd w:id="434"/>
+    <w:bookmarkStart w:name="z277" w:id="435"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Республикалық меншіктегі ұйымдар акцияларының мемлекеттік пакеттері мен мемлекеттік үлестеріне иелік ету және пайдалану жөніндегі құқықтарды беру туралы" Қазақстан Республикасы Үкіметінің 1999 жылғы 27 мамырдағы № 659 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="426"/>
-    <w:bookmarkStart w:name="z278" w:id="427"/>
+    <w:bookmarkEnd w:id="435"/>
+    <w:bookmarkStart w:name="z278" w:id="436"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       иелік ету және пайдалану құқығы салалық министрліктерге және өзге де мемлекеттік органдарға берілетін республикалық меншік ұйымдарындағы акциялардың мемлекеттік пакеттерінің және қатысудың мемлекеттік үлестерінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>тізбесінде</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="427"/>
-    <w:bookmarkStart w:name="z279" w:id="428"/>
+    <w:bookmarkEnd w:id="436"/>
+    <w:bookmarkStart w:name="z279" w:id="437"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Қазақстан Республикасы Ұлттық экономика министрлігіне" деген бөлімде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="428"/>
-    <w:bookmarkStart w:name="z280" w:id="429"/>
+    <w:bookmarkEnd w:id="437"/>
+    <w:bookmarkStart w:name="z280" w:id="438"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       реттік нөмірі 362-жол алып тасталсын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="429"/>
-    <w:bookmarkStart w:name="z281" w:id="430"/>
+    <w:bookmarkEnd w:id="438"/>
+    <w:bookmarkStart w:name="z281" w:id="439"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Қазақстан Республикасы Индустрия және инфрақұрылымдық даму министрлігіне" деген бөлімде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="430"/>
-    <w:bookmarkStart w:name="z282" w:id="431"/>
+    <w:bookmarkEnd w:id="439"/>
+    <w:bookmarkStart w:name="z282" w:id="440"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Қазақстан Республикасы Индустрия және инфрақұрылымдық даму министрлігі Техникалық реттеу және метрология комитетіне" деген кіші бөлім алып тасталсын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="431"/>
-    <w:bookmarkStart w:name="z283" w:id="432"/>
+    <w:bookmarkEnd w:id="440"/>
+    <w:bookmarkStart w:name="z283" w:id="441"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мынадай мазмұндағы бөліммен толықтырылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="432"/>
-    <w:bookmarkStart w:name="z284" w:id="433"/>
+    <w:bookmarkEnd w:id="441"/>
+    <w:bookmarkStart w:name="z284" w:id="442"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Қазақстан Республикасының Сауда және интеграция министрлігіне:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="433"/>
-    <w:bookmarkStart w:name="z285" w:id="434"/>
+    <w:bookmarkEnd w:id="442"/>
+    <w:bookmarkStart w:name="z285" w:id="443"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       400. "Сауда саясатын дамыту орталығы" акционерлік қоғамы.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="434"/>
-    <w:bookmarkStart w:name="z286" w:id="435"/>
+    <w:bookmarkEnd w:id="443"/>
+    <w:bookmarkStart w:name="z286" w:id="444"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мынадай мазмұндағы кіші бөліммен толықтырылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="435"/>
-    <w:bookmarkStart w:name="z287" w:id="436"/>
+    <w:bookmarkEnd w:id="444"/>
+    <w:bookmarkStart w:name="z287" w:id="445"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Қазақстан Республикасының Сауда және интеграция министрлігі Техникалық реттеу және метрология комитетіне:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="436"/>
-    <w:bookmarkStart w:name="z288" w:id="437"/>
+    <w:bookmarkEnd w:id="445"/>
+    <w:bookmarkStart w:name="z288" w:id="446"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       401. "Ұлттық аккредиттеу орталығы" жауапкершілігі шектеулі серіктестігі".".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="437"/>
+    <w:bookmarkEnd w:id="446"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13247,130 +12593,130 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z293" w:id="438"/>
+    <w:bookmarkStart w:name="z293" w:id="447"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. "Қазақстан Республикасы Сыртқы істер министрлігінің мәселелері" туралы Қазақстан Республикасы Үкіметінің 2004 жылғы 28 қазандағы № 1118 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2004 ж., № 41, 530-құжат):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="438"/>
-    <w:bookmarkStart w:name="z294" w:id="439"/>
+    <w:bookmarkEnd w:id="447"/>
+    <w:bookmarkStart w:name="z294" w:id="448"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       көрсетілген қаулымен бекітілген Қазақстан Республикасы Сыртқы істер министрлігі туралы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ережеде</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="439"/>
+    <w:bookmarkEnd w:id="448"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -13383,200 +12729,200 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>16-тармақтағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Функцияларында:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z296" w:id="440"/>
+    <w:bookmarkStart w:name="z296" w:id="449"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       орталық аппараттың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>функцияларында:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="440"/>
-    <w:bookmarkStart w:name="z297" w:id="441"/>
+    <w:bookmarkEnd w:id="449"/>
+    <w:bookmarkStart w:name="z297" w:id="450"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       61-18) тармақша алып тасталсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="441"/>
-    <w:bookmarkStart w:name="z298" w:id="442"/>
+    <w:bookmarkEnd w:id="450"/>
+    <w:bookmarkStart w:name="z298" w:id="451"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. "Министрліктер мен өзге де орталық атқарушы органдардың олардың аумақтық органдарындағы және оларға ведомстволық бағыныстағы мемлекеттік мекемелердегі адам санын ескере отырып, штат санының лимиттерін бекіту туралы" Қазақстан Республикасы Үкіметінің 2008 жылғы 15 сәуірдегі № 339 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="442"/>
-    <w:bookmarkStart w:name="z299" w:id="443"/>
+    <w:bookmarkEnd w:id="451"/>
+    <w:bookmarkStart w:name="z299" w:id="452"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       көрсетілген қаулымен бекітілген министрліктер мен өзге де орталық атқарушы органдардың олардың аумақтық органдарындағы және оларға ведомстволық бағыныстағы мемлекеттік мекемелеріндегі адам санын ескере отырып, штат санының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>лимиттерінде</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="443"/>
-    <w:bookmarkStart w:name="z300" w:id="444"/>
+    <w:bookmarkEnd w:id="452"/>
+    <w:bookmarkStart w:name="z300" w:id="453"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4-бөлімде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="444"/>
+    <w:bookmarkEnd w:id="453"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мына:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -13943,70 +13289,70 @@
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z301" w:id="445"/>
+    <w:bookmarkStart w:name="z301" w:id="454"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       деген жолдар мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="445"/>
+    <w:bookmarkEnd w:id="454"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -14133,90 +13479,90 @@
               <w:t>
 3992</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z302" w:id="446"/>
+    <w:bookmarkStart w:name="z302" w:id="455"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5-бөлімде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="446"/>
-    <w:bookmarkStart w:name="z303" w:id="447"/>
+    <w:bookmarkEnd w:id="455"/>
+    <w:bookmarkStart w:name="z303" w:id="456"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мына:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="447"/>
+    <w:bookmarkEnd w:id="456"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -14343,70 +13689,70 @@
               <w:t>
 2148</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z304" w:id="448"/>
+    <w:bookmarkStart w:name="z304" w:id="457"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       деген жол мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="448"/>
+    <w:bookmarkEnd w:id="457"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -14533,90 +13879,90 @@
               <w:t>
 1818</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z305" w:id="449"/>
+    <w:bookmarkStart w:name="z305" w:id="458"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8-бөлімде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="449"/>
-    <w:bookmarkStart w:name="z306" w:id="450"/>
+    <w:bookmarkEnd w:id="458"/>
+    <w:bookmarkStart w:name="z306" w:id="459"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мына:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="450"/>
+    <w:bookmarkEnd w:id="459"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -14743,70 +14089,70 @@
               <w:t>
 9744</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z307" w:id="451"/>
+    <w:bookmarkStart w:name="z307" w:id="460"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       деген жол мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="451"/>
+    <w:bookmarkEnd w:id="460"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -14933,90 +14279,90 @@
               <w:t>
 5070</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z308" w:id="452"/>
+    <w:bookmarkStart w:name="z308" w:id="461"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9-бөлімде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="452"/>
-    <w:bookmarkStart w:name="z309" w:id="453"/>
+    <w:bookmarkEnd w:id="461"/>
+    <w:bookmarkStart w:name="z309" w:id="462"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мына:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="453"/>
+    <w:bookmarkEnd w:id="462"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -15143,70 +14489,70 @@
               <w:t>
 19883</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z310" w:id="454"/>
+    <w:bookmarkStart w:name="z310" w:id="463"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       деген жол мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="454"/>
+    <w:bookmarkEnd w:id="463"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -15333,90 +14679,90 @@
               <w:t>
 19808</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z311" w:id="455"/>
+    <w:bookmarkStart w:name="z311" w:id="464"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10-бөлімде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="455"/>
-    <w:bookmarkStart w:name="z312" w:id="456"/>
+    <w:bookmarkEnd w:id="464"/>
+    <w:bookmarkStart w:name="z312" w:id="465"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мына:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="456"/>
+    <w:bookmarkEnd w:id="465"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -15543,70 +14889,70 @@
               <w:t>
 1008</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z313" w:id="457"/>
+    <w:bookmarkStart w:name="z313" w:id="466"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       деген жол мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="457"/>
+    <w:bookmarkEnd w:id="466"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -15733,90 +15079,90 @@
               <w:t>
 446</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z314" w:id="458"/>
+    <w:bookmarkStart w:name="z314" w:id="467"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14-бөлімде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="458"/>
-    <w:bookmarkStart w:name="z315" w:id="459"/>
+    <w:bookmarkEnd w:id="467"/>
+    <w:bookmarkStart w:name="z315" w:id="468"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мына:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="459"/>
+    <w:bookmarkEnd w:id="468"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -15943,70 +15289,70 @@
               <w:t>
 938</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z316" w:id="460"/>
+    <w:bookmarkStart w:name="z316" w:id="469"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       деген жол мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="460"/>
+    <w:bookmarkEnd w:id="469"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -16133,70 +15479,70 @@
               <w:t>
 933</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z317" w:id="461"/>
+    <w:bookmarkStart w:name="z317" w:id="470"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мынадай мазмұндағы 15-бөліммен толықтырылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="461"/>
+    <w:bookmarkEnd w:id="470"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -16545,130 +15891,130 @@
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z318" w:id="462"/>
+    <w:bookmarkStart w:name="z318" w:id="471"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. "Қазақстан Республикасы Ұлттық экономика министрлігінің мәселелері" туралы Қазақстан Республикасы Үкіметінің 2014 жылғы 24 қыркүйектегі № 1011 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2014 ж., № 59-60, 555-құжат):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="462"/>
-    <w:bookmarkStart w:name="z319" w:id="463"/>
+    <w:bookmarkEnd w:id="471"/>
+    <w:bookmarkStart w:name="z319" w:id="472"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       көрсетілген қаулымен бекітілген Қазақстан Республикасы Ұлттық экономика министрлігі туралы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ережеде</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="463"/>
+    <w:bookmarkEnd w:id="472"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -16737,70 +16083,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1) тармақша</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z322" w:id="464"/>
+    <w:bookmarkStart w:name="z322" w:id="473"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "1) стратегиялық жоспарлау, салық және бюджет саясаты, сондай-ақ кеден ісі, инвестицияларды тарту саласындағы саясат, мемлекеттік және мемлекет кепілдік берген қарыз алу және борыш, мемлекеттік-жекешелік әріптестік, мемлекеттік инвестициялық жобалар, жарнама, бәсекелестікті қорғау және монополистік қызметті шектеу, аэронавигация, әуежайлар және кәбілді арнаны мүліктік жалдауға (жалға) немесе пайдалануға беру салаларын қоспағанда, табиғи монополиялар, мемлекеттік активтерді басқару, оның ішінде корпоративтік басқару сапасын арттыру, мемлекеттік басқару жүйесін дамыту;";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="464"/>
+    <w:bookmarkEnd w:id="473"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -16813,70 +16159,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6) тармақша</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z324" w:id="465"/>
+    <w:bookmarkStart w:name="z324" w:id="474"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "6) салааралық үйлестіру, сондай-ақ стратегиялық, бақылау, іске асыру және реттеу функциялары;";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="465"/>
+    <w:bookmarkEnd w:id="474"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -16889,130 +16235,130 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z326" w:id="466"/>
+    <w:bookmarkStart w:name="z326" w:id="475"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "2. Министрліктің мынадай ведомстволары бар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="466"/>
-    <w:bookmarkStart w:name="z327" w:id="467"/>
+    <w:bookmarkEnd w:id="475"/>
+    <w:bookmarkStart w:name="z327" w:id="476"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Қазақстан Республикасы Ұлттық экономика министрлігінің Бәсекелестікті қорғау және дамыту комитеті;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="467"/>
-    <w:bookmarkStart w:name="z328" w:id="468"/>
+    <w:bookmarkEnd w:id="476"/>
+    <w:bookmarkStart w:name="z328" w:id="477"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Қазақстан Республикасы Ұлттық экономика министрлігінің Табиғи монополияларды реттеу комитеті;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="468"/>
-    <w:bookmarkStart w:name="z329" w:id="469"/>
+    <w:bookmarkEnd w:id="477"/>
+    <w:bookmarkStart w:name="z329" w:id="478"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) Қазақстан Республикасы Ұлттық экономика министрлігінің Статистика комитеті.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="469"/>
+    <w:bookmarkEnd w:id="478"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -17025,70 +16371,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>9-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z331" w:id="470"/>
+    <w:bookmarkStart w:name="z331" w:id="479"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "9. Министрліктің орналасқан жері: 010000, Нұр-Сұлтан қаласы, Есіл ауданы, Мәңгілік ел даңғылы, 8, "Министрліктер үйі" әкімшілік ғимараты, 7-кіреберіс.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="470"/>
+    <w:bookmarkEnd w:id="479"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -17157,70 +16503,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>9) тармақша</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z334" w:id="471"/>
+    <w:bookmarkStart w:name="z334" w:id="480"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "9) халықаралық экономикалық және қаржылық қатынастар;";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="471"/>
+    <w:bookmarkEnd w:id="480"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -17293,250 +16639,250 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>37) тармақшалар</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> алып тасталсын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z336" w:id="472"/>
+    <w:bookmarkStart w:name="z336" w:id="481"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16-тармақтағы Орталық аппараттың функцияларында:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="472"/>
-    <w:bookmarkStart w:name="z337" w:id="473"/>
+    <w:bookmarkEnd w:id="481"/>
+    <w:bookmarkStart w:name="z337" w:id="482"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       67) тармақша мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="473"/>
-    <w:bookmarkStart w:name="z338" w:id="474"/>
+    <w:bookmarkEnd w:id="482"/>
+    <w:bookmarkStart w:name="z338" w:id="483"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "67) халықаралық экономикалық ұйымдармен келіссөздерде, сондай-ақ екіжақты бастамалар шеңберінде Қазақстан Республикасы Үкіметінің атынан өкілдік ету;";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="474"/>
-    <w:bookmarkStart w:name="z339" w:id="475"/>
+    <w:bookmarkEnd w:id="483"/>
+    <w:bookmarkStart w:name="z339" w:id="484"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       67-1) тармақша алып тасталсын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="475"/>
-    <w:bookmarkStart w:name="z340" w:id="476"/>
+    <w:bookmarkEnd w:id="484"/>
+    <w:bookmarkStart w:name="z340" w:id="485"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       68) тармақша мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="476"/>
-    <w:bookmarkStart w:name="z341" w:id="477"/>
+    <w:bookmarkEnd w:id="485"/>
+    <w:bookmarkStart w:name="z341" w:id="486"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "68) халықаралық және өңірлік ұйымдар шеңберіндегі экономикалық ынтымақтастықты дамыту бойынша ұсыныстар әзірлеу және мемлекеттік органдардың қызметін үйлестіру;";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="477"/>
-    <w:bookmarkStart w:name="z342" w:id="478"/>
+    <w:bookmarkEnd w:id="486"/>
+    <w:bookmarkStart w:name="z342" w:id="487"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       68-1) тармақша алып тасталсын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="478"/>
-    <w:bookmarkStart w:name="z343" w:id="479"/>
+    <w:bookmarkEnd w:id="487"/>
+    <w:bookmarkStart w:name="z343" w:id="488"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       69) тармақша мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="479"/>
-    <w:bookmarkStart w:name="z344" w:id="480"/>
+    <w:bookmarkEnd w:id="488"/>
+    <w:bookmarkStart w:name="z344" w:id="489"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "69) Қазақстан Республикасы қатысушы болып табылатын экономикалық салада халықаралық шарттардың орындалуын мониторингтеу, Қазақстан Республикасы экономикалық ынтымақтастығының басым бағыттарын айқындау бойынша ұсыныстар дайындауды жүзеге асыру;";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="480"/>
-    <w:bookmarkStart w:name="z345" w:id="481"/>
+    <w:bookmarkEnd w:id="489"/>
+    <w:bookmarkStart w:name="z345" w:id="490"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       70), 71), 71-1), 72), 74), 75), 114), 115), 116), 118), 118-1), 119), 120), 121), 123), 228), 229), 230), 231), 232), 233), 234), 235), 236), 237), 238), 239), 240), 241), 242), 243), 281), 283), 283-1), 285), 286), 339-54), 339-55), 339-56), 339-61) және 339-63) тармақшалар алып тасталсын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="481"/>
+    <w:bookmarkEnd w:id="490"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -17549,546 +16895,546 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>17-тармақта</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z347" w:id="482"/>
+    <w:bookmarkStart w:name="z347" w:id="491"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-35) тармақша мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="482"/>
-    <w:bookmarkStart w:name="z348" w:id="483"/>
+    <w:bookmarkEnd w:id="491"/>
+    <w:bookmarkStart w:name="z348" w:id="492"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "1-35) табиғи монополиялар салаларында мемлекеттік бақылауды және баға белгілеу тәртібінің және қоғамдық маңызы бар нарық субъектісі міндеттерінің сақталуына мемлекеттік бақылауды жүзеге асыру кезінде Қазақстан Республикасының заңнамасында белгіленген құзыреті шегінде құқық қорғау органдарымен өзара іс-қимыл жасау;";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="483"/>
-    <w:bookmarkStart w:name="z349" w:id="484"/>
+    <w:bookmarkEnd w:id="492"/>
+    <w:bookmarkStart w:name="z349" w:id="493"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мынадай мазмұндағы 92-14) тармақшамен толықтырылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="484"/>
-    <w:bookmarkStart w:name="z350" w:id="485"/>
+    <w:bookmarkEnd w:id="493"/>
+    <w:bookmarkStart w:name="z350" w:id="494"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "92-14) қоғамдық маңызы бар нарықтар субъектілері өткізетін тауарларға (жұмыстарға, көрсетілетін қызметтерге) шекті бағаларды:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="485"/>
-    <w:bookmarkStart w:name="z351" w:id="486"/>
+    <w:bookmarkEnd w:id="494"/>
+    <w:bookmarkStart w:name="z351" w:id="495"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       шекті бағаларда ескерілген инвестициялық бағдарлама іс-шараларының орындалмауына;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="486"/>
-    <w:bookmarkStart w:name="z352" w:id="487"/>
+    <w:bookmarkEnd w:id="495"/>
+    <w:bookmarkStart w:name="z352" w:id="496"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       электр энергиясын, тауарлық газды сатып алуға және (немесе) беруге арналған, шекті бағаларда ескерілген қаражаттың пайдаланылмауына;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="487"/>
+    <w:bookmarkEnd w:id="496"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       шекті бағаларда ескерілген тауарларды (жұмыстарды, көрсетілетін қызметтерді), оның ішінде жекелеген тұтынушылар топтарының тұтынуы көлемдерінің асып кетуіне;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       табиғи монополиялар салаларында басшылықты жүзеге асыратын уәкілетті органмен келісілген тауарларға (жұмыстарға, көрсетілетін қызметтерге) шекті бағадан асып кетуге байланысты алынған кіріс мөлшерінде төмендету;";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z353" w:id="488"/>
+    <w:bookmarkStart w:name="z353" w:id="497"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       172), 173), 174) және 174-1) тармақшалар алып тасталсын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="488"/>
-    <w:bookmarkStart w:name="z354" w:id="489"/>
+    <w:bookmarkEnd w:id="497"/>
+    <w:bookmarkStart w:name="z354" w:id="498"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       185) тармақша мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="489"/>
-    <w:bookmarkStart w:name="z355" w:id="490"/>
+    <w:bookmarkEnd w:id="498"/>
+    <w:bookmarkStart w:name="z355" w:id="499"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "185) Қазақстан Республикасының заңнамасына тұтынушылардың құқықтарын қорғау мәселелері бойынша оны жетілдіру қажеттілігі тұрғысынан талдау жүргізу және қорытындылар бойынша нормативтік құқықтық актілердің жобаларын әзірлеу;";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="490"/>
-    <w:bookmarkStart w:name="z356" w:id="491"/>
+    <w:bookmarkEnd w:id="499"/>
+    <w:bookmarkStart w:name="z356" w:id="500"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       189), 189-1), 190), 208) және 208-1) тармақшалар алып тасталсын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="491"/>
-    <w:bookmarkStart w:name="z357" w:id="492"/>
+    <w:bookmarkEnd w:id="500"/>
+    <w:bookmarkStart w:name="z357" w:id="501"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мынадай мазмұндағы 266-73), 266-74) тармақшалармен толықтырылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="492"/>
-    <w:bookmarkStart w:name="z358" w:id="493"/>
+    <w:bookmarkEnd w:id="501"/>
+    <w:bookmarkStart w:name="z358" w:id="502"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "266-73) Қазақстан Республикасы халқының ұлттық санағын өткізу бойынша күнтізбелік жоспарды әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="493"/>
-    <w:bookmarkStart w:name="z359" w:id="494"/>
+    <w:bookmarkEnd w:id="502"/>
+    <w:bookmarkStart w:name="z359" w:id="503"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       266-74) Қазақстан Республикасы халқының ұлттық халық санағын өткізу бойынша ұйымдастыру жоспарларын әзірлеу, бекіту және келісу;";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="494"/>
-    <w:bookmarkStart w:name="z360" w:id="495"/>
+    <w:bookmarkEnd w:id="503"/>
+    <w:bookmarkStart w:name="z360" w:id="504"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасы Ұлттық экономика министрлігінің қарамағындағы ұйымдардың тізбесінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="495"/>
-    <w:bookmarkStart w:name="z361" w:id="496"/>
+    <w:bookmarkEnd w:id="504"/>
+    <w:bookmarkStart w:name="z361" w:id="505"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       реттік нөмірі 3-жол алып тасталсын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="496"/>
-    <w:bookmarkStart w:name="z362" w:id="497"/>
+    <w:bookmarkEnd w:id="505"/>
+    <w:bookmarkStart w:name="z362" w:id="506"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Қазақстан Республикасы Ұлттық экономика министрлігінің қарамағындағы мемлекеттік мекемелердің тізбесі" деген бөлім алып тасталсын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="497"/>
-    <w:bookmarkStart w:name="z363" w:id="498"/>
+    <w:bookmarkEnd w:id="506"/>
+    <w:bookmarkStart w:name="z363" w:id="507"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Қазақстан Республикасы Ұлттық экономика министрлігі Табиғи монополияларды реттеу, бәсекелестікті және тұтынушылардың құқықтарын қорғау комитетінің аумақтық бөлімшелері – мемлекеттік мекемелерінің тізбесі" деген бөлім Қазақстан Республикасы Үкіметінің кейбір шешімдеріне енгізілетін өзгерістер мен толықтыруларға 1-қосымшаға сәйкес редакцияда жазылсын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="498"/>
-    <w:bookmarkStart w:name="z364" w:id="499"/>
+    <w:bookmarkEnd w:id="507"/>
+    <w:bookmarkStart w:name="z364" w:id="508"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасы Үкіметінің кейбір шешімдеріне енгізілетін өзгерістер мен толықтыруларға 2-қосымшаға сәйкес "Қазақстан Республикасы Ұлттық экономика министрлігі Бәсекелестікті қорғау және дамыту комитетінің аумақтық бөлімшелері – мемлекеттік мекемелерінің тізбесі" деген бөліммен толықтырылсын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="499"/>
-    <w:bookmarkStart w:name="z365" w:id="500"/>
+    <w:bookmarkEnd w:id="508"/>
+    <w:bookmarkStart w:name="z365" w:id="509"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасы Ұлттық экономика министрлігі Статистика комитетінің аумақтық органдары – мемлекеттік мекемелерінің тізбесінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="500"/>
-    <w:bookmarkStart w:name="z366" w:id="501"/>
+    <w:bookmarkEnd w:id="509"/>
+    <w:bookmarkStart w:name="z366" w:id="510"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15-тармақ мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="501"/>
-    <w:bookmarkStart w:name="z367" w:id="502"/>
+    <w:bookmarkEnd w:id="510"/>
+    <w:bookmarkStart w:name="z367" w:id="511"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "15. Қазақстан Республикасы Ұлттық экономика министрлігі Статистика комитетінің Нұр-Сұлтан қаласы бойынша департаменті.".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="502"/>
-    <w:bookmarkStart w:name="z368" w:id="503"/>
+    <w:bookmarkEnd w:id="511"/>
+    <w:bookmarkStart w:name="z368" w:id="512"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. "Қазақстан Республикасының Мемлекеттік туын және Қазақстан Республикасының Мемлекеттік Елтаңбасын дайындауға лицензия беру жөніндегі лицензиар мен техникалық реттеу және метрология саласындағы екінші санаттағы рұқсаттарды беруге уәкілетті органды белгілеу туралы" Қазақстан Республикасы Үкіметінің 2015 жылғы 21 қаңтардағы № 12 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2015 ж., № 1, 3-құжат):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="503"/>
+    <w:bookmarkEnd w:id="512"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -18101,150 +17447,150 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z370" w:id="504"/>
+    <w:bookmarkStart w:name="z370" w:id="513"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "1. Қазақстан Республикасы Сауда және интеграция министрлігінің Техникалық реттеу және метрология комитеті:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="504"/>
-    <w:bookmarkStart w:name="z371" w:id="505"/>
+    <w:bookmarkEnd w:id="513"/>
+    <w:bookmarkStart w:name="z371" w:id="514"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Қазақстан Республикасының Мемлекеттік Туын және Қазақстан Республикасының Мемлекеттік Елтаңбасын дайындау жөніндегі қызметті жүзеге асыру жөніндегі лицензиар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="505"/>
-    <w:bookmarkStart w:name="z372" w:id="506"/>
+    <w:bookmarkEnd w:id="514"/>
+    <w:bookmarkStart w:name="z372" w:id="515"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) осы қаулыға қосымшаға сәйкес техникалық реттеу, стандарттау және өлшем бірлігін қамтамасыз ету саласындағы екінші санаттағы рұқсаттарды беруге уәкілетті орган болып айқындалсын.".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="506"/>
-    <w:bookmarkStart w:name="z373" w:id="507"/>
+    <w:bookmarkEnd w:id="515"/>
+    <w:bookmarkStart w:name="z373" w:id="516"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. "Тауар биржалары саласындағы қызметті лицензиялауды жүзеге асыру жөніндегі лицензиарды айқындау және Қазақстан Республикасы Үкіметінің "Тауар биржаларының, биржалық брокерлер мен биржалық дилерлердің қызметін лицензиялаудың кейбір мәселелері туралы" 2012 жылғы 21 желтоқсандағы № 1653 және "Қазақстан Республикасы Экономика және бюджеттік жоспарлау министрлігі көрсететін мемлекеттік қызметтер стандарттарын бекіту туралы және "Тауар биржаларының, биржалық брокерлер мен биржалық дилерлердің қызметін лицензиялаудың кейбір мәселелері туралы" Қазақстан Республикасы Үкіметінің 2012 жылғы 21 желтоқсандағы № 1653 қаулысына өзгерістер енгізу туралы және Қазақстан Республикасы Үкіметінің кейбір шешімдерінің күші жойылды деп тану туралы" 2014 жылғы 25 ақпандағы № 149 қаулыларының күші жойылды деп тану туралы" Қазақстан Республикасы Үкіметінің 2015 жылғы 28 тамыздағы № 667 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2015 ж., № 45, 358-құжат):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="507"/>
+    <w:bookmarkEnd w:id="516"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -18257,170 +17603,170 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z375" w:id="508"/>
+    <w:bookmarkStart w:name="z375" w:id="517"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "1. Қазақстан Республикасы Сауда және интеграция министрлігі тауар биржалары саласындағы қызметті лицензиялауды жүзеге асыру жөніндегі лицензиар болып айқындалсын.".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="508"/>
-    <w:bookmarkStart w:name="z376" w:id="509"/>
+    <w:bookmarkEnd w:id="517"/>
+    <w:bookmarkStart w:name="z376" w:id="518"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. "Экспорты және (немесе) импорты лицензиялауға жататын тауарлардың, лицензиарлардың және лицензия беруге келісуді жүзеге асыратын мемлекеттік органдардың тізбесін бекіту туралы" Қазақстан Республикасы Үкіметінің 2015 жылғы 24 сәуірдегі № 287 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2015 ж., № 24-25, 148-құжат):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="509"/>
-    <w:bookmarkStart w:name="z377" w:id="510"/>
+    <w:bookmarkEnd w:id="518"/>
+    <w:bookmarkStart w:name="z377" w:id="519"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       көрсетілген қаулымен бекітілген экспорты және (немесе) импорты лицензиялауға жататын тауарлардың, лицензиарлар мен лицензия беруді келісуді жүзеге асыратын мемлекеттік органдардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>тізбесінде</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="510"/>
-    <w:bookmarkStart w:name="z378" w:id="511"/>
+    <w:bookmarkEnd w:id="519"/>
+    <w:bookmarkStart w:name="z378" w:id="520"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       реттік нөмірлері 17 және 18-жолдар мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="511"/>
+    <w:bookmarkEnd w:id="520"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -18729,110 +18075,110 @@
               <w:t>
 АШМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z379" w:id="512"/>
+    <w:bookmarkStart w:name="z379" w:id="521"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "ҰЭМ – Қазақстан Республикасының Ұлттық экономика министрлігі" деген аббревиатура "СИМ – Қазақстан Республикасының Сауда және интеграция министрлігі" деген аббревиатурамен ауыстырылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="512"/>
-    <w:bookmarkStart w:name="z380" w:id="513"/>
+    <w:bookmarkEnd w:id="521"/>
+    <w:bookmarkStart w:name="z380" w:id="522"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. "Өнеркәсiп саласындағы қызметті лицензиялаудың кейбір мәселелері және Қазақстан Республикасы Үкіметінің кейбір шешімдерінің күші жойылды деп тану туралы" Қазақстан Республикасы Үкіметінің 2015 жылғы 23 желтоқсандағы № 1033 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2015 ж., № 68-69, 514-құжат):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="513"/>
+    <w:bookmarkEnd w:id="522"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -18845,150 +18191,150 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z382" w:id="514"/>
+    <w:bookmarkStart w:name="z382" w:id="523"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "1. Мыналар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="514"/>
-    <w:bookmarkStart w:name="z383" w:id="515"/>
+    <w:bookmarkEnd w:id="523"/>
+    <w:bookmarkStart w:name="z383" w:id="524"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Қазақстан Республикасы Индустрия және инфрақұрылымдық даму министрлігінің Индустриялық даму және өнеркәсiптік қауіпсіздік комитетi тау-кен және химия өндірістерін пайдалану жөнiндегi қызметтi жүзеге асыратын лицензиар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="515"/>
-    <w:bookmarkStart w:name="z384" w:id="516"/>
+    <w:bookmarkEnd w:id="524"/>
+    <w:bookmarkStart w:name="z384" w:id="525"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Қазақстан Республикасы Ұлттық экономика министрлігінің Табиғи монополияларды реттеу комитеті энергиямен жабдықтау мақсатында электр энергиясын сатып алу жөнiндегi қызметтi жүзеге асыратын лицензиар болып айқындалсын.".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="516"/>
-    <w:bookmarkStart w:name="z385" w:id="517"/>
+    <w:bookmarkEnd w:id="525"/>
+    <w:bookmarkStart w:name="z385" w:id="526"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. "Экспорттық бақылау саласында рұқсат беру құжаттарын берудің кейбір мәселелері туралы" Қазақстан Республикасы Үкіметінің 2015 жылғы 28 желтоқсандағы № 1083 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2015 ж., № 72-73-74, 542-құжат):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="517"/>
+    <w:bookmarkEnd w:id="526"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -19001,90 +18347,90 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармақтың</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1) тармақшасы мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z387" w:id="518"/>
+    <w:bookmarkStart w:name="z387" w:id="527"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "1) Қазақстан Республикасы Инвестициялар және даму министрлігінің Индустриялық даму және өнеркәсіптік қауіпсіздік комитеті:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="518"/>
-    <w:bookmarkStart w:name="z388" w:id="519"/>
+    <w:bookmarkEnd w:id="527"/>
+    <w:bookmarkStart w:name="z388" w:id="528"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       экспорттық бақылауға жататын өнімнің экспорты мен импорты бойынша лицензиар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="519"/>
+    <w:bookmarkEnd w:id="528"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       экспорттық бақылауға жататын өнімнің кері экспортына рұқсат, өнімді Қазақстан Республикасының аумағынан тысқары жерде қайта өңдеуге рұқсат, өнімнің транзитіне рұқсат, тауарларды, технологияларды, жұмыстарды, көрсетілетін қызметтерді, ақпаратты өнімге жатқызу туралы қорытынды, кепілдік міндеттеме (түпкілікті пайдаланушының сертификатын) беруге уәкілетті орган;";</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -19115,70 +18461,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшада</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z390" w:id="520"/>
+    <w:bookmarkStart w:name="z390" w:id="529"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       реттік нөмірі 6-жол мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="520"/>
+    <w:bookmarkEnd w:id="529"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -19379,70 +18725,70 @@
               <w:t>
 Қазақстан Республикасы Энергетика министрлігінің Атомдық және энергетикалық қадағалау мен бақылау комитеті, Қазақстан Республикасы Денсаулық сақтау министрлігінің Тауарлар мен көрсетілетін қызметтердің сапасы мен қауіпсіздігін бақылау комитеті</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z391" w:id="521"/>
+    <w:bookmarkStart w:name="z391" w:id="530"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       реттік нөмірі 7-жол мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="521"/>
+    <w:bookmarkEnd w:id="530"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -19639,70 +18985,70 @@
               <w:t>
 Қазақстан Республикасы Энергетика министрлігінің Атомдық және энергетикалық қадағалау мен бақылау комитеті, Қазақстан Республикасы Денсаулық сақтау министрлігінің Тауарлар мен көрсетілетін қызметтердің сапасы мен қауіпсіздігін бақылау комитеті</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z392" w:id="522"/>
+    <w:bookmarkStart w:name="z392" w:id="531"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       реттік нөмірі 99-жол мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="522"/>
+    <w:bookmarkEnd w:id="531"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -20041,70 +19387,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшада</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z394" w:id="523"/>
+    <w:bookmarkStart w:name="z394" w:id="532"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       реттік нөмірлері 3 және 4-жолдар мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="523"/>
+    <w:bookmarkEnd w:id="532"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -20416,160 +19762,160 @@
               <w:t>
 Қазақстан Республикасы Индустрия және инфрақұрылымдық даму министрлігінің Көлік комитеті</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z395" w:id="524"/>
+    <w:bookmarkStart w:name="z395" w:id="533"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. "Жекешелендірудің 2016 – 2020 жылдарға арналған кейбір мәселелері туралы" Қазақстан Республикасы Үкіметінің 2015 жылғы 30 желтоқсандағы № 1141 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2015 ж., № 77-78-79, 588-құжат):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="524"/>
-    <w:bookmarkStart w:name="z396" w:id="525"/>
+    <w:bookmarkEnd w:id="533"/>
+    <w:bookmarkStart w:name="z396" w:id="534"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       көрсетілген қаулымен бекітілген Жекешелендірудің 2016 – 2020 жылдарға арналған кешенді </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>жоспарында:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="525"/>
-    <w:bookmarkStart w:name="z397" w:id="526"/>
+    <w:bookmarkEnd w:id="534"/>
+    <w:bookmarkStart w:name="z397" w:id="535"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "4. Мемлекеттік меншіктің оңтайлы құрылымын қалыптастыру" деген бөлімде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="526"/>
-    <w:bookmarkStart w:name="z398" w:id="527"/>
+    <w:bookmarkEnd w:id="535"/>
+    <w:bookmarkStart w:name="z398" w:id="536"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       реттік нөмірі 1-жол мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="527"/>
+    <w:bookmarkEnd w:id="536"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -20896,130 +20242,130 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ескертпеде</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z400" w:id="528"/>
+    <w:bookmarkStart w:name="z400" w:id="537"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       аббревиатуралардың толық жазылуында:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="528"/>
-    <w:bookmarkStart w:name="z401" w:id="529"/>
+    <w:bookmarkEnd w:id="537"/>
+    <w:bookmarkStart w:name="z401" w:id="538"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мына:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="529"/>
-    <w:bookmarkStart w:name="z402" w:id="530"/>
+    <w:bookmarkEnd w:id="538"/>
+    <w:bookmarkStart w:name="z402" w:id="539"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "ҰЭМ ТМРБКҚ – Қазақстан Республикасы Ұлттық экономика министрлігінің Табиғи монополияларды реттеу және бәсекелестікті қорғау комитеті (Монополияға қарсы орган)" деген жол мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="530"/>
-    <w:bookmarkStart w:name="z403" w:id="531"/>
+    <w:bookmarkEnd w:id="539"/>
+    <w:bookmarkStart w:name="z403" w:id="540"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "ҰЭМ БҚДК – Қазақстан Республикасы Ұлттық экономика министрлігінің Бәсекелестікті қорғау және дамыту комитеті".".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="531"/>
+    <w:bookmarkEnd w:id="540"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -21102,70 +20448,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z417" w:id="532"/>
+    <w:bookmarkStart w:name="z417" w:id="541"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="532"/>
+    <w:bookmarkEnd w:id="541"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Үкіметінің кейбір шешімдеріне</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -21194,100 +20540,100 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       толықтыруларға</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1-қосымша </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z418" w:id="533"/>
+    <w:bookmarkStart w:name="z418" w:id="542"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Ұлттық экономика министрлігі Табиғи монополияларды реттеу комитетінің аумақтық бөлімшелері – мемлекеттік мекемелерінің тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="533"/>
-    <w:bookmarkStart w:name="z419" w:id="534"/>
+    <w:bookmarkEnd w:id="542"/>
+    <w:bookmarkStart w:name="z419" w:id="543"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Қазақстан Республикасы Ұлттық экономика министрлігі Табиғи монополияларды реттеу комитетінің Нұр-Сұлтан қаласы бойынша департаменті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="534"/>
+    <w:bookmarkEnd w:id="543"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасы Ұлттық экономика министрлігі Табиғи монополияларды реттеу комитетінің Алматы қаласы бойынша департаменті.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -21532,70 +20878,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Қазақстан Республикасы Ұлттық экономика министрлігі Табиғи монополияларды реттеу комитетінің Түркістан облысы бойынша департаменті.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Қазақстан Республикасы Ұлттық экономика министрлігі Табиғи монополияларды реттеу комитетінің Шығыс Қазақстан облысы бойынша департаменті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z420" w:id="535"/>
+    <w:bookmarkStart w:name="z420" w:id="544"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="535"/>
+    <w:bookmarkEnd w:id="544"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Үкіметінің кейбір шешімдеріне</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -21624,80 +20970,80 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       толықтыруларға</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2-қосымша </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z421" w:id="536"/>
+    <w:bookmarkStart w:name="z421" w:id="545"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Ұлттық экономика министрлігі Бәсекелестікті қорғау және дамыту комитетінің аумақтық бөлімшелері – мемлекеттік мекемелерінің тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="536"/>
+    <w:bookmarkEnd w:id="545"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Қазақстан Республикасы Ұлттық экономика министрлігі Бәсекелестікті қорғау және дамыту комитетінің Нұр-Сұлтан қаласы бойынша </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -22300,70 +21646,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       17. Қазақстан Республикасы Ұлттық экономика министрлігі Бәсекелестікті қорғау және дамыту комитетінің Шығыс Қазақстан облысы бойынша </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>департаменті</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z422" w:id="537"/>
+    <w:bookmarkStart w:name="z422" w:id="546"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="537"/>
+    <w:bookmarkEnd w:id="546"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Үкіметінің</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -22392,100 +21738,100 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       № 497 қаулысына</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-қосымша</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z423" w:id="538"/>
+    <w:bookmarkStart w:name="z423" w:id="547"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Ұлттық экономика министрлігінің Табиғи монополияларды реттеу, бәсекелестікті және тұтынушылардың құқықтарын қорғау комитетінің қайта ұйымдастырылатын мемлекеттік мекемелері – аумақтық бөлімшелерінің тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="538"/>
-    <w:bookmarkStart w:name="z424" w:id="539"/>
+    <w:bookmarkEnd w:id="547"/>
+    <w:bookmarkStart w:name="z424" w:id="548"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. "Қазақстан Республикасы Ұлттық экономика министрлігі Табиғи монополияларды реттеу, бәсекелестікті және тұтынушылардың құқықтарын қорғау комитетінің Астана қаласы бойынша департаменті" "Қазақстан Республикасы Ұлттық экономика министрлігі Бәсекелестікті қорғау және дамыту комитетінің Нұр-Сұлтан қаласы бойынша департаментіне", "Қазақстан Республикасы Ұлттық экономика министрлігі Табиғи монополияларды реттеу комитетінің Нұр-Сұлтан қаласы бойынша департаментіне" және "Қазақстан Республикасы Сауда және интеграция министрлігі Тұтынушылардың құқықтарын қорғау комитетінің Нұр-Сұлтан қаласы бойынша департаментіне" бөлу жолымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="539"/>
+    <w:bookmarkEnd w:id="548"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. "Қазақстан Республикасы Ұлттық экономика министрлігі Табиғи монополияларды реттеу, бәсекелестікті және тұтынушылардың құқықтарын қорғау комитетінің Алматы қаласы бойынша департаменті" "Қазақстан Республикасы Ұлттық экономика министрлігі Бәсекелестікті қорғау және дамыту комитетінің Алматы қаласы бойынша департаментіне", "Қазақстан Республикасы Ұлттық экономика министрлігі Табиғи монополияларды реттеу комитетінің Алматы қаласы бойынша департаментіне" және "Қазақстан Республикасы Сауда және интеграция министрлігі Тұтынушылардың құқықтарын қорғау комитетінің Алматы қаласы бойынша департаментіне" бөлу жолымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -22730,70 +22076,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. "Қазақстан Республикасы Ұлттық экономика министрлігі Табиғи монополияларды реттеу, бәсекелестікті және тұтынушылардың құқықтарын қорғау комитетінің Түркістан облысы бойынша департаменті" "Қазақстан Республикасы Ұлттық экономика министрлігі Бәсекелестікті қорғау және дамыту комитетінің Түркістан облысы бойынша департаментіне", "Қазақстан Республикасы Ұлттық экономика министрлігі Табиғи монополияларды реттеу комитетінің Түркістан облысы бойынша департаментіне" және "Қазақстан Республикасы Сауда және интеграция министрлігі Тұтынушылардың құқықтарын қорғау комитетінің Түркістан облысы бойынша департаментіне" бөлу жолымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. "Қазақстан Республикасы Ұлттық экономика министрлігі Табиғи монополияларды реттеу, бәсекелестікті және тұтынушылардың құқықтарын қорғау комитетінің Шығыс Қазақстан облысы бойынша департаменті" "Қазақстан Республикасы Ұлттық экономика министрлігі Бәсекелестікті қорғау және дамыту комитетінің Шығыс Қазақстан облысы бойынша департаментіне", "Қазақстан Республикасы Ұлттық экономика министрлігі Табиғи монополияларды реттеу комитетінің Шығыс Қазақстан облысы бойынша департаментіне" және "Қазақстан Республикасы Сауда және интеграция министрлігі Тұтынушылардың құқықтарын қорғау комитетінің Шығыс Қазақстан облысы бойынша департаментіне" бөлу жолымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z425" w:id="540"/>
+    <w:bookmarkStart w:name="z425" w:id="549"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="540"/>
+    <w:bookmarkEnd w:id="549"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Үкіметінің</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -22822,80 +22168,80 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       № 497 қаулысына</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2-қосымша</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z426" w:id="541"/>
+    <w:bookmarkStart w:name="z426" w:id="550"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Сауда және интеграция министрлігі Техникалық реттеу және метрология комитетінің қайта аталатын республикалық мемлекеттік мекемелері – аумақтық бөлімшелерінің тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="541"/>
+    <w:bookmarkEnd w:id="550"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. "Қазақстан Республикасы Индустрия және инфрақұрылымдық даму министрлігі Техникалық реттеу және метрология комитетінің Астана қаласы бойынша департаменті" республикалық мемлекеттік мекемесі – "Қазақстан Республикасы Сауда және интеграция министрлігі Техникалық реттеу және метрология комитетінің Нұр-Сұлтан қаласы бойынша департаменті" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -23158,70 +22504,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. "Қазақстан Республикасы Индустрия және инфрақұрылымдық даму министрлігі Техникалық реттеу және метрология комитетінің Түркістан облысы бойынша департаменті" республикалық мемлекеттік мекемесі – "Қазақстан Республикасы Сауда және интеграция министрлігі Техникалық реттеу және метрология комитетінің Түркістан облысы бойынша департаменті" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. "Қазақстан Республикасы Индустрия және инфрақұрылымдық даму министрлігі Техникалық реттеу және метрология комитетінің Шығыс Қазақстан облысы бойынша департаменті" республикалық мемлекеттік мекемесі – "Қазақстан Республикасы Сауда және интеграция министрлігі Техникалық реттеу және метрология комитетінің Шығыс Қазақстан облысы бойынша департаменті" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z427" w:id="542"/>
+    <w:bookmarkStart w:name="z427" w:id="551"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="542"/>
+    <w:bookmarkEnd w:id="551"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Үкіметінің</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -23250,136 +22596,136 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       № 497 қаулысына</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3-қосымша</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z428" w:id="543"/>
+    <w:bookmarkStart w:name="z428" w:id="552"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қайта аталатын мемлекеттік кәсіпорындардың тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="543"/>
+    <w:bookmarkEnd w:id="552"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Қазақстан Республикасы Индустрия және инфрақұрылымдық даму министрлігі Техникалық реттеу және метрология комитетінің "Қазақстан стандарттау және сертификаттау институты (ҚазСтИн)" шаруашылық жүргiзу құқығындағы республикалық мемлекеттiк кәсiпорны – Қазақстан Республикасы Сауда және интеграция министрлігі Техникалық реттеу және метрология комитетінің "Қазақстан стандарттау және сертификаттау институты (ҚазСтИн)" шаруашылық жүргiзу құқығындағы республикалық мемлекеттiк кәсiпорны.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасы Индустрия және инфрақұрылымдық даму министрлігі Техникалық реттеу және метрология комитетінің "Қазақстан метрология институты (ҚазМетрИн)" шаруашылық жүргiзу құқығындағы республикалық мемлекеттiк кәсiпорны – Қазақстан Республикасы Сауда және интеграция министрлігі Техникалық реттеу және метрология комитетінің "Қазақстан метрология институты (ҚазМетрИн)" шаруашылық жүргiзу құқығындағы республикалық мемлекеттiк кәсiпорны.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z429" w:id="544"/>
+    <w:bookmarkStart w:name="z429" w:id="553"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="544"/>
+    <w:bookmarkEnd w:id="553"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Үкіметінің</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -23408,80 +22754,80 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       № 497 қаулысына</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4-қосымша</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z430" w:id="545"/>
+    <w:bookmarkStart w:name="z430" w:id="554"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Акцияларының мемлекеттік пакеттері мен қатысу үлестерін иелену және пайдалану құқығы Қазақстан Республикасының Сауда және интеграция министрлігі мен оның ведомстволарына берілетін заңды тұлғалардың тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="545"/>
+    <w:bookmarkEnd w:id="554"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының Сауда және интеграция министрлігіне:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -23559,55 +22905,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>