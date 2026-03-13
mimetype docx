--- v0 (2025-10-02)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="e3b018f" w14:textId="e3b018f">
+    <w:p w14:paraId="9361be0" w14:textId="9361be0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -4849,1390 +4849,1450 @@
         <w:t>
       114) шикі газды алау етіп жағуға рұқсаттар береді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="159"/>
     <w:bookmarkStart w:name="z875" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       115) тауарлық және сұйытылған мұнай газын бөлшек саудада өткізу және пайдалану тәртібін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z876" w:id="161"/>
+    <w:bookmarkStart w:name="z1457" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      115-1) газбен жабдықтау жүйелері объектілерін газ тарату жүйесіне қосу қағидаларын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z876" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       116) тауарлық және сұйытылған мұнай газын бөлшек саудада өткізудің, сондай-ақ коммуналдық-тұрмыстық және тұрмыстық тұтынушылардың газ тұтынушы жүйелері мен газ жабдықтарына техникалық қызмет көрсетудің үлгілік шарттарын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z877" w:id="162"/>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z877" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       117) магистральдық мұнай құбырларын пайдалану қағидаларын және магистральдық газ құбырларын пайдалану қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z1313" w:id="163"/>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z1313" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       117-1) магистральдық құбыржол салу туралы шешім қабылдайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z878" w:id="164"/>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z878" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       118) өнім түрлері бойынша ұлттық операторларды айқындайды, сондай-ақ олар туралы ережелерді бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="164"/>
-    <w:bookmarkStart w:name="z879" w:id="165"/>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z879" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       119) мұнайды магистральдық мұнай құбырларымен тасымалдау графигін қалыптастыру тәртібін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="165"/>
-    <w:bookmarkStart w:name="z880" w:id="166"/>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z880" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       120) жаңа магистральдық құбыр салу жобасын келісу тәртібін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="166"/>
-    <w:bookmarkStart w:name="z881" w:id="167"/>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z881" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       121) магистральдық құбырларды күзетуді ұйымдастыру қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="167"/>
-    <w:bookmarkStart w:name="z882" w:id="168"/>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z882" w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       122) өз құзыреті шегінде Қазақстан Республикасының магистральдық құбыр туралы заңнамасының сақталуын мемлекеттік бақылауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="168"/>
-    <w:bookmarkStart w:name="z883" w:id="169"/>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z883" w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       123) мұнай өнімдерін өндіру және өткізу мониторингін жүзеге асыру тәртібін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="169"/>
-[...18 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="170"/>
-    <w:bookmarkStart w:name="z885" w:id="171"/>
-[...15 lines deleted...]
-      125) Қазақстан Республикасын газдандырудың бас схемасын дайындау тәртібін әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z884" w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      124) мұнай өнімдерін беру жөніндегі бірыңғай оператордың мұнай өнімдерін беру қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="171"/>
-    <w:bookmarkStart w:name="z886" w:id="172"/>
-[...15 lines deleted...]
-      126) Қазақстан Республикасын газдандырудың бас схемасын әзірлейді және бекітеді әрі оның іске асырылуын бақылауды жүзеге асырады;</w:t>
+    <w:bookmarkStart w:name="z1458" w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      124-1) мұнай өнімдерін беру жөніндегі бірыңғай оператор жеткізетін мұнай өнімдерінің тізбесін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="172"/>
-    <w:bookmarkStart w:name="z887" w:id="173"/>
+    <w:bookmarkStart w:name="z885" w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      125) Қазақстан Республикасын газдандырудың бас және өңірлік схемаларын дайындау тәртібін әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z1453" w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      125-1) Қазақстан Республикасын газдандырудың өңірлік схемаларын келіседі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z886" w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      126) Қазақстан Республикасын газдандырудың бас схемасын әзірлейді және бекітеді әрі оның іске асырылуын мониторингтеуді жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z887" w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       127) тауарлық газды ішкі нарықта көтерме саудада өткізудің, сұйытылған мұнай газын Қазақстан Республикасының ішкі нарығына сұйытылған мұнай газын беру жоспары шеңберінде тауар биржаларынан тыс көтерме және бөлшек саудада өткізудің шекті бағаларын айқындау қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="173"/>
-    <w:bookmarkStart w:name="z888" w:id="174"/>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z888" w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       128) газ және газбен жабдықтау саласындағы әріптестік шеңберінде инвесторларға ілеспе газды беру тәртібі мен шарттарын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="174"/>
-    <w:bookmarkStart w:name="z889" w:id="175"/>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z889" w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       129) "Газ және газбен жабдықтау туралы" Қазақстан Республикасының Заңына сәйкес газ және газбен жабдықтау саласында әріптестік туралы шарттар жасасады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="175"/>
-    <w:bookmarkStart w:name="z890" w:id="176"/>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z890" w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       130) газ және газбен жабдықтау саласында мемлекеттік бақылауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="176"/>
-    <w:bookmarkStart w:name="z891" w:id="177"/>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z891" w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       131) ұлттық оператордың немесе дауыс беруші акцияларының (қатысу үлестерінің) елу және одан көп пайызы ұлттық операторға тиесілі газ тасымалдау және (немесе) газ тарату ұйымдарының меншігіндегі тауарлық газбен жабдықтаудың бірыңғай жүйесінің объектілерін иеліктен шығаруды келіседі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="177"/>
-    <w:bookmarkStart w:name="z892" w:id="178"/>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z892" w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       132) тауарлық газбен жабдықтаудың бірыңғай жүйесі объектілерінің жұмыс режимдерін орталықтандырылған жедел-диспетчерлік басқаруды жүзеге асыру тәртібін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="178"/>
-    <w:bookmarkStart w:name="z893" w:id="179"/>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z893" w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       133) тауарлық және сұйытылған мұнай газын өндіру, өткізу және тұтыну теңгерімін жүргізуді ұйымдастырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="179"/>
-    <w:bookmarkStart w:name="z894" w:id="180"/>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z894" w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       134) тоқсан сайын Қазақстан Республикасының ішкі нарығына сұйытылған мұнай газын беру жоспарын бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="180"/>
-    <w:bookmarkStart w:name="z895" w:id="181"/>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z895" w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       135) магистральдық газ құбырларын салу, жаңғырту және (немесе) реконструкциялау жобаларын келіседі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="181"/>
-    <w:bookmarkStart w:name="z896" w:id="182"/>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z896" w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       136) құжаттармен расталған мемлекеттің артықшылықты құқығы шеңберінде ұлттық оператор сатып алатын шикі немесе тауарлық газдың бағасын сараптауды жүзеге асырады және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="182"/>
-    <w:bookmarkStart w:name="z897" w:id="183"/>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z897" w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       137) Қазақстан Республикасының көмірсутектерді сатып алуға арналған артықшылықты құқығын іске асыру қағидаларын әзірлейді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="183"/>
-    <w:bookmarkStart w:name="z898" w:id="184"/>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z898" w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       138) табиғи монополиялардың тиісті салаларында басшылықты жүзеге асыратын уәкiлеттi органмен келiсу бойынша он бесінші мамырдан кешiктiрiлмейтiн мерзiмде тауарлық газды iшкi нарықта көтерме саудада өткiзудiң алдағы жылға арналған шектi бағаларын бекiтедi;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="184"/>
-    <w:bookmarkStart w:name="z899" w:id="185"/>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z899" w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       139) табиғи монополиялар салаларында басшылықты жүзеге асыратын уәкілетті органмен келісу бойынша тауарлық газды ішкі нарықта көтерме саудада өткізудің шекті бағаларын, сондай-ақ сұйытылған мұнай газын өнім беру жоспары шеңберінде тауар биржаларынан тыс көтерме және бөлшек саудада өткізудің шекті бағаларын белгілейді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="185"/>
-    <w:bookmarkStart w:name="z900" w:id="186"/>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z900" w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       140) табиғи монополиялардың тиісті салаларында басшылықты жүзеге асыратын уәкiлеттi органмен келiсу бойынша мұнай-газ-химия өнімдерін өндіру жөніндегі инвестициялық жобаны іске асыру мақсатында тауарлық газды өнеркәсіптік өндірісте отын және (немесе) шикізат ретінде пайдалану үшін сатып алатын өнеркәсіптік тұтынушы-инвестор үшін тауарлық газды ішкі нарықта көтерме саудада өткiзудiң шектi бағаларын кейіннен 1 шілдеден бастап бесжылдық кезеңге бекіте отырып, жоба пайдалануға енгізілген күнге дейін отыз жұмыс күнінен кешiктiрмей бекiтедi және қажет болған кезде жыл сайын 1 шілдеде түзетіп отырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="186"/>
-    <w:bookmarkStart w:name="z901" w:id="187"/>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z901" w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       141) табиғи монополиялардың тиісті салаларында басшылықты жүзеге асыратын уәкiлеттi органмен келiсу бойынша электр станцияларының тізбесіне енгізілген тұтынушы үшін тауарлық газды ішкі нарықта көтерме саудада өткiзудiң шектi бағаларын жаңа электр қуаттары пайдалануға берілген күнге дейін отыз жұмыс күнінен кешiктiрмей бекiтедi;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="187"/>
-    <w:bookmarkStart w:name="z902" w:id="188"/>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z902" w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       142) тауарлық, сұйытылған мұнай газын және сұйытылған табиғи газды өндіру, тасымалдау (тасу), сақтау, тиеп-жөнелту және өткізу мониторингін жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="188"/>
-    <w:bookmarkStart w:name="z903" w:id="189"/>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z903" w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       143) Қазақстан Республикасының аумағында тауарлық және сұйытылған мұнай газын өндірудің, өткізудің және тұтынудың алдағы күнтізбелік жылға арналған болжамды теңгерімін жасайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="189"/>
-    <w:bookmarkStart w:name="z904" w:id="190"/>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z904" w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       144) тауарлық, сұйытылған мұнай және сұйытылған табиғи газды өндіру, тасымалдау (тасу), сақтау, тиеп-жөнелту және өткізу мониторингі бойынша мәліметтер ұсынудың тәртібін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="190"/>
-    <w:bookmarkStart w:name="z905" w:id="191"/>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z905" w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       145) Қазақстан Республикасының ішкі нарығына сұйытылған мұнай газын беру жоспарын қалыптастыру қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="191"/>
-    <w:bookmarkStart w:name="z1362" w:id="192"/>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z1362" w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       145-1) сұйытылған мұнай газын есепке алу аспаптарының көлемдік көрсеткіштерін массалық көрсеткіштерге ауыстырудың өңірлік коэффициенттерін есептеу және сұйытылған мұнай газымен жабдықтау жүйелерінің объектілерін пайдалану кезіндегі ысырапты есептеу әдістемесін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="192"/>
-    <w:bookmarkStart w:name="z1363" w:id="193"/>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z1363" w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       145-2) өнім беру жоспары шеңберінде тауар биржаларынан тыс бөлінген сұйытылған мұнай газын бөлу қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="193"/>
-    <w:bookmarkStart w:name="z906" w:id="194"/>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z906" w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       146) тұрмыстық баллондарды сәйкестендіру және тұрмыстық баллондарды есепке алу жүйелерінің жұмыс істеу қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="194"/>
-    <w:bookmarkStart w:name="z907" w:id="195"/>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z907" w:id="198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       147) Қазақстан Республикасының ішкі нарығына сұйытылған мұнай газын беру жоспарын қалыптастырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="195"/>
-    <w:bookmarkStart w:name="z908" w:id="196"/>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z908" w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       148) Қазақстан Республикасының ішкі нарығына сұйытылған мұнай газын беру жоспарын қалыптастыру жөніндегі комиссия туралы ережені әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="196"/>
-    <w:bookmarkStart w:name="z909" w:id="197"/>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z909" w:id="200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       149) тауарлық және сұйытылған мұнай газын тұтыну нормаларын есептеу және бекіту қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="197"/>
-    <w:bookmarkStart w:name="z910" w:id="198"/>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z910" w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       150) өнім беру жоспары шеңберінде тауар биржаларынан тыс бөлінген сұйытылған мұнай газын бөлу жөніндегі комиссия туралы үлгілік ережені әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="198"/>
-    <w:bookmarkStart w:name="z911" w:id="199"/>
+    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkStart w:name="z911" w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       151) мұнай-газ-химия өнімдерін өндіру кезінде шикізат ретінде пайдалануға қажетті көлемдердегі сұйытылған мұнай газын мұнай-газ-химия өнімдерін өндіру үшін шикізат ретінде пайдаланатын өнеркәсіптік тұтынушылар тізбесін бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="199"/>
-    <w:bookmarkStart w:name="z912" w:id="200"/>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkStart w:name="z912" w:id="203"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       152) мұнайды магистральдық мұнай құбырларымен тасымалдау графигін қалыптастыру тәртібіне сәйкес мұнайды магистральдық мұнай құбырларымен тасымалдау графигін бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="200"/>
-    <w:bookmarkStart w:name="z913" w:id="201"/>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z913" w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       153) тауарлық газды өндірушілердің, өздері өндірген шикі газды өңдеу процесінде өндірілген тауарлық газдың меншік иелері болып табылатын жер қойнауын пайдаланушылардың, Қазақстан Республикасының аумағынан тыс жерде өндірілген және тұтыну үшін Қазақстан Республикасының аумағына әкелінген тауарлық газдың меншік иелерінің, Қазақстан Республикасының халықаралық шарттары негізінде Қазақстан Республикасында өндірілетін шикі газдан Қазақстан Республикасының аумағынан тысқары жерде өндірілген тауарлық газдың меншік иелерінің, газ тасымалдау және газ тарату ұйымдарының есебін жүргізеді және тізбесін интернет-ресурста жариялайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="201"/>
-    <w:bookmarkStart w:name="z914" w:id="202"/>
+    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkStart w:name="z914" w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       154) сұйытылған мұнай газын өндірушілерді есепке алуды жүргізеді және олардың тізбесін өзінің интернет-ресурсында жариялайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="202"/>
-    <w:bookmarkStart w:name="z915" w:id="203"/>
+    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkStart w:name="z915" w:id="206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       155) Қазақстан Республикасының Үкіметі белгілеген тәртіппен тауарларды кедендік аумақта/аумақтан тыс жерде және ішкі тұтыну үшін өңдеу шарттары туралы құжатты береді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="203"/>
-    <w:bookmarkStart w:name="z916" w:id="204"/>
+    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkStart w:name="z916" w:id="207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       156) көмірсутектерді өндірудің, өткізудің және тұтынудың ұлттық теңгерімін жүргізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="204"/>
-    <w:bookmarkStart w:name="z917" w:id="205"/>
+    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkStart w:name="z917" w:id="208"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       157) Қазақстан Республикасы газының, мұнайының және мұнай өнімдерінің индикативті (болжамды) теңгерімін әзірлейді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="205"/>
-    <w:bookmarkStart w:name="z918" w:id="206"/>
+    <w:bookmarkEnd w:id="208"/>
+    <w:bookmarkStart w:name="z918" w:id="209"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       158) Еуразиялық экономикалық одаққа мүше мемлекеттер газының, мұнайының және мұнай өнімдерінің индикативті (болжамды) теңгерімін келіседі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="206"/>
-    <w:bookmarkStart w:name="z1287" w:id="207"/>
+    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkStart w:name="z1287" w:id="210"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       158-1) шикі мұнай мен газ конденсатын, шикі газды және оны қайта өңдеу өнімдерін (тауарлық газды) есепке алудың ақпараттық жүйесін қалыптастырудың және оның жұмыс істеуінің тәртібіне сәйкес ақпаратты өңдеу, сақтау, пайдалану, оның ішінде беру және тарату мақсаттарында шикі мұнай мен газ конденсатын, шикі газды және оны қайта өңдеу өнімдерін (тауарлық газды) есепке алудың ақпараттық жүйесіне қосу үшін ақпарат жинауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="207"/>
-    <w:bookmarkStart w:name="z919" w:id="208"/>
+    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkStart w:name="z919" w:id="211"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       159) өндірістік объектілерді шикі мұнай мен газ конденсатын, шикі газды және оны қайта өңдеу өнімдерін (тауарлық газды) есепке алу аспаптарымен жарақтандыру тізбесі мен мерзімдерін бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="208"/>
-    <w:bookmarkStart w:name="z920" w:id="209"/>
+    <w:bookmarkEnd w:id="211"/>
+    <w:bookmarkStart w:name="z920" w:id="212"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       160) өндірістік объектілерді шикі мұнай мен газ конденсатын, шикі газды және оны қайта өңдеу өнімдерін (тауарлық газды) есепке алу аспаптарымен жарақтандыру және олардың жұмыс істеуін қамтамасыз ету қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="209"/>
-    <w:bookmarkStart w:name="z921" w:id="210"/>
+    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkStart w:name="z921" w:id="213"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       161) шикі мұнай мен газ конденсатын, шикі газды және оны қайта өңдеу өнімдерін (тауарлық газды) есепке алудың ақпараттық жүйесін қалыптастырудың және оның жұмыс істеуінің тәртібін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="210"/>
-    <w:bookmarkStart w:name="z922" w:id="211"/>
+    <w:bookmarkEnd w:id="213"/>
+    <w:bookmarkStart w:name="z922" w:id="214"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       162) мұнайды және газ конденсатын есепке алу ақпараттық жүйесінің операторын айқындайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="211"/>
-    <w:bookmarkStart w:name="z923" w:id="212"/>
+    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkStart w:name="z923" w:id="215"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       163) теңізде және қорғау аймағында мұнайдың төгілуін жою үшін қажетті ресурстарға қойылатын ең төменгі нормативтер мен талаптарды белгілейді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="212"/>
-    <w:bookmarkStart w:name="z924" w:id="213"/>
+    <w:bookmarkEnd w:id="215"/>
+    <w:bookmarkStart w:name="z924" w:id="216"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       164) азаматтық қорғаныс және сауда мақсатында теңізде жүзу саласындағы уәкілетті органдармен бірлесіп теңізде және Қазақстан Республикасының сақтық аймағында мұнайдың төгілуін жоюға арналған дайындықты және іс-қимылдарды қамтамасыз етудің ұлттық жоспарын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="213"/>
-    <w:bookmarkStart w:name="z925" w:id="214"/>
+    <w:bookmarkEnd w:id="216"/>
+    <w:bookmarkStart w:name="z925" w:id="217"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       165) реттелетін салаларда техникалық регламенттерді әзірлеу немесе техникалық регламенттерге өзгерістер және (немесе) толықтырулар әзірлеу туралы ұсыныстар дайындауды және стандарттау саласындағы уәкілетті органға Қазақстан Республикасының заңнамасында белгіленген тәртіппен енгізуді жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="214"/>
-    <w:bookmarkStart w:name="z926" w:id="215"/>
+    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkStart w:name="z926" w:id="218"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       166) реттелетін салаларда техникалық регламенттер әзірлеу жұмысын ұйымдастырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="215"/>
-    <w:bookmarkStart w:name="z927" w:id="216"/>
+    <w:bookmarkEnd w:id="218"/>
+    <w:bookmarkStart w:name="z927" w:id="219"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       167) техникалық регламенттерді бекітуді, олардың күшін жоюды, тоқтата тұруды, сондай-ақ техникалық реттеу саласындағы уәкілетті органмен келісу бойынша Министрліктің құзыретіне кіретін мәселелер бойынша техникалық регламенттерге өзгерістер енгізуді жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="216"/>
-    <w:bookmarkStart w:name="z928" w:id="217"/>
+    <w:bookmarkEnd w:id="219"/>
+    <w:bookmarkStart w:name="z928" w:id="220"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       168) құзыреті шеңберінде стандарттау саласындағы мониторингті жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="217"/>
-    <w:bookmarkStart w:name="z929" w:id="218"/>
+    <w:bookmarkEnd w:id="220"/>
+    <w:bookmarkStart w:name="z929" w:id="221"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       169) уәкілетті органмен келісу бойынша ұлттық стандарттарды және ұлттық техникалық-экономикалық ақпарат сыныптауыштарын әзірлеуді жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="218"/>
-    <w:bookmarkStart w:name="z930" w:id="219"/>
+    <w:bookmarkEnd w:id="221"/>
+    <w:bookmarkStart w:name="z930" w:id="222"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       170) стандарттау жөніндегі техникалық комитеттерді, сәйкестікті растау жөніндегі органдарды және сәйкестікті міндетті растауға жататын өнім жөніндегі зертханаларды құру бойынша ұсыныстар дайындауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="219"/>
-    <w:bookmarkStart w:name="z931" w:id="220"/>
+    <w:bookmarkEnd w:id="222"/>
+    <w:bookmarkStart w:name="z931" w:id="223"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       171) стандарттау жөніндегі техникалық комитеттерді құру бойынша ұсыныстар дайындауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="220"/>
-    <w:bookmarkStart w:name="z932" w:id="221"/>
+    <w:bookmarkEnd w:id="223"/>
+    <w:bookmarkStart w:name="z932" w:id="224"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       172) стандарттау жөніндегі техникалық комитеттердің және стандарттау жөніндегі ұлттық органның, стандарттау жөніндегі халықаралық ұйымдардың жұмысына қатысады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="221"/>
-    <w:bookmarkStart w:name="z933" w:id="222"/>
+    <w:bookmarkEnd w:id="224"/>
+    <w:bookmarkStart w:name="z933" w:id="225"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       173) техникалық реттеу саласында сараптамалық кеңестер құрады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="222"/>
-    <w:bookmarkStart w:name="z934" w:id="223"/>
+    <w:bookmarkEnd w:id="225"/>
+    <w:bookmarkStart w:name="z934" w:id="226"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       174) техникалық регламенттерді, оның ішінде Еуразиялық экономикалық одақтың техникалық регламенттерін іске асыру жөніндегі іс-шаралар жоспарларын әзірлеуді және орындауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="223"/>
-    <w:bookmarkStart w:name="z935" w:id="224"/>
+    <w:bookmarkEnd w:id="226"/>
+    <w:bookmarkStart w:name="z935" w:id="227"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       175) техникалық реттеу саласындағы сараптамалық кеңестердің құрамын және олар туралы ережелерді бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="224"/>
-    <w:bookmarkStart w:name="z936" w:id="225"/>
+    <w:bookmarkEnd w:id="227"/>
+    <w:bookmarkStart w:name="z936" w:id="228"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       176) Еуразиялық экономикалық одақтың сәйкестікті бағалау жөніндегі органдарының бірыңғай тізілімінің ұлттық бөлігіне (ұлттық бөлігінен) сәйкестікті бағалау жөніндегі органдарды қосу немесе алып тастау жөніндегі жұмысқа қатысады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="225"/>
-    <w:bookmarkStart w:name="z937" w:id="226"/>
+    <w:bookmarkEnd w:id="228"/>
+    <w:bookmarkStart w:name="z937" w:id="229"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       177) Қазақстан Республикасының Кәсіпкерлік кодексінде айқындалған тәртіппен белгіленген құзырет шеңберінде тиісті техникалық регламенттер талаптарының сақталуын мемлекеттік бақылауды және қадағалауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="226"/>
-    <w:bookmarkStart w:name="z938" w:id="227"/>
+    <w:bookmarkEnd w:id="229"/>
+    <w:bookmarkStart w:name="z938" w:id="230"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       178) техникалық регламенттерді немесе техникалық регламенттерге өзгерістер және (немесе) толықтырулар әзірлеу туралы ұсыныстар дайындайды және оларды Қазақстан Республикасының заңнамасында белгіленген тәртіппен техникалық реттеу саласындағы уәкілетті органға енгізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="227"/>
+    <w:bookmarkEnd w:id="230"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6261,290 +6321,290 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z997" w:id="228"/>
+    <w:bookmarkStart w:name="z997" w:id="231"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       238) Қазақстан Республикасының заңдарында белгіленген құзыреті шегінде әкімшілік құқық бұзушылық туралы істер бойынша іс жүргізуді жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="228"/>
-    <w:bookmarkStart w:name="z998" w:id="229"/>
+    <w:bookmarkEnd w:id="231"/>
+    <w:bookmarkStart w:name="z998" w:id="232"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       239) инвестициялық бағдарламаны әзірлеуге арналған техникалық тапсырманы әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="229"/>
-    <w:bookmarkStart w:name="z999" w:id="230"/>
+    <w:bookmarkEnd w:id="232"/>
+    <w:bookmarkStart w:name="z999" w:id="233"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       240) тиісті табиғи монополиялар салаларында басшылықты жүзеге асыратын уәкілетті органмен бірлесіп, Табиғи монополиялар субъектілерінің мемлекеттік тіркелімінің республикалық бөліміне енгізілген табиғи монополия субъектісінің инвестициялық бағдарламасын бекітеді және өзгерістер енгізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="230"/>
-    <w:bookmarkStart w:name="z1288" w:id="231"/>
+    <w:bookmarkEnd w:id="233"/>
+    <w:bookmarkStart w:name="z1288" w:id="234"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       240-1) инвестициялық бағдарламаны бекітуге өтініш ұсынылған күннен бастап отыз жұмыс күнінен кешіктірмей, табиғи монополия субъектісінің инвестициялық бағдарламасының іс-шараларын қабылдаудың орындылығы немесе орынсыздығы туралы қорытындыны табиғи монополиялар салаларында басшылықты жүзеге асыратын уәкілетті органға жібереді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="231"/>
-    <w:bookmarkStart w:name="z1289" w:id="232"/>
+    <w:bookmarkEnd w:id="234"/>
+    <w:bookmarkStart w:name="z1289" w:id="235"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       240-2) табиғи монополия субъектісінің бекітілген инвестициялық бағдарламасының орындалуы туралы есепті қарау қорытындылары бойынша ол келіп түскен күннен бастап күнтізбелік қырық бес күннен кешіктірмей, бекітілген инвестициялық бағдарлама іс-шараларының орындалуын қабылдаудың орындылығы немесе орынсыздығы туралы өз қорытындысын белгіленген тәртіппен табиғи монополиялар салаларында басшылықты жүзеге асыратын уәкілетті органға жібереді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="232"/>
-    <w:bookmarkStart w:name="z1000" w:id="233"/>
+    <w:bookmarkEnd w:id="235"/>
+    <w:bookmarkStart w:name="z1000" w:id="236"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       241) реттеліп көрсетілетін қызметтердің сапа және сенімділік көрсеткіштерін келіседі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="233"/>
-    <w:bookmarkStart w:name="z1001" w:id="234"/>
+    <w:bookmarkEnd w:id="236"/>
+    <w:bookmarkStart w:name="z1001" w:id="237"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       242) өз құзыреті шегінде табиғи монополиялар салаларында мемлекеттік саясатты іске асыруға қатысады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="234"/>
-    <w:bookmarkStart w:name="z1002" w:id="235"/>
+    <w:bookmarkEnd w:id="237"/>
+    <w:bookmarkStart w:name="z1002" w:id="238"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       243) орталықтандырылған сауда нарығының операторын айқындайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="235"/>
-    <w:bookmarkStart w:name="z1314" w:id="236"/>
+    <w:bookmarkEnd w:id="238"/>
+    <w:bookmarkStart w:name="z1314" w:id="239"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       243-1) теңгерімдеуші нарықтың есеп айырысу орталығын айқындайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="236"/>
-    <w:bookmarkStart w:name="z1315" w:id="237"/>
+    <w:bookmarkEnd w:id="239"/>
+    <w:bookmarkStart w:name="z1315" w:id="240"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       243-2) электр энергиясын бірыңғай сатып алушыны айқындайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="237"/>
-    <w:bookmarkStart w:name="z1316" w:id="238"/>
+    <w:bookmarkEnd w:id="240"/>
+    <w:bookmarkStart w:name="z1316" w:id="241"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       243-3) "Электр энергетикасы туралы" Қазақстан Республикасы Заңының 15-3-бабы 3-1-тармағының 3) және 4) тармақшалары шеңберінде алынған қаражатты пайдалану туралы энергия өндіруші ұйымдардың есептік ақпаратын қаражаттың мақсатқа сай пайдаланылуы тұрғысынан қарайды және қаражаттың мақсатқа сай пайдаланылмау фактісі анықталған жағдайда, энергия өндіруші ұйымдарға жіберілетін қаражат көлемін азайту туралы шешім қабылдайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="238"/>
-    <w:bookmarkStart w:name="z1378" w:id="239"/>
+    <w:bookmarkEnd w:id="241"/>
+    <w:bookmarkStart w:name="z1378" w:id="242"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       243-4) Қазақстан Республикасының электр энергетикасы туралы заңнамасының талаптарына сәйкес энергия беруші ұйымдардың электрмен жабдықтауының сенімділік көрсеткіштері туралы ақпаратты өзінің интернет-ресурсында орналастырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="239"/>
+    <w:bookmarkEnd w:id="242"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6573,270 +6633,270 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1004" w:id="240"/>
+    <w:bookmarkStart w:name="z1004" w:id="243"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       245) электр энергиясына және электр қуатының әзірлігін ұстап тұру бойынша көрсетілетін қызметке арналған шекті тарифтерді бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="240"/>
-    <w:bookmarkStart w:name="z1005" w:id="241"/>
+    <w:bookmarkEnd w:id="243"/>
+    <w:bookmarkStart w:name="z1005" w:id="244"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       246) электр энергиясын өткізетін энергия өндіруші ұйымдардың топтарын бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="241"/>
-    <w:bookmarkStart w:name="z1393" w:id="242"/>
+    <w:bookmarkEnd w:id="244"/>
+    <w:bookmarkStart w:name="z1393" w:id="245"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       246-1) гибридті топтардың тізбесін қалыптастыру қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="242"/>
-    <w:bookmarkStart w:name="z1006" w:id="243"/>
+    <w:bookmarkEnd w:id="245"/>
+    <w:bookmarkStart w:name="z1006" w:id="246"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       247) электр энергиясына шекті тарифті және электр қуатының әзірлігін ұстап тұру бойынша көрсетілетін қызметке шекті тарифті бекіту тәртібін айқындайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="243"/>
-    <w:bookmarkStart w:name="z1317" w:id="244"/>
+    <w:bookmarkEnd w:id="246"/>
+    <w:bookmarkStart w:name="z1317" w:id="247"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       247-1) жаңартылатын энергия көздерін, қалдықтарды энергетикалық кәдеге жаратуды пайдаланатын энергия өндіруші ұйымдарды қоспағанда, энергия өндіруші ұйымдардың "Электр энергетикасы туралы" Қазақстан Республикасы Заңының 15-3-бабы 3-1-тармағының 3) және 4) тармақшалары шеңберінде алынған қаражатты электр қуатын әзірлікте ұстап тұруға жіберу тәртібін бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="244"/>
-    <w:bookmarkStart w:name="z1318" w:id="245"/>
+    <w:bookmarkEnd w:id="247"/>
+    <w:bookmarkStart w:name="z1318" w:id="248"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       247-2) сағаттық мөлшерлемелерді ескере отырып, электр энергиясының шекті тарифіне теңгерімдеу үшін үстемеақыны айқындау әдістемесін бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="245"/>
-    <w:bookmarkStart w:name="z1319" w:id="246"/>
+    <w:bookmarkEnd w:id="248"/>
+    <w:bookmarkStart w:name="z1319" w:id="249"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       247-3) жүктемені көтеруге электр қуатының әзірлігін қамтамасыз ету бойынша қызмет көрсетуге арналған шартта есепті жылға белгіленген жүктемені көтеруге электр қуатының әзірлігін қамтамасыз ету бойынша көрсетілетін қызметтің көлемін өзгерту тәртібін бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="246"/>
-    <w:bookmarkStart w:name="z1007" w:id="247"/>
+    <w:bookmarkEnd w:id="249"/>
+    <w:bookmarkStart w:name="z1007" w:id="250"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       248) жаңадан іске қосылатын энергия өндіруші ұйымдар үшін электр энергиясына шекті тарифті бекіту тәртібін айқындайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="247"/>
-    <w:bookmarkStart w:name="z1008" w:id="248"/>
+    <w:bookmarkEnd w:id="250"/>
+    <w:bookmarkStart w:name="z1008" w:id="251"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       249) энергия өндіруші ұйымдардың электр энергиясын өткізу (сату) тәртібін және электр қуатының әзірлігін ұстап тұру бойынша көрсетілетін қызметтерді бұзушылықтар және анықталған бұзушылықтарды жою жөнінде қолданылған шаралар туралы ақпаратты өзінің интернет-ресурсында орналастырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="248"/>
-    <w:bookmarkStart w:name="z1009" w:id="249"/>
+    <w:bookmarkEnd w:id="251"/>
+    <w:bookmarkStart w:name="z1009" w:id="252"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       250) энергия өндіруші, энергия беруші ұйымдардың және жылу өндіруші, жылу тасымалдаушы субъектілердің күзгі-қысқы кезеңдегі жұмысқа әзірлік паспортын алу қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="249"/>
-    <w:bookmarkStart w:name="z1010" w:id="250"/>
+    <w:bookmarkEnd w:id="252"/>
+    <w:bookmarkStart w:name="z1010" w:id="253"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       251) электрмен жабдықтаудың сенімділігі көрсеткіштерінің нормативтік мәндерін, сондай-ақ оларды айқындау тәртібін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="250"/>
+    <w:bookmarkEnd w:id="253"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6919,70 +6979,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1013" w:id="251"/>
+    <w:bookmarkStart w:name="z1013" w:id="254"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       254) Қазақстан Республикасының аумағы бойынша электр байланысы жоқ өңірлер үшін Қазақстан Республикасының бірыңғай электр энергетикасы жүйесімен электр энергиясының көтерме нарығының жұмыс істеу және оны ұйымдастыру ерекшеліктерін айқындайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="251"/>
+    <w:bookmarkEnd w:id="254"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7011,850 +7071,1110 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1015" w:id="252"/>
+    <w:bookmarkStart w:name="z1015" w:id="255"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       256) тұтынушылардың электр қондырғыларын техникалық пайдалану қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="252"/>
-    <w:bookmarkStart w:name="z1016" w:id="253"/>
+    <w:bookmarkEnd w:id="255"/>
+    <w:bookmarkStart w:name="z1016" w:id="256"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       257) тұтынушылардың электр қондырғыларын пайдалану кезіндегі қауіпсіздік техникасы қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="253"/>
-    <w:bookmarkStart w:name="z1017" w:id="254"/>
+    <w:bookmarkEnd w:id="256"/>
+    <w:bookmarkStart w:name="z1017" w:id="257"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       258) электр станцияларының, жылу және электр желілерінің жабдықтарына, ғимараттары мен құрылыстарына техникалық қызмет көрсетуді және оларды жөндеуді ұйымдастыру қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="254"/>
-    <w:bookmarkStart w:name="z1018" w:id="255"/>
+    <w:bookmarkEnd w:id="257"/>
+    <w:bookmarkStart w:name="z1018" w:id="258"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       259) электр станцияларының және жылу желілерінің жылу-механикалық жабдықтарын пайдалану кезіндегі қауіпсіздік техникасы қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="255"/>
-    <w:bookmarkStart w:name="z1019" w:id="256"/>
+    <w:bookmarkEnd w:id="258"/>
+    <w:bookmarkStart w:name="z1019" w:id="259"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       260) электр энергиясының теңгерімдеуші нарығының жұмыс істеу қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="256"/>
-    <w:bookmarkStart w:name="z1020" w:id="257"/>
+    <w:bookmarkEnd w:id="259"/>
+    <w:bookmarkStart w:name="z1020" w:id="260"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       261) электр энергиясының бөлшек сауда нарығын ұйымдастыру және оның жұмыс iстеуі, сондай-ақ осы нарықта қызмет көрсету қағидаларын әзірлейді және бекiтеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="257"/>
-    <w:bookmarkStart w:name="z1021" w:id="258"/>
+    <w:bookmarkEnd w:id="260"/>
+    <w:bookmarkStart w:name="z1021" w:id="261"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       262) Қазақстанның біртұтас электр энергетикасы жүйесiнде авариялық бұзушылықтарды болғызбау және оларды жою жөнiндегi қағидаларды әзірлейді және бекiтеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="258"/>
-    <w:bookmarkStart w:name="z1022" w:id="259"/>
+    <w:bookmarkEnd w:id="261"/>
+    <w:bookmarkStart w:name="z1022" w:id="262"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       263) энергия өндіруші ұйымдар мен жылу өндіруші субъектілер үшін күзгі-қысқы кезеңде пайдаланылатын отын қорының нормаларын айқындау қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="259"/>
-    <w:bookmarkStart w:name="z1023" w:id="260"/>
+    <w:bookmarkEnd w:id="262"/>
+    <w:bookmarkStart w:name="z1023" w:id="263"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       264) энергия өндіруші ұйымдар мен жылу өндіруші субъектілер үшін күзгі-қысқы кезеңде пайдаланылатын отын қорының нормаларын бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="260"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z1025" w:id="262"/>
+    <w:bookmarkEnd w:id="263"/>
+    <w:bookmarkStart w:name="z1024" w:id="264"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      265) электр энергиясын коммерциялық есепке алудың автоматтандырылған жүйесінің жұмыс істеуі қағидаларын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="264"/>
+    <w:bookmarkStart w:name="z1025" w:id="265"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       266) энергетикалық сараптама жүргізу қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="262"/>
-    <w:bookmarkStart w:name="z1026" w:id="263"/>
+    <w:bookmarkEnd w:id="265"/>
+    <w:bookmarkStart w:name="z1026" w:id="266"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       267) электр станциялары мен желілерін техникалық пайдалану қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="263"/>
-    <w:bookmarkStart w:name="z1027" w:id="264"/>
+    <w:bookmarkEnd w:id="266"/>
+    <w:bookmarkStart w:name="z1027" w:id="267"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       268) электр қондырғыларын пайдалану кезіндегі қауіпсіздік техникасы қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="264"/>
-    <w:bookmarkStart w:name="z1028" w:id="265"/>
+    <w:bookmarkEnd w:id="267"/>
+    <w:bookmarkStart w:name="z1028" w:id="268"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       269) энергетикалық сараптаманы жүзеге асыру үшін сараптама ұйымдарына қойылатын талаптарды әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="265"/>
-    <w:bookmarkStart w:name="z1029" w:id="266"/>
+    <w:bookmarkEnd w:id="268"/>
+    <w:bookmarkStart w:name="z1029" w:id="269"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       270) электр қондырғыларын орнату қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="266"/>
-    <w:bookmarkStart w:name="z1030" w:id="267"/>
+    <w:bookmarkEnd w:id="269"/>
+    <w:bookmarkStart w:name="z1030" w:id="270"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       271) энергиямен жабдықтаудың авариялық және технологиялық броны актісін жасау жөніндегі нұсқаулықтарды әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="267"/>
-    <w:bookmarkStart w:name="z1031" w:id="268"/>
+    <w:bookmarkEnd w:id="270"/>
+    <w:bookmarkStart w:name="z1031" w:id="271"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       272) электр энергиясын пайдалану қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="268"/>
-    <w:bookmarkStart w:name="z1032" w:id="269"/>
+    <w:bookmarkEnd w:id="271"/>
+    <w:bookmarkStart w:name="z1032" w:id="272"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       273) жылу энергиясын пайдалану қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="269"/>
-    <w:bookmarkStart w:name="z1033" w:id="270"/>
+    <w:bookmarkEnd w:id="272"/>
+    <w:bookmarkStart w:name="z1033" w:id="273"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       274) жүйелік оператордың қызметтер көрсетуі, жүйелік және қосалқы қызметтер нарығын ұйымдастыру және оның жұмыс істеуі қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="270"/>
-    <w:bookmarkStart w:name="z1034" w:id="271"/>
+    <w:bookmarkEnd w:id="273"/>
+    <w:bookmarkStart w:name="z1034" w:id="274"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       275) электр энергиясының көтерме сауда нарығын ұйымдастыру және оның жұмыс істеу қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="271"/>
-    <w:bookmarkStart w:name="z1320" w:id="272"/>
+    <w:bookmarkEnd w:id="274"/>
+    <w:bookmarkStart w:name="z1320" w:id="275"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       275-1) бірыңғай сатып алушының құрамына жылу электр орталықтары кіретін және/немесе электр қуаты нарығында ұзақ мерзімді шарттар жасасқан энергия өндіруші ұйымдардан электр энергиясын сатып алуы; бірыңғай сатып алушының электр энергиясының орталықтандырылған сауда саттығының қорытындысы бойынша энергия өндіруші ұйымдардан электр энергиясын сатып алуы; бірыңғай сатып алушының электр энергиясының көтерме сауда нарығында энергия беруші, энергиямен жабдықтаушы ұйымдарға, электр энергиясын тұтынушыларға және цифрлық майнерлерге электр энергиясын сатуы шарттарының үлгілік нысандарын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="272"/>
-    <w:bookmarkStart w:name="z1035" w:id="273"/>
+    <w:bookmarkEnd w:id="275"/>
+    <w:bookmarkStart w:name="z1035" w:id="276"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       276) электрмен жабдықтаудың сенімділігі мен орнықтылығын қамтамасыз ету жөнінде қызметтер көрсету қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="273"/>
-    <w:bookmarkStart w:name="z1036" w:id="274"/>
+    <w:bookmarkEnd w:id="276"/>
+    <w:bookmarkStart w:name="z1036" w:id="277"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       277) энергия беруші ұйымдардың электр желілеріне технологиялық қосылу қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="274"/>
-    <w:bookmarkStart w:name="z1307" w:id="275"/>
+    <w:bookmarkEnd w:id="277"/>
+    <w:bookmarkStart w:name="z1307" w:id="278"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       277-1) "Электр энергетикасы туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес цифрлық майнерлерді электр желілеріне қосуға қойылатын талаптарды айқындайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="275"/>
-    <w:bookmarkStart w:name="z1308" w:id="276"/>
+    <w:bookmarkEnd w:id="278"/>
+    <w:bookmarkStart w:name="z1308" w:id="279"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       277-2) цифрлық майнерлер үшін электр энергиясына квотаны айқындау тетігін бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="276"/>
-    <w:bookmarkStart w:name="z1309" w:id="277"/>
+    <w:bookmarkEnd w:id="279"/>
+    <w:bookmarkStart w:name="z1309" w:id="280"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       277-3) электр энергиясын көтерме тұтынушылар болып табылатын цифрлық майнерлердің қаржы-есеп айырысу орталығынан электр энергиясын сатып алу тәртібін айқындайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="277"/>
-    <w:bookmarkStart w:name="z1037" w:id="278"/>
+    <w:bookmarkEnd w:id="280"/>
+    <w:bookmarkStart w:name="z1037" w:id="281"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       278) кәсіпкерлік субъектілерінің белгіленген қуаты 200 кВт дейінгі электр қондырғыларын энергия беруші ұйымдардың электр желілеріне технологиялық қосудың үлгілік шартын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="278"/>
-    <w:bookmarkStart w:name="z1038" w:id="279"/>
+    <w:bookmarkEnd w:id="281"/>
+    <w:bookmarkStart w:name="z1038" w:id="282"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       279) маневрлік генерациялау режимі бар жаңадан пайдалануға берілетін генерациялайтын қондырғыларды салуға аукциондық сауда-саттықты ұйымдастыру және өткізу қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="279"/>
-    <w:bookmarkStart w:name="z1039" w:id="280"/>
+    <w:bookmarkEnd w:id="282"/>
+    <w:bookmarkStart w:name="z1039" w:id="283"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       280) электр энергетикасы саласында салынған инвестициялардың тиімділігін бағалау әдістемесін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="280"/>
-    <w:bookmarkStart w:name="z1040" w:id="281"/>
+    <w:bookmarkEnd w:id="283"/>
+    <w:bookmarkStart w:name="z1040" w:id="284"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       281) маневрлік генерациялау режимі бар генерациялайтын қондырғыларды орналастыру жоспарын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="281"/>
-    <w:bookmarkStart w:name="z1041" w:id="282"/>
+    <w:bookmarkEnd w:id="284"/>
+    <w:bookmarkStart w:name="z1041" w:id="285"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       282) маневрлік генерациялау режимі бар жаңадан пайдалануға берілетін генерациялайтын қондырғыларды салуға арналған аукциондық сауда-саттықты ұйымдастырушыны айқындайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="282"/>
-    <w:bookmarkStart w:name="z1042" w:id="283"/>
+    <w:bookmarkEnd w:id="285"/>
+    <w:bookmarkStart w:name="z1042" w:id="286"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       283) электр желілік қағидаларды әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="283"/>
-    <w:bookmarkStart w:name="z1043" w:id="284"/>
+    <w:bookmarkEnd w:id="286"/>
+    <w:bookmarkStart w:name="z1043" w:id="287"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       284) энергетикалық кәсіпорындар үшін өрт қауіпсіздігі қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="284"/>
-    <w:bookmarkStart w:name="z1044" w:id="285"/>
+    <w:bookmarkEnd w:id="287"/>
+    <w:bookmarkStart w:name="z1044" w:id="288"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       285) шаң тәріздес отынды дайындау және жағу үшін отын берудің жарылыс қауіпсіздігі қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="285"/>
-    <w:bookmarkStart w:name="z1045" w:id="286"/>
+    <w:bookmarkEnd w:id="288"/>
+    <w:bookmarkStart w:name="z1045" w:id="289"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       286) аспаптармен және құрылғылармен жұмыс істеу кезінде қауіпсіздік қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="286"/>
-    <w:bookmarkStart w:name="z1046" w:id="287"/>
+    <w:bookmarkEnd w:id="289"/>
+    <w:bookmarkStart w:name="z1046" w:id="290"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       287) электр энергетикасы және жылу энергетикасы салаларындағы тергеп-тексеру жүргізу, электр энергетикасы саласындағы, орталықтандырылған және жергілікті жылумен жабдықтау жүйелеріндегі технологиялық бұзушылықтарды есепке алу қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="287"/>
-    <w:bookmarkStart w:name="z1047" w:id="288"/>
+    <w:bookmarkEnd w:id="290"/>
+    <w:bookmarkStart w:name="z1047" w:id="291"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       288) техникалық жаңғыртудан кейін электр станцияларының, электр және жылу желілерінің энергия объектілерін пайдалануға қабылдап алу қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="288"/>
-    <w:bookmarkStart w:name="z1048" w:id="289"/>
+    <w:bookmarkEnd w:id="291"/>
+    <w:bookmarkStart w:name="z1048" w:id="292"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       289) энергетикадағы жұмыс орындарын аттестаттау, ұтымды ету, есепке алу және жоспарлау туралы ережені әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="289"/>
-    <w:bookmarkStart w:name="z1049" w:id="290"/>
+    <w:bookmarkEnd w:id="292"/>
+    <w:bookmarkStart w:name="z1049" w:id="293"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       290) жылу энергиясы мен жылу жеткізгішті есепке алу қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="290"/>
+    <w:bookmarkEnd w:id="293"/>
+    <w:bookmarkStart w:name="z1394" w:id="294"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      290-1) жылу энергиясын өндіру және тасымалдау бөлігінде жылу энергетикасының түйінді көрсеткіштерін әзірлейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="294"/>
+    <w:bookmarkStart w:name="z1476" w:id="295"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      290-2) жылу энергиясын өндіру және тасымалдау бөлігінде жылу энергетикасының нысаналы көрсеткіштерін әзірлейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="295"/>
+    <w:bookmarkStart w:name="z1477" w:id="296"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      290-3) тиісті уәкілетті органдар әзірлеген, тиісті әкімшілік-аумақтық бірліктер, жылу энергиясын өндіру, тасымалдау, өткізу және тұтыну секторлары, сондай-ақ энергия үнемдеу және энергия тиімділігін арттыру бойынша жылу энергетикасының түйінді және нысаналы көрсеткіштерін бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="296"/>
+    <w:bookmarkStart w:name="z1395" w:id="297"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      290-4) орталықтандырылған және жергілікті жылумен жабдықтау жүйелерінде жұмыс істейтін жылумен жабдықтау субъектілерінің тізілімін жүргізу қағидаларын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="297"/>
+    <w:bookmarkStart w:name="z1396" w:id="298"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      290-5) бюджеттік жоспарлау жөніндегі орталық уәкілетті органмен келісу бойынша жылумен жабдықтау жүйелерін салуды, реконструкциялау мен жаңғыртуды кредиттеу қағидаларын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="298"/>
+    <w:bookmarkStart w:name="z1397" w:id="299"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      290-6) бюджеттік жоспарлау жөніндегі орталық уәкілетті органмен келісу бойынша жылумен жабдықтау жүйелерін салуды, реконструкциялау мен жаңғыртуды субсидиялау қағидаларын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="299"/>
+    <w:bookmarkStart w:name="z1398" w:id="300"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      290-7) жылумен жабдықтау жүйелерін салуды, реконструкциялау мен жаңғыртуды кредиттеуді және субсидиялауды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="300"/>
+    <w:bookmarkStart w:name="z1399" w:id="301"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      290-8) жылумен жабдықтау субъектілерінің қолда бар активтерді кеңейту, жаңғырту, реконструкциялау, жаңарту, ұстап тұру және жаңа активтерді құру жөніндегі жобаларды іске асыру үшін тартылған халықаралық қаржы ұйымдарының қарыздарын өтеуге және оларға қызмет көрсетуге арналған шығындарын субсидиялау кезінде облыстардың, республикалық маңызы бар қалалардың, астананың жергілікті атқарушы органдарын үйлестіруді жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="301"/>
+    <w:bookmarkStart w:name="z1400" w:id="302"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      290-9) жылумен жабдықтау субъектілерінің қолда бар активтерді кеңейту, жаңғырту, реконструкциялау, жаңарту, ұстап тұру және жаңа активтерді құру жөніндегі жобаларды іске асыру үшін тартылған халықаралық қаржы ұйымдарының қарыздарын өтеуге және оларға қызмет көрсетуге арналған шығындарын субсидиялау қағидаларын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="302"/>
+    <w:bookmarkStart w:name="z1401" w:id="303"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      290-10) орталықтандырылған жылумен жабдықтау жүйелеріндегі технологиялық бұзушылықтарды есепке алуды жүргізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="303"/>
+    <w:bookmarkStart w:name="z1402" w:id="304"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      290-11) орталықтандырылған жылумен жабдықтау жүйелерінде жұмыс істейтін жылумен жабдықтау субъектілерінің жылу энергетикасы объектілері мен олардың құрамына кіретін ғимараттардың, үй-жайлардың, құрылысжайлар мен жабдықтың күзгі-қысқы кезеңдегі жұмысқа әзірлігін бағалау жөніндегі комиссияларының жұмысына қатысады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="304"/>
+    <w:bookmarkStart w:name="z1403" w:id="305"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      290-12) жылу энергетикасының жай-күйін мониторингтеу қағидаларын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="305"/>
+    <w:bookmarkStart w:name="z1404" w:id="306"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      290-13) жылумен жабдықтау субъектілері мен жылу энергиясын тұтынушылардың өзара іс-қимыл жасау қағидаларын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="306"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7870,1701 +8190,1385 @@
         </w:rPr>
         <w:t>ЗҚАИ-ның ескертпесі!</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      15-тармақты 290-1), 290-2) және 290-3) тармақшалармен толықтыру көзделген - ҚР Үкіметінің 01.11.2024 </w:t>
+        <w:t xml:space="preserve">      15-тармақты 290-14) тармақшамен толықтыру көзделген - ҚР Үкіметінің 01.11.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 915</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+        <w:t xml:space="preserve"> (01.01.2027 бастап </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1395" w:id="291"/>
-[...315 lines deleted...]
-    <w:bookmarkStart w:name="z1406" w:id="301"/>
+    <w:bookmarkStart w:name="z1406" w:id="307"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       290-15) өндірістік бақылау туралы үлгілік ережені әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="301"/>
-[...19 lines deleted...]
-    <w:bookmarkEnd w:id="302"/>
+    <w:bookmarkEnd w:id="307"/>
+    <w:bookmarkStart w:name="z1407" w:id="308"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      290-16) отын-энергетика кешенін басқарудың бірыңғай мемлекеттік жүйесін қалыптастыру, жүргізу және оның жұмыс істеуі қағидаларын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="308"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       290-17) жылу өндіруші және жылу тасымалдаушы субъектілердің деректерді отын-энергетика кешенін басқарудың бірыңғай мемлекеттік жүйесіне беру қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1408" w:id="303"/>
+    <w:bookmarkStart w:name="z1408" w:id="309"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       290-18) қашықтан бақылау нәтижелері туралы қорытындының нысанын бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="303"/>
-    <w:bookmarkStart w:name="z1409" w:id="304"/>
+    <w:bookmarkEnd w:id="309"/>
+    <w:bookmarkStart w:name="z1409" w:id="310"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       290-19) тексерулердің жылдық тізімінің нысанын және тексерулер тізімінің нысанын бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="304"/>
-    <w:bookmarkStart w:name="z1410" w:id="305"/>
+    <w:bookmarkEnd w:id="310"/>
+    <w:bookmarkStart w:name="z1410" w:id="311"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       290-20) тексеруді тағайындау туралы актінің, тексеру нәтижелері туралы актінің, тексеруді ұзарту туралы актінің, тексеруді тоқтата тұру туралы актінің, тексеруді қайта бастау туралы актінің, анықталған бұзушылықтарды жою туралы нұсқаманың нысандарын бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="305"/>
-    <w:bookmarkStart w:name="z1411" w:id="306"/>
+    <w:bookmarkEnd w:id="311"/>
+    <w:bookmarkStart w:name="z1411" w:id="312"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       290-21) жұмыстан тыс уақытта тексеруді жүргізу туралы бұйрықтың нысанын бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="306"/>
-    <w:bookmarkStart w:name="z1412" w:id="307"/>
+    <w:bookmarkEnd w:id="312"/>
+    <w:bookmarkStart w:name="z1412" w:id="313"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       290-22) анықталған бұзушылықтарды жою жөніндегі іс-шаралар жоспарының нысанын бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="307"/>
-    <w:bookmarkStart w:name="z1050" w:id="308"/>
+    <w:bookmarkEnd w:id="313"/>
+    <w:bookmarkStart w:name="z1050" w:id="314"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       291) жылу электр станцияларының электр қуатын шектеуді және осындай шектеулерді қысқарту жөніндегі іс-шараларды келісу қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="308"/>
-    <w:bookmarkStart w:name="z1051" w:id="309"/>
+    <w:bookmarkEnd w:id="314"/>
+    <w:bookmarkStart w:name="z1051" w:id="315"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       292) Қазақстан Республикасының энергетикалық ұйымдарында персоналмен жұмыс істеу қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="309"/>
-    <w:bookmarkStart w:name="z1052" w:id="310"/>
+    <w:bookmarkEnd w:id="315"/>
+    <w:bookmarkStart w:name="z1052" w:id="316"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       293) электр энергиясының орталықтандырылған сауда-саттығын ұйымдастыру қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="310"/>
-    <w:bookmarkStart w:name="z1053" w:id="311"/>
+    <w:bookmarkEnd w:id="316"/>
+    <w:bookmarkStart w:name="z1053" w:id="317"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       294) электр қондырғыларының техникалық жай-күйі мен оларды пайдалану қауіпсіздігін бақылау үшін электр және жылу энергиясын өндіруді, беруді жүзеге асыратын ұйымдардың басшыларында, мамандарында техникалық пайдалану қағидаларын және қауіпсіздік техникасы қағидаларын білуіне біліктілік тексеру жүргізу қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="311"/>
-    <w:bookmarkStart w:name="z1054" w:id="312"/>
+    <w:bookmarkEnd w:id="317"/>
+    <w:bookmarkStart w:name="z1054" w:id="318"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       295) сарапшы ұйымдарды және дайындаушы зауыттарды тарта отырып, электр станцияларының, электр және жылу желілерінің энергетикалық жабдықтарының, ғимараттары мен құрылыстарының, сондай-ақ тұтынушылардың энергетикалық жабдықтарының техникалық жай-күйіне мерзімді зерттеп-қарау жүргізу қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="312"/>
-    <w:bookmarkStart w:name="z1055" w:id="313"/>
+    <w:bookmarkEnd w:id="318"/>
+    <w:bookmarkStart w:name="z1055" w:id="319"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       296) электр қуаттарын орналастырудың перспективалық схемасын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="313"/>
-    <w:bookmarkStart w:name="z1056" w:id="314"/>
+    <w:bookmarkEnd w:id="319"/>
+    <w:bookmarkStart w:name="z1056" w:id="320"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       297) жаңадан пайдалануға берілетін генерациялайтын қондырғыларды салуға тендер өткізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="314"/>
-    <w:bookmarkStart w:name="z1057" w:id="315"/>
+    <w:bookmarkEnd w:id="320"/>
+    <w:bookmarkStart w:name="z1057" w:id="321"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       298) жаңадан пайдалануға берілетін генерациялайтын қондырғыларды салуға арналған тендердің қорытындылары бойынша осы тендердің жеңімпазымен шарт жасасады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="315"/>
-    <w:bookmarkStart w:name="z1058" w:id="316"/>
+    <w:bookmarkEnd w:id="321"/>
+    <w:bookmarkStart w:name="z1058" w:id="322"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       299) жаңадан пайдалануға берілетін генерациялайтын қондырғыларды салуға арналған тендердің қорытындылары бойынша жеңімпазды айқындайды, онымен бірыңғай сатып алушы электр қуатының әзірлігін ұстап тұру бойынша көрсетілетін қызметті сатып алу туралы шарт жасасады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="316"/>
-    <w:bookmarkStart w:name="z1059" w:id="317"/>
+    <w:bookmarkEnd w:id="322"/>
+    <w:bookmarkStart w:name="z1059" w:id="323"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       300) электр энергиясы мен қуатының болжамды теңгерімдерін бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="317"/>
-    <w:bookmarkStart w:name="z1060" w:id="318"/>
+    <w:bookmarkEnd w:id="323"/>
+    <w:bookmarkStart w:name="z1060" w:id="324"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       301) электрмен жабдықтаудың үлгілік шартын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="318"/>
-    <w:bookmarkStart w:name="z1061" w:id="319"/>
+    <w:bookmarkEnd w:id="324"/>
+    <w:bookmarkStart w:name="z1061" w:id="325"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       302) жаңадан пайдалануға берілетін генерациялайтын қондырғыларды салуға арналған үлгілік шартты әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="319"/>
-    <w:bookmarkStart w:name="z1062" w:id="320"/>
+    <w:bookmarkEnd w:id="325"/>
+    <w:bookmarkStart w:name="z1062" w:id="326"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       303) электр қуатының әзірлігін ұстап тұру бойынша көрсетілетін қызметті сатып алу туралы үлгілік шарттарды әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="320"/>
-    <w:bookmarkStart w:name="z1063" w:id="321"/>
+    <w:bookmarkEnd w:id="326"/>
+    <w:bookmarkStart w:name="z1063" w:id="327"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       304) жаңадан пайдалануға берілетін генерациялайтын қондырғыларды салуға тендер өткізу қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="321"/>
-    <w:bookmarkStart w:name="z1064" w:id="322"/>
+    <w:bookmarkEnd w:id="327"/>
+    <w:bookmarkStart w:name="z1064" w:id="328"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       305) электр қуаты нарығын ұйымдастыру және оның жұмыс істеу қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="322"/>
-    <w:bookmarkStart w:name="z1065" w:id="323"/>
+    <w:bookmarkEnd w:id="328"/>
+    <w:bookmarkStart w:name="z1065" w:id="329"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       306) жүйелік операторды айқындайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="323"/>
-    <w:bookmarkStart w:name="z1066" w:id="324"/>
+    <w:bookmarkEnd w:id="329"/>
+    <w:bookmarkStart w:name="z1066" w:id="330"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       307) электр қуатының жүктеме көтеруге дайындығын қамтамасыз ету бойынша қызметтер көрсетуге арналған үлгілік шартты әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="324"/>
-    <w:bookmarkStart w:name="z1067" w:id="325"/>
+    <w:bookmarkEnd w:id="330"/>
+    <w:bookmarkStart w:name="z1067" w:id="331"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       308) тұлғалар топтарының тізіліміне (бұдан әрі – тізілім) енгізілген көтерме сауда нарығының субъектілерімен электр қуатын құруға арналған үлгілік шартты әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="325"/>
-    <w:bookmarkStart w:name="z1068" w:id="326"/>
+    <w:bookmarkEnd w:id="331"/>
+    <w:bookmarkStart w:name="z1068" w:id="332"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       309) тізілімге енгізілген көтерме сауда нарығының субъектілерімен электр қуатының әзірлігін ұстап тұру бойынша көрсетілетін қызметті сатып алу туралы үлгілік шартты әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="326"/>
-    <w:bookmarkStart w:name="z1321" w:id="327"/>
+    <w:bookmarkEnd w:id="332"/>
+    <w:bookmarkStart w:name="z1321" w:id="333"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       309-1) теңгерімдеуші электр энергиясын және теріс теңгерімсіздіктерді сатып алу-сату шартының үлгілік нысанын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="327"/>
-    <w:bookmarkStart w:name="z1322" w:id="328"/>
+    <w:bookmarkEnd w:id="333"/>
+    <w:bookmarkStart w:name="z1322" w:id="334"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       309-2) Қазақстан Республикасының біртұтас электр энергетикалық жүйесін теңгерімдеу аймақтарын айқындау тәртібін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="328"/>
-    <w:bookmarkStart w:name="z1323" w:id="329"/>
+    <w:bookmarkEnd w:id="334"/>
+    <w:bookmarkStart w:name="z1323" w:id="335"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       309-3) теңгерім провайдерлерінің қызметіне қойылатын талаптарды айқындау тәртібін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="329"/>
-    <w:bookmarkStart w:name="z1324" w:id="330"/>
+    <w:bookmarkEnd w:id="335"/>
+    <w:bookmarkStart w:name="z1324" w:id="336"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       309-4) электр энергиясының теңгерімдеуші нарығы субъектілерінің жоғарылатып (төмендетіп) теңгерімдеуге қатысуға арналған өтінімдерді жүйелік операторға беру тәртібін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="330"/>
-    <w:bookmarkStart w:name="z1325" w:id="331"/>
+    <w:bookmarkEnd w:id="336"/>
+    <w:bookmarkStart w:name="z1325" w:id="337"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       309-5) электр энергиясының теңгерімдеуші нарығы субъектілерінің жоғарылатып (төмендетіп) теңгерімдеуге қатысуға өтінімдерін іріктеу және іске қосу тәртібін белгілейді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="331"/>
-    <w:bookmarkStart w:name="z1326" w:id="332"/>
+    <w:bookmarkEnd w:id="337"/>
+    <w:bookmarkStart w:name="z1326" w:id="338"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       309-6) теңгерімдеуші нарықтың есеп айырысу орталығы тиісті теңгерімдеу аймағы үшін операциялық тәуліктің тиісті сағатына сатып алатын теңгерімдеуші электр энергиясының көлемін айқындау тәртібін белгілейді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="332"/>
-    <w:bookmarkStart w:name="z1327" w:id="333"/>
+    <w:bookmarkEnd w:id="338"/>
+    <w:bookmarkStart w:name="z1327" w:id="339"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       309-7) теңгерімдеуші нарықтың есеп айырысу орталығының теңгерімдеуші электр энергиясын сатудың сағаттық орташа өлшемді бағаларын есептеу тәртібін белгілейді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="333"/>
-    <w:bookmarkStart w:name="z1328" w:id="334"/>
+    <w:bookmarkEnd w:id="339"/>
+    <w:bookmarkStart w:name="z1328" w:id="340"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       309-8) теңгерімдеуші нарықтың есеп айырысу орталығының теңгерімдеуші электр энергиясының сағаттық көлемдерін және электр энергиясының теңгерімдеуші нарығы субъектілерінің сағаттық теңгерімсіздіктерін есептеу тәртібін белгілейді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="334"/>
-    <w:bookmarkStart w:name="z1329" w:id="335"/>
+    <w:bookmarkEnd w:id="340"/>
+    <w:bookmarkStart w:name="z1329" w:id="341"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       309-9) теңгерімдеуші электр энергиясы нарығы субъектілерінің Орталық Азия мемлекетінің энергия жүйесімен теңгерімдеу аймағының шекарасындағы электр энергиясының сальдо-ағымдарының ауытқулары үшін жауапты болу тәртібін айқындайды; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="335"/>
-    <w:bookmarkStart w:name="z1330" w:id="336"/>
+    <w:bookmarkEnd w:id="341"/>
+    <w:bookmarkStart w:name="z1330" w:id="342"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       309-10) энергия өндіруші ұйымдардың жүйелік операторға алдағы жоспарлау тәуліктерінің әрбір сағатына жоғарылатып (төмендетіп) теңгерімдеуге қатысуға өтінімдер беру тәртібін белгілейді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="336"/>
-    <w:bookmarkStart w:name="z1331" w:id="337"/>
+    <w:bookmarkEnd w:id="342"/>
+    <w:bookmarkStart w:name="z1331" w:id="343"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       309-11) теңгерім провайдерлерінің тізбесін қалыптастыру тәртібін айқындайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="337"/>
-    <w:bookmarkStart w:name="z1332" w:id="338"/>
+    <w:bookmarkEnd w:id="343"/>
+    <w:bookmarkStart w:name="z1332" w:id="344"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       309-12) электр энергиясын бірыңғай сатып алушының энергия беруші ұйымдармен электр энергиясын беруге арналған шарттар жасасу және электр энергиясын беру бойынша көрсетілетін қызметке ақы төлеу жағдайлары мен тәртібін айқындайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="338"/>
-    <w:bookmarkStart w:name="z1333" w:id="339"/>
+    <w:bookmarkEnd w:id="344"/>
+    <w:bookmarkStart w:name="z1333" w:id="345"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       309-13) теңгерімдеуші нарықтың субъектілерімен қосылу шартының үлгілік нысанын бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="339"/>
-    <w:bookmarkStart w:name="z1334" w:id="340"/>
+    <w:bookmarkEnd w:id="345"/>
+    <w:bookmarkStart w:name="z1334" w:id="346"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       309-14) жаңартылатын көздердің электр энергиясын сату бағасына арттыру коэффициентін есептеу тәртібін айқындайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="340"/>
-    <w:bookmarkStart w:name="z1335" w:id="341"/>
+    <w:bookmarkEnd w:id="346"/>
+    <w:bookmarkStart w:name="z1335" w:id="347"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       309-15) жаңартылатын көздердің электр энергиясын сату бағасына төмендету коэффициентін есептеу тәртібін айқындайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="341"/>
-    <w:bookmarkStart w:name="z1336" w:id="342"/>
+    <w:bookmarkEnd w:id="347"/>
+    <w:bookmarkStart w:name="z1336" w:id="348"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       309-16) электр энергиясын өндіру-тұтынудың тәуліктік кестесіне енгізілген электр энергиясын желіге жіберудің жоспарлы мәнінен жол берілетін ауытқу мәнін айқындау тәртібін белгілейді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="342"/>
-    <w:bookmarkStart w:name="z1337" w:id="343"/>
+    <w:bookmarkEnd w:id="348"/>
+    <w:bookmarkStart w:name="z1337" w:id="349"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       309-17) теңгерімдеуші нарықтың есеп айырысу орталығы операциялық тәуліктердің тиісті сағаттарында сататын Қазақстан Республикасының біртұтас электр энергетикалық жүйесін теңгерімдеу аймақтарының теріс теңгерімсіздіктерінің көлемдерін айқындау тәртібін белгілейді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="343"/>
-    <w:bookmarkStart w:name="z1338" w:id="344"/>
+    <w:bookmarkEnd w:id="349"/>
+    <w:bookmarkStart w:name="z1338" w:id="350"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       309-18) теңгерімдеуші электр энергиясының сағаттық көлемдерін және электр энергиясының теңгерімдеуші нарығы субъектілерінің теңгерімсіздіктерін есептеу тәртібін бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="344"/>
-    <w:bookmarkStart w:name="z1339" w:id="345"/>
+    <w:bookmarkEnd w:id="350"/>
+    <w:bookmarkStart w:name="z1339" w:id="351"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       309-19) электр энергиясының теңгерімдеуші нарығының субъектілерін төмендетіп (жоғарылатып) теңгерімдеудің ең төмен көлемдерін есептеу тәртібін айқындайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="345"/>
-    <w:bookmarkStart w:name="z1069" w:id="346"/>
+    <w:bookmarkEnd w:id="351"/>
+    <w:bookmarkStart w:name="z1069" w:id="352"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       310) бекітілген қағидаларға сәйкес тізілімді қалыптастырады және жүргізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="346"/>
-    <w:bookmarkStart w:name="z1070" w:id="347"/>
+    <w:bookmarkEnd w:id="352"/>
+    <w:bookmarkStart w:name="z1070" w:id="353"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       311) тізілімді қалыптастыру және жүргізу қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="347"/>
-    <w:bookmarkStart w:name="z1071" w:id="348"/>
+    <w:bookmarkEnd w:id="353"/>
+    <w:bookmarkStart w:name="z1071" w:id="354"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       312) тізілімге енгізілген тұтынушылардың болжанатын тапшылықты жабу үшін электр қуатын құруға қатысу қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="348"/>
-    <w:bookmarkStart w:name="z1072" w:id="349"/>
+    <w:bookmarkEnd w:id="354"/>
+    <w:bookmarkStart w:name="z1072" w:id="355"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       313) тізілімге енгізілген энергия өндіруші ұйымдар мен тұтынушылар пайдалануға енгізетін генерациялайтын қондырғыларға арналған орналастыру орнын (алаңдарды), отынның типі мен түрін келіседі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="349"/>
-    <w:bookmarkStart w:name="z1073" w:id="350"/>
+    <w:bookmarkEnd w:id="355"/>
+    <w:bookmarkStart w:name="z1073" w:id="356"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       314) электр энергиясын беру саласындағы ұйымдардың қолда бар активтерді кеңейту, жаңғырту, реконструкциялау, жаңарту, ұстап тұру және жаңа активтерді құру жөніндегі жобаларды іске асыру үшін тартылған халықаралық қаржы ұйымдарының қарыздарын өтеуге және оларға қызмет көрсетуге арналған шығындарын субсидиялау қағидаларын бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="350"/>
-    <w:bookmarkStart w:name="z1074" w:id="351"/>
+    <w:bookmarkEnd w:id="356"/>
+    <w:bookmarkStart w:name="z1074" w:id="357"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       315) электр энергиясын беру саласындағы ұйымдардың қолда бар активтерді кеңейту, жаңғырту, реконструкциялау, жаңарту, ұстап тұру және жаңа активтерді құру жөніндегі жобаларды іске асыру үшін тартылған халықаралық қаржы ұйымдарының қарыздарын өтеуге және оларға қызмет көрсетуге арналған шығындарын субсидиялау кезінде облыстардың, республикалық маңызы бар қалалардың, астананың жергілікті атқарушы органдарын үйлестіруді жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="351"/>
-    <w:bookmarkStart w:name="z1413" w:id="352"/>
+    <w:bookmarkEnd w:id="357"/>
+    <w:bookmarkStart w:name="z1413" w:id="358"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       315-1) бюджеттік жоспарлау жөніндегі орталық уәкілетті органмен келісу бойынша коммуналдық меншіктегі өңірлік электр желілік компаниялардың электр желілерін салуды, реконструкциялауды және жаңғыртуды кредиттеу қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="352"/>
-    <w:bookmarkStart w:name="z1075" w:id="353"/>
+    <w:bookmarkEnd w:id="358"/>
+    <w:bookmarkStart w:name="z1075" w:id="359"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       316) электр желілері объектілерінің күзет аймақтарын белгілеу қағидаларын және осындай аймақтардың шекараларында орналасқан жер учаскелерін пайдаланудың ерекше шарттарын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="353"/>
-    <w:bookmarkStart w:name="z1076" w:id="354"/>
+    <w:bookmarkEnd w:id="359"/>
+    <w:bookmarkStart w:name="z1076" w:id="360"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       317) электр берудің әуе желілерінің тіректерін орналастыру үшін жер учаскелерінің мөлшерлерін айқындау қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="354"/>
-    <w:bookmarkStart w:name="z1077" w:id="355"/>
+    <w:bookmarkEnd w:id="360"/>
+    <w:bookmarkStart w:name="z1077" w:id="361"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       318) "Электр энергетикасы туралы" Қазақстан Республикасы Заңының 15-4 және 15-6-баптарына сәйкес электр қуаты нарығында жасалған электр қуатын әзірлікте ұстап тұру бойынша көрсетілетін қызметті сатып алу туралы ұзақ мерзімді шарттар бойынша іс-шараларды іске асыру шеңберінде тартылатын қарыздар бойынша сыйақылар шығындарын да қамтитын электр энергиясына арналған шекті тарифтерді бекіту кезінде ескерілетін пайда нормасын, сондай-ақ теңгерімдеу үшін үстемеақыны айқындау әдістемесін бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="355"/>
-    <w:bookmarkStart w:name="z1340" w:id="356"/>
+    <w:bookmarkEnd w:id="361"/>
+    <w:bookmarkStart w:name="z1340" w:id="362"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       318-1) электр энергиясына арналған шекті тарифтерге сағаттық мөлшерлемелерді айқындау тәртібін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="356"/>
-    <w:bookmarkStart w:name="z1078" w:id="357"/>
+    <w:bookmarkEnd w:id="362"/>
+    <w:bookmarkStart w:name="z1078" w:id="363"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       319) нарық кеңесін айқындайды, сондай-ақ нарық кеңесінің жұмыс істеу қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="357"/>
-    <w:bookmarkStart w:name="z1079" w:id="358"/>
+    <w:bookmarkEnd w:id="363"/>
+    <w:bookmarkStart w:name="z1079" w:id="364"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       320) бірыңғай сатып алушы жаңадан пайдалануға берілетін генерациялайтын қондырғыларды салуға арналған тендерлердің жеңімпаздарымен жасасатын электр қуатының әзірлігін ұстап тұру жөніндегі көрсетілетін қызметке жеке тарифтерді, электр қуатының әзірлігін ұстап тұру жөніндегі көрсетілетін қызметтің көлемдерін және электр қуатының әзірлігін ұстап тұру жөніндегі көрсетілетін қызметті сатып алу туралы шарттар үшін оны сатып алу мерзімдерін белгілейді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="358"/>
-    <w:bookmarkStart w:name="z1080" w:id="359"/>
+    <w:bookmarkEnd w:id="364"/>
+    <w:bookmarkStart w:name="z1080" w:id="365"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       321) жұмыс істеп тұрған энергия өндіруші ұйымдармен жаңғыртуға, кеңейтуге, реконструкциялауға және (немесе) жаңартуға инвестициялық келісімдер жасасады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="359"/>
-    <w:bookmarkStart w:name="z1290" w:id="360"/>
+    <w:bookmarkEnd w:id="365"/>
+    <w:bookmarkStart w:name="z1290" w:id="366"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       321-1) отынның баламалы түрі ретінде газ пайдаланылатын генерациялайтын қондырғыларды салу арқылы жаңғырту, реконструкциялау және (немесе) кеңейту жөніндегі инвестициялық бағдарламаларды қарау, отынның баламалы түрі ретінде газ пайдаланылатын генерациялайтын қондырғыларды салу арқылы жаңғыртуға, реконструкциялауға және (немесе) кеңейтуге инвестициялық келісімдер жасасу, электр қуатының әзірлігін ұстап тұру бойынша көрсетілетін қызметті сатып алу туралы шарттарды тиісінше жасасу және осы шарттар үшін электр қуатының әзірлігін ұстап тұру бойынша көрсетілетін қызметке жеке тарифтерді, электр қуатының әзірлігін ұстап тұру бойынша көрсетілетін қызметті сатып алудың көлемдері мен мерзімдерін белгілеу қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="360"/>
-    <w:bookmarkStart w:name="z1081" w:id="361"/>
+    <w:bookmarkEnd w:id="366"/>
+    <w:bookmarkStart w:name="z1081" w:id="367"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       322) электр энергиясы мен қуатының болжамды теңгерімдерін әзірлеу тәртібін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="361"/>
-    <w:bookmarkStart w:name="z1082" w:id="362"/>
+    <w:bookmarkEnd w:id="367"/>
+    <w:bookmarkStart w:name="z1082" w:id="368"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       323) электр энергетикасы саласындағы нормативтік техникалық құжаттарды әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="362"/>
-    <w:bookmarkStart w:name="z1083" w:id="363"/>
+    <w:bookmarkEnd w:id="368"/>
+    <w:bookmarkStart w:name="z1083" w:id="369"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       324) бірыңғай сатып алушыны айқындайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="363"/>
+    <w:bookmarkEnd w:id="369"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9593,370 +9597,370 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1085" w:id="364"/>
+    <w:bookmarkStart w:name="z1085" w:id="370"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       326) генерациялайтын қондырғылардың электр қуатына аттестаттау жүргізу қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="364"/>
-    <w:bookmarkStart w:name="z1086" w:id="365"/>
+    <w:bookmarkEnd w:id="370"/>
+    <w:bookmarkStart w:name="z1086" w:id="371"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       327) бірыңғай сатып алушы уәкілетті органмен жаңғыртуға, кеңейтуге, реконструкциялауға және (немесе) жаңартуға инвестициялық келісім жасасқан, жұмыс істеп тұрған энергия өндіруші ұйымдармен жасасатын электр қуатының әзірлігін ұстап тұру жөніндегі көрсетілетін қызметке жеке тарифтерді, электр қуатының әзірлігін ұстап тұру жөніндегі көрсетілетін қызметтің көлемдерін және электр қуатының әзірлігін ұстап тұру жөніндегі көрсетілетін қызметті сатып алу туралы шарттар үшін оны сатып алу мерзімдерін белгілейді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="365"/>
-    <w:bookmarkStart w:name="z1087" w:id="366"/>
+    <w:bookmarkEnd w:id="371"/>
+    <w:bookmarkStart w:name="z1087" w:id="372"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       328) құрамына жылу электр орталықтары кіретін, жұмыс істеп тұрған энергия өндіруші ұйымдармен бірыңғай сатып алушы жасасатын электр қуатының әзірлігін ұстап тұру жөніндегі көрсетілетін қызметті сатып алу туралы шарттар үшін электр қуатының әзірлігін ұстап тұру жөніндегі көрсетілетін қызметтің көлемін айқындау қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="366"/>
-    <w:bookmarkStart w:name="z1088" w:id="367"/>
+    <w:bookmarkEnd w:id="372"/>
+    <w:bookmarkStart w:name="z1088" w:id="373"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       329) бірыңғай сатып алушының электр қуатының жүктемені көтеруге дайындығын қамтамасыз ету жөніндегі көрсетілетін қызметке бағаны есептеу және интернет-ресурста орналастыру қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="367"/>
-    <w:bookmarkStart w:name="z1089" w:id="368"/>
+    <w:bookmarkEnd w:id="373"/>
+    <w:bookmarkStart w:name="z1089" w:id="374"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       330) жаңғыртудың, кеңейтудің, реконструкциялаудың және (немесе) жаңартудың инвестициялық бағдарламаларын қарауға жіберу, оларды қарау және іріктеу, жаңғыртуға, кеңейтуге, реконструкциялауға және (немесе) жаңартуға арналған инвестициялық келісімдерді жасасу, электр қуатының әзірлігін ұстап тұру бойынша көрсетілетін қызметті сатып алу туралы шарттарды тиісінше жасасуды және осы шарттар үшін электр қуатының әзірлігін ұстап тұру бойынша көрсетілетін қызметке жеке тарифтерді, электр қуатының әзірлігін ұстап тұру бойынша көрсетілетін қызметті сатып алу көлемдері мен мерзімдерін белгілеу қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="368"/>
-    <w:bookmarkStart w:name="z1090" w:id="369"/>
+    <w:bookmarkEnd w:id="374"/>
+    <w:bookmarkStart w:name="z1090" w:id="375"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       331) тексерулер жүргізудің жартыжылдық кестелерін бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="369"/>
-    <w:bookmarkStart w:name="z1091" w:id="370"/>
+    <w:bookmarkEnd w:id="375"/>
+    <w:bookmarkStart w:name="z1091" w:id="376"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       332) Қазақстан Республикасының заңнамасына сәйкес сауда-саттықта (аукциондарда) өткізілетін сатып алынатын мүліктің (активтердің) тізбесіне электр энергиясын енгізу туралы шешім қабылдайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="370"/>
-    <w:bookmarkStart w:name="z1092" w:id="371"/>
+    <w:bookmarkEnd w:id="376"/>
+    <w:bookmarkStart w:name="z1092" w:id="377"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       333) жүйелік оператордың "Электр энергетикасы туралы" Қазақстан Республикасының Заңы 15-2-бабының 2-тармағында көзделген талаптарды сақтауына мемлекеттік бақылауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="371"/>
-    <w:bookmarkStart w:name="z1093" w:id="372"/>
+    <w:bookmarkEnd w:id="377"/>
+    <w:bookmarkStart w:name="z1093" w:id="378"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       334) электр энергетикасы кәсіпорындарының объектілер мен жабдықтардың күзгі-қысқы кезеңдегі жұмысқа әзірлігін бағалау жөніндегі комиссиялардың жұмысына қатысады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="372"/>
-    <w:bookmarkStart w:name="z1094" w:id="373"/>
+    <w:bookmarkEnd w:id="378"/>
+    <w:bookmarkStart w:name="z1094" w:id="379"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       335) қызметтің басталғаны немесе тоқтатылғаны туралы хабарламаларды қабылдауды жүзеге асырады, сондай-ақ санатқа сәйкес энергетикалық сараптама жүргізу жөніндегі сараптама ұйымдарының тізілімін жүргізеді, интернет-ресурста орналастырады және жаңартады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="373"/>
-    <w:bookmarkStart w:name="z1095" w:id="374"/>
+    <w:bookmarkEnd w:id="379"/>
+    <w:bookmarkStart w:name="z1095" w:id="380"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       336) көлемі Қазақстан Республикасының электр энергетикасы және жылу энергетикасы саласындағы заңнамасында белгіленген талаптарға сәйкес келетін әзірлік паспортын алу үшін ұсынылған құжаттарға қосымша түсіндірмелер, материалдар мен негіздемелер қажет болған жағдайда әзірлік паспортын ескертулерсіз немесе ескертулермен береді, сондай-ақ әзірлік паспортын алу үшін Қазақстан Республикасының электр энергетикасы және жылу энергетикасы саласындағы заңнамасында белгіленген шарттар мен талаптардың орындалғанын растайтын ұсынылған құжаттардың көлемі, мазмұны сәйкес келмеген жағдайда әзірлік паспортын беруден бас тартады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="374"/>
-    <w:bookmarkStart w:name="z1096" w:id="375"/>
+    <w:bookmarkEnd w:id="380"/>
+    <w:bookmarkStart w:name="z1096" w:id="381"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       337) Қазақстан Республикасының электр энергетикасы туралы заңнамасына сәйкес жаңартылатын энергия көздерін пайдалану объектілерін энергия беруші ұйымдардың электр немесе жылу желілеріне қосуға бақылауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="375"/>
-    <w:bookmarkStart w:name="z1097" w:id="376"/>
+    <w:bookmarkEnd w:id="381"/>
+    <w:bookmarkStart w:name="z1097" w:id="382"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       338) негізгі жабдықтың тоқтауына, өртке, жарылыстарға, Қазақстан Республикасының бiртұтас электр энергетикалық жүйесiнің бiрнеше бөлiкке бөлінуіне, электр энергиясын тұтынушыларды жаппай шектеуге алып келген, электр станцияларының, электр желiлерiнiң жұмысындағы технологиялық бұзушылықтардың есебін жүргiзедi;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="376"/>
-    <w:bookmarkStart w:name="z1098" w:id="377"/>
+    <w:bookmarkEnd w:id="382"/>
+    <w:bookmarkStart w:name="z1098" w:id="383"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       339) электр қондырғыларының техникалық жай-күйін және оларды пайдалану қауіпсіздігін бақылау үшін электр және жылу энергиясын өндіруді, беруді жүзеге асыратын ұйымдар басшыларының, мамандарының техникалық пайдалану қағидалары мен қауіпсіздік техникасы қағидаларын білуіне біліктілік тексерулерді жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="377"/>
-    <w:bookmarkStart w:name="z1099" w:id="378"/>
+    <w:bookmarkEnd w:id="383"/>
+    <w:bookmarkStart w:name="z1099" w:id="384"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       340) мерзiмдер мен орындауға жауапты адамдар көрсетілген, сондай-ақ электр қондырғыларын пайдалану жөніндегі қызметті жүзеге асыруға тиісті рұқсаты жоқ және электр энергетикасы саласындағы техникалық пайдалану қағидалары мен қауіпсіздік техникасы қағидаларын білуіне біліктілік тексерулерден өтпеген персоналды жұмыстан шеттету туралы белгіленген үлгiдегi нұсқама бередi;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="378"/>
-    <w:bookmarkStart w:name="z1100" w:id="379"/>
+    <w:bookmarkEnd w:id="384"/>
+    <w:bookmarkStart w:name="z1100" w:id="385"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       341) мыналарды:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="379"/>
+    <w:bookmarkEnd w:id="385"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының электр энергетикасы саласындағы заңнамасы талаптарының сақталуын, сондай-ақ энергетикалық жабдықты пайдалану кезінде техникалық және технологиялық нормалардың сақталуын;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -10003,51 +10007,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       техникалық пайдалану қағидалары мен қауіпсіздік техникасы қағидаларын білуін тексеруден өтпеген жұмыскерлердің электр қондырғыларында жұмыс істеуге жіберілмеуін немесе жұмыстан шеттетілуін;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       энергия өндіруші ұйымдардың (жаңартылатын энергия көздерін пайдаланатын энергия өндіруші ұйымдарды қоспағанда), энергия беруші ұйымдардың және жүйелік оператордың, оның ішінде күзгі-қысқы кезеңге даярлығын және жөндеу-қалпына келтіру жұмыстарын жүргізуін мемлекеттік энергетикалық бақылауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1414" w:id="380"/>
+    <w:bookmarkStart w:name="z1414" w:id="386"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       341-1) энергетикалық жабдықты пайдалану және оның техникалық жай-күйі, энергия өндіруші ұйымдар (жаңартылатын энергия көздерін пайдаланатын энергия өндіруші ұйымдарды қоспағанда), энергия беруші ұйымдар және жүйелік оператор бөлігінде электр энергетикасы саласындағы мемлекеттік бақылауды бақылау субъектілері (объектілері) қызметінің Қазақстан Республикасының электр энергетикасы саласындағы заңнамасының талаптарына сәйкестігі тұрғысынан "Электр энергетикасы туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10062,131 +10066,131 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес қашықтан бақылау және тексеру, Қазақстан Республикасының Кәсіпкерлік кодексі мен "Электр энергетикасы туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес тергеп-тексеру нысанында жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="380"/>
-    <w:bookmarkStart w:name="z1415" w:id="381"/>
+    <w:bookmarkEnd w:id="386"/>
+    <w:bookmarkStart w:name="z1415" w:id="387"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       341-2) Қазақстан Республикасының Кәсіпкерлік кодексіне сәйкес жоспардан тыс тексеру, электр энергетикасы саласындағы бақылау субъектісіне (объектісіне) бару арқылы профилактикалық бақылау нысанында мемлекеттік бақылауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="381"/>
-    <w:bookmarkStart w:name="z1416" w:id="382"/>
+    <w:bookmarkEnd w:id="387"/>
+    <w:bookmarkStart w:name="z1416" w:id="388"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       341-3) Қазақстан Республикасының Кәсіпкерлік кодексіне және "Электр энергетикасы туралы" Қазақстан Республикасы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-1-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес электр энергетикасы саласындағы бақылау субъектісіне (объектісіне) бармай профилактикалық бақылауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="382"/>
-    <w:bookmarkStart w:name="z1417" w:id="383"/>
+    <w:bookmarkEnd w:id="388"/>
+    <w:bookmarkStart w:name="z1417" w:id="389"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       341-4) орталықтандырылған жылумен жабдықтау жүйесінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="383"/>
+    <w:bookmarkEnd w:id="389"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының жылу энергетикасы саласындағы заңнамасы талаптарының сақталуын, сондай-ақ жылу энергетикасы объектілерін пайдалану кезінде техникалық және технологиялық нормалардың сақталуын;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -10233,2702 +10237,2984 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       техникалық пайдалану қағидалары мен қауіпсіздік техникасы қағидаларын білуіне тексеруден өтпеген жұмыскерлердің жұмысқа жіберілмеуін немесе одан шеттетілуін;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жылу өндіруші және жылу тасымалдаушы субъектілердің дайындығы мен жөндеу-қалпына келтіру жұмыстарының, оның ішінде күзгі-қысқы кезеңде жүзеге асырылуын мемлекеттік бақылауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1418" w:id="384"/>
+    <w:bookmarkStart w:name="z1418" w:id="390"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       341-5) жылу энергетикасы объектілерін пайдалану және оның техникалық жай-күйі, жылу өндіруші және жылу тасымалдаушы субъектілер бөлігінде жылу энергетикасы саласындағы мемлекеттік бақылауды бақылау субъектілері (объектілері) қызметінің Қазақстан Республикасының жылу энергетикасы саласындағы заңнамасының талаптарына сәйкес келуі тұрғысынан "Жылу энергетикасы туралы" Қазақстан Республикасының Заңына сәйкес – қашықтан бақылау және тексеру, Қазақстан Республикасының Кәсіпкерлік кодексі мен "Жылу энергетикасы туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес тергеп-тексеру нысанында жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="384"/>
-    <w:bookmarkStart w:name="z1419" w:id="385"/>
+    <w:bookmarkEnd w:id="390"/>
+    <w:bookmarkStart w:name="z1419" w:id="391"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       341-6) технологиялық бұзушылықтар сыныптамасын бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="385"/>
-    <w:bookmarkStart w:name="z1101" w:id="386"/>
+    <w:bookmarkEnd w:id="391"/>
+    <w:bookmarkStart w:name="z1101" w:id="392"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       342) Қазақстан Республикасының электр энергетикасы саласындағы заңнамасын жетілдіру бойынша ұсыныстар дайындайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="386"/>
-    <w:bookmarkStart w:name="z1102" w:id="387"/>
+    <w:bookmarkEnd w:id="392"/>
+    <w:bookmarkStart w:name="z1102" w:id="393"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       343) тиісті табиғи монополиялар салаларында басшылықты жүзеге асыратын мемлекеттік органға электр энергиясын беру бойынша қызмет көрсететін табиғи монополия субъектісі қызметінің "Электр энергетикасы туралы" Қазақстан Республикасы Заңының 13-1-бабы 6-тармағының талаптарына сәйкес еместігі туралы ақпарат жібереді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="387"/>
-    <w:bookmarkStart w:name="z1426" w:id="388"/>
+    <w:bookmarkEnd w:id="393"/>
+    <w:bookmarkStart w:name="z1426" w:id="394"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       343-1) табиғи монополиялардың тиісті салаларында басшылықты жүзеге асыратын мемлекеттік органға электр энергиясын беру бойынша қызмет көрсететін табиғи монополия субъектісі қызметінің "Электр энергетикасы туралы" Қазақстан Республикасы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>7-1-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> талаптарына сәйкес еместігі туралы ақпаратты жібереді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="388"/>
-    <w:bookmarkStart w:name="z1103" w:id="389"/>
+    <w:bookmarkEnd w:id="394"/>
+    <w:bookmarkStart w:name="z1103" w:id="395"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       344) энергия өндіруші және энергия беруші ұйымдардың негізгі жабдығының тозуын мониторингтеуді жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="389"/>
-    <w:bookmarkStart w:name="z1421" w:id="390"/>
+    <w:bookmarkEnd w:id="395"/>
+    <w:bookmarkStart w:name="z1421" w:id="396"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       344-1) облыстың, республикалық маңызы бар қаланың, астананың жылу энергетикасы объектілері мен жылу желілерінің жай-күйі туралы ақпаратты жинауды, жаңартып отыруды және жариялауды қоса алғанда, жылу энергетикасының жай-күйін ұдайы мониторингтеуді жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="390"/>
-    <w:bookmarkStart w:name="z1104" w:id="391"/>
+    <w:bookmarkEnd w:id="396"/>
+    <w:bookmarkStart w:name="z1104" w:id="397"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       345) энергетикалық жабдыққа зерттеп-қарау жүргізу, энергетикалық ұйымдарды кешенді тексерулер және электр станциялары, электр желілері энергетикалық жабдығының жұмысындағы технологиялық бұзушылықтарды тергеп-тексеру кезінде сарапшыларды тартады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="391"/>
-    <w:bookmarkStart w:name="z1105" w:id="392"/>
+    <w:bookmarkEnd w:id="397"/>
+    <w:bookmarkStart w:name="z1105" w:id="398"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       346) Қазақстан Республикасының әкімшілік құқық бұзушылық туралы заңнамасына сәйкес өз құзыреті шегінде электр энергетикасы саласындағы әкімшілік істер бойынша материалдарды қарауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="392"/>
-    <w:bookmarkStart w:name="z1106" w:id="393"/>
+    <w:bookmarkEnd w:id="398"/>
+    <w:bookmarkStart w:name="z1106" w:id="399"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       347) Қазақстан Республикасының электр энергетикасы туралы заңнамасын бұзушылықтар бойынша сотқа жүгінеді және соттың істерді қарауы кезінде қатысады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="393"/>
-    <w:bookmarkStart w:name="z1107" w:id="394"/>
+    <w:bookmarkEnd w:id="399"/>
+    <w:bookmarkStart w:name="z1107" w:id="400"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       348) жылу желілері объектілерінің күзет аймақтарын және осындай аймақтардың шекараларында орналасқан жер учаскелерін пайдаланудың ерекше шарттарын белгілеу қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="394"/>
-    <w:bookmarkStart w:name="z1108" w:id="395"/>
+    <w:bookmarkEnd w:id="400"/>
+    <w:bookmarkStart w:name="z1108" w:id="401"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       349) энергия беруші ұйымдардың электр энергиясын беру жөніндегі қызметке қойылатын талаптарға сәйкестігін айқындау қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="395"/>
-    <w:bookmarkStart w:name="z1109" w:id="396"/>
+    <w:bookmarkEnd w:id="401"/>
+    <w:bookmarkStart w:name="z1109" w:id="402"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       350) Қазақстан Республикасының біртұтас электр энергетикалық жүйесінде электр энергиясының тапшылығы мен профицитін айқындау қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="396"/>
+    <w:bookmarkEnd w:id="402"/>
+    <w:bookmarkStart w:name="z1110" w:id="403"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      351) энергия өндіруші ұйымдар мен жылу өндіруші субъектілердің жылыту маусымын іркіліссіз өткізу үшін отын сатып алуға жұмсалатын шығындарын субсидиялау қағидаларын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="403"/>
+    <w:bookmarkStart w:name="z1111" w:id="404"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      352) қаржы-есеп айырысу орталығына мемлекеттік қаржылық қолдау ұсыну қағидаларын бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="404"/>
+    <w:bookmarkStart w:name="z1112" w:id="405"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      353) электр энергиясын бірыңғай сатып алушының күнтізбелік жылдың қорытындысы бойынша электр энергиясының тиісті үлесін қайта есептеу және басым тұтынушыға қайта бөлу тәртібін әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="405"/>
+    <w:bookmarkStart w:name="z1341" w:id="406"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      353-1) электр энергиясын бірыңғай сатып алушының жаңартылатын энергия көздерін пайдалануды қолдауға жұмсалатын шығындарын бөлу тәртібін әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="406"/>
+    <w:bookmarkStart w:name="z1113" w:id="407"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      354) басым тұтынушыларға жаңартылатын энергия көздерін пайдалану объектілерін орналастыру жоспарына және Қазақстан Республикасының біртұтас электр энергетикалық жүйесінің техникалық мүмкіндіктеріне сәйкес жаңартылатын энергия көздерінің түрін, жаңартылатын энергия көздерін пайдалану объектісі қуатының көлемі мен орналасатын жерін келіседі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="407"/>
+    <w:bookmarkStart w:name="z1114" w:id="408"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      355) аукционға қатысушыларға қойылатын біліктілік талаптарын, өтінімнің мазмұнын және оны беру тәртібін, аукционға қатысуға арналған өтінімді қаржылық қамтамасыз ету түрлерін және оларды енгізу мен қайтару шарттарын, қорытынды шығару және жеңімпаздарды айқындау тәртібін қамтитын аукциондық сауда-саттықты ұйымдастыру мен өткізу қағидаларын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="408"/>
+    <w:bookmarkStart w:name="z1115" w:id="409"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      356) аукциондық сауда-саттықты ұйымдастырушыны айқындайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="409"/>
+    <w:bookmarkStart w:name="z1116" w:id="410"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      357) аукциондық сауда-саттықты өткізу мерзімдерін, жаңартылатын энергия көздерін пайдалану объектілерін орналастыру жоспарына сәйкес жаңартылатын энергия көздерінің түрлері бойынша жоспарланып отырған қуат шамаларын, жаңартылатын энергия көздерін пайдалану объектілері орналастырылатын болжамды аймақтарды (аудандарды) айқындайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="410"/>
+    <w:bookmarkStart w:name="z1117" w:id="411"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      358) маневрлік генерациялау режимі бар жаңадан пайдалануға берілетін генерациялайтын қондырғыларды салуға арналған аукциондық сауда-саттық өткізу графигін әзірлейді және өзінің интернет-ресурсында жариялайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="411"/>
+    <w:bookmarkStart w:name="z1118" w:id="412"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      359) маневрлік генерациялау режимі бар жаңадан пайдалануға берілетін генерациялайтын қондырғыларды салуға арналған аукциондық сауда-саттыққа қатысу үшін өтініш беруші ұсынған құжаттарды тексеруді жүзеге асыратын комиссияны қалыптастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="412"/>
+    <w:bookmarkStart w:name="z1119" w:id="413"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      360) маневрлік генерациялау режимі бар реттеуші генерациялайтын қондырғылардың көлемін, пайдалануға беру мерзімдерін айқындайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="413"/>
+    <w:bookmarkStart w:name="z1120" w:id="414"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      361) шекті аукциондық бағаларды бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="414"/>
+    <w:bookmarkStart w:name="z1422" w:id="415"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      361-1) тіркелген тарифтерді және шекті аукциондық бағаларды айқындау қағидаларын бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="415"/>
+    <w:bookmarkStart w:name="z1423" w:id="416"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      361-2) тіркелген тарифтерді бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="416"/>
+    <w:bookmarkStart w:name="z1121" w:id="417"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      362) энергия өндiрушi, энергия беруші ұйымдардың технологиялық мұқтаждарына электр және жылу энергиясының шығыс нормаларын регламенттейтін нормативтік құқықтық актiлердi әзiрлейдi және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="417"/>
+    <w:bookmarkStart w:name="z1122" w:id="418"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      363) техникалық реттеу және метрология саласындағы уәкілетті органмен бірлесіп, мемлекеттік реттеуге жатқызылатын өлшем тізбелерін бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="418"/>
+    <w:bookmarkStart w:name="z1123" w:id="419"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      364) өлшем бірлігін қамтамасыз ету саласындағы бірыңғай мемлекеттік саясатты іске асыруға қатысады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="419"/>
+    <w:bookmarkStart w:name="z1124" w:id="420"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      365) электр және (немесе) жылу энергиясын өндіру үшін жаңартылатын энергия көздерін пайдалану объектілерін жобалау, салу, пайдалану және олардың техникалық қауіпсіздігі саласындағы ұлттық стандарттарды жетілдіру жөнінде ұсыныстар енгізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="420"/>
+    <w:bookmarkStart w:name="z1125" w:id="421"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      366) жаңартылатын энергия көздері секторын дамытудың нысаналы көрсеткіштерін ескере отырып, жаңартылатын энергия көздерін пайдалану объектілерін орналастыру жоспарын бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="421"/>
+    <w:bookmarkStart w:name="z1126" w:id="422"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      367) жаңартылатын энергия көздерінің пайдаланылуына және жаңартылатын энергия көздерін пайдалану бойынша жоспарланатын объектілердің іске асырылуына мониторинг жүргізу тәртібін бекітеді және оны жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="422"/>
+    <w:bookmarkStart w:name="z1127" w:id="423"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      368) электр немесе жылу желілеріне ең жақын қосу нүктесін айқындау және жаңартылатын энергия көздерін пайдалану объектілерін, қалдықтарды энергетикалық кәдеге жарату объектілерін қосу тәртібі мен мерзімдерін әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="423"/>
+    <w:bookmarkStart w:name="z1128" w:id="424"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      369) электр энергиясын бірыңғай сатып алушының жаңартылатын энергия көздерін пайдалану объектілері, қалдықтарды энергетикалық кәдеге жарату объектілері өндірген электр энергиясын орталықтандырылған сатып алу және сату қағидаларын, электр энергиясын бірыңғай сатып алушының жаңартылатын энергия көздерін, қалдықтарды энергетикалық кәдеге жаратуды пайдаланатын энергия өндіруші ұйымдармен, өнеркәсіптік кешендермен, тікелей тұтынушылармен және басым тұтынушылармен жасалатын шарттарының тиісті үлгілік нысандарын бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="424"/>
+    <w:bookmarkStart w:name="z1129" w:id="425"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      370) тіркелген тарифтерді айқындау қағидаларын әзірлейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="425"/>
+    <w:bookmarkStart w:name="z1130" w:id="426"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      371) жаңартылатын энергия көздерін пайдаланатын энергия өндіруші ұйымдардың тізбесін қалыптастыру қағидаларын әзірлеп, бекітеді және оны өзінің интернет-ресурсында орналастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="426"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">372) алып тасталды - ҚР Үкіметінің 14.07.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 583</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">373) алып тасталды - ҚР Үкіметінің 01.11.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 915</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1133" w:id="427"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      374) жаңартылатын энергия көздерін пайдалану объектілерін орналастыру жоспарын қалыптастыру қағидаларын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="427"/>
+    <w:bookmarkStart w:name="z1134" w:id="428"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      375) жаңартылатын энергия көздері секторын дамытудың нысаналы көрсеткіштерін бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="428"/>
+    <w:bookmarkStart w:name="z1135" w:id="429"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      376) жаңартылатын энергия көздерін пайдалану объектілерін, қалдықтарды энергетикалық кәдеге жарату объектілерін қосу туралы үлгілік шартты, сондай-ақ оны жасасу тәртібі мен мерзімдерін әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="429"/>
+    <w:bookmarkStart w:name="z1136" w:id="430"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      377) резервтік қорды қалыптастыру және пайдалану қағидаларын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="430"/>
+    <w:bookmarkStart w:name="z1137" w:id="431"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      378) нетто-тұтынушылардан электр энергиясын сатып алу-сату қағидаларын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="431"/>
+    <w:bookmarkStart w:name="z1424" w:id="432"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      378-1) нетто-тұтынушылардан электр энергиясын сатып алу мен сатудың үлгілік шартын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="432"/>
+    <w:bookmarkStart w:name="z1425" w:id="433"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      378-2) ауқымы шағын объектілерді электр желілеріне қосу және пайдалану қағидаларын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="433"/>
+    <w:bookmarkStart w:name="z1138" w:id="434"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      379) мемлекеттік органдардың, жеке кәсіпкерлік субъектілерінің және жаңартылатын энергия көздерін дамыту мен пайдалану жөніндегі ғылыми және ғылыми-техникалық қызмет субъектілерінің өзара іс-қимылын үйлестіреді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="434"/>
+    <w:bookmarkStart w:name="z1342" w:id="435"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      379-1) электр энергиясын бірыңғай сатып алушының энергия өндіруші ұйымдардан электр энергиясын бір сағатқа және (немесе) тәулікке және (немесе) айға және (немесе) тоқсанға және (немесе) жылға (жылдарға) сатып алу тәртібін белгілейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="435"/>
+    <w:bookmarkStart w:name="z1343" w:id="436"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      379-2) электр энергиясын бірыңғай сатып алушының электр энергиясының көтерме сауда нарығының субъектілері болып табылатын энергия беруші және энергиямен жабдықтаушы ұйымдарға, электр энергиясын тұтынушыларға, шартты тұтынушыларға, сондай-ақ электр энергиясының орталықтандырылған сауда-саттығында цифрлық майнинг бойынша қызметті жүзеге асыратын тұлғаларға электр энергиясына шекті тарифтерден жоғары тарифпен электр энергиясын сату тәртібін белгілейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="436"/>
+    <w:bookmarkStart w:name="z1344" w:id="437"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      379-3) электр энергиясын бірыңғай сатып алушының басқа елдердің электр энергиясын жеткізушілерінен (өндірушілерінен) электр энергиясын сатып алуды жүзеге асыруының тәртібін айқындайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="437"/>
+    <w:bookmarkStart w:name="z1345" w:id="438"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      379-4) электр энергиясын бірыңғай сатып алушының электр энергиясын басқа елдердің тұтынушыларына сатуды жүзеге асыруының тәртібін айқындайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="438"/>
+    <w:bookmarkStart w:name="z1346" w:id="439"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      379-5) бірыңғай сатып алушының тарифтерді саралау арқылы көтерме сауда нарығының тұтынушылары үшін атаулы қолдау көрсетуді жүзеге асыру тәртібін айқындайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="439"/>
+    <w:bookmarkStart w:name="z1347" w:id="440"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      379-6) электр энергиясын бірыңғай сатып алушының электр энергиясын сатуға арналған болжамды бағаларды айқындау тәртібін айқындайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="440"/>
+    <w:bookmarkStart w:name="z1348" w:id="441"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      379-7) электр энергиясын бірыңғай сатып алушының электр энергиясын сатып алу тәртібін айқындайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="441"/>
+    <w:bookmarkStart w:name="z1349" w:id="442"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      379-8) цифрлық майнинг бойынша қызметті жүзеге асыратын электр энергиясының көтерме сауда нарығы субъектілерінің электр энергиясын сатып алуды жүзеге асыру тәртібін айқындайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="442"/>
+    <w:bookmarkStart w:name="z1350" w:id="443"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      379-9) шартты тұтынушылар мен басым тұтынушылардың электр энергиясын бірыңғай сатып алушыдан электр энергиясын сатып алу бағалары мен көлемдерін электр энергиясын бірыңғай сатып алушының есептеу тәртібін айқындайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="443"/>
+    <w:bookmarkStart w:name="z1351" w:id="444"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      379-10) электр энергиясын бірыңғай сатып алушымен жасалған электр энергиясын ұзақ мерзімді сатып алу-сату шарты бар жаңартылатын көздер үшін электр энергиясын өндіру-тұтынудың тәуліктік кестесін түзету тәртібін айқындайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="444"/>
+    <w:bookmarkStart w:name="z1352" w:id="445"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      379-11) электр энергиясын бірыңғай сатып алушының электр энергиясын сатып алу мен сатуды жүзеге асыру, электр энергиясын бірыңғай сатып алушының жұмыс істеуі кезінде өзара есеп айырысуды жүзеге асыру тәртібін айқындайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="445"/>
+    <w:bookmarkStart w:name="z1353" w:id="446"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      379-12) электр энергиясын бірыңғай сатып алушының электр энергиясын сатып алу және сату бағаларын айқындау тәртібін айқындайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="446"/>
+    <w:bookmarkStart w:name="z1354" w:id="447"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      379-13) электр энергиясының көтерме сауда нарығы субъектілерінің электр энергиясын бірыңғай сатып алушыдан сатып алған электр энергиясына ақы төлеу тәртібі мен мерзімдерін айқындайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="447"/>
+    <w:bookmarkStart w:name="z1355" w:id="448"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      379-14) бірыңғай сатып алушының энергия өндіруші ұйымдардан және электр энергиясының жаңартылатын көздерінен сатып алынған электр энергиясына ақы төлеу тәртібі мен мерзімдерін айқындайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="448"/>
+    <w:bookmarkStart w:name="z1356" w:id="449"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      379-15) электр энергиясының көтерме сауда нарығының субъектілері (электр энергиясын кепілдікпен берушілерден басқа) электр энергиясын бірыңғай сатып алушыдан сатып алған электр энергиясына ақы төлеу тәртібін белгілейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="449"/>
+    <w:bookmarkStart w:name="z1357" w:id="450"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      379-16) электр энергиясын кепілдікпен берушілердің электр энергиясын бірыңғай сатып алушыдан сатып алынған электр энергиясына ақы төлеуді жүзеге асыру тәртібін айқындайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="450"/>
+    <w:bookmarkStart w:name="z1358" w:id="451"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      379-17) электр энергиясын бірыңғай сатып алушы жұмыс істеген кезде электр энергиясын өндіру-тұтынудың тәуліктік кестесіне сәйкес аударуға жататын ақша қаражатының сомасын есептеу тәртібін белгілейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="451"/>
+    <w:bookmarkStart w:name="z1359" w:id="452"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      379-18) энергия өндіруші ұйымдардан сатып алынған электр энергиясы үшін ақша қаражаты сомасын төлеу тәртібін белгілейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="452"/>
+    <w:bookmarkStart w:name="z1360" w:id="453"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      379-19) цифрлық майнерлердің электр энергиясының орталықтандырылған сауда-саттығында электр энергиясын бірыңғай сатып алушыдан электр энергиясын сатып алу тәртібін бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="453"/>
+    <w:bookmarkStart w:name="z1139" w:id="454"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      380) өз құзыреті шегінде жеке және заңды тұлғалардың жолданымдарын, Қазақстан Республикасы азаматтарының петицияларын қарауды, сондай-ақ мемлекеттік қызметтер көрсету кезінде тұтынушылардың құқықтарын қорғау саласындағы мемлекеттік реттеуді жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="454"/>
+    <w:bookmarkStart w:name="z1301" w:id="455"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      380-1) арыз иелері көтеріп отырған жүйелі проблемаларды талдайды және анықтайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="455"/>
+    <w:bookmarkStart w:name="z1140" w:id="456"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      381) қызметкерлерді жұмысқа қабылдау және жоғарылату кезінде гендерлік теңгерімнің сақталуын қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="456"/>
+    <w:bookmarkStart w:name="z1141" w:id="457"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      382) реттелетін салалардағы кадрларға қажеттілікті айқындайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="457"/>
+    <w:bookmarkStart w:name="z1142" w:id="458"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      383) Министрлік қызметінің бағыттары бойынша оның жұмысының сапасы мен өнімділігін арттыру мақсатында ішкі бақылауды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="458"/>
+    <w:bookmarkStart w:name="z1143" w:id="459"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      384) өз құзыреті шегінде мемлекеттік құпияларды құрайтын мәліметтердің қорғалуын қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="459"/>
+    <w:bookmarkStart w:name="z1144" w:id="460"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      385) "Ақпаратқа қол жеткізу туралы" Қазақстан Республикасының Заңы 17-бабының 3-тармағында көрсетілген ақпаратты ашық бюджеттердің интернет-порталында орналастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="460"/>
+    <w:bookmarkStart w:name="z1145" w:id="461"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      386) "Ақпаратқа қол жеткізу туралы" Қазақстан Республикасының Заңы 17-бабының 5-тармағында көрсетілген ақпаратты мемлекеттік органдар қызметінің тиімділігін бағалаудың интернет-порталында орналастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="461"/>
+    <w:bookmarkStart w:name="z1146" w:id="462"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      387) ақпараттың сапасына және уақтылы берілуіне ішкі бақылау жүргізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="462"/>
+    <w:bookmarkStart w:name="z1147" w:id="463"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      388) өз құзыреті шегінде ұлттық қауіпсіздік, мемлекеттік құпияларды қорғау, азаматтық қорғау, жұмылдыру дайындығы және жұмылдыру саласында Қазақстан Республикасының заңдары мен өзге де нормативтік құқықтық актілерінің сақталуын қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="463"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>ЗҚАИ-ның ескертпесі!</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      15-тармақтың 351) тармақшасының осы редакциясы 01.01.2026 дейін </w:t>
+        <w:t xml:space="preserve">      15-тармақты 388-1), 388-2) және 388-3) тармақшалармен толықтыру көзделген - ҚР Үкіметінің 21.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>қолданылады</w:t>
+        <w:t>№ 885</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> - ҚР Үкіметінің 01.11.2024 </w:t>
+        <w:t xml:space="preserve"> (01.01.2027 бастап </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 915</w:t>
+        <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> қаулысымен.</w:t>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...476 lines deleted...]
-    <w:bookmarkEnd w:id="419"/>
+    <w:bookmarkStart w:name="z1460" w:id="464"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      388-4) жұмылдыру дайындығы саласындағы уәкілетті органға жұмылдыру дайындығы мен жұмылдыру жөніндегі іс-шараларды қаржыландыру көлемдері жөнінде ұсыныстар енгізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="464"/>
+    <w:bookmarkStart w:name="z1461" w:id="465"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      388-5) мемлекеттік басқарудың тиісті саласында ұйымдардың жұмылдыру дайындығын жоспарлайды, ұйымдастырады және оған басшылық етеді, Қазақстан Республикасындағы жұмылдыру дайындығы мен жұмылдыру қағидаларында белгіленген тәртіппен жұмылдыру тапсырыстары бар ұйымдардың жұмылдыру әзірлігін бағалауды жүргізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="465"/>
+    <w:bookmarkStart w:name="z1462" w:id="466"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      388-6) ұйымдармен жұмылдыру тапсырыстарын орындауға арналған шарттар жасасады, жұмылдыру дайындығы саласындағы уәкілетті органға жұмылдыру тапсырыстары бар ұйымдар банкрот болған, қайта ұйымдастырылған, таратылған, олардың жұмыс бейіні өзгертілген кезде белгіленген жұмылдыру тапсырыстарын алып тастау және басқаға беру туралы ұсыныстар енгізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="466"/>
+    <w:bookmarkStart w:name="z1463" w:id="467"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      388-7) Қазақстан Республикасының жергілікті атқарушы органдарымен өзара іс-қимыл жасай отырып, жұмылдыру жоспарларын орындауға дайындық жөніндегі іс-шараларды жүргізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="467"/>
+    <w:bookmarkStart w:name="z1464" w:id="468"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      388-8) жұмылдыру тапсырыстарын белгілеу үшін ұйымдардың өндірістік, қаржылық, қоймалық мүмкіндіктері туралы ақпаратты жұмылдыру дайындығы саласындағы уәкілетті органға береді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="468"/>
+    <w:bookmarkStart w:name="z1465" w:id="469"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      388-9) әскери міндеттілерді бекітіп қою бойынша жұмысты ұйымдастырады және жүргізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="469"/>
+    <w:bookmarkStart w:name="z1466" w:id="470"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      388-10) жұмылдыру дайындығы мен жұмылдыру саласында Қазақстан Республикасының заңдары мен өзге де нормативтік құқықтық актілерінің орындалуын қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="470"/>
+    <w:bookmarkStart w:name="z1467" w:id="471"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      388-11) жұмылдыру жарияланған кезде Қазақстан Республикасының жергілікті атқарушы органдарымен өзара іс-қимыл жасай отырып, ұйымдарды соғыс жағдайы режиміне көшіру жөніндегі іс-шаралар кешенін жүргізуді ұйымдастырады және қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="471"/>
+    <w:bookmarkStart w:name="z1468" w:id="472"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      388-12) мемлекеттік басқарудың тиісті саласында жұмылдыру дайындығы мен жұмылдыру саласындағы нормативтік құқықтық актілерді әзірлейді және (немесе) бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="472"/>
+    <w:bookmarkStart w:name="z1469" w:id="473"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      388-13) жұмылдыру жоспарларын әзірлейді, жұмылдыру дайындығы саласындағы уәкілетті органмен келіседі және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="473"/>
+    <w:bookmarkStart w:name="z1470" w:id="474"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      388-14) жұмылдыру дайындығы саласындағы уәкілетті органға жұмылдыру дайындығы мен жұмылдыруды жетілдіру жөнінде ұсыныстар енгізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="474"/>
+    <w:bookmarkStart w:name="z1471" w:id="475"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      388-15) әскери-экономикалық және командалық-штабтық оқулар өткізуге қатысады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="475"/>
+    <w:bookmarkStart w:name="z1472" w:id="476"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      388-16) жұмылдыру, соғыс жағдайы кезеңінде және соғыс уақытында Қарулы Күштердің, басқа да әскерлер мен әскери құралымдардың, арнаулы мемлекеттік органдардың мүдделеріне сай міндеттерді орындау үшін, сондай-ақ Қазақстан Республикасы экономикасының үздіксіз жұмыс істеуін және халқының тыныс-тіршілігін қамтамасыз ету үшін мемлекеттік басқарудың тиісті саласында арнайы құралымдарды ұйымдастырады және олардың қызметін қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="476"/>
+    <w:bookmarkStart w:name="z1473" w:id="477"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      388-17) тиісті мемлекеттік басқару саласында жұмылдыру дайындығы мен жұмылдыру үшін жауап береді, сондай-ақ жұмылдыру органдарының қызметкерлеріне олардың өздеріне жүктелген міндеттерді орындауы үшін қажетті жағдайлар жасайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="477"/>
+    <w:bookmarkStart w:name="z1148" w:id="478"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      389) өз құзыреті шегінде жұмылдыру дайындығы мен жұмылдыру жөніндегі іс-шаралар кешенінің орындалуын қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="478"/>
+    <w:bookmarkStart w:name="z1149" w:id="479"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      390) өз құзыреті шегінде азаматтық қорғау іс-шараларын жүзеге асыруды қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="479"/>
+    <w:bookmarkStart w:name="z1150" w:id="480"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      391) төтенше жағдайлардың туындауының алдын алу және оларды жою, олар туындаған жағдайда залал мен шығындар мөлшерін азайту, сондай-ақ төтенше жағдайларда объектілердің жұмыс істеуінің орнықтылығы мен қауіпсіздігін арттыру жөнінде жедел шаралар қабылдайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="480"/>
+    <w:bookmarkStart w:name="z1151" w:id="481"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      392) ұлттық қауіпсіздікті қамтамасыз ету жөніндегі іс-шараларды жоспарлау және өткізу бойынша ведомстволық бағынысты ұйымдардың қызметіне басшылықты жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="481"/>
+    <w:bookmarkStart w:name="z1152" w:id="482"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      393) жер қойнауын ұтымды және кешенді пайдалану жөніндегі талаптарды бұзу салдарынан келтірілген залалдың мөлшерін айқындайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="482"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">372) алып тасталды - ҚР Үкіметінің 14.07.2023 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 583</w:t>
+        <w:t xml:space="preserve">394) - 406-12) тармақшалар алып тасталды - ҚР Үкіметінің 04.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 588</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...966 lines deleted...]
-    <w:bookmarkStart w:name="z1166" w:id="462"/>
+    </w:p>
+    <w:bookmarkStart w:name="z1166" w:id="483"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       407) жер қойнауын пайдалануға жасалған келісімшарттардың тізілімін жүргізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="462"/>
-    <w:bookmarkStart w:name="z1167" w:id="463"/>
+    <w:bookmarkEnd w:id="483"/>
+    <w:bookmarkStart w:name="z1167" w:id="484"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       408) жер қойнауын пайдалануға жасалған келісімшарттардың тізілімін жүргізу қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="463"/>
-    <w:bookmarkStart w:name="z1168" w:id="464"/>
+    <w:bookmarkEnd w:id="484"/>
+    <w:bookmarkStart w:name="z1168" w:id="485"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       409) басым құқықты іске асыру туралы мәселені қарау және ол бойынша шешім қабылдау қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="464"/>
-    <w:bookmarkStart w:name="z1169" w:id="465"/>
+    <w:bookmarkEnd w:id="485"/>
+    <w:bookmarkStart w:name="z1169" w:id="486"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       410) жер қойнауын пайдаланушыны бақылауды өзгерту туралы хабарлама нысандарын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="465"/>
-    <w:bookmarkStart w:name="z1170" w:id="466"/>
+    <w:bookmarkEnd w:id="486"/>
+    <w:bookmarkStart w:name="z1170" w:id="487"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       411) ақпараттық жүйелерді пайдалана отырып, хабарлау қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="466"/>
-    <w:bookmarkStart w:name="z1171" w:id="467"/>
+    <w:bookmarkEnd w:id="487"/>
+    <w:bookmarkStart w:name="z1171" w:id="488"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       412) электрондық нысанда көмірсутектер бойынша жер қойнауын пайдалану құқығын беруге арналған электрондық аукциондар операторының интернет-ресурсын пайдалана отырып аукционды өткізу тәртібін айқындайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="467"/>
-    <w:bookmarkStart w:name="z1172" w:id="468"/>
+    <w:bookmarkEnd w:id="488"/>
+    <w:bookmarkStart w:name="z1172" w:id="489"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       413) жер қойнауын ұтымды және кешенді пайдалану жөніндегі бірыңғай қағидаларды әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="468"/>
-    <w:bookmarkStart w:name="z1173" w:id="469"/>
+    <w:bookmarkEnd w:id="489"/>
+    <w:bookmarkStart w:name="z1173" w:id="490"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       414) көмірсутектерді барлау және өндіру кезінде жер қойнауын ұтымды және кешенді пайдалану талаптарын бұзу салдарынан келтірілген нұқсанның мөлшерін айқындау қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="469"/>
-    <w:bookmarkStart w:name="z1174" w:id="470"/>
+    <w:bookmarkEnd w:id="490"/>
+    <w:bookmarkStart w:name="z1174" w:id="491"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       415) көмірсутектерді барлау және өндіруді жүргізу кезінде консервациялау және жою қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="470"/>
-    <w:bookmarkStart w:name="z1175" w:id="471"/>
+    <w:bookmarkEnd w:id="491"/>
+    <w:bookmarkStart w:name="z1175" w:id="492"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       416) көмірсутектер саласындағы жер қойнауын пайдалану жөніндегі операциялардың салдарын жою бойынша мемлекеттік орган қабылдаған міндеттемелерді орындауды қамтамасыз етулерді ұсыну және есепке алу тәртібін айқындайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="471"/>
-    <w:bookmarkStart w:name="z1176" w:id="472"/>
+    <w:bookmarkEnd w:id="492"/>
+    <w:bookmarkStart w:name="z1176" w:id="493"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       417) білім саласындағы уәкілетті органмен бірлесіп көмірсутектерді өндіру кезеңі ішінде жер қойнауын пайдаланушылардың қазақстандық кадрларды оқытуды қаржыландыру қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="472"/>
-    <w:bookmarkStart w:name="z1177" w:id="473"/>
+    <w:bookmarkEnd w:id="493"/>
+    <w:bookmarkStart w:name="z1177" w:id="494"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       418) ғылым саласындағы уәкілетті органмен бірлесіп көмірсутектерді өндіру кезеңі ішінде жер қойнауын пайдаланушылардың ғылыми-зерттеу, ғылыми-техникалық және (немесе) тәжірибелік-конструкторлық жұмыстарды қаржыландыру қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="473"/>
-    <w:bookmarkStart w:name="z1178" w:id="474"/>
+    <w:bookmarkEnd w:id="494"/>
+    <w:bookmarkStart w:name="z1178" w:id="495"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       419) мұнай беру графигін қалыптастыру қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="474"/>
-    <w:bookmarkStart w:name="z1179" w:id="475"/>
+    <w:bookmarkEnd w:id="495"/>
+    <w:bookmarkStart w:name="z1179" w:id="496"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       420) сұйытылған мұнай газын өндірушілердің тізбесін бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="475"/>
-    <w:bookmarkStart w:name="z1180" w:id="476"/>
+    <w:bookmarkEnd w:id="496"/>
+    <w:bookmarkStart w:name="z1180" w:id="497"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       421) көмірсутектерге қатысты электрондық сатып алу жүйелерінің жұмысын жер қойнауын пайдалану жөніндегі операцияларды жүргізу кезінде пайдаланылатын тауарлардың, жұмыстар мен көрсетілетін қызметтердің және оларды өндірушілер тізілімінің жұмысымен үйлестіру қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="476"/>
-    <w:bookmarkStart w:name="z1181" w:id="477"/>
+    <w:bookmarkEnd w:id="497"/>
+    <w:bookmarkStart w:name="z1181" w:id="498"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       422) көмірсутектер саласындағы уәкілетті органға тауарларды, жұмыстар мен көрсетілетін қызметтерді сатып алудың жылдық (бір қаржы жылына арналған) және орта мерзімді (бес қаржы жылына арналған) бағдарламаларын ұсыну нысандары мен қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="477"/>
-    <w:bookmarkStart w:name="z1182" w:id="478"/>
+    <w:bookmarkEnd w:id="498"/>
+    <w:bookmarkStart w:name="z1182" w:id="499"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       423) тәуелсіз сарапшыларды тарту және біліктілік тұрғысынан іріктеу, сондай-ақ тәуелсіз сараптамаға ақы төлеу тәртібін айқындайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="478"/>
-    <w:bookmarkStart w:name="z1183" w:id="479"/>
+    <w:bookmarkEnd w:id="499"/>
+    <w:bookmarkStart w:name="z1183" w:id="500"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       424) көмірсутектер бойынша жер қойнауын пайдалану жөніндегі операцияларды жүргізу кезінде пайдаланылатын тауарлардың, жұмыстар мен көрсетілетін қызметтердің және оларды өндірушілердің тізіліміне енгізу үшін, оларды бағалау өлшемшарттарын қоса алғанда, аталған тізілімді қалыптастыру және жүргізу қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="479"/>
-    <w:bookmarkStart w:name="z1184" w:id="480"/>
+    <w:bookmarkEnd w:id="500"/>
+    <w:bookmarkStart w:name="z1184" w:id="501"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       425) қатты пайдалы қазбалар саласындағы уәкілетті органмен бірлесіп, жер қойнауы ресурстарына залалды экономикалық бағалау әдістемесін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="480"/>
-    <w:bookmarkStart w:name="z1185" w:id="481"/>
+    <w:bookmarkEnd w:id="501"/>
+    <w:bookmarkStart w:name="z1185" w:id="502"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       426) жер қойнауын пайдаланушы жер қойнауы учаскесінде өндірген мұнайды өлшеу және салмақтау қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="481"/>
-    <w:bookmarkStart w:name="z1186" w:id="482"/>
+    <w:bookmarkEnd w:id="502"/>
+    <w:bookmarkStart w:name="z1186" w:id="503"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       427) теңізде көмірсутектерді барлауды және (немесе) өндіруді жүргізу кезінде пайдаланылатын теңіз объектілерін құру, орналастыру және пайдалану қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="482"/>
-    <w:bookmarkStart w:name="z1187" w:id="483"/>
+    <w:bookmarkEnd w:id="503"/>
+    <w:bookmarkStart w:name="z1187" w:id="504"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       428) жер қойнауын пайдалануға арналған келісімшартқа өзгерістер мен толықтырулар енгізу бойынша келіссөздер жүргізу жөніндегі жұмыс тобы туралы ережелерді әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="483"/>
-    <w:bookmarkStart w:name="z1188" w:id="484"/>
+    <w:bookmarkEnd w:id="504"/>
+    <w:bookmarkStart w:name="z1188" w:id="505"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       429) жер қойнауын пайдалануға арналған келісімшартқа өзгерістер мен толықтырулар енгізу бойынша келіссөздер жүргізу жөніндегі жұмыс тобының құрамын бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="484"/>
-    <w:bookmarkStart w:name="z1189" w:id="485"/>
+    <w:bookmarkEnd w:id="505"/>
+    <w:bookmarkStart w:name="z1189" w:id="506"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       430) жер қойнауын пайдалануға арналған келісімшарттың жұмыс бағдарламасы нысандарының мазмұнын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="485"/>
-    <w:bookmarkStart w:name="z1190" w:id="486"/>
+    <w:bookmarkEnd w:id="506"/>
+    <w:bookmarkStart w:name="z1190" w:id="507"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       431) табиғи нысандағы міндеттемелерді орындау қағидаларын әзірлейді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="486"/>
-    <w:bookmarkStart w:name="z1191" w:id="487"/>
+    <w:bookmarkEnd w:id="507"/>
+    <w:bookmarkStart w:name="z1191" w:id="508"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       432) салықтар мен бюджетке төленетін төлемдердің түсуін қамтамасыз ету саласындағы уәкілетті органмен және салық саясаты саласындағы уәкілетті органмен келісу бойынша жер қойнауын пайдалануға арналған келісімшарт, өнімді бөлу туралы келісім (келісімшарт) шеңберінде қызметін Қазақстан Республикасының аумағында жүзеге асыратын, шарттарына сәйкес импортталатын тауарлар қосылған құн салығынан босатылатын салық төлеушілердің тізбесін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="487"/>
-    <w:bookmarkStart w:name="z1192" w:id="488"/>
+    <w:bookmarkEnd w:id="508"/>
+    <w:bookmarkStart w:name="z1192" w:id="509"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       433) салықтар мен бюджетке төленетін төлемдердің түсуін қамтамасыз ету саласындағы уәкілетті органмен және салық саясаты саласындағы уәкілетті органмен келісу бойынша Қазақстан Республикасының аумағынан Еуразиялық экономикалық одаққа мүше басқа мемлекеттердің аумағына тұрақсыз конденсатты өткізу жөніндегі айналымдарына нөлдік мөлшерлеме бойынша қосылған құн салығы салынатын жер қойнауын пайдалануға арналған келісімшарт шеңберінде Қазақстан Республикасының аумағында қызметін жүзеге асыратын салық төлеушілердің тізбесін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="488"/>
-    <w:bookmarkStart w:name="z1193" w:id="489"/>
+    <w:bookmarkEnd w:id="509"/>
+    <w:bookmarkStart w:name="z1193" w:id="510"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       434) салықтар мен бюджетке төленетін төлемдердің түсуін қамтамасыз ету саласындағы уәкілетті органмен және салық саясаты саласындағы уәкілетті органмен келісу бойынша газ саласындағы ынтымақтастық туралы үкіметаралық келісім шеңберінде қызметін жүзеге асыратын салық төлеушілер бұрын Қазақстан Республикасының аумағынан әкеткен және Еуразиялық экономикалық одаққа мүше басқа мемлекеттің аумағында өңделген алыс-беріс шикізатынан алынған қайта өңдеу өнімдерін Еуразиялық экономикалық одаққа мүше басқа мемлекеттің аумағында өткізуі бойынша айналымдарына нөлдік мөлшерлеме бойынша қосылған құн салығы салынатын осы салық төлеушілердің тізбесін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="489"/>
-    <w:bookmarkStart w:name="z1310" w:id="490"/>
+    <w:bookmarkEnd w:id="510"/>
+    <w:bookmarkStart w:name="z1310" w:id="511"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       434-1) салық және бюджетке төленетін төлемдердің түсуін қамтамасыз ету саласындағы басшылықты жүзеге асыратын уәкілетті органмен бірлесіп, салық төлеушінің (салық агентінің) жазбаша рұқсатын алмай, мемлекеттік кіріс органдарының салық төлеуші (салық агенті) туралы салықтық құпияны құрайтын мәліметтерді ұсыну тәртібін, сондай-ақ ұсынылатын деректердің тізбесін әзірлейді және бекітеді; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="490"/>
-    <w:bookmarkStart w:name="z1365" w:id="491"/>
+    <w:bookmarkEnd w:id="511"/>
+    <w:bookmarkStart w:name="z1365" w:id="512"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       434-2) салықтық құпияны құрайтын мәліметтерге қол жеткізе алатын лауазымды адамдардың тізбесін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="491"/>
-    <w:bookmarkStart w:name="z1194" w:id="492"/>
+    <w:bookmarkEnd w:id="512"/>
+    <w:bookmarkStart w:name="z1194" w:id="513"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       435) құбырлар жүйесі арқылы өткізілген тұрақсыз конденсаттың мөлшерін есепке алу аспаптарының көрсеткіштерін алу қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="492"/>
-    <w:bookmarkStart w:name="z1195" w:id="493"/>
+    <w:bookmarkEnd w:id="513"/>
+    <w:bookmarkStart w:name="z1195" w:id="514"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       436) жеңіл көмірсутектердің үлкен фракциясын Қазақстан Республикасының аумағынан тыс жерге өткізуді жүзеге асыруды келіседі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="493"/>
-    <w:bookmarkStart w:name="z1196" w:id="494"/>
+    <w:bookmarkEnd w:id="514"/>
+    <w:bookmarkStart w:name="z1196" w:id="515"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       437) өз құзыреті шегінде көмірсутектер саласындағы құқықтық актілерді әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="494"/>
-    <w:bookmarkStart w:name="z1197" w:id="495"/>
+    <w:bookmarkEnd w:id="515"/>
+    <w:bookmarkStart w:name="z1197" w:id="516"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       438) көмірсутектер бойынша жер қойнауын пайдалану жөніндегі операцияларды реттейді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="495"/>
-    <w:bookmarkStart w:name="z1198" w:id="496"/>
+    <w:bookmarkEnd w:id="516"/>
+    <w:bookmarkStart w:name="z1198" w:id="517"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       439) көмірсутектер бойынша жобалау құжаттары ережелерінің сақталуына мемлекеттік бақылауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="496"/>
-    <w:bookmarkStart w:name="z1199" w:id="497"/>
+    <w:bookmarkEnd w:id="517"/>
+    <w:bookmarkStart w:name="z1199" w:id="518"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       440) мұнайды және шикі газды өндіру мен олардың айналымының бірыңғай дерекқорын жүргізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="497"/>
+    <w:bookmarkEnd w:id="518"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12957,270 +13243,270 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1201" w:id="498"/>
+    <w:bookmarkStart w:name="z1201" w:id="519"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       442) мемлекеттің басым құқығы шеңберінде ұлттық оператор сатып алатын шикі және тауарлық газдың бағасын айқындау қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="498"/>
-    <w:bookmarkStart w:name="z1202" w:id="499"/>
+    <w:bookmarkEnd w:id="519"/>
+    <w:bookmarkStart w:name="z1202" w:id="520"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       443) көмірсутектер бойынша жер қойнауын пайдалану құқығын беруге арналған электрондық аукциондардың операторын айқындайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="499"/>
-    <w:bookmarkStart w:name="z1203" w:id="500"/>
+    <w:bookmarkEnd w:id="520"/>
+    <w:bookmarkStart w:name="z1203" w:id="521"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       444) көмірсутектер бойынша жер қойнауын пайдалану құқығын беруге арналған электрондық аукциондардың операторын айқындау жөніндегі өлшемшартты бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="500"/>
-    <w:bookmarkStart w:name="z1204" w:id="501"/>
+    <w:bookmarkEnd w:id="521"/>
+    <w:bookmarkStart w:name="z1204" w:id="522"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       445) электр станцияларының тізбесіне тұтынушыларды енгізу қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="501"/>
-    <w:bookmarkStart w:name="z1205" w:id="502"/>
+    <w:bookmarkEnd w:id="522"/>
+    <w:bookmarkStart w:name="z1205" w:id="523"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       446) электр станцияларының тізбесін бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="502"/>
-    <w:bookmarkStart w:name="z1206" w:id="503"/>
+    <w:bookmarkEnd w:id="523"/>
+    <w:bookmarkStart w:name="z1206" w:id="524"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       447) мұнай-газ-химия өнімдерін өндіру жөніндегі инвестициялық жобалардың тізбесін қалыптастыру қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="503"/>
-    <w:bookmarkStart w:name="z1207" w:id="504"/>
+    <w:bookmarkEnd w:id="524"/>
+    <w:bookmarkStart w:name="z1207" w:id="525"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       448) өнеркәсіпті мемлекеттік ынталандыру саласындағы уәкілетті органмен, табиғи монополиялардың тиісті салаларында басшылықты жүзеге асыратын уәкілетті органмен және облыстардың, республикалық маңызы бар қалалардың және астананың жергілікті атқарушы органдарымен келісу бойынша мұнай-газ-химия өнімдерін өндіру жөніндегі инвестициялық жобалардың тізбесін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="504"/>
-    <w:bookmarkStart w:name="z1208" w:id="505"/>
+    <w:bookmarkEnd w:id="525"/>
+    <w:bookmarkStart w:name="z1208" w:id="526"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       449) Қазақстан Республикасының Кәсіпкерлік кодексіне сәйкес реттелетін салаларда тексеру және профилактикалық бақылау нысанында мемлекеттік бақылауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="505"/>
-    <w:bookmarkStart w:name="z1209" w:id="506"/>
+    <w:bookmarkEnd w:id="526"/>
+    <w:bookmarkStart w:name="z1209" w:id="527"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       450) Қазақстан Республикасының заңнамасында белгіленген құзыреті шегінде терроризмге қарсы іс-қимылды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="506"/>
-    <w:bookmarkStart w:name="z1210" w:id="507"/>
+    <w:bookmarkEnd w:id="527"/>
+    <w:bookmarkStart w:name="z1210" w:id="528"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       451) Министрліктің бюджеттік бағдарламаларын әзірлейді, бекітеді және қайта бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="507"/>
-    <w:bookmarkStart w:name="z1211" w:id="508"/>
+    <w:bookmarkEnd w:id="528"/>
+    <w:bookmarkStart w:name="z1211" w:id="529"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       452) бюджеттік жоспарлау жөніндегі орталық уәкілетті органмен келісу бойынша зерттеулердің, консалтингтік көрсетілетін қызметтердің және мемлекеттік тапсырманың құнын айқындау жөніндегі қағидаларды әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="508"/>
+    <w:bookmarkEnd w:id="529"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13249,810 +13535,910 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1213" w:id="509"/>
+    <w:bookmarkStart w:name="z1213" w:id="530"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       454) бюджеттік жоспарлау жөніндегі орталық уәкілетті органмен келісу бойынша заттай нормаларды әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="509"/>
-    <w:bookmarkStart w:name="z1214" w:id="510"/>
+    <w:bookmarkEnd w:id="530"/>
+    <w:bookmarkStart w:name="z1214" w:id="531"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       455) қызметінің ерекшелігін ескере отырып және мемлекеттік мекемелерде бухгалтерлік есепке алуды жүргізудің белгіленген тәртібін сақтай отырып, бюджетті атқару жөніндегі орталық уәкілетті органмен келісу бойынша өз жүйесінің мемлекеттік мекемелерінде бухгалтерлік есепке алу жөніндегі жалпы ережелерді қолдану тәртібі туралы нұсқауларды қажет болған жағдайларда шығарады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="510"/>
-    <w:bookmarkStart w:name="z1215" w:id="511"/>
+    <w:bookmarkEnd w:id="531"/>
+    <w:bookmarkStart w:name="z1215" w:id="532"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       456) бюджеттік мониторингті және оның нәтижелері туралы есепті бюджетті атқару жөніндегі уәкілетті органға ұсынуды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="511"/>
-    <w:bookmarkStart w:name="z1216" w:id="512"/>
+    <w:bookmarkEnd w:id="532"/>
+    <w:bookmarkStart w:name="z1216" w:id="533"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       457) тиісті салада мемлекеттік мүлікті басқару жөніндегі мемлекеттік саясатты іске асыруды жүзеге асырады, өз құзыреті шегінде жетекшілік ететін салаларда мемлекеттік мүлікті басқару саласындағы нормативтік құқықтық актілерді әзірлейді, бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="512"/>
-    <w:bookmarkStart w:name="z1217" w:id="513"/>
+    <w:bookmarkEnd w:id="533"/>
+    <w:bookmarkStart w:name="z1217" w:id="534"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       458) "Мемлекеттік мүлік туралы" Қазақстан Республикасының Заңында көзделген жағдайларда ведомстволық бағынысты республикалық мемлекеттік кәсіпорындардың даму жоспарларын және олардың орындалуы жөніндегі есептерді қарайды, келіседі және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="513"/>
-    <w:bookmarkStart w:name="z1218" w:id="514"/>
+    <w:bookmarkEnd w:id="534"/>
+    <w:bookmarkStart w:name="z1218" w:id="535"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       459) өздеріне қатысты Министрлік басқару органы болып табылатын республикалық мемлекеттік кәсіпорындардың, мемлекет бақылайтын акционерлік қоғамдардың және жауапкершілігі шектеулі серіктестіктердің даму жоспарларының орындалуын бақылауды және талдауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="514"/>
-    <w:bookmarkStart w:name="z1219" w:id="515"/>
+    <w:bookmarkEnd w:id="535"/>
+    <w:bookmarkStart w:name="z1219" w:id="536"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       460) ведомстволық бағынысты республикалық заңды тұлғаларды басқаруды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="515"/>
-    <w:bookmarkStart w:name="z1220" w:id="516"/>
+    <w:bookmarkEnd w:id="536"/>
+    <w:bookmarkStart w:name="z1220" w:id="537"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       461) ведомстволық бағыныстағы республикалық мемлекеттік мекемелердің жарғысын (ережесін), оған енгізілетін өзгерістер мен толықтыруларды бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="516"/>
-    <w:bookmarkStart w:name="z1221" w:id="517"/>
+    <w:bookmarkEnd w:id="537"/>
+    <w:bookmarkStart w:name="z1221" w:id="538"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       462) ведомстволық бағынысты республикалық заңды тұлғаның жылдық қаржылық есептілігін бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="517"/>
-    <w:bookmarkStart w:name="z1222" w:id="518"/>
+    <w:bookmarkEnd w:id="538"/>
+    <w:bookmarkStart w:name="z1222" w:id="539"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       463) ведомстволық бағынысты республикалық мемлекеттік мекемелердің филиалдар мен өкілдіктер құруына келісім береді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="518"/>
-    <w:bookmarkStart w:name="z1223" w:id="519"/>
+    <w:bookmarkEnd w:id="539"/>
+    <w:bookmarkStart w:name="z1223" w:id="540"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       464) стратегиялық объектіні сатып алуға басым құқықты іске асыру туралы Қазақстан Республикасының Үкіметі шешімінің жобасын әзірлейді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="519"/>
-    <w:bookmarkStart w:name="z1224" w:id="520"/>
+    <w:bookmarkEnd w:id="540"/>
+    <w:bookmarkStart w:name="z1224" w:id="541"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       465) еңбек жөніндегі уәкілетті мемлекеттік орган белгілеген тәртіппен жетекшілік ететін салаларда мемлекеттік органдарға техникалық қызмет көрсетуді және олардың жұмыс істеуін қамтамасыз ететін жұмыскерлер санының салалық нормативтерін әзірлейді, бекітеді және келіседі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="520"/>
-    <w:bookmarkStart w:name="z1225" w:id="521"/>
+    <w:bookmarkEnd w:id="541"/>
+    <w:bookmarkStart w:name="z1225" w:id="542"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       466) еңбек жөніндегі уәкілетті мемлекеттік органмен келісу бойынша тиісті қызмет салаларының азаматтық қызметшілері лауазымдарының тізілімін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="521"/>
-    <w:bookmarkStart w:name="z1226" w:id="522"/>
+    <w:bookmarkEnd w:id="542"/>
+    <w:bookmarkStart w:name="z1226" w:id="543"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       467) мемлекеттік сатып алуды өткізуді ұйымдастыруды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="522"/>
-    <w:bookmarkStart w:name="z1291" w:id="523"/>
+    <w:bookmarkEnd w:id="543"/>
+    <w:bookmarkStart w:name="z1291" w:id="544"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       467-1) үкіметтік емес ұйымдармен өзара іс-қимыл саласындағы уәкілетті орган айқындайтын тәртіппен мемлекеттік әлеуметтік тапсырысты қалыптастыруды, оның іске асырылу мониторингін және нәтижелерін бағалауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="523"/>
-    <w:bookmarkStart w:name="z1292" w:id="524"/>
+    <w:bookmarkEnd w:id="544"/>
+    <w:bookmarkStart w:name="z1292" w:id="545"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       467-2) үкіметтік емес ұйымдармен өзара іс-қимыл және ынтымақтастық жөнінде кеңес құрады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="524"/>
-    <w:bookmarkStart w:name="z1293" w:id="525"/>
+    <w:bookmarkEnd w:id="545"/>
+    <w:bookmarkStart w:name="z1293" w:id="546"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       467-3) үкіметтік емес ұйымдармен өзара іс-қимыл саласындағы уәкілетті органға мемлекеттік әлеуметтік тапсырыстың іске асырылуы жөнінде ақпарат береді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="525"/>
-    <w:bookmarkStart w:name="z1294" w:id="526"/>
+    <w:bookmarkEnd w:id="546"/>
+    <w:bookmarkStart w:name="z1294" w:id="547"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       467-4) мемлекеттік әлеуметтік тапсырыстың жоспарланатын тақырыптарын және іске асырылуы жөніндегі ақпаратты, сондай-ақ мемлекеттік әлеуметтік тапсырыстың нәтижелерін бағалауды өзінің интернет-ресурсында орналастырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="526"/>
-    <w:bookmarkStart w:name="z1295" w:id="527"/>
+    <w:bookmarkEnd w:id="547"/>
+    <w:bookmarkStart w:name="z1295" w:id="548"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       467-5) мемлекеттік әлеуметтік тапсырысты жүзеге асыратын үкіметтік емес ұйымдарға ақпараттық, консультативтік, әдістемелік қолдау көрсетеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="527"/>
-    <w:bookmarkStart w:name="z1296" w:id="528"/>
+    <w:bookmarkEnd w:id="548"/>
+    <w:bookmarkStart w:name="z1296" w:id="549"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       467-6) өздерінің құзыреті шегінде үкіметтік емес ұйымдарды гранттық қаржыландыру саласындағы оператор арқылы мемлекеттік гранттар береді және оператордың мемлекеттік гранттардың іске асырылу нәтижелері туралы есебін қарайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="528"/>
-    <w:bookmarkStart w:name="z1297" w:id="529"/>
+    <w:bookmarkEnd w:id="549"/>
+    <w:bookmarkStart w:name="z1297" w:id="550"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       467-7) мемлекеттік гранттарды қалыптастыру, беру, мониторингтеу және олардың тиімділігін бағалау қағидаларына сәйкес азаматтық қоғам өкілдерін тарта отырып, мемлекеттік гранттардың тиімділігін бағалауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="529"/>
-    <w:bookmarkStart w:name="z1298" w:id="530"/>
+    <w:bookmarkEnd w:id="550"/>
+    <w:bookmarkStart w:name="z1298" w:id="551"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       467-8) үкіметтік емес ұйымдармен өзара іс-қимыл саласындағы уәкілетті орган жанындағы Үкіметтік емес ұйымдармен өзара іс-қимыл жөніндегі үйлестіру кеңесінің ұсынымдары негізінде бағыттары мен қаржыландыру көлемі бойынша мемлекеттік гранттарды қалыптастырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="530"/>
-    <w:bookmarkStart w:name="z1299" w:id="531"/>
+    <w:bookmarkEnd w:id="551"/>
+    <w:bookmarkStart w:name="z1299" w:id="552"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       467-9) стратегиялық әріптестерді конкурстық іріктеуді жүргізеді және стратегиялық әріптестікті іске асыруға арналған мемлекеттік тапсырысты жүзеге асыру қағидаларына сәйкес олармен шарттар жасасады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="531"/>
-    <w:bookmarkStart w:name="z1300" w:id="532"/>
+    <w:bookmarkEnd w:id="552"/>
+    <w:bookmarkStart w:name="z1300" w:id="553"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       467-10) стратегиялық әріптестердің жасалған шарттарға және стратегиялық әріптестікті іске асыруға арналған мемлекеттік тапсырысты жүзеге асыру қағидаларына сәйкес міндеттемелерді орындауын бағалауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="532"/>
-    <w:bookmarkStart w:name="z1302" w:id="533"/>
+    <w:bookmarkEnd w:id="553"/>
+    <w:bookmarkStart w:name="z1302" w:id="554"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       467-11) жыл сайын 1 желтоқсанға дейін үкіметтік емес ұйымдармен өзара іс-қимыл саласындағы уәкілетті органға стратегиялық әріптестікті іске асыруға арналған мемлекеттік тапсырысты жүзеге асыру қағидаларына сәйкес стратегиялық әріптестікті іске асыруға арналған мемлекеттік тапсырыстың нәтижелері туралы ақпарат ұсынады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="533"/>
-    <w:bookmarkStart w:name="z1361" w:id="534"/>
+    <w:bookmarkEnd w:id="554"/>
+    <w:bookmarkStart w:name="z1361" w:id="555"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       467-12) арнайы құқық субъектісі өндіретін және (немесе) өткізетін тауарлардың (жұмыстардың, көрсетілетін қызметтердің) бағаларын монополияға қарсы органмен келісу бойынша белгілейді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="534"/>
-    <w:bookmarkStart w:name="z1382" w:id="535"/>
+    <w:bookmarkEnd w:id="555"/>
+    <w:bookmarkStart w:name="z1382" w:id="556"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       467-13) цифрлық трансформациялауды жүргізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="535"/>
-    <w:bookmarkStart w:name="z1383" w:id="536"/>
+    <w:bookmarkEnd w:id="556"/>
+    <w:bookmarkStart w:name="z1383" w:id="557"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       467-14) кәсіптік біліктілікті тану саласындағы уәкілетті орган айқындаған тәртіппен кәсіптік біліктілік жөніндегі салалық кеңестер құрады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="536"/>
-    <w:bookmarkStart w:name="z1384" w:id="537"/>
+    <w:bookmarkEnd w:id="557"/>
+    <w:bookmarkStart w:name="z1384" w:id="558"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       467-15) кәсіптік біліктілікті тану саласындағы уәкілетті орган бекіткен кәсіптік біліктілік жөніндегі салалық кеңестер туралы үлгілік ереженің негізінде кәсіптік біліктілік жөніндегі салалық кеңестер туралы ережелерді әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="537"/>
-    <w:bookmarkStart w:name="z1385" w:id="538"/>
+    <w:bookmarkEnd w:id="558"/>
+    <w:bookmarkStart w:name="z1385" w:id="559"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       467-16) кәсіптік біліктілікті тану саласындағы уәкілетті орган айқындаған тәртіппен салалық біліктілік шеңберлерін әзірлейді және (немесе) жаңартады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="538"/>
-    <w:bookmarkStart w:name="z1386" w:id="539"/>
+    <w:bookmarkEnd w:id="559"/>
+    <w:bookmarkStart w:name="z1386" w:id="560"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       467-17) реттелетін салалардағы кәсіптік стандарттарды әзірлейді және (немесе) жаңартады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="539"/>
-    <w:bookmarkStart w:name="z1387" w:id="540"/>
+    <w:bookmarkEnd w:id="560"/>
+    <w:bookmarkStart w:name="z1387" w:id="561"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       467-18) кәсіптік біліктілік жөніндегі салалық кеңеспен және кәсіптік біліктілікті тану саласындағы уәкілетті органмен келісу бойынша кәсіптік стандарттарды бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="540"/>
-    <w:bookmarkStart w:name="z1388" w:id="541"/>
+    <w:bookmarkEnd w:id="561"/>
+    <w:bookmarkStart w:name="z1388" w:id="562"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       467-19) кәсіптік біліктілікті тану саласындағы уәкілетті органға кәсіптер тізіліміне өзгерістер мен толықтырулар енгізу жөнінде ұсыныстар енгізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="541"/>
-    <w:bookmarkStart w:name="z1389" w:id="542"/>
+    <w:bookmarkEnd w:id="562"/>
+    <w:bookmarkStart w:name="z1389" w:id="563"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       467-20) кәсіптік стандарттарды әзірлеу және (немесе) жаңарту жөнінде ұсыныстар әзірлейді және оларды кәсіптік біліктілікті тану саласындағы уәкілетті органға жібереді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="542"/>
-    <w:bookmarkStart w:name="z1390" w:id="543"/>
+    <w:bookmarkEnd w:id="563"/>
+    <w:bookmarkStart w:name="z1390" w:id="564"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       467-21) облыстардың, республикалық маңызы бар қалалардың және астананың жергілікті атқарушы органдарымен келісу бойынша ағымдағы және болашақ кезеңдерде кәсіптердің өзектілігін ескере отырып, еңбек нарығының кәсіптік біліктілікті танудағы қажеттілігін қалыптастырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="543"/>
-    <w:bookmarkStart w:name="z1391" w:id="544"/>
+    <w:bookmarkEnd w:id="564"/>
+    <w:bookmarkStart w:name="z1391" w:id="565"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       467-22) кәсіптік біліктілікті тану саласындағы уәкілетті органға кәсіптік біліктілікті тану шарттары бойынша ұсыныстар енгізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="544"/>
-    <w:bookmarkStart w:name="z1392" w:id="545"/>
+    <w:bookmarkEnd w:id="565"/>
+    <w:bookmarkStart w:name="z1392" w:id="566"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       467-23) еңбек жөніндегі уәкілетті мемлекеттік органмен келісу бойынша ол белгілеген тәртіппен қызметтің реттелетін салаларындағы ұйымдардың еңбек жөніндегі үлгілік нормалары мен нормативтерін бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="545"/>
-    <w:bookmarkStart w:name="z1227" w:id="546"/>
+    <w:bookmarkEnd w:id="566"/>
+    <w:bookmarkStart w:name="z1454" w:id="567"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      467-24) отын-энергетика кешені саласындағы ақпараттық-коммуникациялық инфрақұрылым операторын айқындайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="567"/>
+    <w:bookmarkStart w:name="z1455" w:id="568"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      467-25) отын-энергетика кешені саласындағы ақпараттық қауіпсіздікті қамтамасыз ету үшін тәртіпті белгілейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="568"/>
+    <w:bookmarkStart w:name="z1456" w:id="569"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      467-26) отын-энергетика кешені саласындағы ақпараттық қауіпсіздіктің салалық орталығын айқындайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="569"/>
+    <w:bookmarkStart w:name="z1474" w:id="570"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      467-27) көлеңкелі экономикаға қарсы іс-қимыл жөніндегі мемлекеттік саясатты қалыптастыруға қатысады және шаралар қабылдайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="570"/>
+    <w:bookmarkStart w:name="z1475" w:id="571"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      467-28) қазақстандық тауар өндірушілер тізіліміне енгізу үшін өтініш берушілердің өндірісін бағалауға қатысады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="571"/>
+    <w:bookmarkStart w:name="z1227" w:id="572"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       468) заңнамалық актілерде, Қазақстан Республикасы Президентінің және Қазақстан Республикасы Үкіметінің актілерінде көзделген өзге де өкілеттіктерді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="546"/>
+    <w:bookmarkEnd w:id="572"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -14454,597 +14840,657 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз); 04.08.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 588</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">; 21.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 884</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-т.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараңыз); 21.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 885</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> қаулыларымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1228" w:id="547"/>
+    <w:bookmarkStart w:name="z1228" w:id="573"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Министрліктің бірінші басшысының мәртебесі, өкілеттіктері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="547"/>
-    <w:bookmarkStart w:name="z1229" w:id="548"/>
+    <w:bookmarkEnd w:id="573"/>
+    <w:bookmarkStart w:name="z1229" w:id="574"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Министрлікті басқаруды бірінші басшы жүзеге асырады, ол Министрлікке жүктелген міндеттердің орындалуына және оның өз өкілеттіктерін жүзеге асыруына дербес жауаптылықта болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="548"/>
-    <w:bookmarkStart w:name="z1230" w:id="549"/>
+    <w:bookmarkEnd w:id="574"/>
+    <w:bookmarkStart w:name="z1230" w:id="575"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Министрліктің бірінші басшысы Қазақстан Республикасының заңнамасына сәйкес лауазымға тағайындалады және лауазымнан босатылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="549"/>
-    <w:bookmarkStart w:name="z1231" w:id="550"/>
+    <w:bookmarkEnd w:id="575"/>
+    <w:bookmarkStart w:name="z1231" w:id="576"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Министрліктің бірінші басшысының Қазақстан Республикасының заңнамасына сәйкес лауазымға тағайындалатын және лауазымнан босатылатын орынбасарлары болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="550"/>
-    <w:bookmarkStart w:name="z1232" w:id="551"/>
+    <w:bookmarkEnd w:id="576"/>
+    <w:bookmarkStart w:name="z1232" w:id="577"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Министрліктің бірінші басшысының өкілеттіктері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="551"/>
-    <w:bookmarkStart w:name="z1233" w:id="552"/>
+    <w:bookmarkEnd w:id="577"/>
+    <w:bookmarkStart w:name="z1233" w:id="578"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Министрлік реттейтін салалардағы мемлекеттік саясатты қалыптастыру жөнінде ұсыныстар тұжырымдайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="552"/>
-    <w:bookmarkStart w:name="z1234" w:id="553"/>
+    <w:bookmarkEnd w:id="578"/>
+    <w:bookmarkStart w:name="z1234" w:id="579"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) өз қызметінде өзінің бақылауында болатын комитеттердің басшыларын лауазымға тағайындайды және лауазымнан босатады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="553"/>
-    <w:bookmarkStart w:name="z1235" w:id="554"/>
+    <w:bookmarkEnd w:id="579"/>
+    <w:bookmarkStart w:name="z1235" w:id="580"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) Қазақстан Республикасының Парламентінде, өзге де мемлекеттік органдар мен ұйымдарда Министрлік атынан өкілдік етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="554"/>
-    <w:bookmarkStart w:name="z1236" w:id="555"/>
+    <w:bookmarkEnd w:id="580"/>
+    <w:bookmarkStart w:name="z1236" w:id="581"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) Министрдің бұйрықтарына қол қояды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="555"/>
-    <w:bookmarkStart w:name="z1237" w:id="556"/>
+    <w:bookmarkEnd w:id="581"/>
+    <w:bookmarkStart w:name="z1237" w:id="582"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) Министрліктің жұмыс регламентін бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="556"/>
-    <w:bookmarkStart w:name="z1238" w:id="557"/>
+    <w:bookmarkEnd w:id="582"/>
+    <w:bookmarkStart w:name="z1238" w:id="583"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) Министрлікке келісуге келіп түскен нормативтік құқықтық актілердің жобаларын келіседі және бұрыштама қояды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="557"/>
-    <w:bookmarkStart w:name="z1239" w:id="558"/>
+    <w:bookmarkEnd w:id="583"/>
+    <w:bookmarkStart w:name="z1239" w:id="584"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) ведомстволар актілерінің күшін жояды немесе толық немесе ішінара тоқтата тұрады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="558"/>
-    <w:bookmarkStart w:name="z1240" w:id="559"/>
+    <w:bookmarkEnd w:id="584"/>
+    <w:bookmarkStart w:name="z1240" w:id="585"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) Министрлікте сыбайлас жемқорлыққа қарсы күрес бойынша шаралар қабылдайды және ол үшін дербес жауаптылықта болады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="559"/>
-    <w:bookmarkStart w:name="z1241" w:id="560"/>
+    <w:bookmarkEnd w:id="585"/>
+    <w:bookmarkStart w:name="z1241" w:id="586"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) тиісті Үкімет шешімі қабылданған жағдайда жарғылық капиталына мемлекет тікелей және жанама қатысатын, коммерциялық ұйымның басшы органының немесе байқаушы кеңесінің құрамына кіреді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="560"/>
-    <w:bookmarkStart w:name="z1242" w:id="561"/>
+    <w:bookmarkEnd w:id="586"/>
+    <w:bookmarkStart w:name="z1242" w:id="587"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) өз құзыретіне жатқызылған басқа да мәселелер бойынша шешімдер қабылдайды және Қазақстан Республикасының заңнамалық актілеріне сәйкес өзге де өкілеттіктерді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="561"/>
-    <w:bookmarkStart w:name="z1243" w:id="562"/>
+    <w:bookmarkEnd w:id="587"/>
+    <w:bookmarkStart w:name="z1243" w:id="588"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Министрліктің бірінші басшысы болмаған кезеңде оның өкілеттіктерін Қазақстан Республикасының қолданыстағы заңнамасына сәйкес оны алмастыратын тұлға жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="562"/>
-    <w:bookmarkStart w:name="z1244" w:id="563"/>
+    <w:bookmarkEnd w:id="588"/>
+    <w:bookmarkStart w:name="z1244" w:id="589"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Бірінші басшы Қазақстан Республикасының қолданыстағы заңнамасына сәйкес өз орынбасарларының өкілеттіктерін айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="563"/>
-    <w:bookmarkStart w:name="z1245" w:id="564"/>
+    <w:bookmarkEnd w:id="589"/>
+    <w:bookmarkStart w:name="z1245" w:id="590"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Министрліктің аппаратын Қазақстан Республикасының қолданыстағы заңнамасына сәйкес лауазымға тағайындалатын және лауазымнан босатылатын аппарат басшысы басқарады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="564"/>
-    <w:bookmarkStart w:name="z1246" w:id="565"/>
+    <w:bookmarkEnd w:id="590"/>
+    <w:bookmarkStart w:name="z1246" w:id="591"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Аппарат басшысы аумақтық органдар басшыларының орынбасарларын лауазымға тағайындайды және лауазымнан босатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="565"/>
-    <w:bookmarkStart w:name="z1247" w:id="566"/>
+    <w:bookmarkEnd w:id="591"/>
+    <w:bookmarkStart w:name="z1247" w:id="592"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Министрліктің мүлкі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="566"/>
-    <w:bookmarkStart w:name="z1248" w:id="567"/>
+    <w:bookmarkEnd w:id="592"/>
+    <w:bookmarkStart w:name="z1248" w:id="593"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Министрліктің заңнамада көзделген жағдайларда жедел басқару құқығында оқшауланған мүлкі болуы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="567"/>
+    <w:bookmarkEnd w:id="593"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Министрліктің мүлкі оған меншік иесі берген мүлік, сондай-ақ өз қызметі нәтижесінде сатып алынған мүлік (ақшалай кірістерді қоса алғанда) және Қазақстан Республикасының заңнамасында тыйым салынбаған өзге де көздер есебінен қалыптастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1249" w:id="568"/>
+    <w:bookmarkStart w:name="z1249" w:id="594"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Министрлікке бекітіп берілген мүлік республикалық меншікке жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="568"/>
-    <w:bookmarkStart w:name="z1250" w:id="569"/>
+    <w:bookmarkEnd w:id="594"/>
+    <w:bookmarkStart w:name="z1250" w:id="595"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Егер заңнамада өзгеше белгіленбесе, Министрлік өзіне бекітіп берілген мүлікті және қаржыландыру жоспары бойынша өзіне берілген қаражат есебінен сатып алынған мүлікті өз бетімен иеліктен шығаруға немесе оған өзгедей тәсілмен билік етуге құқылы емес.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="569"/>
-    <w:bookmarkStart w:name="z1251" w:id="570"/>
+    <w:bookmarkEnd w:id="595"/>
+    <w:bookmarkStart w:name="z1251" w:id="596"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-тарау. Министрлікті қайта ұйымдастыру және тарату</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="570"/>
-    <w:bookmarkStart w:name="z1252" w:id="571"/>
+    <w:bookmarkEnd w:id="596"/>
+    <w:bookmarkStart w:name="z1252" w:id="597"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. Министрлікті қайта ұйымдастыру және тарату Қазақстан Республикасының заңнамасына сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="571"/>
-    <w:bookmarkStart w:name="z1253" w:id="572"/>
+    <w:bookmarkEnd w:id="597"/>
+    <w:bookmarkStart w:name="z1253" w:id="598"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министрліктің қарамағындағы ұйымдардың тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="572"/>
+    <w:bookmarkEnd w:id="598"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Тізбеге өзгерістер енгізілді - ҚР Үкіметінің 21.11.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -15079,110 +15525,110 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">; 04.08.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 588</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулыларымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1254" w:id="573"/>
+    <w:bookmarkStart w:name="z1254" w:id="599"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. "Қазақстан Республикасының отын-энергетикалық кешенінің ахуалдық-талдамалық орталығы" акционерлік қоғамы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="573"/>
-    <w:bookmarkStart w:name="z1255" w:id="574"/>
+    <w:bookmarkEnd w:id="599"/>
+    <w:bookmarkStart w:name="z1255" w:id="600"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. "Достық Энерго" акционерлік қоғамы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="574"/>
-    <w:bookmarkStart w:name="z1256" w:id="575"/>
+    <w:bookmarkEnd w:id="600"/>
+    <w:bookmarkStart w:name="z1256" w:id="601"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. "Ұлттық индустриялық мұнай-химия технопаркі" арнайы экономикалық аймағының басқарушы компаниясы" акционерлік қоғамы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="575"/>
+    <w:bookmarkEnd w:id="601"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -15211,70 +15657,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1258" w:id="576"/>
+    <w:bookmarkStart w:name="z1258" w:id="602"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. "Электр энергиясы мен қуаты рыногының қазақстандық операторы" акционерлік қоғамы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="576"/>
+    <w:bookmarkEnd w:id="602"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -15357,624 +15803,624 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1261" w:id="577"/>
+    <w:bookmarkStart w:name="z1261" w:id="603"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. "Жаңартылатын энергия көздерін қолдау жөніндегі қаржы-есеп айырысу орталығы" жауапкершілігі шектеулі серіктестігі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="577"/>
-    <w:bookmarkStart w:name="z1262" w:id="578"/>
+    <w:bookmarkEnd w:id="603"/>
+    <w:bookmarkStart w:name="z1262" w:id="604"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министрліктің қарамағындағы аумақтық органдардың және оның ведомствосының аумақтық бөлімшелерінің тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="578"/>
+    <w:bookmarkEnd w:id="604"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Тізбе жаңа редакцияда - ҚР Үкіметінің 04.08.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 588</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1431" w:id="579"/>
+    <w:bookmarkStart w:name="z1431" w:id="605"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. "Қазақстан Республикасы Энергетика министрлігінің мұнай-газ кешеніндегі мемлекеттік инспекциясының батыс өңіраралық басқармасы" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="579"/>
-    <w:bookmarkStart w:name="z1432" w:id="580"/>
+    <w:bookmarkEnd w:id="605"/>
+    <w:bookmarkStart w:name="z1432" w:id="606"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. "Қазақстан Республикасы Энергетика министрлігінің мұнай-газ кешеніндегі мемлекеттік инспекциясының оңтүстік өңіраралық басқармасы" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="580"/>
-    <w:bookmarkStart w:name="z1433" w:id="581"/>
+    <w:bookmarkEnd w:id="606"/>
+    <w:bookmarkStart w:name="z1433" w:id="607"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. "Қазақстан Республикасы Энергетика министрлігінің Мемлекеттік энергетикалық қадағалау және бақылау комитетінің Ақмола облысы бойынша аумақтық департаменті" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="581"/>
-    <w:bookmarkStart w:name="z1434" w:id="582"/>
+    <w:bookmarkEnd w:id="607"/>
+    <w:bookmarkStart w:name="z1434" w:id="608"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. "Қазақстан Республикасы Энергетика министрлігінің Мемлекеттік энергетикалық қадағалау және бақылау комитетінің Ақтөбе облысы бойынша аумақтық департаменті" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="582"/>
-    <w:bookmarkStart w:name="z1435" w:id="583"/>
+    <w:bookmarkEnd w:id="608"/>
+    <w:bookmarkStart w:name="z1435" w:id="609"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. "Қазақстан Республикасы Энергетика министрлігінің Мемлекеттік энергетикалық қадағалау және бақылау комитетінің Алматы облысы бойынша аумақтық департаменті" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="583"/>
-    <w:bookmarkStart w:name="z1436" w:id="584"/>
+    <w:bookmarkEnd w:id="609"/>
+    <w:bookmarkStart w:name="z1436" w:id="610"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. "Қазақстан Республикасы Энергетика министрлігінің Мемлекеттік энергетикалық қадағалау және бақылау комитетінің Атырау облысы бойынша аумақтық департаменті" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="584"/>
-    <w:bookmarkStart w:name="z1437" w:id="585"/>
+    <w:bookmarkEnd w:id="610"/>
+    <w:bookmarkStart w:name="z1437" w:id="611"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. "Қазақстан Республикасы Энергетика министрлігінің Мемлекеттік энергетикалық қадағалау және бақылау комитетінің Шығыс Қазақстан облысы бойынша аумақтық департаменті" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="585"/>
-    <w:bookmarkStart w:name="z1438" w:id="586"/>
+    <w:bookmarkEnd w:id="611"/>
+    <w:bookmarkStart w:name="z1438" w:id="612"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. "Қазақстан Республикасы Энергетика министрлігінің Мемлекеттік энергетикалық қадағалау және бақылау комитетінің Жамбыл облысы бойынша аумақтық департаменті" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="586"/>
-    <w:bookmarkStart w:name="z1439" w:id="587"/>
+    <w:bookmarkEnd w:id="612"/>
+    <w:bookmarkStart w:name="z1439" w:id="613"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. "Қазақстан Республикасы Энергетика министрлігінің Мемлекеттік энергетикалық қадағалау және бақылау комитетінің Батыс Қазақстан облысы бойынша аумақтық департаменті" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="587"/>
-    <w:bookmarkStart w:name="z1440" w:id="588"/>
+    <w:bookmarkEnd w:id="613"/>
+    <w:bookmarkStart w:name="z1440" w:id="614"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. "Қазақстан Республикасы Энергетика министрлігінің Мемлекеттік энергетикалық қадағалау және бақылау комитетінің Қарағанды облысы бойынша аумақтық департаменті" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="588"/>
-    <w:bookmarkStart w:name="z1441" w:id="589"/>
+    <w:bookmarkEnd w:id="614"/>
+    <w:bookmarkStart w:name="z1441" w:id="615"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. "Қазақстан Республикасы Энергетика министрлігінің Мемлекеттік энергетикалық қадағалау және бақылау комитетінің Қостанай облысы бойынша аумақтық департаменті" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="589"/>
-    <w:bookmarkStart w:name="z1442" w:id="590"/>
+    <w:bookmarkEnd w:id="615"/>
+    <w:bookmarkStart w:name="z1442" w:id="616"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. "Қазақстан Республикасы Энергетика министрлігінің Мемлекеттік энергетикалық қадағалау және бақылау комитетінің Қызылорда облысы бойынша аумақтық департаменті" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="590"/>
-    <w:bookmarkStart w:name="z1443" w:id="591"/>
+    <w:bookmarkEnd w:id="616"/>
+    <w:bookmarkStart w:name="z1443" w:id="617"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. "Қазақстан Республикасы Энергетика министрлігінің Мемлекеттік энергетикалық қадағалау және бақылау комитетінің Маңғыстау облысы бойынша аумақтық департаменті" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="591"/>
-    <w:bookmarkStart w:name="z1444" w:id="592"/>
+    <w:bookmarkEnd w:id="617"/>
+    <w:bookmarkStart w:name="z1444" w:id="618"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. "Қазақстан Республикасы Энергетика министрлігінің Мемлекеттік энергетикалық қадағалау және бақылау комитетінің Павлодар облысы бойынша аумақтық департаменті" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="592"/>
-    <w:bookmarkStart w:name="z1445" w:id="593"/>
+    <w:bookmarkEnd w:id="618"/>
+    <w:bookmarkStart w:name="z1445" w:id="619"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. "Қазақстан Республикасы Энергетика министрлігінің Мемлекеттік энергетикалық қадағалау және бақылау комитетінің Солтүстік Қазақстан облысы бойынша аумақтық департаменті" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="593"/>
-    <w:bookmarkStart w:name="z1446" w:id="594"/>
+    <w:bookmarkEnd w:id="619"/>
+    <w:bookmarkStart w:name="z1446" w:id="620"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. "Қазақстан Республикасы Энергетика министрлігінің Мемлекеттік энергетикалық қадағалау және бақылау комитетінің Түркістан облысы бойынша аумақтық департаменті" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="594"/>
-    <w:bookmarkStart w:name="z1447" w:id="595"/>
+    <w:bookmarkEnd w:id="620"/>
+    <w:bookmarkStart w:name="z1447" w:id="621"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. "Қазақстан Республикасы Энергетика министрлігінің Мемлекеттік энергетикалық қадағалау және бақылау комитетінің Астана қаласы бойынша аумақтық департаменті" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="595"/>
-    <w:bookmarkStart w:name="z1448" w:id="596"/>
+    <w:bookmarkEnd w:id="621"/>
+    <w:bookmarkStart w:name="z1448" w:id="622"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. "Қазақстан Республикасы Энергетика министрлігінің Мемлекеттік энергетикалық қадағалау және бақылау комитетінің Алматы қаласы бойынша аумақтық департаменті" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="596"/>
-    <w:bookmarkStart w:name="z1449" w:id="597"/>
+    <w:bookmarkEnd w:id="622"/>
+    <w:bookmarkStart w:name="z1449" w:id="623"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. "Қазақстан Республикасы Энергетика министрлігінің Мемлекеттік энергетикалық қадағалау және бақылау комитетінің Шымкент қаласы бойынша аумақтық департаменті" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="597"/>
-    <w:bookmarkStart w:name="z1450" w:id="598"/>
+    <w:bookmarkEnd w:id="623"/>
+    <w:bookmarkStart w:name="z1450" w:id="624"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. "Қазақстан Республикасы Энергетика министрлігінің Мемлекеттік энергетикалық қадағалау және бақылау комитетінің Абай облысы бойынша аумақтық департаменті" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="598"/>
-    <w:bookmarkStart w:name="z1451" w:id="599"/>
+    <w:bookmarkEnd w:id="624"/>
+    <w:bookmarkStart w:name="z1451" w:id="625"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. "Қазақстан Республикасы Энергетика министрлігінің Мемлекеттік энергетикалық қадағалау және бақылау комитетінің Жетісу облысы бойынша аумақтық департаменті" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="599"/>
-    <w:bookmarkStart w:name="z1452" w:id="600"/>
+    <w:bookmarkEnd w:id="625"/>
+    <w:bookmarkStart w:name="z1452" w:id="626"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. "Қазақстан Республикасы Энергетика министрлігінің Мемлекеттік энергетикалық қадағалау және бақылау комитетінің Ұлытау облысы бойынша аумақтық департаменті" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="600"/>
-    <w:bookmarkStart w:name="z1282" w:id="601"/>
+    <w:bookmarkEnd w:id="626"/>
+    <w:bookmarkStart w:name="z1282" w:id="627"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министрліктің мемлекеттік мекемелерінің тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="601"/>
-    <w:bookmarkStart w:name="z1283" w:id="602"/>
+    <w:bookmarkEnd w:id="627"/>
+    <w:bookmarkStart w:name="z1283" w:id="628"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Капиталмұнайгаз" мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="602"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z576" w:id="603"/>
+    <w:bookmarkEnd w:id="628"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z576" w:id="629"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="603"/>
+    <w:bookmarkEnd w:id="629"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Үкіметінің</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -15999,198 +16445,198 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 994 қаулысымен</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бекітілген</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z577" w:id="604"/>
+    <w:bookmarkStart w:name="z577" w:id="630"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Үкіметінің кейбір шешімдеріне енгізілетін өзгерістер мен толықтырулар</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="604"/>
-    <w:bookmarkStart w:name="z578" w:id="605"/>
+    <w:bookmarkEnd w:id="630"/>
+    <w:bookmarkStart w:name="z578" w:id="631"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Республикалық меншіктегі ұйымдар акцияларының мемлекеттік пакеттері мен мемлекеттік үлестеріне иелік ету және пайдалану жөніндегі құқықтарды беру туралы" Қазақстан Республикасы Үкіметінің 1999 жылғы 27 мамырдағы № 659 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="605"/>
-    <w:bookmarkStart w:name="z579" w:id="606"/>
+    <w:bookmarkEnd w:id="631"/>
+    <w:bookmarkStart w:name="z579" w:id="632"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       иелік ету және пайдалану құқығы салалық министрліктерге, өзге де мемлекеттік органдарға берілетін республикалық меншік ұйымдарындағы акциялардың мемлекеттік пакеттерінің және қатысудың мемлекеттік үлестерінің тізбесінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="606"/>
-    <w:bookmarkStart w:name="z580" w:id="607"/>
+    <w:bookmarkEnd w:id="632"/>
+    <w:bookmarkStart w:name="z580" w:id="633"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Қазақстан Республикасы Мұнай және газ министрлігіне" деген бөлімнің тақырыбы мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="607"/>
+    <w:bookmarkEnd w:id="633"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Қазақстан Республикасы Энергетика министрлігіне";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z581" w:id="608"/>
+    <w:bookmarkStart w:name="z581" w:id="634"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мынадай мазмұндағы реттік нөмірлері 20-7, 20-8, 20-9, 20-10, 20-11-жолдармен толықтырылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="608"/>
+    <w:bookmarkEnd w:id="634"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "20-7. "Достық Энерго" акционерлік қоғамы".</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -16237,110 +16683,110 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20-10. "Жасыл даму" акционерлік қоғамы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20-11. "Ядролық технологиялар паркі" акционерлік қоғамы";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z582" w:id="609"/>
+    <w:bookmarkStart w:name="z582" w:id="635"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Қазақстан Республикасы Индустрия және жаңа технологиялар министрлігіне" деген бөлім және реттік нөмірі 237-45-жол алып тасталсын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="609"/>
-    <w:bookmarkStart w:name="z583" w:id="610"/>
+    <w:bookmarkEnd w:id="635"/>
+    <w:bookmarkStart w:name="z583" w:id="636"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Қазақстан Республикасы Қоршаған орта және су ресурстары министрлігіне" деген бөлім және реттік нөмірлері 300, 300-1, 300-2-жолдар алып тасталсын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="610"/>
-    <w:bookmarkStart w:name="z584" w:id="611"/>
+    <w:bookmarkEnd w:id="636"/>
+    <w:bookmarkStart w:name="z584" w:id="637"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Қазақстан Республикасы Индустрия және жаңа технологиялар министрлігінің Атом энергиясы комитетіне" деген бөлім және реттік нөмірі 310-жол алып тасталсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="611"/>
+    <w:bookmarkEnd w:id="637"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -16498,70 +16944,70 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z599" w:id="612"/>
+          <w:bookmarkStart w:name="z599" w:id="638"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қазақстан Республикасы</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="612"/>
+          <w:bookmarkEnd w:id="638"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Үкіметінің</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -16599,1467 +17045,425 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z600" w:id="613"/>
+      <w:bookmarkStart w:name="z600" w:id="639"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Индустрия және жаңа технологиялар</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="613"/>
+    <w:bookmarkEnd w:id="639"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>министрлігінің Мемлекеттік энергетикалық қадағалау және бақылау</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>комитетінің қайта аталатын мемлекеттік мекемелері - аумақтық органдарының тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z601" w:id="614"/>
+    <w:bookmarkStart w:name="z601" w:id="640"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Қазақстан Республикасы Индустрия және жаңа технологиялар министрлігі Мемлекеттік энергетикалық қадағалау және бақылау комитетінің Ақмола облысы бойынша аумақтық департамент Қазақстан Республикасы Энергетика министрлігінің Атомдық және энергетикалық қадағалау мен бақылау комитетінің Ақмола облысы бойынша аумақтық департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="614"/>
-    <w:bookmarkStart w:name="z602" w:id="615"/>
+    <w:bookmarkEnd w:id="640"/>
+    <w:bookmarkStart w:name="z602" w:id="641"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасы Индустрия және жаңа технологиялар министрлігі Мемлекеттік энергетикалық қадағалау және бақылау комитетінің Ақтөбе облысы бойынша аумақтық департаменті Қазақстан Республикасы Энергетика министрлігінің Атомдық және энергетикалық қадағалау мен бақылау комитетінің Ақтөбе облысы бойынша аумақтық департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="615"/>
-    <w:bookmarkStart w:name="z603" w:id="616"/>
+    <w:bookmarkEnd w:id="641"/>
+    <w:bookmarkStart w:name="z603" w:id="642"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Қазақстан Республикасы Индустрия және жаңа технологиялар министрлігі Мемлекеттік энергетикалық қадағалау және бақылау комитетінің Алматы облысы бойынша аумақтық департамента Қазақстан Республикасы Энергетика министрлігінің Атомдық және энергетикалық қадағалау мен бақылау комитетінің Алматы облысы бойынша аумақтық департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="616"/>
-    <w:bookmarkStart w:name="z604" w:id="617"/>
+    <w:bookmarkEnd w:id="642"/>
+    <w:bookmarkStart w:name="z604" w:id="643"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Қазақстан Республикасы Индустрия және жаңа технологиялар министрлігі Мемлекеттік энергетикалық қадағалау және бақылау комитетінің Атырау облысы бойынша аумақтық департамента Қазақстан Республикасы Энергетика министрлігінің Атомдық және энергетикалық қадағалау мен бақылау комитетінің Атырау облысы бойынша аумақтық департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="617"/>
-    <w:bookmarkStart w:name="z605" w:id="618"/>
+    <w:bookmarkEnd w:id="643"/>
+    <w:bookmarkStart w:name="z605" w:id="644"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Қазақстан Республикасы Индустрия және жаңа технологиялар министрлігі Мемлекеттік энергетикалық қадағалау және бақылау комитетінің Шығыс Қазақстан облысы бойынша аумақтық департамента Қазақстан Республикасы Энергетика министрлігінің Атомдық және энергетикалық қадағалау мен бақылау комитетінің Шығыс Қазақстан облысы бойынша аумақтық департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="618"/>
-    <w:bookmarkStart w:name="z606" w:id="619"/>
+    <w:bookmarkEnd w:id="644"/>
+    <w:bookmarkStart w:name="z606" w:id="645"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Қазақстан Республикасы Индустрия және жаңа технологиялар министрлігі Мемлекеттік энергетикалық қадағалау және бақылау комитетінің Жамбыл облысы бойынша аумақтық департамента Қазақстан Республикасы Энергетика министрлігінің Атомдық және энергетикалық қадағалау мен бақылау комитетінің Жамбыл облысы бойынша аумақтық департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="619"/>
-    <w:bookmarkStart w:name="z607" w:id="620"/>
+    <w:bookmarkEnd w:id="645"/>
+    <w:bookmarkStart w:name="z607" w:id="646"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Қазақстан Республикасы Индустрия және жаңа технологиялар министрлігі Мемлекеттік энергетикалық қадағалау және бақылау комитетінің Батыс Қазақстан облысы бойынша аумақтық департаменте Қазақстан Республикасы Энергетика министрлігінің Атомдық және энергетикалық қадағалау мен бақылау комитетінің Батыс Қазақстан облысы бойынша аумақтық департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="620"/>
-    <w:bookmarkStart w:name="z608" w:id="621"/>
+    <w:bookmarkEnd w:id="646"/>
+    <w:bookmarkStart w:name="z608" w:id="647"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Қазақстан Республикасы Индустрия және жаңа технологиялар министрлігі Мемлекеттік энергетикалық қадағалау және бақылау комитетінің Қарағанды облысы бойынша аумақтық департаменті Қазақстан Республикасы Энергетика министрлігінің Атомдық және энергетикалық қадағалау мен бақылау комитетінің Қарағанды облысы бойынша аумақтық департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="621"/>
-    <w:bookmarkStart w:name="z609" w:id="622"/>
+    <w:bookmarkEnd w:id="647"/>
+    <w:bookmarkStart w:name="z609" w:id="648"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Қазақстан Республикасы Индустрия және жаңа технологиялар министрлігі Мемлекеттік энергетикалық қадағалау және бақылау комитетінің Қостанай облысы бойынша аумақтық департамент Қазақстан Республикасы Энергетика министрлігінің Атомдық және энергетикалық қадағалау мен бақылау комитетінің Қостанай облысы бойынша аумақтық департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="622"/>
-    <w:bookmarkStart w:name="z610" w:id="623"/>
+    <w:bookmarkEnd w:id="648"/>
+    <w:bookmarkStart w:name="z610" w:id="649"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Қазақстан Республикасы Индустрия және жаңа технологиялар министрлігі Мемлекеттік энергетикалық қадағалау және бақылау комитетінің Қызылорда облысы бойынша аумақтық департамента Қазақстан Республикасы Энергетика министрлігінің Атомдық және энергетикалық қадағалау мен бақылау комитетінің Қызылорда облысы бойынша аумақтық департаментов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="623"/>
-    <w:bookmarkStart w:name="z611" w:id="624"/>
+    <w:bookmarkEnd w:id="649"/>
+    <w:bookmarkStart w:name="z611" w:id="650"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Қазақстан Республикасы Индустрия және жаңа технологиялар министрлігі Мемлекеттік энергетикалық қадағалау және бақылау комитетінің Маңғыстау облысы бойынша аумақтық департаменті Қазақстан Республикасы Энергетика министрлігінің Атомдық және энергетикалық қадағалау мен бақылау комитетінің Маңғыстау облысы бойынша аумақтық департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="624"/>
-    <w:bookmarkStart w:name="z612" w:id="625"/>
+    <w:bookmarkEnd w:id="650"/>
+    <w:bookmarkStart w:name="z612" w:id="651"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Қазақстан Республикасы Индустрия және жаңа технологиялар министрлігі Мемлекеттік энергетикалық қадағалау және бақылау комитетінің Павлодар облысы бойынша аумақтық департаменті Қазақстан Республикасы Энергетика министрлігінің Атомдық және энергетикалық қадағалау мен бақылау комитетінің Павлодар облысы бойынша аумақтық департаментов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="625"/>
-    <w:bookmarkStart w:name="z613" w:id="626"/>
+    <w:bookmarkEnd w:id="651"/>
+    <w:bookmarkStart w:name="z613" w:id="652"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Қазақстан Республикасы Индустрия және жаңа технологиялар министрлігі Мемлекеттік энергетикалық қадағалау және бақылау комитетінің Солтүстік Қазақстан облысы бойынша аумақтық департаменті Қазақстан Республикасы Энергетика министрлігінің Атомдық және энергетикалық қадағалау мен бақылау комитетінің Солтүстік Қазақстан облысы бойынша аумақтық департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="626"/>
-    <w:bookmarkStart w:name="z614" w:id="627"/>
+    <w:bookmarkEnd w:id="652"/>
+    <w:bookmarkStart w:name="z614" w:id="653"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Қазақстан Республикасы Индустрия және жаңа технологиялар министрлігі Мемлекеттік энергетикалық қадағалау және бақылау комитетінің Оңтүстік Қазақстан облысы бойынша аумақтық департамента Қазақстан Республикасы Энергетика министрлігінің Атомдық және энергетикалық қадағалау мен бақылау комитетінің Оңтүстік Қазақстан облысы бойынша аумақтық департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="627"/>
-    <w:bookmarkStart w:name="z615" w:id="628"/>
+    <w:bookmarkEnd w:id="653"/>
+    <w:bookmarkStart w:name="z615" w:id="654"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Қазақстан Республикасы Индустрия және жаңа технологиялар министрлігі Мемлекеттік энергетикалық қадағалау және бақылау комитетінің Астана қаласы бойынша аумақтық департаменті Қазақстан Республикасы Энергетика министрлігінің Атомдық және энергетикалық қадағалау мен бақылау комитетінің Астана қаласы бойынша аумақтық департаментіне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="628"/>
-    <w:bookmarkStart w:name="z616" w:id="629"/>
+    <w:bookmarkEnd w:id="654"/>
+    <w:bookmarkStart w:name="z616" w:id="655"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Қазақстан Республикасы Индустрия және жаңа технологиялар министрлігі Мемлекеттік энергетикалық қадағалау және бақылау комитетінің Алматы қаласы бойынша аумақтық департаменті Қазақстан Республикасы Энергетика министрлігінің Атомдық және энергетикалық қадағалау мен бақылау комитетінің Алматы қаласы бойынша аумақтық департаментіне.</w:t>
-      </w:r>
-[...1040 lines deleted...]
-      6. Қазақстан Республикасы Индустрия және жаңа технологиялар министрлігі Атом энергиясы комитетінің "Қазақстан Республикасының ұлттық ядролық орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны Қазақстан Республикасы Энергетика министрлігінің "Қазақстан Республикасының ұлттық ядролық орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="655"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -18080,51 +17484,51 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z643" w:id="656"/>
+          <w:bookmarkStart w:name="z617" w:id="656"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қазақстан Республикасы</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="656"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -18169,167 +17573,1209 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № 994 қаулысына</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+2-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z618" w:id="657"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы Қоршаған орта және су ресурстары</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="657"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>министрлігі Экологиялық реттеу және бақылау комитетінің қайта</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>аталатын мемлекеттік мекемелері - аумақтық органдарының</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тізбесі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z619" w:id="658"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. "Қазақстан Республикасы Қоршаған орта және су ресурстары министрлігі Экологиялық реттеу және бақылау комитетінің Алматы қаласы бойынша экология департаменті" республикалық мемлекеттік мекемесі "Қазақстан Республикасы Энергетика министрлігі Мұнай-газ кешеніндегі экологиялық реттеу, бақылау және мемлекеттік инспекция комитетінің Алматы қаласы бойынша Экология департаменті" республикалық мемлекеттік мекемесіне.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="658"/>
+    <w:bookmarkStart w:name="z620" w:id="659"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. "Қазақстан Республикасы Қоршаған орта және су ресурстары министрлігі Экологиялық реттеу және бақылау комитетінің Алматы облысы бойынша экология департаменті" республикалық мемлекеттік мекемесі "Қазақстан Республикасы Энергетика министрлігі Мұнай-газ кешеніндегі экологиялық реттеу, бақылау және мемлекеттік инспекция комитетінің Алматы облысы бойынша Экология департаменті" республикалық мемлекеттік мекемесіне.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="659"/>
+    <w:bookmarkStart w:name="z621" w:id="660"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. "Қазақстан Республикасы Қоршаған орта және су ресурстары министрлігі Экологиялық реттеу және бақылау комитетінің Атырау облысы бойынша экология департаменті" республикалық мемлекеттік мекемесі "Қазақстан Республикасы Энергетика министрлігі Мұнай-газ кешеніндегі экологиялық реттеу, бақылау және мемлекеттік инспекция комитетінің Атырау облысы бойынша Экология департаменті" республикалық мемлекеттік мекемесіне.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="660"/>
+    <w:bookmarkStart w:name="z622" w:id="661"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. "Қазақстан Республикасы Қоршаған орта және су ресурстары министрлігі Экологиялық реттеу және бақылау комитетінің Маңғыстау облысы бойынша экология департаменті" республикалық мемлекеттік мекемесі "Қазақстан Республикасы Энергетика министрлігі Мұнай-газ кешеніндегі экологиялық реттеу, бақылау және мемлекеттік инспекция комитетінің Маңғыстау облысы бойынша Экология департаменті" республикалық мемлекеттік мекемесіне.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="661"/>
+    <w:bookmarkStart w:name="z623" w:id="662"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. "Қазақстан Республикасы Қоршаған орта және су ресурстары министрлігі Экологиялық реттеу және бақылау комитетінің Батыс Қазақстан бойынша экология департаменті" республикалық мемлекеттік мекемесі "Қазақстан Республикасы Энергетика министрлігі Мұнай-газ кешеніндегі экологиялық реттеу, бақылау және мемлекеттік инспекция комитетінің Батыс Қазақстан облысы бойынша Экология департаменті" республикалық мемлекеттік мекемесіне.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="662"/>
+    <w:bookmarkStart w:name="z624" w:id="663"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. "Қазақстан Республикасы Қоршаған орта және су ресурстары министрлігі Экологиялық реттеу және бақылау комитетінің Павлодар облысы бойынша экология департаменті" республикалық мемлекеттік мекемесі "Қазақстан Республикасы Энергетика министрлігі Мұнай-газ кешеніндегі экологиялық реттеу, бақылау және мемлекеттік инспекция комитетінің Павлодар облысы бойынша Экология департаменті" республикалық мемлекеттік мекемесіне.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="663"/>
+    <w:bookmarkStart w:name="z625" w:id="664"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. "Қазақстан Республикасы Қоршаған орта және су ресурстары министрлігі Экологиялық реттеу және бақылау комитетінің Шығыс Қазақстан облысы бойынша экология департаменті" республикалық мемлекеттік мекемесі "Қазақстан Республикасы Энергетика министрлігі Мұнай-газ кешеніндегі экологиялық реттеу, бақылау және мемлекеттік инспекция комитетінің Шығыс Қазақстан облысы бойынша Экология департаменті" республикалық мемлекеттік мекемесіне.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="664"/>
+    <w:bookmarkStart w:name="z626" w:id="665"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. "Қазақстан Республикасы Қоршаған орта және су ресурстары министрлігі Экологиялық реттеу және бақылау комитетінің Жамбыл облысы бойынша экология департаменті" республикалық мемлекеттік мекемесі "Қазақстан Республикасы Энергетика министрлігі Мұнай-газ кешеніндегі экологиялық реттеу, бақылау және мемлекеттік инспекция комитетінің Жамбыл облысы бойынша Экология департаменті" республикалық мемлекеттік мекемесіне.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="665"/>
+    <w:bookmarkStart w:name="z627" w:id="666"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. "Қазақстан Республикасы Қоршаған орта және су ресурстары министрлігі Экологиялық реттеу және бақылау комитетінің Оңтүстік Қазақстан облысы бойынша экология департаменті" республикалық мемлекеттік мекемесі "Қазақстан Республикасы Энергетика министрлігі Мұнай-газ кешеніндегі экологиялық реттеу, бақылау және мемлекеттік инспекция комитетінің Оңтүстік Қазақстан облысы бойынша Экология департаменті" республикалық мемлекеттік мекемесіне.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="666"/>
+    <w:bookmarkStart w:name="z628" w:id="667"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. "Қазақстан Республикасы Қоршаған орта және су ресурстары министрлігі Экологиялық реттеу және бақылау комитетінің Қарағанды облысы бойынша экология департаменті" республикалық мемлекеттік мекемесі "Қазақстан Республикасы Энергетика министрлігі Мұнай-газ кешеніндегі экологиялық реттеу, бақылау және мемлекеттік инспекция комитетінің Қарағанды облысы бойынша Экология департаменті" республикалық мемлекеттік мекемесіне.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="667"/>
+    <w:bookmarkStart w:name="z629" w:id="668"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. "Қазақстан Республикасы Қоршаған орта және су ресурстары министрлігі Экологиялық реттеу және бақылау комитетінің Ақтөбе облысы бойынша экология департаменті" республикалық мемлекеттік мекемесі "Қазақстан Республикасы Энергетика министрлігі Мұнай-газ кешеніндегі экологиялық реттеу, бақылау және мемлекеттік инспекция комитетінің Ақтөбе облысы бойынша Экология департаменті" республикалық мемлекеттік мекемесіне.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="668"/>
+    <w:bookmarkStart w:name="z630" w:id="669"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. "Қазақстан Республикасы Қоршаған орта және су ресурстары министрлігі Экологиялық реттеу және бақылау комитетінің Қостанай облысы бойынша экология департаменті" республикалық мемлекеттік мекемесі "Қазақстан Республикасы Энергетика министрлігі Мұнай-газ кешеніндегі экологиялық реттеу, бақылау және мемлекеттік инспекция комитетінің Қостанай облысы бойынша Экология департаменті" республикалық мемлекеттік мекемесіне.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="669"/>
+    <w:bookmarkStart w:name="z631" w:id="670"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. "Қазақстан Республикасы Қоршаған орта және су ресурстары министрлігі Экологиялық реттеу және бақылау комитетінің Қызылорда облысы бойынша экология департаменті" республикалық мемлекеттік мекемесі "Қазақстан Республикасы Энергетика министрлігі Мұнай-газ кешеніндегі экологиялық реттеу, бақылау және мемлекеттік инспекция комитетінің Қызылорда облысы бойынша Экология департаменті" республикалық мемлекеттік мекемесіне.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="670"/>
+    <w:bookmarkStart w:name="z632" w:id="671"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. "Қазақстан Республикасы Қоршаған орта және су ресурстары министрлігі Экологиялық реттеу және бақылау комитетінің Астана қаласы бойынша экология департаменті" республикалық мемлекеттік мекемесі "Қазақстан Республикасы Энергетика министрлігі Мұнай-газ кешеніндегі экологиялық реттеу, бақылау және мемлекеттік инспекция комитетінің Астана қаласы бойынша Экология департаменті" республикалық мемлекеттік мекемесіне.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="671"/>
+    <w:bookmarkStart w:name="z633" w:id="672"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. "Қазақстан Республикасы Қоршаған орта және су ресурстары министрлігі Экологиялық реттеу және бақылау комитетінің Солтүстік Қазақстан облысы бойынша экология департаменті" республикалық мемлекеттік мекемесі "Қазақстан Республикасы Энергетика министрлігі Мұнай-газ кешеніндегі экологиялық реттеу, бақылау және мемлекеттік инспекция комитетінің Солтүстік Қазақстан облысы бойынша Экология департаменті" республикалық мемлекеттік мекемесіне.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="672"/>
+    <w:bookmarkStart w:name="z634" w:id="673"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. "Қазақстан Республикасы Қоршаған орта және су ресурстары министрлігі Экологиялық реттеу және бақылау комитетінің Ақмола облысы бойынша экология департаменті" республикалық мемлекеттік мекемесі "Қазақстан Республикасы Энергетика министрлігі Мұнай-газ кешеніндегі экологиялық реттеу, бақылау және мемлекеттік инспекция комитетінің Ақмола облысы бойынша Экология департаменті" республикалық мемлекеттік мекемесіне.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="673"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z635" w:id="674"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасы</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="674"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Үкіметінің</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2014 жылғы 19 қыркүйектегі</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ 994 қаулысына</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z636" w:id="675"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы Индустрия және жаңа технологиялар</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="675"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>министрлігінің және Қазақстан Республикасы Қоршаған орта және</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>су ресурстары министрлігінің қайта аталатын республикалық</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мемлекеттік кәсіпорындарынын тізбесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ескерту. Тізбеге өзгеріс енгізілді – ҚР Үкіметінің 05.07.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 479</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z637" w:id="676"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Қазақстан Республикасы Индустрия және жаңа технологиялар министрлігі Атом энергиясы комитетінің "Геофизикалық зерттеулер институты" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны Қазақстан Республикасы Энергетика министрлігінің "Геофизикалық зерттеулер институты" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="676"/>
+    <w:bookmarkStart w:name="z638" w:id="677"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">алып тасталды – ҚР Үкіметінің 05.07.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 479</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="677"/>
+    <w:bookmarkStart w:name="z639" w:id="678"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Қазақстан Республикасы Индустрия және жаңа технологиялар министрлігі Атом энергиясы комитетінің "Ядролық физика институты" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны Қазақстан Республикасы Энергетика министрлігінің "Ядролық физика институты" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="678"/>
+    <w:bookmarkStart w:name="z640" w:id="679"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">алып тасталды – ҚР Үкіметінің 05.07.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 479</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="679"/>
+    <w:bookmarkStart w:name="z641" w:id="680"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Қазақстан Республикасы Индустрия және жаңа технологиялар министрлігі "Қарағандышахтатарату" шаруашылық жүргізу құқығындағы республикалық мемлекеттік мамандандырылған кәсіпорны Қазақстан Республикасы Энергетика министрлігінің "Қарағандышахтатарату" шаруашылық жүргізу құқығындағы республикалық мемлекеттік мамандандырылған кәсіпорнына.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="680"/>
+    <w:bookmarkStart w:name="z642" w:id="681"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Қазақстан Республикасы Индустрия және жаңа технологиялар министрлігі Атом энергиясы комитетінің "Қазақстан Республикасының ұлттық ядролық орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны Қазақстан Республикасы Энергетика министрлігінің "Қазақстан Республикасының ұлттық ядролық орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="681"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z643" w:id="682"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасы</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="682"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Үкіметінің</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2014 жылғы 19 қыркүйектегі</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ 994 қаулысына</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z644" w:id="657"/>
+    <w:bookmarkStart w:name="z644" w:id="683"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Үкіметінің күші жойылған кейбір шешімдерінің тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="657"/>
-    <w:bookmarkStart w:name="z645" w:id="658"/>
+    <w:bookmarkEnd w:id="683"/>
+    <w:bookmarkStart w:name="z645" w:id="684"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағын</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қоспағанда, "Қазақстан Республикасы Мұнай және газ министрлігінің мәселелері" туралы Қазақстан Республикасы Үкіметінің 2010 жылғы 20 мамырдағы № 454 қаулысы (Қазақстан Республикасының ПҮАЖ-ы, 2010 ж., № 34, 273-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="658"/>
-    <w:bookmarkStart w:name="z646" w:id="659"/>
+    <w:bookmarkEnd w:id="684"/>
+    <w:bookmarkStart w:name="z646" w:id="685"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. "Қазақстан Республикасы Үкіметінің кейбір шешімдеріне өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Үкіметінің 2010 жылғы 23 тамыздағы № 826 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2010 ж., № 49, 445-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="659"/>
-    <w:bookmarkStart w:name="z647" w:id="660"/>
+    <w:bookmarkEnd w:id="685"/>
+    <w:bookmarkStart w:name="z647" w:id="686"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. "Мемлекет қатысатын мұнай және газ саласындағы ұйымдардың қызметін оңтайландыру жөніндегі кейбір шаралар туралы" Қазақстан Республикасы Үкіметінің 2011 жылғы 31 қаңтардағы № 62 қаулысымен бекітілген Қазақстан Республикасы Үкіметінің кейбір шешімдеріне енгізілетін өзгерістердің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -18344,425 +18790,425 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-тармақтары</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2011 ж., № 16, 192-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="660"/>
-    <w:bookmarkStart w:name="z648" w:id="661"/>
+    <w:bookmarkEnd w:id="686"/>
+    <w:bookmarkStart w:name="z648" w:id="687"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. "Қазақстан Республикасы Үкіметінің 2010 жылғы 20 мамырдағы № 454 қаулысына өзгерістер мен толықтыру енгізу туралы" Қазақстан Республикасы Үкіметінің 2011 жылғы 12 мамырдағы № 502 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2011 ж., № 38, 456-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="661"/>
-    <w:bookmarkStart w:name="z649" w:id="662"/>
+    <w:bookmarkEnd w:id="687"/>
+    <w:bookmarkStart w:name="z649" w:id="688"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. "Қазақстан Республикасы Үкіметінің кейбір шешімдеріне өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Үкіметінің 2012 жылғы 1 қарашадағы № 1390 қаулысымен бекітілген Қазақстан Республикасы Үкіметінің кейбір шешімдеріне енгізілетін өзгерістер мен толықтырулардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>9-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасы ПҮАЖ-ы, 2012 ж., № 77-78, 1134-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="662"/>
-    <w:bookmarkStart w:name="z650" w:id="663"/>
+    <w:bookmarkEnd w:id="688"/>
+    <w:bookmarkStart w:name="z650" w:id="689"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. "Ұлттық индустриялық мұнай-химия технопаркі" арнайы экономикалық аймағының әкімшілігі" мемлекеттік мекемесін "Ұлттық индустриялық мұнай-химия технопаркі" арнайы экономикалық аймағын басқарушы компаниясы" акционерлік қоғамына қайта ұйымдастыру туралы" Қазақстан Республикасы Үкіметінің 2012 жылғы 29 желтоқсандағы № 1174 қаулысымен бекітілген Қазақстан Республикасы Үкіметінің кейбір шешімдеріне енгізілетін өзгерістер мен толықтырулардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2013 ж., № 7, 162-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="663"/>
-    <w:bookmarkStart w:name="z651" w:id="664"/>
+    <w:bookmarkEnd w:id="689"/>
+    <w:bookmarkStart w:name="z651" w:id="690"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. "Қазақстан Республикасы Мұнай және газ министрлігінің мәселелері туралы" Қазақстан Республикасы Үкіметінің 2010 жылғы 20 мамырдағы № 454 қаулысына өзгерістер енгізу туралы" Қазақстан Республикасы Үкіметінің 2012 жылғы 29 желтоқсандағы № 1816 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2013 ж., № 10, 196-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="664"/>
-    <w:bookmarkStart w:name="z652" w:id="665"/>
+    <w:bookmarkEnd w:id="690"/>
+    <w:bookmarkStart w:name="z652" w:id="691"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. "Қазмұнайұңғымажою" акционерлік қоғамын тарату туралы" Қазақстан Республикасы Үкіметінің 2013 жылғы 1 тамыздағы № 756 қаулысымен бекітілген Қазақстан Республикасы Үкіметінің кейбір шешімдеріне енгізілетін өзгерістердің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮАЖ-ы, 2013 ж., № 43, 634-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="665"/>
-    <w:bookmarkStart w:name="z653" w:id="666"/>
+    <w:bookmarkEnd w:id="691"/>
+    <w:bookmarkStart w:name="z653" w:id="692"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағын</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қоспағанда, "Қазақстан Республикасы Қоршаған орта және су ресурстары министрлігінің кейбір мәселелері" туралы Қазақстан Республикасы Үкіметінің 2013 жылғы 25 ақпандағы № 172 қаулысы (Қазақстан Республикасы ПҮАЖ-ы, 2013 ж., № 17, 302-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="666"/>
-    <w:bookmarkStart w:name="z654" w:id="667"/>
+    <w:bookmarkEnd w:id="692"/>
+    <w:bookmarkStart w:name="z654" w:id="693"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағын</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қоспағанда, "Қазақстан Республикасы Қоршаған орта және су ресурстары министрлігінің кейбір мәселелері туралы" Қазақстан Республикасы Үкіметінің 2013 жылғы 27 желтоқсандағы № 1413 қаулысы (Қазақстан Республикасының ПҮАЖ-ы, 2013 ж., № 74, 980-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="667"/>
-    <w:bookmarkStart w:name="z655" w:id="668"/>
+    <w:bookmarkEnd w:id="693"/>
+    <w:bookmarkStart w:name="z655" w:id="694"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағын</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қоспағанда, "Ақмола облысы Қорғалжын ауданының тұрғын үй-коммуналдық шаруашылығы, жолаушылар көлігі және автомобиль жолдары бөлімінің жанындағы "Ақмола су арнасы" шаруашылық жүргізу құқығындағы мемлекеттік коммуналдық кәсіпорнын коммуналдық меншіктен республикалық меншікке қабылдау туралы" Қазақстан Республикасы Үкіметінің 2014 жылғы 12 сәуірдегі № 348 қаулысы (Қазақстан Республикасының ПҮАЖ-ы, 2014 ж., № 27, 222-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="668"/>
+    <w:bookmarkEnd w:id="694"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>