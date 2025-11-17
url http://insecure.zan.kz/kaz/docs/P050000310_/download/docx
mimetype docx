--- v0 (2025-10-02)
+++ v1 (2025-11-17)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="93fcaa4" w14:textId="93fcaa4">
+    <w:p w14:paraId="70a4082" w14:textId="70a4082">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -4397,51 +4397,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21) инвестициялық салымдар кезінде агроөнеркәсіптік кешен субъектісі шеккен шығыстардың бір бөлігін өтеу бойынша субсидиялау қағидаларын әзiрлейдi және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="76"/>
     <w:bookmarkStart w:name="z1317" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      21-1) инвестициялық салымдар кезінде балық шаруашылығы субъектісі шеккен шығыстардың бір бөлігін өтеу бойынша субсидиялау қағидаларын әзірлейді және бекітеді;</w:t>
+      21-1) аквашаруашылық саласында инвестициялық салымдар болған кезде шығыстардың бір бөлігін өтеу бойынша субсидиялау қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="77"/>
     <w:bookmarkStart w:name="z710" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22) тракторларды және олардың базасында жасалған өздiгiнен жүретiн шассилер мен механизмдердi, монтаждалған арнаулы жабдығы бар тiркемелердi қоса алғанда, олардың тiркемелерiн, өздiгiнен жүретiн ауылшаруашылық, мелиорациялық және жол-құрылыс машиналары мен механизмдерiн, жүрiп өту мүмкiндiгi жоғары арнайы машиналарды мемлекеттiк тiркеу қағидаларын әзiрлейдi және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="78"/>
     <w:bookmarkStart w:name="z711" w:id="79"/>
     <w:p>
@@ -5169,1462 +5169,1536 @@
         <w:t>
       49) ауылдық жерлерде микрокредит беру жүйесін дамыту мониторингін жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="100"/>
     <w:bookmarkStart w:name="z1293" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       49-1) агроөнеркәсіптік кешен саласындағы жобаларға кредит беру қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z737" w:id="102"/>
-[...15 lines deleted...]
-      50) суармалы жерлердің мелиорациялық жай-күйіне мониторинг және бағалау жүргізу кезінде республикалық мемлекеттік мекеменің ақылы қызмет түрлерін көрсету қағидаларын әзірлейді және бекітеді;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">50) алып тасталды - ҚР Үкіметінің 15.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 862</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">51) алып тасталды - ҚР Үкіметінің 10.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 427</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z739" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      52) мыналарды:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мал шаруашылығының өнімділігін және өнім сапасын арттыруды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      асыл тұқымды мал шаруашылығын дамытуды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      аквашаруашылық өнімінің өнімділігі мен сапасын арттыруды, сондай-ақ асыл тұқымды балық өсіруді дамытуды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өсімдік шаруашылығы өнімінің шығымдылығы мен сапасын арттыруды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ауыл шаруашылығы дақылдарын қорғалған топырақта өңдеп өсіру шығындарының құнын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      отандық ауыл шаруашылығы өнімін өңдеу үлесін ұлғайтуды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      агроөнеркәсіптік кешен субъектілеріне кредит беру, сондай-ақ ауыл шаруашылығы жануарларын, техникасы мен технологиялық жабдығын сатып алуға лизинг кезінде сыйақы мөлшерлемелерін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      органикалық өнім өндіру сәйкестігін растау кезінде келтірілген шығыстардың бір бөлігін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      агроөнеркәсіптік кешен субъектілерін қаржылық сауықтыру жөніндегі бағыт шеңберінде кредиттік және лизингтік міндеттемелер бойынша сыйақы мөлшерлемелерін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      облигациялар бойынша купондық сыйақыны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ғылыми-зерттеу және тәжірибелік-конструкторлық жұмыстарды әзірлеуге және ендіруге арналған шығындардың құнын субсидиялау қағидаларын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z740" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      53) ауыл шаруашылығы кооперативтерінің тексеру одақтарының ауыл шаруашылығы кооперативтерінің ішкі аудитін жүргізуге арналған шығындарын субсидиялау қағидаларын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z741" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      54) өз мүшелері үшін жұмыстарды (қызметтерді) орындау (көрсету) бойынша ауыл шаруашылығы кооперативтерінің қызметі түрлерінің тізбесін, сондай-ақ ауыл шаруашылығы кооперативі өз мүшелеріне өткізетін тауарлардың тізбесін әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z742" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      55) бюджеттік жоспарлау жөніндегі орталық уәкілетті органмен келісу бойынша ауыл шаруашылығы малдарының табиғи кему (өлу) нормаларын бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z743" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      56) агроөнеркәсіптік кешендегі сақтандыру саласындағы операторды айқындайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z744" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      57) сақтандыру сыйлықақыларын субсидиялау қағидаларын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z745" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      58) сақтандыру өнімдерін әзірлеу және бекіту тәртібін айқындайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z746" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      59) агроөнеркәсіптік кешен үшін кадрлар даярлауды жүзеге асыратын, республикалық бюджеттен қаржыландырылатын білім беру ұйымдарында жоғары және жоғары оқу орнынан кейінгі білімі бар мамандарды даярлауға арналған мемлекеттік білім беру тапсырысын қалыптастыруға қатысады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z747" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      60) агроөнеркәсіптік кешен үшін кадрлар даярлауды жүзеге асыратын, республикалық бюджеттен қаржыландырылатын білім беру ұйымдарында жоғары және жоғары оқу орнынан кейінгі білімі бар мамандарды даярлауға арналған мемлекеттік білім беру тапсырысының бөлінуі мен орналастырылуын бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z748" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      61) стандарттарды, нормативтерді, нұсқаулықтарды, әдістемелерді, ұсынымдарды әзірлеуі арқылы агроөнеркәсіптік кешенді нормативтік-әдістемелік қамтамасыз етуді жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z749" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      62) тұқым шаруашылығы саласында жергілікті атқарушы органдарды үйлестіруді және оларға әдістемелік басшылық жасауды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z750" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      63) селекция, сортты сынақтан өткiзу және тұқым шаруашылығы жөнiндегi ғылыми-техникалық бағдарламаларды әзiрлейдi және iске асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z751" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      64) Қазақстан Республикасында пайдалануға ұсынылатын ауылшаруашылық өсiмдiктерi сорттарының тұқымдарын өндiру және сату көлемiне болжам жасайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z752" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      65) бiрегей және элиталық тұқымдар, бiрiншi, екiншi және үшiншi көбейтілген тұқым өндiрушiлердi, тұқым өткізушілерді аттестаттау қағидаларын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z753" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      66) патент қабілеттілігі мен шаруашылықта пайдалылығы мемлекеттік сынақтың немесе өтініш берушінің деректері бойынша бағаланатын өсімдіктердің тектері мен түрлерінің тізбесін әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z754" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      67) мыналарды:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасында пайдалануға ұсынылатын Селекциялық жетістіктердің мемлекеттік тізілімін жүргізу тәртібін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ауыл шаруашылығы өсімдіктерінің сорт сынағы мәселелері жөніндегі республикалық комиссия туралы ережені;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ауыл шаруашылығы өсімдіктеріне сорт сынағын жүргізудің әдістемесін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тұқым шаруашылығының аттестатталған субъектілері үшін субсидиялауға жататын бірегей тұқымдарды өндіруге және элиталық тұқымдарды өткізуге жыл сайын квота белгілеудің тәртібін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сортты егiстердi байқаудан өткізу тәртібін бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z755" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      68) сорттық және тұқымдық бақылауды, жерге егiп бағалауды, зертханалық сорттық сынақтардан өткiзудi, тұқым сапасына сараптама жасауды жүзеге асыру қағидаларын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z756" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      69) тұқым шаруашылығын мемлекеттік қолдаудың бағыттарын, тұқымдары бюджет қаражаты есебінен субсидиялануға жататын ауыл шаруашылығы өсімдіктерінің тізбесін және оларға бөлінетін субсидиялардың нормативтерін айқындайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z757" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      70) тұқым шаруашылығын дамытуды субсидиялау қағидаларын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z758" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      71) ауыл шаруашылығы өсiмдiктерiн сорттық сынақтан өткiзу қағидаларын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z759" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      72) тұқымдардың, оның iшiнде отандық ауыл шаруашылығы тауар өндiрушiлерiнiң егуiне арналған тұқымдардың сорттық және егiстiк сапасына сараптама жүргізу қағидаларын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z760" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      73) сортты сынақтан өткiзу мен тұқым шаруашылығы мәселелерi бойынша нормативтiк құқықтық актiлердi және тұқымға арналған құжаттаманың нысандарын әзiрлейдi және бекiтедi;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z761" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      74) құзыреті шегінде стандарттау жөніндегі құжаттардың жобаларын қарайды, сондай-ақ стандарттау саласындағы уәкілетті органға ұлттық, мемлекетаралық стандарттарды, ұлттық техникалық-экономикалық ақпарат сыныптауыштарын және стандарттау жөніндегі ұсынымдарды әзірлеу, өзгерістер енгізу, қайта қарау және күшін жою жөнінде ұсыныстар енгізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z762" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      75) табиғи-климаттық жағдайлар бойынша қолайсыз жылдарда облыстардың, республикалық маңызы бар қалалардың және астананың жергiлiктi атқарушы органдарының өтініштері негiзiнде тұқым шаруашылығы саласындағы ұлттық стандарттарда және стандарттау жөніндегі өзге де құжаттарда белгiленген тұқым сапасының көрсеткiштерiн бiр жылдан аспайтын мерзімге төмендетуді келіседі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z763" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      76) бастапқы, элиталық және өнеркәсіптік (жаппай) тұқым шаруашылығын жүргізудің схемалары мен әдістерін әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z764" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      77) отандық және шетелдік селекция сорттарына мемлекеттік сынақ ұйымдастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z765" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      78) уәкілетті орган бекіткен сорттар оригинаторларын тіркеу ережелеріне сәйкес сорттар оригинаторларын тіркейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z766" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      79) республиканың тұқым ресурсының мониторингiн жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">51) алып тасталды - ҚР Үкіметінің 10.06.2025 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 427</w:t>
+        <w:t xml:space="preserve">80) алып тасталды - ҚР Үкіметінің 17.07.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 598</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> қаулысымен.</w:t>
+        <w:t xml:space="preserve"> қаулысымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z739" w:id="103"/>
-[...843 lines deleted...]
-      79) республиканың тұқым ресурсының мониторингiн жүзеге асырады;</w:t>
+    <w:bookmarkStart w:name="z768" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      81) Қазақстан Республикасында пайдалануға ұсынылатын Селекциялық жетiстiктердiң мемлекеттiк тiзiлiмiн және ауыл шаруашылық өсiмдiктерiнiң перспективалы сорттарының тiзбесiн бекiтедi;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="130"/>
-    <w:p>
-[...87 lines deleted...]
-      81) Қазақстан Республикасында пайдалануға ұсынылатын Селекциялық жетiстiктердiң мемлекеттiк тiзiлiмiн және ауыл шаруашылық өсiмдiктерiнiң перспективалы сорттарының тiзбесiн бекiтедi;</w:t>
+    <w:bookmarkStart w:name="z769" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      82) ауыл шаруашылығы өсімдіктерінің тұқым шаруашылығы саласындағы қажетті ақпаратты жергілікті атқарушы органдардан сұратады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z769" w:id="132"/>
-[...15 lines deleted...]
-      82) ауыл шаруашылығы өсімдіктерінің тұқым шаруашылығы саласындағы қажетті ақпаратты жергілікті атқарушы органдардан сұратады;</w:t>
+    <w:bookmarkStart w:name="z770" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      83) республика бойынша тұқымдар балансын жасайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z770" w:id="133"/>
-[...15 lines deleted...]
-      83) республика бойынша тұқымдар балансын жасайды;</w:t>
+    <w:bookmarkStart w:name="z771" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      84) патент беруге арналған қорытындысымен қоса сорт сипаттамасының, сорттың патент қабілеттілігі туралы қорытындының нысандарын белгілейді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z771" w:id="134"/>
-[...15 lines deleted...]
-      84) патент беруге арналған қорытындысымен қоса сорт сипаттамасының, сорттың патент қабілеттілігі туралы қорытындының нысандарын белгілейді;</w:t>
+    <w:bookmarkStart w:name="z772" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      85) Қазақстан Республикасының тұқым шаруашылығы туралы заңнамасының талаптарын бұзуды жою туралы нұсқаманың, әкімшілік құқық бұзушылық туралы хаттаманың, әкімшілік құқық бұзушылық туралы іс бойынша қаулының нысандарын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z772" w:id="135"/>
-[...15 lines deleted...]
-      85) Қазақстан Республикасының тұқым шаруашылығы туралы заңнамасының талаптарын бұзуды жою туралы нұсқаманың, әкімшілік құқық бұзушылық туралы хаттаманың, әкімшілік құқық бұзушылық туралы іс бойынша қаулының нысандарын әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z773" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      86) сорт сынағын өткізу саласындағы мемлекеттік мекемелер өндіретін және (немесе) өткізетін тауарлардың (жұмыстардың, көрсетілетін қызметтердің) бағасын белгілейді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z773" w:id="136"/>
-[...15 lines deleted...]
-      86) сорт сынағын өткізу саласындағы мемлекеттік мекемелер өндіретін және (немесе) өткізетін тауарлардың (жұмыстардың, көрсетілетін қызметтердің) бағасын белгілейді;</w:t>
+    <w:bookmarkStart w:name="z774" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      87) технологиялық талаптарды, өндiрiс схемаларын, тұқымның саны мен сапасы жағынан сақталуын қамтамасыз ететін оларды сақтау және сату қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z774" w:id="137"/>
-[...15 lines deleted...]
-      87) технологиялық талаптарды, өндiрiс схемаларын, тұқымның саны мен сапасы жағынан сақталуын қамтамасыз ететін оларды сақтау және сату қағидаларын әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z775" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      88) сорттың жаңартылуын және сорттың алмастырылуын жүргiзу тәртібі мен мерзімін белгілейді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z775" w:id="138"/>
-[...15 lines deleted...]
-      88) сорттың жаңартылуын және сорттың алмастырылуын жүргiзу тәртібі мен мерзімін белгілейді;</w:t>
+    <w:bookmarkStart w:name="z776" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      89) ауыл шаруашылық өсімдіктерінің тұқымдарын дайындауды, өңдеуді, сақтауды және пайдалануды ұйымдастыру тәртібін белгілейді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z776" w:id="139"/>
-[...15 lines deleted...]
-      89) ауыл шаруашылық өсімдіктерінің тұқымдарын дайындауды, өңдеуді, сақтауды және пайдалануды ұйымдастыру тәртібін белгілейді;</w:t>
+    <w:bookmarkStart w:name="z777" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      90) астық нарығы саласында жергілікті атқарушы органдарды үйлестіруді және оларға әдістемелік басшылық жасауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z777" w:id="140"/>
-[...15 lines deleted...]
-      90) астық нарығы саласында жергілікті атқарушы органдарды үйлестіруді және оларға әдістемелік басшылық жасауды жүзеге асырады;</w:t>
+    <w:bookmarkStart w:name="z778" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      91) астық нарығы жөніндегі операторды айқындайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z778" w:id="141"/>
-[...15 lines deleted...]
-      91) астық нарығы жөніндегі операторды айқындайды;</w:t>
+    <w:bookmarkStart w:name="z1294" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      91-1) тіркеушіні айқындайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z1294" w:id="142"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z779" w:id="143"/>
+    <w:bookmarkStart w:name="z779" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       92) астық қолхаттарын бере отырып, қойма қызметі бойынша қызметтер көрсету жөніндегі қызметке қойылатын біліктілік талаптарын әзірлейді және бекітеді; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z780" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      93) Қазақстан Республикасы астық туралы заңнамасы талаптарының бұзылуын жою туралы нұсқаманың, әкімшілік құқық бұзушылық туралы хаттаманың, әкімшілік құқық бұзушылық туралы іс жөніндегі қаулының нысандарын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z780" w:id="144"/>
-[...15 lines deleted...]
-      93) Қазақстан Республикасы астық туралы заңнамасы талаптарының бұзылуын жою туралы нұсқаманың, әкімшілік құқық бұзушылық туралы хаттаманың, әкімшілік құқық бұзушылық туралы іс жөніндегі қаулының нысандарын әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z781" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      94) Қазақстан Республикасының астық туралы заңнамасының бұзылуы туралы нұсқамалар береді, Қазақстан Республикасының әкімшілік құқық бұзушылық туралы заңнамасына сәйкес әкімшілік құқық бұзушылық туралы істерді қарайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z781" w:id="145"/>
-[...15 lines deleted...]
-      94) Қазақстан Республикасының астық туралы заңнамасының бұзылуы туралы нұсқамалар береді, Қазақстан Республикасының әкімшілік құқық бұзушылық туралы заңнамасына сәйкес әкімшілік құқық бұзушылық туралы істерді қарайды;</w:t>
+    <w:bookmarkStart w:name="z782" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      95) астық нарығының мониторингін жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z782" w:id="146"/>
-[...15 lines deleted...]
-      95) астық нарығының мониторингін жүзеге асырады;</w:t>
+    <w:bookmarkStart w:name="z1473" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      95-1) жемдік қорды басқару жөніндегі қағидаларды әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z783" w:id="147"/>
+    <w:bookmarkStart w:name="z1474" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      95-2) астық нарығы жөніндегі операторға жемдік қорды сақтау шығыстарын өтейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z783" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       96) астық сапасына сараптама жүргізу тәртібіне және астық сапасы паспортын беруге қойылатын талаптарды әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="147"/>
-    <w:bookmarkStart w:name="z784" w:id="148"/>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z784" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       97) астыққа және оның өмiрлiк циклiнiң процестерiне техникалық регламенттердi әзірлейді және бекiтеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="148"/>
-    <w:bookmarkStart w:name="z785" w:id="149"/>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z785" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       98) құзыреті шегінде стандарттау жөніндегі құжаттардың жобаларын қарайды, сондай-ақ стандарттау саласындағы уәкілетті органға енгізу үшін ұлттық, мемлекетаралық стандарттарды, ұлттық техникалық-экономикалық ақпарат сыныптауыштарын және стандарттау жөніндегі ұсынымдарды әзірлеу, өзгерістер енгізу, қайта қарау және күшін жою жөнінде ұсыныстар дайындайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="149"/>
-    <w:bookmarkStart w:name="z786" w:id="150"/>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z786" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       99) мынадай:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkEnd w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       астықтың сандық-сапалық есебін жүргізу;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6653,70 +6727,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       астық қабылдау кәсіпорнын уақытша басқаруды жүргізу;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       астық қолхаттарын ұстаушылардың мемлекеттік электрондық тізілімін қалыптастыру және жүргізу қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z787" w:id="151"/>
+    <w:bookmarkStart w:name="z787" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       100) мыналарды:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkEnd w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       астық нарығына мониторинг жүргізу қағидаларын;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6727,2850 +6801,2850 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       астық қабылдау кәсіпорындары есептілігінің үлгілік нысандарын;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттік астық инспекторлары туралы ережені әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z788" w:id="152"/>
+    <w:bookmarkStart w:name="z788" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       101) астық қолхаттарын ұстаушылардың мемлекеттік электрондық тізіліміне деректерді берудің нысандарын, көлемін және мерзімділігін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="152"/>
-    <w:bookmarkStart w:name="z789" w:id="153"/>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z789" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       102) астық қабылдау кәсіпорнын зерттеп-тексеру актісінің нысанын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="153"/>
-    <w:bookmarkStart w:name="z790" w:id="154"/>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z790" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       103) астық қабылдау кәсiпорны мен астық иесi арасындағы жария шарттардың үлгiлік нысанын әзірлейді және бекiтеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z791" w:id="155"/>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z791" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       104) астық қолхаттары бойынша мiндеттемелердi орындауға кепiлдiк беру қорларын құруға, олардың жұмыс iстеуі мен таратылуына қойылатын талаптарды, астық қабылдау кәсiпорындарының астық қолхаттары бойынша мiндеттемелердi орындауға кепiлдiк беру жүйесiне қатысу шарттарын, астық қолхаттары бойынша мiндеттемелердi орындауға кепiлдiк беру қорының (қорларының) кепiлдiктер алу тәртiбiн, астық қолхаттары бойынша мiндеттемелердi орындауға кепiлдiк беру қорының (қорларының), астық қолхаттары бойынша мiндеттемелердi өтеу тәртiбiн әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="155"/>
-    <w:bookmarkStart w:name="z792" w:id="156"/>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z792" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       105) жергілікті атқарушы органдардың Қазақстан Республикасының астық туралы заңнамасын сақтауын мемлекеттік бақылауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="156"/>
-    <w:bookmarkStart w:name="z793" w:id="157"/>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z793" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       106) тіркеушіні айқындау бойынша ашық конкурс өткізу қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="157"/>
-    <w:bookmarkStart w:name="z794" w:id="158"/>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z794" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       107) астықтың резервтік қорын басқару жөніндегі қағидаларды әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="158"/>
-    <w:bookmarkStart w:name="z795" w:id="159"/>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z795" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       108) астық нарығы жөніндегі операторға астықтың резервтік қорын сақтау бойынша шығыстарды өтейді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="159"/>
-    <w:bookmarkStart w:name="z796" w:id="160"/>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z796" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       109) ветеринария саласында жергілікті атқарушы органдарды үйлестіруді және оларға әдістемелік басшылық жасауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z797" w:id="161"/>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z797" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       110) жеке және заңды тұлғалардың Қазақстан Республикасының ветеринария саласындағы заңнамасын сақтауына мемлекеттік ветеринариялық-санитариялық бақылауды және қадағалауды ұйымдастырады және жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z798" w:id="162"/>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z798" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       111) жергілікті атқарушы органдардың Қазақстан Республикасының ветеринария саласындағы заңнамасын сақтауына мемлекеттік ветеринариялық-санитариялық бақылау мен қадағалауды ұйымдастырады және жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z799" w:id="163"/>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z799" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       112) профилактикасы, диагностикасы мен жойылуы бюджет қаражаты есебiнен жүзеге асырылатын жануарлардың аса қауіпті ауруларының тiзбесiн әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z800" w:id="164"/>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z800" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       113) жануарлардың аса қауіпті ауруларының профилактикасы, диагностикасы және оларды жою жөніндегі ветеринариялық іс-шараларды бекітеді, ұйымдастырады және қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="164"/>
-    <w:bookmarkStart w:name="z801" w:id="165"/>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z801" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       114) Қазақстан Республикасының аумағын басқа мемлекеттерден жануарлардың жұқпалы және экзотикалық ауруларының әкелінуі мен таралуынан қорғауды ұйымдастырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="165"/>
-    <w:bookmarkStart w:name="z802" w:id="166"/>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z802" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       115) Қазақстан Республикасының заңнамасында белгіленген тәртіппен ветеринариялық препараттарды және оларды сақтау, тасымалдау (жеткізу) және пайдалану жөніндегі қызметтерді мемлекеттік сатып алуды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="166"/>
-    <w:bookmarkStart w:name="z803" w:id="167"/>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z803" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       116) Қазақстан Республикасының заңнамасында белгіленген тәртіппен ветеринария саласындағы ветеринариялық (ветеринариялық-санитариялық) қағидаларды және басқа да нормативтік құқықтық актілерді әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="167"/>
-    <w:bookmarkStart w:name="z804" w:id="168"/>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z804" w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       117) ветеринария саласындағы қызметке қойылатын біліктілік талаптарын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="168"/>
-    <w:bookmarkStart w:name="z805" w:id="169"/>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z805" w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       118) ветеринариялық ғылыми зерттеулерді ұйымдастыру және ветеринария саласындағы мамандарды, ветеринария саласындағы кәсіпкерлік қызметті жүзеге асыратын жеке және заңды тұлғаларды қайта даярлайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="169"/>
-    <w:bookmarkStart w:name="z806" w:id="170"/>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z806" w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       119) эпизоотиялық мониторинг жүргізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="170"/>
-    <w:bookmarkStart w:name="z807" w:id="171"/>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z807" w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       120) ветеринариялық препараттарды, жемшөп қоспаларын, аспаптарды, құрал-саймандарды бақылауды жүзеге асырады, сондай-ақ ветеринариялық препараттарды, жемшөп қоспаларын байқаудан өткізуді, тіркеу сынақтарынан өткізуді ұйымдастырады және олардың мемлекеттік тізілімдерін жүргізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="171"/>
-    <w:bookmarkStart w:name="z808" w:id="172"/>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z808" w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       121) жаңа ветеринариялық препараттарға, жемшөп пен жемшөп қоспаларына қорытындылар береді; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="172"/>
-    <w:bookmarkStart w:name="z809" w:id="173"/>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z809" w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       122) Қазақстан Республикасының заңнамасында белгіленген тәртіппен ветеринария саласындағы халықаралық ұйымдарда Қазақстан Республикасының атынан өкілдік етеді, сондай-ақ олармен ынтымақтастықты ұйымдастырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="173"/>
-    <w:bookmarkStart w:name="z810" w:id="174"/>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z810" w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       123) басқа елдердің ветеринариялық-санитариялық шараларының, егер бұл шаралар Қазақстан Республикасының аумағындағы салауаттылықтың тиісті деңгейін қамтамасыз ететін болса, баламалылығын таниды; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="174"/>
-    <w:bookmarkStart w:name="z811" w:id="175"/>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z811" w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       124) экспорттаушы елдің ғылыми негіздемесі жеткіліксіз болған жағдайда, халықаралық ұйымдардан алынған ақпаратты қоса алғанда, қолда бар тиісті ақпараттың негізінде уақытша ветеринариялық-санитариялық шараларды енгізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="175"/>
-    <w:bookmarkStart w:name="z812" w:id="176"/>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z812" w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       125) ауру таралмаған немесе ауру аз таралған аумақты немесе оның бөліктерін айқындайды, осы аумақтардан экспортталатын орны ауыстырылатын (тасымалданатын) объектілерге мемлекеттік ветеринариялық-санитариялық бақылауды және қадағалауды жүзеге асырады, импортталатын елге растауды береді және Қазақстан Республикасы ратификациялаған халықаралық шарттарда көзделген жағдайларда, оның өкілдерінің осы аумақтарда инспекция жүргізуге қол жеткізуін қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="176"/>
-    <w:bookmarkStart w:name="z813" w:id="177"/>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z813" w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       126) жеткілікті ғылыми негіздемеге негізделген және жануарлар мен адам өміріне және денсаулығына тигізетін салдарлары ескерілген, сондай-ақ халықаралық талаптарға сай келетін ветеринариялық нормативтерді бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="177"/>
-    <w:bookmarkStart w:name="z814" w:id="178"/>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z814" w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       127) ветеринария саласындағы техникалық регламенттерді әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="178"/>
-    <w:bookmarkStart w:name="z815" w:id="179"/>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z815" w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       128) құзыреті шегінде стандарттау жөніндегі құжаттардың жобаларын қарайды, сондай-ақ стандарттау саласындағы уәкілетті органға енгізу үшін ұлттық, мемлекетаралық стандарттарды, ұлттық техникалық-экономикалық ақпарат сыныптауыштарын және стандарттау жөніндегі ұсынымдарды әзірлеу, өзгерістер енгізу, қайта қарау және күшін жою жөнінде ұсыныстар дайындайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="179"/>
-    <w:bookmarkStart w:name="z816" w:id="180"/>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z816" w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       129) өңірлендіру, аумақты аймақтарға, компартментке бөлу тәртібін айқындайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="180"/>
-    <w:bookmarkStart w:name="z817" w:id="181"/>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z817" w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       130) аумақты компартментке бөлу туралы, өңірлендіру туралы шешім шығарады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="181"/>
-    <w:bookmarkStart w:name="z818" w:id="182"/>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z818" w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       131) тиісті әкімшілік-аумақтық бірліктің аумағында ветеринариялық-санитариялық қауіпсіздікті қамтамасыз ету жөніндегі ветеринариялық іс-шаралар жоспарын келіседі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="182"/>
-    <w:bookmarkStart w:name="z819" w:id="183"/>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z819" w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       132) ветеринариялық препараттардың республикалық қорын қалыптастыру, пайдалану және оларды есептен шығару тәртібі мен нормативін бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="183"/>
-    <w:bookmarkStart w:name="z820" w:id="184"/>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z820" w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       133) ветеринариялық препараттардың республикалық қорын мемлекеттік сатып алуды, сақтауды, пайдалануды және оларды есептен шығаруды ұйымдастырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="184"/>
-    <w:bookmarkStart w:name="z821" w:id="185"/>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z821" w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       134) ветеринариялық препараттарды, жемшөп пен жемшөп қоспаларын пайдалану кезінде оларды есептен шығару, сондай-ақ оларды сақтау мерзімдері өткеннен кейін жою немесе зертханалық зерттеу нәтижелері бойынша мақсатына қарай пайдалануға жарамсыз деп тану тәртібі мен нормативін бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="185"/>
-    <w:bookmarkStart w:name="z822" w:id="186"/>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z822" w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       135) Қазақстан Республикасының аумағында орны ауыстырылатын (тасымалданатын) объектілерді тасымалдауды жүзеге асыру тәртібін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="186"/>
-    <w:bookmarkStart w:name="z823" w:id="187"/>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z823" w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       136) тиісті аумақтағы эпизоотиялық жағдайды бағалауды ескере отырып, орны ауыстырылатын (тасымалданатын) объектілердің экспортына, импортына және транзитіне рұқсат беру тәртібін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="187"/>
-    <w:bookmarkStart w:name="z824" w:id="188"/>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z824" w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       137) мемлекеттік ветеринариялық-санитариялық бақылау және қадағалау жүргізу туралы және орны ауыстырылатын (тасымалданатын) объектілердің импортына рұқсат беретін ұйымдарды айқындау туралы шешім шығарады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="188"/>
-    <w:bookmarkStart w:name="z825" w:id="189"/>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z825" w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       138) жануарлар өсіруді, жануарларды, жануарлардан алынатын өнім мен шикізатты дайындауды (союды), сақтауды, қайта өңдеуді және өткізуді жүзеге асыратын өндіріс объектілеріне, сондай-ақ ветеринариялық препараттарды, жемшөп пен жемшөп қоспаларын өндіру, сақтау және өткізу жөніндегі ұйымдарға есепке алу нөмірлерін беру тәртібін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="189"/>
-    <w:bookmarkStart w:name="z826" w:id="190"/>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z826" w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       139) жануарлар өсіруді, жануарларды, жануарлардан алынатын өнім мен шикізатты дайындауды (союды), сақтауды, қайта өңдеуді және өткізуді жүзеге асыратын өндіріс объектілеріне, сондай-ақ ветеринариялық препараттарды, жемшөпті және жемшөп қоспаларын өндіру, сақтау және өткізу жөніндегі ұйымдарға есепке алу нөмірлерін беру және олардың тізілімін жүргізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="190"/>
-    <w:bookmarkStart w:name="z827" w:id="191"/>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z827" w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       140) ұйымдарда ветеринария саласында пайдаланылатын жануарлар ауруларын қоздырушылары штаммдарының пайдаланылуына, тасымалдануына (жеткізілуіне), сақталуына және жойылуына мемлекеттік ветеринариялық-санитариялық бақылауды және қадағалауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="191"/>
-    <w:bookmarkStart w:name="z828" w:id="192"/>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z828" w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       141) орны ауыстырылатын (тасымалданатын) объектiлердiң және биологиялық материалдың сынамаларын алу қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="192"/>
-    <w:bookmarkStart w:name="z829" w:id="193"/>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z829" w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       142) ветеринариялық іс-шараларды жүзеге асыру жөніндегі ұсынымдар мен әдістемелік нұсқауларды бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="193"/>
-    <w:bookmarkStart w:name="z830" w:id="194"/>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z830" w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       143) жергілікті атқарушы органдардың ветеринария саласындағы қызметті жүзеге асыратын бөлімшелері туралы үлгі ережені әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="194"/>
-    <w:bookmarkStart w:name="z831" w:id="195"/>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z831" w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       144) ауыл шаруашылығы жануарларын бірдейлендіру тәртібін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="195"/>
-    <w:bookmarkStart w:name="z832" w:id="196"/>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z832" w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       145) процессингтік орталықтың жұмыс істеу қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="196"/>
-    <w:bookmarkStart w:name="z833" w:id="197"/>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z833" w:id="198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       146) ауыл шаруашылығы жануарларын бірдейлендіруді жүргізу үшін лазерлік станцияларды, бұйымдарды (құралдарды) және атрибуттарды және оларды өндірушілерді тіркеу қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="197"/>
-    <w:bookmarkStart w:name="z834" w:id="198"/>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z834" w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       147) ауыл шаруашылығы жануарларын бірдейлендіру жөніндегі дерек базасын қалыптастыру, жүргізу және одан үзінді көшірмелер беру ережелерін бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="198"/>
-    <w:bookmarkStart w:name="z835" w:id="199"/>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z835" w:id="200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       148) жануарлар мен адамның денсаулығына қауіп төндіретін, алып қойылатын және жойылатын ауру жануарлардың, жануарлардан алынатын өнімдер мен шикізаттың құнын иелеріне өтейді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="199"/>
-    <w:bookmarkStart w:name="z836" w:id="200"/>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z836" w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       149) жеке және заңды тұлғаларға экспорттау, импорттау және транзиттеу еліндегі эпизоотиялық жағдай туралы ақпарат береді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="200"/>
-    <w:bookmarkStart w:name="z837" w:id="201"/>
+    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkStart w:name="z837" w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       150) кейіннен өткізуге арналған ауыл шаруашылығы жануарларын союды ұйымдастыру тәртібін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="201"/>
-    <w:bookmarkStart w:name="z838" w:id="202"/>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkStart w:name="z838" w:id="203"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       151) ветеринариялық (ветеринариялық-санитариялық) нормаларды, ветеринариялық есепке алу мен есептілік нысандарын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="202"/>
-    <w:bookmarkStart w:name="z839" w:id="203"/>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z839" w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       152) ветеринариялық есепке алу мен есептілікті жүргізу, ұсыну тәртібін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="203"/>
-    <w:bookmarkStart w:name="z840" w:id="204"/>
+    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkStart w:name="z840" w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       153) жануарларды өсіруді, өткізуді жүзеге асыратын өндіріс объектілеріне қойылатын ветеринариялық (ветеринариялық-санитариялық) талаптарды әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="204"/>
-    <w:bookmarkStart w:name="z841" w:id="205"/>
+    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkStart w:name="z841" w:id="206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       154) жануарлардан алынатын өнім мен шикізатты дайындауды (жануарларды сою), сақтауды, қайта өңдеуді және өткізуді жүзеге асыратын өндіріс объектілеріне қойылатын ветеринариялық (ветеринариялық-санитариялық) талаптарды әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="205"/>
-    <w:bookmarkStart w:name="z842" w:id="206"/>
+    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkStart w:name="z842" w:id="207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       155) ветеринариялық препараттарды, жемшөп пен жемшөп қоспаларын өндіру, сақтау және өткізу жөніндегі ұйымдарға қойылатын ветеринариялық (ветеринариялық-санитариялық) талаптарды әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="206"/>
-    <w:bookmarkStart w:name="z843" w:id="207"/>
+    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkStart w:name="z843" w:id="208"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       156) ветеринариялық құжаттарды беру тәртібін және олардың бланкілеріне қойылатын талаптарды әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="207"/>
-    <w:bookmarkStart w:name="z844" w:id="208"/>
+    <w:bookmarkEnd w:id="208"/>
+    <w:bookmarkStart w:name="z844" w:id="209"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       157) жануарлардың аса қауiптi ауруларына қарсы ветеринариялық iс-шараларды жоспарлау және өткізу қағидаларын бекiтеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="208"/>
-    <w:bookmarkStart w:name="z845" w:id="209"/>
+    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkStart w:name="z845" w:id="210"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       158) жаңа, жетілдірілген ветеринариялық препараттарға, жемшөп қоспаларына нормативтік-техникалық құжаттаманы келісу тәртібін бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="209"/>
-    <w:bookmarkStart w:name="z846" w:id="210"/>
+    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkStart w:name="z846" w:id="211"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       159) Қазақстан Республикасының рұқсаттар және хабарламалар туралы заңнамасына сәйкес ветеринариялық мақсаттағы препараттар өндіруді лицензиялайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="210"/>
-    <w:bookmarkStart w:name="z847" w:id="211"/>
+    <w:bookmarkEnd w:id="211"/>
+    <w:bookmarkStart w:name="z847" w:id="212"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       160) мемлекеттік ветеринариялық ұйымдар желісінің мемлекеттік нормативін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="211"/>
-    <w:bookmarkStart w:name="z848" w:id="212"/>
+    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkStart w:name="z848" w:id="213"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       161) биологиялық қалдықтарды кәдеге жарату, жою тәртібін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="212"/>
-    <w:bookmarkStart w:name="z849" w:id="213"/>
+    <w:bookmarkEnd w:id="213"/>
+    <w:bookmarkStart w:name="z849" w:id="214"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       162) тамақ қауіпсіздігін қамтамасыз ету жөніндегі мемлекеттік мониторингтің жоспарын бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="213"/>
-    <w:bookmarkStart w:name="z850" w:id="214"/>
+    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkStart w:name="z850" w:id="215"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       163) сараптама актісін (сынақ хаттамасын) беру қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="214"/>
-    <w:bookmarkStart w:name="z851" w:id="215"/>
+    <w:bookmarkEnd w:id="215"/>
+    <w:bookmarkStart w:name="z851" w:id="216"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       164) ветеринариялық-санитариялық сараптама жүргізу қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="215"/>
-    <w:bookmarkStart w:name="z852" w:id="216"/>
+    <w:bookmarkEnd w:id="216"/>
+    <w:bookmarkStart w:name="z852" w:id="217"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       165) ветеринариялық препараттарды, жемшөп қоспаларын мемлекеттік тіркеуді жүргізу қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="216"/>
-    <w:bookmarkStart w:name="z853" w:id="217"/>
+    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkStart w:name="z853" w:id="218"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       166) жануарларды өткізу қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="217"/>
-    <w:bookmarkStart w:name="z854" w:id="218"/>
+    <w:bookmarkEnd w:id="218"/>
+    <w:bookmarkStart w:name="z854" w:id="219"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       167) жануарларды карантиндеу қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="218"/>
-    <w:bookmarkStart w:name="z855" w:id="219"/>
+    <w:bookmarkEnd w:id="219"/>
+    <w:bookmarkStart w:name="z855" w:id="220"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       168) дезинфекция, дезинсекция, дератизация жүргізу қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="219"/>
-    <w:bookmarkStart w:name="z856" w:id="220"/>
+    <w:bookmarkEnd w:id="220"/>
+    <w:bookmarkStart w:name="z856" w:id="221"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       169) эпизоотиялық мониторинг жүргізу қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="220"/>
-    <w:bookmarkStart w:name="z857" w:id="221"/>
+    <w:bookmarkEnd w:id="221"/>
+    <w:bookmarkStart w:name="z857" w:id="222"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       170) ветеринариялық препараттарды, жемшөп қоспаларын байқаудан өткізу және тіркеу сынақтарынан өткізу қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="221"/>
-    <w:bookmarkStart w:name="z858" w:id="222"/>
+    <w:bookmarkEnd w:id="222"/>
+    <w:bookmarkStart w:name="z858" w:id="223"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       171) жануарларға қарау қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="222"/>
-    <w:bookmarkStart w:name="z859" w:id="223"/>
+    <w:bookmarkEnd w:id="223"/>
+    <w:bookmarkStart w:name="z859" w:id="224"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       172) шектеу іс-шараларын және карантинді белгілеу немесе алып тастау қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="223"/>
-    <w:bookmarkStart w:name="z860" w:id="224"/>
+    <w:bookmarkEnd w:id="224"/>
+    <w:bookmarkStart w:name="z860" w:id="225"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       173) мемлекеттік органдардың ветеринариялық іс-шаралар өткізу кезінде өзара іс-қимыл жасау қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="224"/>
-    <w:bookmarkStart w:name="z861" w:id="225"/>
+    <w:bookmarkEnd w:id="225"/>
+    <w:bookmarkStart w:name="z861" w:id="226"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       174) диагностикалық зерттеулер жүргізу қағидаларын бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="225"/>
-    <w:bookmarkStart w:name="z862" w:id="226"/>
+    <w:bookmarkEnd w:id="226"/>
+    <w:bookmarkStart w:name="z862" w:id="227"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       175) ветеринария саласындағы әкімшілік құқық бұзушылықтар туралы хаттама нысанын, сондай-ақ оны толтыру және шығару тәртібін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="226"/>
-    <w:bookmarkStart w:name="z863" w:id="227"/>
+    <w:bookmarkEnd w:id="227"/>
+    <w:bookmarkStart w:name="z863" w:id="228"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       176) ветеринария саласындағы қызметті жүзеге асыратын жергілікті атқарушы органдар қызметінің тиімділігін бағалау үшін ветеринария саласындағы нысаналы индикаторларды есептеу әдістемесін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="227"/>
-    <w:bookmarkStart w:name="z864" w:id="228"/>
+    <w:bookmarkEnd w:id="228"/>
+    <w:bookmarkStart w:name="z864" w:id="229"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       177) өңірлер бөлінісінде ветеринария саласындағы нысаналы индикаторлардың жоспарлы мәндерін бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="228"/>
-    <w:bookmarkStart w:name="z865" w:id="229"/>
+    <w:bookmarkEnd w:id="229"/>
+    <w:bookmarkStart w:name="z865" w:id="230"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       178) ветеринария саласында пайдаланылатын патогенді және өнеркәсіптік микроорганизмдердің жұмыс коллекцияларын қалыптастыру, жүргізу және күтіп-бағу қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="229"/>
-    <w:bookmarkStart w:name="z866" w:id="230"/>
+    <w:bookmarkEnd w:id="230"/>
+    <w:bookmarkStart w:name="z866" w:id="231"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       179) мал қорымдарының (биотермиялық шұңқырлардың) тізілімін жүргізу қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="230"/>
-    <w:bookmarkStart w:name="z867" w:id="231"/>
+    <w:bookmarkEnd w:id="231"/>
+    <w:bookmarkStart w:name="z867" w:id="232"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       180) мал қорымдарының (биотермиялық шұңқырлардың) тізілімін жүргізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="231"/>
-    <w:bookmarkStart w:name="z868" w:id="232"/>
+    <w:bookmarkEnd w:id="232"/>
+    <w:bookmarkStart w:name="z868" w:id="233"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       181) мемлекеттік ветеринариялық-санитариялық бақылау мен қадағалауды жүзеге асыру кезінде фото- және бейнетүсірілімдер үшін техникалық құралдарды пайдалану қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="232"/>
-    <w:bookmarkStart w:name="z869" w:id="233"/>
+    <w:bookmarkEnd w:id="233"/>
+    <w:bookmarkStart w:name="z869" w:id="234"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       182) ветеринариялық бақылау бекеттерін ұйымдастырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="233"/>
-    <w:bookmarkStart w:name="z870" w:id="234"/>
+    <w:bookmarkEnd w:id="234"/>
+    <w:bookmarkStart w:name="z870" w:id="235"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       183) ветеринариялық бақылау бекеттеріндегі мемлекеттік ветеринариялық-санитариялық инспекторларды нысанды киіммен (погонсыз) қамтамасыз етудің заттай нормаларын әзірлейді және бюджеттік жоспарлау жөніндегі орталық уәкілетті органмен келісу бойынша бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="234"/>
-    <w:bookmarkStart w:name="z871" w:id="235"/>
+    <w:bookmarkEnd w:id="235"/>
+    <w:bookmarkStart w:name="z871" w:id="236"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       184) ветеринариялық бақылау бекеттеріндегі мемлекеттік ветеринариялық-санитариялық инспекторлардың нысанды киім (погонсыз) үлгілерін және оларды киіп жүру тәртібін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="235"/>
-    <w:bookmarkStart w:name="z872" w:id="236"/>
+    <w:bookmarkEnd w:id="236"/>
+    <w:bookmarkStart w:name="z872" w:id="237"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       185) ветеринариялық бақылау бекеттерінде мемлекеттiк ветеринариялық-санитариялық бақылау мен қадағалауды жүзеге асыру тәртiбiн әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="236"/>
-    <w:bookmarkStart w:name="z873" w:id="237"/>
+    <w:bookmarkEnd w:id="237"/>
+    <w:bookmarkStart w:name="z873" w:id="238"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       186) ветеринария саласындағы нұсқамалар нысандарын, оларды жасау және беру тәртібін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="237"/>
-    <w:bookmarkStart w:name="z874" w:id="238"/>
+    <w:bookmarkEnd w:id="238"/>
+    <w:bookmarkStart w:name="z874" w:id="239"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       187) мемлекеттiк ветеринариялық-санитариялық бақылау мен қадағалау туралы ереженi әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="238"/>
-    <w:bookmarkStart w:name="z875" w:id="239"/>
+    <w:bookmarkEnd w:id="239"/>
+    <w:bookmarkStart w:name="z875" w:id="240"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       188) жануарлардың саулығы мен адамның денсаулығына қауіп төндіретін жануарларды, жануарлардан алынатын өнімдер мен шикізатты міндетті түрде алып қою және жою жүргізілетін жануарлардың аса қауіпті ауруларының тізбесін бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="239"/>
-    <w:bookmarkStart w:name="z876" w:id="240"/>
+    <w:bookmarkEnd w:id="240"/>
+    <w:bookmarkStart w:name="z876" w:id="241"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       189) ветеринариялық препараттар, жемшөп пен жемшөп қоспалары және (немесе) антибиотиктері, гормондары және биологиялық стимуляторлары бар ветеринариялық препараттар, жемшөп пен жемшөп қоспалары серияларының (партияларының) ветеринариялық нормативтер талаптарына сәйкестігін айқындау тәртібін белгілейді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="240"/>
-    <w:bookmarkStart w:name="z877" w:id="241"/>
+    <w:bookmarkEnd w:id="241"/>
+    <w:bookmarkStart w:name="z877" w:id="242"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       190) ветеринариялық препараттардың, жемшөп пен жемшөп қоспаларының ветеринариялық нормативтер талаптарына сәйкестігін айқындау мақсатында олардың қауіпсіздігін мониторингтеуді жүзеге асыру тәртібін белгілейді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="241"/>
-    <w:bookmarkStart w:name="z878" w:id="242"/>
+    <w:bookmarkEnd w:id="242"/>
+    <w:bookmarkStart w:name="z878" w:id="243"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       191) жеке және заңды тұлғаларға жаңа, жетілдірілген ветеринариялық препараттарға, тамақ өнімін, жемшөп пен жемшөп қоспаларын өндіруге арналған нормативтік-техникалық құжаттаманы келіседі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="242"/>
-    <w:bookmarkStart w:name="z879" w:id="243"/>
+    <w:bookmarkEnd w:id="243"/>
+    <w:bookmarkStart w:name="z879" w:id="244"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       192) мемлекеттік карантиндік фитосанитариялық бақылауды және қадағалауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="243"/>
-    <w:bookmarkStart w:name="z880" w:id="244"/>
+    <w:bookmarkEnd w:id="244"/>
+    <w:bookmarkStart w:name="z880" w:id="245"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       193) жергілікті атқарушы органдардың өсімдіктер карантині саласындағы қызметін үйлестіруді және оған әдістемелік басшылықты жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="244"/>
-    <w:bookmarkStart w:name="z881" w:id="245"/>
+    <w:bookmarkEnd w:id="245"/>
+    <w:bookmarkStart w:name="z881" w:id="246"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       194) карантиндi объектiлермен залалданған, зарарсыздандыруға немесе қайта өңдеуге келмейтін карантинге жатқызылған өнiмдi алып қою және жою жөніндегі қағидаларды әзірлейдi және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="245"/>
-    <w:bookmarkStart w:name="z882" w:id="246"/>
+    <w:bookmarkEnd w:id="246"/>
+    <w:bookmarkStart w:name="z882" w:id="247"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       195) карантиндік фитосанитариялық талаптарды, оның ішінде Қазақстан Республикасының биологиялық қауіпсіздік саласындағы заңнамасының талаптарын ескере отырып әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="246"/>
-    <w:bookmarkStart w:name="z883" w:id="247"/>
+    <w:bookmarkEnd w:id="247"/>
+    <w:bookmarkStart w:name="z883" w:id="248"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       196) карантинге жатқызылған өнімнің тізбесін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="247"/>
-    <w:bookmarkStart w:name="z884" w:id="248"/>
+    <w:bookmarkEnd w:id="248"/>
+    <w:bookmarkStart w:name="z884" w:id="249"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       197) Қазақстан Республикасының аумағын карантинді объектілерден және бөтен текті түрлерден қорғау жөніндегі қағидаларды әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="248"/>
-    <w:bookmarkStart w:name="z885" w:id="249"/>
+    <w:bookmarkEnd w:id="249"/>
+    <w:bookmarkStart w:name="z885" w:id="250"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       198) жеке және заңды тұлғаларға жеміс дақылдарының бактериялық күйігін жұқтырған жойылған жеміс-жидек дақылдарын отырғызу мен өсіруге жұмсаған шығындарын өтеу қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="249"/>
-    <w:bookmarkStart w:name="z886" w:id="250"/>
+    <w:bookmarkEnd w:id="250"/>
+    <w:bookmarkStart w:name="z886" w:id="251"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       199) фитосанитариялық тәуекелге талдау жүргізу қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="250"/>
-    <w:bookmarkStart w:name="z887" w:id="251"/>
+    <w:bookmarkEnd w:id="251"/>
+    <w:bookmarkStart w:name="z887" w:id="252"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       200) есепке алу нөмірлерін береді, қолданылуын тоқтата тұрады және кері қайтарып алады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="251"/>
-    <w:bookmarkStart w:name="z888" w:id="252"/>
+    <w:bookmarkEnd w:id="252"/>
+    <w:bookmarkStart w:name="z888" w:id="253"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       201) мемлекеттік карантиндік фитосанитариялық бақылау мен қадағалауды жүзеге асыру кезінде материалдық құралдарды, фото- және бейнетіркеуге арналған техникалық құралдарды пайдалану тәртібін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="252"/>
-    <w:bookmarkStart w:name="z889" w:id="253"/>
+    <w:bookmarkEnd w:id="253"/>
+    <w:bookmarkStart w:name="z889" w:id="254"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       202) өздеріне қатысты өсімдіктер карантині жөніндегі іс-шаралар белгіленетін және жүзеге асырылатын карантинді объектілер мен бөтен текті түрлердің тізбесін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="253"/>
-    <w:bookmarkStart w:name="z890" w:id="254"/>
+    <w:bookmarkEnd w:id="254"/>
+    <w:bookmarkStart w:name="z890" w:id="255"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       203) таралу ошақтарын оқшаулау мен жою жөніндегі іс-шаралар бюджет қаражаты есебінен жүзеге асырылатын карантинді объектілер мен бөтен текті түрлердің тізбесін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="254"/>
-    <w:bookmarkStart w:name="z891" w:id="255"/>
+    <w:bookmarkEnd w:id="255"/>
+    <w:bookmarkStart w:name="z891" w:id="256"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       204) екі немесе одан көп облыс аумағында (облыстардың аумағында карантинді объектінің жергілікті таралу жағдайларын қоспағанда) карантиндік режим енгізе отырып, карантинді аймақты белгілеу немесе оның күшін жою туралы шешім қабылдайды, сондай-ақ осы аймақтарда өсімдіктер карантині жөніндегі іс-шараларды жүргізу тәртібін әзірлейді және бекітеді әрі олардың жүргізілуін бақылауды және қадағалауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="255"/>
-    <w:bookmarkStart w:name="z892" w:id="256"/>
+    <w:bookmarkEnd w:id="256"/>
+    <w:bookmarkStart w:name="z892" w:id="257"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       205) өсімдіктер карантині жөніндегі іс-шараларды жүргізу үшін пестицидтердің қорын құру және сақтау тәртібін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="256"/>
-    <w:bookmarkStart w:name="z893" w:id="257"/>
+    <w:bookmarkEnd w:id="257"/>
+    <w:bookmarkStart w:name="z893" w:id="258"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       206) жергілікті атқарушы органдардың Қазақстан Республикасының өсімдіктер карантині саласындағы заңнамасын сақтауын мемлекеттік бақылауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="257"/>
-    <w:bookmarkStart w:name="z894" w:id="258"/>
+    <w:bookmarkEnd w:id="258"/>
+    <w:bookmarkStart w:name="z894" w:id="259"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       207) өздеріне қатысты өсiмдiктер карантинi жөнiндегi iс-шаралар белгiленетін және жүзеге асырылатын карантиндi объектiлер тiзбесiн айқындайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="258"/>
-    <w:bookmarkStart w:name="z895" w:id="259"/>
+    <w:bookmarkEnd w:id="259"/>
+    <w:bookmarkStart w:name="z895" w:id="260"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       208) Қазақстан Республикасында және басқа да мемлекеттерде карантиндi объектiлердiң болуы мен таралуы, оларға қарсы күрес жөнiндегi шаралар мен iс-шаралар туралы дерекқор құрады, ақпаратты ресми интернет-ресурста орналастырады және сұрау салу бойынша оны мүдделi адамдарға бередi;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="259"/>
-    <w:bookmarkStart w:name="z896" w:id="260"/>
+    <w:bookmarkEnd w:id="260"/>
+    <w:bookmarkStart w:name="z896" w:id="261"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       209) карантинді объектілер және (немесе) бөтен текті түрлер таралмаған немесе шектеулі таралған карантинге жатқызылған объектілерді, аймақтарды, орындарды, өндіріс учаскелерін айқындайды, импорттаушы елге растауды береді және Қазақстан Республикасы ратификациялаған халықаралық шарттарда көзделген жағдайларда импорттаушы елдің өкілдеріне инспекциялау жүргізу үшін қолжетімділікті қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="260"/>
-    <w:bookmarkStart w:name="z897" w:id="261"/>
+    <w:bookmarkEnd w:id="261"/>
+    <w:bookmarkStart w:name="z897" w:id="262"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       210) өсiмдiктер карантинi жөнiндегi мемлекеттiк инспекторлар туралы ережені әзірлейді және бекiтедi;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="261"/>
-    <w:bookmarkStart w:name="z898" w:id="262"/>
+    <w:bookmarkEnd w:id="262"/>
+    <w:bookmarkStart w:name="z898" w:id="263"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       211) өсімдіктер карантині жөніндегі іс-шараларды жүзеге асырудың тәртібі мен тәсілдерін регламенттейтін әдістерді, әдістемелерді, ұсынымдарды әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="262"/>
-    <w:bookmarkStart w:name="z899" w:id="263"/>
+    <w:bookmarkEnd w:id="263"/>
+    <w:bookmarkStart w:name="z899" w:id="264"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       212) ғылыми-зерттеу ұйымдарымен бiрлесiп, фитосанитариялық тәуекелге талдау жүргізу қағидалары негізінде, оның ішінде Қазақстан Республикасының биологиялық қауіпсіздік саласындағы заңнамасына, халықаралық нормалар мен ұсынымдарға сәйкес биологиялық тәуекелдерді басқару әдістемесін ескере отырып, карантиндік фитосанитариялық шараларды әзiрлейдi, жеке және заңды тұлғалардың оларды орындауын тұрақты бақылауды және қадағалауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="263"/>
-    <w:bookmarkStart w:name="z900" w:id="264"/>
+    <w:bookmarkEnd w:id="264"/>
+    <w:bookmarkStart w:name="z900" w:id="265"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       213) Өсімдіктер карантині жөніндегі бас мемлекеттік инспектор және өсімдіктер карантині жөніндегі мемлекеттік инспекторлар лауазымдарына орналасуға біліктілік талаптарын белгілейді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="264"/>
-    <w:bookmarkStart w:name="z901" w:id="265"/>
+    <w:bookmarkEnd w:id="265"/>
+    <w:bookmarkStart w:name="z901" w:id="266"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       214) өз құзыреті шегінде өсімдіктер карантині жөніндегі іс-шараларды жүргізуді ұйымдастырады және олардың жүргізілуін бақылауды және қадағалауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="265"/>
-    <w:bookmarkStart w:name="z902" w:id="266"/>
+    <w:bookmarkEnd w:id="266"/>
+    <w:bookmarkStart w:name="z902" w:id="267"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       215) карантинге жатқызылған өнімдер транзитінің шарттарын айқындайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="266"/>
-    <w:bookmarkStart w:name="z903" w:id="267"/>
+    <w:bookmarkEnd w:id="267"/>
+    <w:bookmarkStart w:name="z903" w:id="268"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       216) Қазақстан Республикасының аумағын карантинді объектілер мен бөтен текті түрлерден қорғау жөніндегі қағидаларға сәйкес уақытша карантиндік фитосанитариялық шараларды енгізеді және олардың күшін жояды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="267"/>
-    <w:bookmarkStart w:name="z904" w:id="268"/>
+    <w:bookmarkEnd w:id="268"/>
+    <w:bookmarkStart w:name="z904" w:id="269"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       217) өсімдіктер карантині жөніндегі іс-шараларды жүргізу үшін пестицидтерді, оларды сақтау, тасымалдау, қолдану жөніндегі жұмыстар мен көрсетілетін қызметтерді Қазақстан Республикасының мемлекеттік сатып алу туралы заңнамасында белгіленген тәртіппен мемлекеттік сатып алуды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="268"/>
-    <w:bookmarkStart w:name="z905" w:id="269"/>
+    <w:bookmarkEnd w:id="269"/>
+    <w:bookmarkStart w:name="z905" w:id="270"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       218) өсімдіктер карантині жөніндегі іс-шараларды жүргізу үшiн Қазақстан Республикасының заңнамасында белгiленген тәртiппен пестицидтердiң қорын құрады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="269"/>
-    <w:bookmarkStart w:name="z906" w:id="270"/>
+    <w:bookmarkEnd w:id="270"/>
+    <w:bookmarkStart w:name="z906" w:id="271"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       219) өсімдіктер карантині жөніндегі іс-шараларды жүргізу үшін бюджет қаражаты есебінен сатып алынған пестицидтерді Қазақстан Республикасының аумағы бойынша бөледі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="270"/>
-    <w:bookmarkStart w:name="z907" w:id="271"/>
+    <w:bookmarkEnd w:id="271"/>
+    <w:bookmarkStart w:name="z907" w:id="272"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       220) фитосанитариялық бақылау бекеттерінде әкелінетін, әкетілетін және транзиттік карантинге жатқызылған өнімге, көлік құралдарына және тасымалдауға арналған бейімдемелерге (оның ішінде көлік құралдарының кабиналарына, салондарына, багаж және жүк бөлімшелеріне, контейнерлерге), жеке тұлғалардың қол жүгі мен багажына бастапқы карантиндік фитосанитариялық бақылауды және қадағалауды, қажет болған кезде үлгілерді іріктей отырып, карантиндік фитосанитариялық сараптама және (немесе) зертханалық сараптама жүргізеді, карантиндік фитосанитариялық бақылау және қадағалау актісін жасайды, ілеспе тауар-көлік құжаттарына мемлекеттік карантиндік фитосанитариялық бақылаудан және қадағалаудан өткені туралы белгіленген үлгідегі тиісті мөртабан басады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="271"/>
-    <w:bookmarkStart w:name="z908" w:id="272"/>
+    <w:bookmarkEnd w:id="272"/>
+    <w:bookmarkStart w:name="z908" w:id="273"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       221) карантинге жатқызылған өнімнің межелі пунктінде көлік құралдарын және тасымалдауға арналған бейімдемелерді (оның ішінде көлік құралдарының кабиналарын, салондарын, багаж және жүк бөлімшелерін, контейнерлерді), жеке тұлғалардың қол жүгі мен багажын қайталама карантиндік фитосанитариялық бақылауды және қадағалауды, үлгілерді іріктеуді, қажет болған кезде аумақтың фитосанитариялық сипаттамасын және оның шыққан жерін, межелі пунктін, сондай-ақ карантинді объектілер және (немесе) бөтен текті түрлер таралмаған немесе шектеулі таралған аймақтарды, орындарды, өндіріс учаскелерін есепке ала отырып, карантиндік фитосанитариялық сараптама және (немесе) зертханалық сараптама жүргізеді, карантиндік фитосанитариялық бақылау және қадағалау актісін жасайды, ілеспе тауар-көлік құжаттарына мемлекеттік карантиндік фитосанитариялық бақылаудан және қадағалаудан өткені туралы белгіленген үлгідегі тиісті мөртабан басады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="272"/>
-    <w:bookmarkStart w:name="z909" w:id="273"/>
+    <w:bookmarkEnd w:id="273"/>
+    <w:bookmarkStart w:name="z909" w:id="274"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       222) әкетілетін карантинге жатқызылған өнімді тиеп-жөнелту орындарында тұрақты карантиндік жете тексеруді, қажет болғанда – үлгілерін алу арқылы карантиндік фитосанитариялық сараптаманы және (немесе) зертханалық сараптаманы және фитосанитариялық сертификаттауды жүргізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="273"/>
-    <w:bookmarkStart w:name="z910" w:id="274"/>
+    <w:bookmarkEnd w:id="274"/>
+    <w:bookmarkStart w:name="z910" w:id="275"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       223) фитосанитариялық бақылау бекеттерінде әкелінетін, әкетілетін және транзиттік карантинге жатқызылған өнімге құжаттамалық мемлекеттік карантиндік фитосанитариялық бақылау жүргізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="274"/>
-    <w:bookmarkStart w:name="z911" w:id="275"/>
+    <w:bookmarkEnd w:id="275"/>
+    <w:bookmarkStart w:name="z911" w:id="276"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       224) Қазақстан Республикасының ішкі сауда объектілерінде және ұйымдарында карантинге жатқызылған өнімді тұрақты жете тексеруді, қажет болғанда – үлгілерін алу арқылы оған карантиндік фитосанитариялық сараптаманы және (немесе) зертханалық сараптаманы жүргізеді және карантиндік құжаттарды қарайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="275"/>
-    <w:bookmarkStart w:name="z912" w:id="276"/>
+    <w:bookmarkEnd w:id="276"/>
+    <w:bookmarkStart w:name="z912" w:id="277"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       225) өсімдіктен алынатын өнiмдi өсiретiн, дайындайтын, қоймаға жинайтын, қайта өңдейтiн және өткiзетiн ұйымдардың, ішкі сауда объектілерінің, шаруа немесе фермер, үй жанындағы және саяжай қожалықтарының аумағы мен үй-жайларына, ауыл шаруашылығына, орманға, суға және басқа да мақсатқа арналған жерлерге тұрақты ішінара бақылау зерттеп-қарауды жүргiзедi;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="276"/>
-    <w:bookmarkStart w:name="z913" w:id="277"/>
+    <w:bookmarkEnd w:id="277"/>
+    <w:bookmarkStart w:name="z913" w:id="278"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       226) Қазақстан Республикасының өсімдіктер карантині саласындағы заңнамасын анықталған бұзушылықтарды жою және өсімдіктер карантині жөніндегі іс-шараларды орындау туралы нұсқамалар береді және олардың орындалуын бақылайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="277"/>
-    <w:bookmarkStart w:name="z914" w:id="278"/>
+    <w:bookmarkEnd w:id="278"/>
+    <w:bookmarkStart w:name="z914" w:id="279"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       227) Қазақстан Республикасының заңнамалық актілерінде белгіленген тәртіппен және негіздерде дара кәсіпкерлер мен заңды тұлғалардың қызметіне тыйым салу немесе оны тоқтата тұру туралы сотқа талап арыз жібереді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="278"/>
-    <w:bookmarkStart w:name="z915" w:id="279"/>
+    <w:bookmarkEnd w:id="279"/>
+    <w:bookmarkStart w:name="z915" w:id="280"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       228) уәкілетті ұйымда импорттық себу материалдары мен отырғызылатын материалдардың карантиндi объектiлермен және бөтен тектi түрлермен жасырын залалданған-залалданбағанын зерттеу жөнiндегi iс-шараларды ұйымдастырады және бақылайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="279"/>
-    <w:bookmarkStart w:name="z916" w:id="280"/>
+    <w:bookmarkEnd w:id="280"/>
+    <w:bookmarkStart w:name="z916" w:id="281"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       229) карантинге жатқызылған өнімге фитосанитариялық сертификаттар береді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="280"/>
-    <w:bookmarkStart w:name="z917" w:id="281"/>
+    <w:bookmarkEnd w:id="281"/>
+    <w:bookmarkStart w:name="z917" w:id="282"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       230) халықаралық нормалар мен талаптардың өсiмдiктер карантинi саласында жасалған келiсiмдерге сәйкес орындалуын қамтамасыз етедi;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="281"/>
-    <w:bookmarkStart w:name="z918" w:id="282"/>
+    <w:bookmarkEnd w:id="282"/>
+    <w:bookmarkStart w:name="z918" w:id="283"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       231) өз құзыретi шегiнде өсiмдiктер карантині саласындағы нормативтiк құқықтық актiлердi әзiрлейдi және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="282"/>
-    <w:bookmarkStart w:name="z919" w:id="283"/>
+    <w:bookmarkEnd w:id="283"/>
+    <w:bookmarkStart w:name="z919" w:id="284"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       232) өсімдіктер карантині саласындағы заттай нормаларды әзірлейді және бюджеттік жоспарлау жөніндегі орталық уәкілетті органмен келісу бойынша бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="283"/>
-    <w:bookmarkStart w:name="z920" w:id="284"/>
+    <w:bookmarkEnd w:id="284"/>
+    <w:bookmarkStart w:name="z920" w:id="285"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       233) нысанды киім (погонсыз) киіп жүруге құқығы бар лауазымды адамдардың тізбесін, нысанды киім (погонсыз) үлгілерін және оларды киіп жүру тәртібін айқындайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="284"/>
-    <w:bookmarkStart w:name="z921" w:id="285"/>
+    <w:bookmarkEnd w:id="285"/>
+    <w:bookmarkStart w:name="z921" w:id="286"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       234) өз құзыретi шегiнде өсiмдiктердi қорғау саласындағы нормативтiк құқықтық актiлердi әзiрлейдi және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="285"/>
-    <w:bookmarkStart w:name="z922" w:id="286"/>
+    <w:bookmarkEnd w:id="286"/>
+    <w:bookmarkStart w:name="z922" w:id="287"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       235) өсімдіктерді қорғау саласында жергілікті атқарушы органдарды үйлестіруді және оларға әдістемелік басшылықты жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="286"/>
-    <w:bookmarkStart w:name="z923" w:id="287"/>
+    <w:bookmarkEnd w:id="287"/>
+    <w:bookmarkStart w:name="z923" w:id="288"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       236) аса қауiптi зиянды организмдер тiзбесiн әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="287"/>
-    <w:bookmarkStart w:name="z924" w:id="288"/>
+    <w:bookmarkEnd w:id="288"/>
+    <w:bookmarkStart w:name="z924" w:id="289"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       237) өсімдіктерді қорғау құралдарының (пестицидтердің) қауіпсіздігі туралы техникалық регламентті әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="288"/>
-    <w:bookmarkStart w:name="z925" w:id="289"/>
+    <w:bookmarkEnd w:id="289"/>
+    <w:bookmarkStart w:name="z925" w:id="290"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       238) Еуразиялық экономикалық комиссия Алқасының шешімдеріне сәйкес тіркеу (ұсақмөлдекті және өндірістік) сынақтарынан өткізу және (немесе) ғылыми зерттеулерді жүргізу үшін өсімдіктерді қорғаудың тіркелмеген құралдарының (пестицидтердің) үлгілерін әкелуге қорытынды (рұқсат беру құжатын) береді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="289"/>
-    <w:bookmarkStart w:name="z926" w:id="290"/>
+    <w:bookmarkEnd w:id="290"/>
+    <w:bookmarkStart w:name="z926" w:id="291"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       239) өсімдіктерді қорғау құралдарын (пестицидтерді) импорттауға лицензия береді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="290"/>
-    <w:bookmarkStart w:name="z927" w:id="291"/>
+    <w:bookmarkEnd w:id="291"/>
+    <w:bookmarkStart w:name="z927" w:id="292"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       240) мынадай:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="291"/>
+    <w:bookmarkEnd w:id="292"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       пестицидтер өндіру (формуляциялау);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9581,310 +9655,310 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       пестицидтер өткізу;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       пестицидтерді аэрозольдық және фумигациялық тәсілдермен қолдану жөніндегі қызметтің кіші түрлеріне қойылатын біліктілік талаптарын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z928" w:id="292"/>
+    <w:bookmarkStart w:name="z928" w:id="293"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       241) қоршаған ортаны қорғау саласындағы уәкілетті органмен және халықтың санитариялық-эпидемиологиялық саламаттылығы саласындағы мемлекеттік органмен келісу бойынша пестицидтерді тіркеу (ұсақмөлдекті және өндірістік) сынақтарынан өткізу және мемлекеттік тіркеу қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="292"/>
-    <w:bookmarkStart w:name="z929" w:id="293"/>
+    <w:bookmarkEnd w:id="293"/>
+    <w:bookmarkStart w:name="z929" w:id="294"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       242) пестицидтерді мемлекеттік тіркеу және пестицидтерге арналған тіркеу куәліктерін береді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="293"/>
-    <w:bookmarkStart w:name="z930" w:id="294"/>
+    <w:bookmarkEnd w:id="294"/>
+    <w:bookmarkStart w:name="z930" w:id="295"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       243) пестицидтер тізімін әзірлейді, бекітеді және жүргізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="294"/>
-    <w:bookmarkStart w:name="z931" w:id="295"/>
+    <w:bookmarkEnd w:id="295"/>
+    <w:bookmarkStart w:name="z931" w:id="296"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       244) фитосанитариялық іс-шараларды жүргізу қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="295"/>
-    <w:bookmarkStart w:name="z932" w:id="296"/>
+    <w:bookmarkEnd w:id="296"/>
+    <w:bookmarkStart w:name="z932" w:id="297"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       245) хаттамалар мен нұсқамалар нысандарын, сондай-ақ оларды Қазақстан Республикасының заңнамасына сәйкес жасау мен шығару тәртiбiн әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="296"/>
-    <w:bookmarkStart w:name="z933" w:id="297"/>
+    <w:bookmarkEnd w:id="297"/>
+    <w:bookmarkStart w:name="z933" w:id="298"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       246) фитосанитариялық іс-шараларды ұйымдастырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="297"/>
-    <w:bookmarkStart w:name="z934" w:id="298"/>
+    <w:bookmarkEnd w:id="298"/>
+    <w:bookmarkStart w:name="z934" w:id="299"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       247) мемлекеттiк органдардың, жеке және заңды тұлғалардың фитосанитариялық iс-шараларды жүргiзудегi қызметiн үйлестіреді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="298"/>
-    <w:bookmarkStart w:name="z935" w:id="299"/>
+    <w:bookmarkEnd w:id="299"/>
+    <w:bookmarkStart w:name="z935" w:id="300"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       248) Қазақстан Республикасының заңнамасында белгiленген тәртiппен пестицидтердi, оларды сақтау, тасымалдау, қолдану жөнiндегi жұмыстар мен көрсетiлетiн қызметтердi мемлекеттiк сатып алуды ұйымдастырады және өткiзеді, сондай-ақ пестицидтердiң қорын жасайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="299"/>
-    <w:bookmarkStart w:name="z936" w:id="300"/>
+    <w:bookmarkEnd w:id="300"/>
+    <w:bookmarkStart w:name="z936" w:id="301"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       249) фитосанитариялық нормативтерді, фитосанитариялық есепке алу нысандарын, сондай-ақ оларды ұсыну тәртібін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="300"/>
-    <w:bookmarkStart w:name="z937" w:id="301"/>
+    <w:bookmarkEnd w:id="301"/>
+    <w:bookmarkStart w:name="z937" w:id="302"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       250) зиянды және аса қауіпті зиянды организмдер бойынша фитосанитариялық мониторинг ұйымдастырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="301"/>
-    <w:bookmarkStart w:name="z938" w:id="302"/>
+    <w:bookmarkEnd w:id="302"/>
+    <w:bookmarkStart w:name="z938" w:id="303"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       251) пестицидтерді тіркеу (ұсақмөлдекті және өндірістік) сынақтарын және мемлекеттік тіркеуді ұйымдастырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="302"/>
-    <w:bookmarkStart w:name="z939" w:id="303"/>
+    <w:bookmarkEnd w:id="303"/>
+    <w:bookmarkStart w:name="z939" w:id="304"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       252) өсімдіктерді қорғау саласындағы қолданбалы ғылыми зерттеулерге тапсырыс берудi ұйымдастырады және үйлестіреді, жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="303"/>
-    <w:bookmarkStart w:name="z940" w:id="304"/>
+    <w:bookmarkEnd w:id="304"/>
+    <w:bookmarkStart w:name="z940" w:id="305"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       253) бюджет қаражаты есебінен сатып алынған пестицидтерді фитосанитариялық мониторинг деректеріне және қалыптасатын фитосанитариялық ахуалға қарай Қазақстан Республикасының аумағы бойынша бөледі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="304"/>
+    <w:bookmarkEnd w:id="305"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9913,1668 +9987,1668 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z942" w:id="305"/>
+    <w:bookmarkStart w:name="z942" w:id="306"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       255) пестицидтердің түрлері бойынша қор нормативін және оны пайдалану тәртібін белгілейді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="305"/>
-    <w:bookmarkStart w:name="z943" w:id="306"/>
+    <w:bookmarkEnd w:id="306"/>
+    <w:bookmarkStart w:name="z943" w:id="307"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       256) мемлекеттік фитосанитариялық бақылауды ұйымдастырады және жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="306"/>
-    <w:bookmarkStart w:name="z944" w:id="307"/>
+    <w:bookmarkEnd w:id="307"/>
+    <w:bookmarkStart w:name="z944" w:id="308"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       257) құзыреті шегінде стандарттау жөніндегі құжаттардың жобаларын қарайды, сондай-ақ стандарттау саласындағы уәкілетті органға енгізу үшін ұлттық, мемлекетаралық стандарттарды, ұлттық техникалық-экономикалық ақпарат сыныптауыштарын және стандарттау жөніндегі ұсынымдарды әзірлеу, өзгерістер енгізу, қайта қарау және күшін жою жөнінде ұсыныстар дайындайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="307"/>
-    <w:bookmarkStart w:name="z945" w:id="308"/>
+    <w:bookmarkEnd w:id="308"/>
+    <w:bookmarkStart w:name="z945" w:id="309"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       258) жергілікті атқарушы органдардың Қазақстан Республикасының өсімдіктерді қорғау туралы заңнамасын сақтауына бақылауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="308"/>
-    <w:bookmarkStart w:name="z946" w:id="309"/>
+    <w:bookmarkEnd w:id="309"/>
+    <w:bookmarkStart w:name="z946" w:id="310"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       259) қоршаған ортаны қорғау саласындағы уәкілетті органмен және халықтың санитариялық-эпидемиологиялық саламаттылығы саласындағы мемлекеттік органмен келісу бойынша пестицидтерді залалсыздандыру тәртібін, сондай-ақ арнаулы сақтау орындарын (көмінділерді) тиісті жағдайда күтіп-ұстау шаттарын айқындайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="309"/>
-    <w:bookmarkStart w:name="z947" w:id="310"/>
+    <w:bookmarkEnd w:id="310"/>
+    <w:bookmarkStart w:name="z947" w:id="311"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       260) фитосанитариялық іс-шараларды жүзеге асырудың тәртібін, тәсілдерін регламенттейтін әдістерді, әдістемелерді, ұсынымдарды әзірлейді және бекітеді, өсімдіктерді қорғау саласында қолданбалы ғылыми зерттеулер жүргізуді ұйымдастырады, үйлестіреді және бақылайды, сондай-ақ өсімдіктерді қорғау бойынша мамандар даярлау және олардың біліктілігін арттыру жөніндегі оқыту бағдарламаларын (оқу бағдарламаларын) келіседі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="310"/>
-    <w:bookmarkStart w:name="z948" w:id="311"/>
+    <w:bookmarkEnd w:id="311"/>
+    <w:bookmarkStart w:name="z948" w:id="312"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       261) фитосанитариялық есептілік түрлерін, оларды ұсыну нысандары мен мерзімдерін айқындайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="311"/>
-    <w:bookmarkStart w:name="z949" w:id="312"/>
+    <w:bookmarkEnd w:id="312"/>
+    <w:bookmarkStart w:name="z949" w:id="313"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       262) жер заңнамасын қолдану іс-тәжірибесін қорытады және оны жетілдіреді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="312"/>
-    <w:bookmarkStart w:name="z950" w:id="313"/>
+    <w:bookmarkEnd w:id="313"/>
+    <w:bookmarkStart w:name="z950" w:id="314"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       263) жер қатынастарын реттеу саласында жергілікті атқарушы органдарды үйлестіруді және оларға әдістемелік басшылық жасауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="313"/>
-    <w:bookmarkStart w:name="z951" w:id="314"/>
+    <w:bookmarkEnd w:id="314"/>
+    <w:bookmarkStart w:name="z951" w:id="315"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       264) жер қатынастарын реттеу саласындағы нормативтік құқықтық актілердің жобаларын әзірлейді және Қазақстан Республикасы Үкіметінің бекітуіне енгізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="314"/>
-    <w:bookmarkStart w:name="z952" w:id="315"/>
+    <w:bookmarkEnd w:id="315"/>
+    <w:bookmarkStart w:name="z952" w:id="316"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       265) ауыл шаруашылығы мақсатындағы жерді ұтымды пайдалану қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="315"/>
-    <w:bookmarkStart w:name="z953" w:id="316"/>
+    <w:bookmarkEnd w:id="316"/>
+    <w:bookmarkStart w:name="z953" w:id="317"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       266) жерді резервте қалдыру қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="316"/>
-    <w:bookmarkStart w:name="z954" w:id="317"/>
+    <w:bookmarkEnd w:id="317"/>
+    <w:bookmarkStart w:name="z954" w:id="318"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       267) жер комиссиясы туралы үлгі ережені әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="317"/>
-    <w:bookmarkStart w:name="z955" w:id="318"/>
+    <w:bookmarkEnd w:id="318"/>
+    <w:bookmarkStart w:name="z955" w:id="319"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       268) шаруа немесе фермер қожалығын, ауыл шаруашылығы өндірісін жүргізу үшін ауыл шаруашылығы мақсатындағы жер учаскесін уақытша өтеулі жер пайдаланудың (жалға алудың) үлгі шартын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="318"/>
-    <w:bookmarkStart w:name="z956" w:id="319"/>
+    <w:bookmarkEnd w:id="319"/>
+    <w:bookmarkStart w:name="z956" w:id="320"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       269) шаруа немесе фермер қожалығын, ауыл шаруашылығы өндірісін жүргізу үшін берілген ауыл шаруашылығы мақсатындағы жерді пайдалану мониторингін ұйымдастыру мен жүргізу қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="319"/>
-    <w:bookmarkStart w:name="z957" w:id="320"/>
+    <w:bookmarkEnd w:id="320"/>
+    <w:bookmarkStart w:name="z957" w:id="321"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       270) шаруа немесе фермер қожалығын, ауыл шаруашылығы өндірісін жүргізу үшін уақытша өтеулі жер пайдалану (жалға алу) құқығын беру жөніндегі конкурсты ұйымдастыру мен өткізу қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="320"/>
-    <w:bookmarkStart w:name="z958" w:id="321"/>
+    <w:bookmarkEnd w:id="321"/>
+    <w:bookmarkStart w:name="z958" w:id="322"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       271) шаруа немесе фермер қожалығын жүргізу үшін – Қазақстан Республикасының азаматында, ауыл шаруашылығы өндірісін жүргізу үшін Қазақстан Республикасының мемлекеттік емес заңды тұлғасы мен оның үлестес тұлғаларында болуы мүмкін ауыл шаруашылығы мақсатындағы жер учаскелерінің шекті (ең жоғары) мөлшерлерін айқындау әдістемесін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="321"/>
-    <w:bookmarkStart w:name="z959" w:id="322"/>
+    <w:bookmarkEnd w:id="322"/>
+    <w:bookmarkStart w:name="z959" w:id="323"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       272) Қазақстан Республикасы жер заңнамасының талаптарын бұзушылықтарды жою туралы нұсқаманың, әкімшілік құқық бұзушылық туралы хаттаманың, әкімшілік құқық бұзушылық туралы іс бойынша қаулының нысанын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="322"/>
-    <w:bookmarkStart w:name="z960" w:id="323"/>
+    <w:bookmarkEnd w:id="323"/>
+    <w:bookmarkStart w:name="z960" w:id="324"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       273) жер учаскесін уақытша өтеулі жер пайдаланудың (жалға берудің) үлгілік шартын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="323"/>
-    <w:bookmarkStart w:name="z961" w:id="324"/>
+    <w:bookmarkEnd w:id="324"/>
+    <w:bookmarkStart w:name="z961" w:id="325"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       274) жер учаскесін сатып алудың-сатудың үлгілік шартын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="324"/>
-    <w:bookmarkStart w:name="z962" w:id="325"/>
+    <w:bookmarkEnd w:id="325"/>
+    <w:bookmarkStart w:name="z962" w:id="326"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       275) Қазақстан Республикасы жер заңнамасының талаптарын бұзушылықтарды жою туралы нұсқаудың нысанын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="325"/>
-    <w:bookmarkStart w:name="z963" w:id="326"/>
+    <w:bookmarkEnd w:id="326"/>
+    <w:bookmarkStart w:name="z963" w:id="327"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       276) жерге орналастыру, мемлекеттiк жер кадастры және жер мониторингі жөнiндегi нормативтiк құқықтық актiлер мен нормативтік құжаттарды, әдістемелерді әзірлейді және бекiтеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="326"/>
-    <w:bookmarkStart w:name="z964" w:id="327"/>
+    <w:bookmarkEnd w:id="327"/>
+    <w:bookmarkStart w:name="z964" w:id="328"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       277) әкімшілік-аумақтық бірліктердің шекараларын белгілеу және өзгерту жөніндегі жобаларды жасау қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="327"/>
-    <w:bookmarkStart w:name="z965" w:id="328"/>
+    <w:bookmarkEnd w:id="328"/>
+    <w:bookmarkStart w:name="z965" w:id="329"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       278) жер учаскелерін қалыптастыру жөніндегі жерге орналастыру жобаларын жасау қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="328"/>
-    <w:bookmarkStart w:name="z966" w:id="329"/>
+    <w:bookmarkEnd w:id="329"/>
+    <w:bookmarkStart w:name="z966" w:id="330"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       279) шаруашылықішілік және шаруашылықаралық жерге орналастыру жобаларын жасау қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="329"/>
-    <w:bookmarkStart w:name="z967" w:id="330"/>
+    <w:bookmarkEnd w:id="330"/>
+    <w:bookmarkStart w:name="z967" w:id="331"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       280) Қазақстан Республикасының табиғи жем-шөп алқаптарының ірі масштабты (1:1000 – 1:100 000) геоботаникалық іздестірулерін жүргізу жөніндегі әдістемені әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="330"/>
-    <w:bookmarkStart w:name="z968" w:id="331"/>
+    <w:bookmarkEnd w:id="331"/>
+    <w:bookmarkStart w:name="z968" w:id="332"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       281) жердің ірі масштабты топырақ іздестірулерін жүргізу жөніндегі әдістемені әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="331"/>
-    <w:bookmarkStart w:name="z969" w:id="332"/>
+    <w:bookmarkEnd w:id="332"/>
+    <w:bookmarkStart w:name="z969" w:id="333"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       282) жерге мониторинг жүргізу жөніндегі әдістемені әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="332"/>
-    <w:bookmarkStart w:name="z970" w:id="333"/>
+    <w:bookmarkEnd w:id="333"/>
+    <w:bookmarkStart w:name="z970" w:id="334"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       283) электрондық жер-кадастрлық карталарды жасау жөніндегі нұсқаулықты әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="333"/>
-    <w:bookmarkStart w:name="z971" w:id="334"/>
+    <w:bookmarkEnd w:id="334"/>
+    <w:bookmarkStart w:name="z971" w:id="335"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       284) жылжымайтын мүлікке құқықтарды мемлекеттік тіркеу және жылжымайтын мүлікті мемлекеттік техникалық зерттеп-қарау саласындағы қызметті мемлекеттік реттеуді және бақылауды жүзеге асыратын мемлекеттік органмен бірлесіп, жылжымайтын мүліктің бірыңғай мемлекеттік кадастрының ақпараттық жүйесін жүргізу және пайдалану тәртібін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="334"/>
-    <w:bookmarkStart w:name="z972" w:id="335"/>
+    <w:bookmarkEnd w:id="335"/>
+    <w:bookmarkStart w:name="z972" w:id="336"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       285) цифрлық ауыл шаруашылығы карталарын жасау кезіндегі фотограмметриялық жұмыстар жөніндегі әдістемені әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="335"/>
-    <w:bookmarkStart w:name="z973" w:id="336"/>
+    <w:bookmarkEnd w:id="336"/>
+    <w:bookmarkStart w:name="z973" w:id="337"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       286) жерге орналастыру, жерді мемлекеттік есепке алу және жер кадастры мақсаттары үшін 1:10 000, 1:25 000 және 1:50 000 масштабтарында цифрлық ауыл шаруашылығы карталарын жасау үшін аэрофотосуреттер шифрын ашу жөніндегі әдістеме мен шартты белгілерді әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="336"/>
-    <w:bookmarkStart w:name="z974" w:id="337"/>
+    <w:bookmarkEnd w:id="337"/>
+    <w:bookmarkStart w:name="z974" w:id="338"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       287) электрондық топырақ карталарын жасау жөніндегі әдістемені әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="337"/>
-    <w:bookmarkStart w:name="z975" w:id="338"/>
+    <w:bookmarkEnd w:id="338"/>
+    <w:bookmarkStart w:name="z975" w:id="339"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       288) топырақты бонитирлеуді жүргізу әдістемесін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="338"/>
-    <w:bookmarkStart w:name="z976" w:id="339"/>
+    <w:bookmarkEnd w:id="339"/>
+    <w:bookmarkStart w:name="z976" w:id="340"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       289) электрондық геоботаникалық карталар жасау жөніндегі әдістемені әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="339"/>
-    <w:bookmarkStart w:name="z977" w:id="340"/>
+    <w:bookmarkEnd w:id="340"/>
+    <w:bookmarkStart w:name="z977" w:id="341"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       290) жер пайдалану құқығын иеліктен шығарған кезде ауыл шаруашылығы мақсатындағы жер учаскелерін уақытша өтеулі жер пайдалану (жалға алу) шартын қайта ресімдеу қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="340"/>
-    <w:bookmarkStart w:name="z978" w:id="341"/>
+    <w:bookmarkEnd w:id="341"/>
+    <w:bookmarkStart w:name="z978" w:id="342"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       291) жерді пайдалану мен қорғау мәселелерін қозғайтын, республикалық маңызы бар жобалар мен схемаларға сараптама жүргізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="341"/>
-    <w:bookmarkStart w:name="z979" w:id="342"/>
+    <w:bookmarkEnd w:id="342"/>
+    <w:bookmarkStart w:name="z979" w:id="343"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       292) орталық және жергiлiктi атқарушы органдармен жер қатынастарын реттеу мәселелерi бойынша өзара iс-қимыл жасайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="342"/>
-    <w:bookmarkStart w:name="z980" w:id="343"/>
+    <w:bookmarkEnd w:id="343"/>
+    <w:bookmarkStart w:name="z980" w:id="344"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       293) ауыл шаруашылығы мақсатындағы жер учаскелері паспортының нысанын бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="343"/>
-    <w:bookmarkStart w:name="z981" w:id="344"/>
+    <w:bookmarkEnd w:id="344"/>
+    <w:bookmarkStart w:name="z981" w:id="345"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       294) өтініштің, келісуші мемлекеттік органдардың және өзге де ұйымдар қорытындысының, жер учаскесін таңдау актісінің, жер учаскесін бөліп беру схемасының және жер-кадастрлық жоспардың нысандарын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="344"/>
-    <w:bookmarkStart w:name="z1309" w:id="345"/>
+    <w:bookmarkEnd w:id="345"/>
+    <w:bookmarkStart w:name="z1309" w:id="346"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       294-1) жылжымайтын мүлік объектісінің кадастрлық паспортының нысанын келіседі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="345"/>
-    <w:bookmarkStart w:name="z982" w:id="346"/>
+    <w:bookmarkEnd w:id="346"/>
+    <w:bookmarkStart w:name="z982" w:id="347"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       295) жер-кадастрлық құжаттаманың құрылымын, құрамын, мазмұнын және нысандарын белгілейді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="346"/>
-    <w:bookmarkStart w:name="z983" w:id="347"/>
+    <w:bookmarkEnd w:id="347"/>
+    <w:bookmarkStart w:name="z983" w:id="348"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       296) жер мониторингін жүргiзудi ұйымдастырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="347"/>
-    <w:bookmarkStart w:name="z984" w:id="348"/>
+    <w:bookmarkEnd w:id="348"/>
+    <w:bookmarkStart w:name="z984" w:id="349"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       297) мемлекеттiк жер кадастрын жүргiзудi ұйымдастырады және облыстардың, республикалық маңызы бар қалалардың, астананың жер балансының деректерi негiзiнде Қазақстан Республикасының жер балансын жасайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="348"/>
-    <w:bookmarkStart w:name="z985" w:id="349"/>
+    <w:bookmarkEnd w:id="349"/>
+    <w:bookmarkStart w:name="z985" w:id="350"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       298) өз құзыретіне кіретін жер учаскелерін беру және алып қою, соның ішінде мемлекет мұқтажы үшін алып қою, жерді бір санаттан басқасына ауыстыру мәселелері бойынша Қазақстан Республикасы Үкіметінің құқықтық актілерінің жобаларын дайындайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="349"/>
-    <w:bookmarkStart w:name="z986" w:id="350"/>
+    <w:bookmarkEnd w:id="350"/>
+    <w:bookmarkStart w:name="z986" w:id="351"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       299) жердің пайдаланылуы мен қорғалуын мемлекеттiк бақылауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="350"/>
-    <w:bookmarkStart w:name="z987" w:id="351"/>
+    <w:bookmarkEnd w:id="351"/>
+    <w:bookmarkStart w:name="z987" w:id="352"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       300) жердің пайдаланылуы мен қорғалуына мемлекеттік бақылауды ұйымдастырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="351"/>
-    <w:bookmarkStart w:name="z1283" w:id="352"/>
+    <w:bookmarkEnd w:id="352"/>
+    <w:bookmarkStart w:name="z1283" w:id="353"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       300-1) бүлінген жерлерді қалпына келтіру жобаларын әзірлеу жөніндегі нұсқаулықты әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="352"/>
-    <w:bookmarkStart w:name="z1295" w:id="353"/>
+    <w:bookmarkEnd w:id="353"/>
+    <w:bookmarkStart w:name="z1295" w:id="354"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       300-1) мемлекеттік жер кадастрын және жерге мониторинг жүргізудің дұрыстығына мемлекеттік бақылауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="353"/>
-    <w:bookmarkStart w:name="z1296" w:id="354"/>
+    <w:bookmarkEnd w:id="354"/>
+    <w:bookmarkStart w:name="z1296" w:id="355"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       300-2) Қазақстан Республикасы Жер кодексінің 148-бабы 1-тармағының 4) тармақшасында көрсетілген мәселелер бойынша сотқа талап арыз дайындайды және береді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="354"/>
-    <w:bookmarkStart w:name="z1297" w:id="355"/>
+    <w:bookmarkEnd w:id="355"/>
+    <w:bookmarkStart w:name="z1297" w:id="356"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       300-3) мақсаты бойынша пайдаланылмай жатқан және игерілмеген не Қазақстан Республикасының заңнамасын бұза отырып пайдаланылып жүрген жер учаскелерін анықтайды және алып қояды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="355"/>
-    <w:bookmarkStart w:name="z1298" w:id="356"/>
+    <w:bookmarkEnd w:id="356"/>
+    <w:bookmarkStart w:name="z1298" w:id="357"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       300-4) егер құрылыс, пайдалы қазба кен орындарын игеру, объектілерді пайдалану, геологиялық барлау және басқа да жұмыстар Қазақстан Республикасының жер заңнамасын, жер пайдаланудың белгіленген режимін бұза отырып жүзеге асырылып жатса, сондай-ақ егер бұл жұмыстар сараптамадан өтпеген немесе теріс қорытынды алған жобалар бойынша жүргізіліп жатса, оларды тоқтата тұрады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="356"/>
+    <w:bookmarkEnd w:id="357"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       300-5) салықтардың және бюджетке төленетін төлемдердің түсуін қамтамасыз ету саласындағы басшылықты жүзеге асыратын уәкілетті органмен келісу бойынша тиісті мақсаттарда пайдаланылмайтын немесе Қазақстан Республикасының заңнамасы бұзыла отырып пайдаланылатын жер учаскелерін анықтау тәртібін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z988" w:id="357"/>
+    <w:bookmarkStart w:name="z988" w:id="358"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       301) облыстың, республикалық маңызы бар қалалардың, астананың жергілікті атқарушы органының қорғаныс және ұлттық қауіпсіздік мұқтажы үшін жер учаскелерін беру және алып қою мәселелері жөніндегі ұсыныстарын келіседі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="357"/>
-    <w:bookmarkStart w:name="z989" w:id="358"/>
+    <w:bookmarkEnd w:id="358"/>
+    <w:bookmarkStart w:name="z989" w:id="359"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       302) жер заңнамасы саласындағы әкiмшiлiк құқық бұзушылық туралы iстердi қарайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="358"/>
-    <w:bookmarkStart w:name="z990" w:id="359"/>
+    <w:bookmarkEnd w:id="359"/>
+    <w:bookmarkStart w:name="z990" w:id="360"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       303) жер учаскелері мәжбүрлеп алып қойылған тұлғалардың тізілімін қалыптастырады және жүргізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="359"/>
-    <w:bookmarkStart w:name="z991" w:id="360"/>
+    <w:bookmarkEnd w:id="360"/>
+    <w:bookmarkStart w:name="z991" w:id="361"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       304) көтермелеудің салалық жүйесін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="360"/>
-    <w:bookmarkStart w:name="z992" w:id="361"/>
+    <w:bookmarkEnd w:id="361"/>
+    <w:bookmarkStart w:name="z992" w:id="362"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       305) жылжымайтын мүлік объектісінің кадастрлық паспортының нысанын қоспағанда, жер учаскесіне меншік құқығына және жерді пайдалану құқығына сәйкестендіру құжаттарының нысандарын бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="361"/>
-    <w:bookmarkStart w:name="z993" w:id="362"/>
+    <w:bookmarkEnd w:id="362"/>
+    <w:bookmarkStart w:name="z993" w:id="363"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       306) мемлекеттік жер кадастры мен жер мониторингін жүргізу тәртібін бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="362"/>
-    <w:bookmarkStart w:name="z994" w:id="363"/>
+    <w:bookmarkEnd w:id="363"/>
+    <w:bookmarkStart w:name="z994" w:id="364"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       307) аумақтық сулар алып жатқан жер учаскелерін жасанды ғимараттар салу үшін беру қағидаларын бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="363"/>
-    <w:bookmarkStart w:name="z995" w:id="364"/>
+    <w:bookmarkEnd w:id="364"/>
+    <w:bookmarkStart w:name="z995" w:id="365"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       308) жеке тұрғын үй құрылысы үшін жер учаскелеріне құқықтар беру қағидаларын бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="364"/>
-    <w:bookmarkStart w:name="z996" w:id="365"/>
+    <w:bookmarkEnd w:id="365"/>
+    <w:bookmarkStart w:name="z996" w:id="366"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       309) жер учаскелерін немесе жер учаскелерін жалға алу құқығын сату жөніндегі сауда-саттықты (аукциондарды) электрондық түрде ұйымдастыру мен өткізу қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="365"/>
-    <w:bookmarkStart w:name="z1310" w:id="366"/>
+    <w:bookmarkEnd w:id="366"/>
+    <w:bookmarkStart w:name="z1310" w:id="367"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       309-1) жер учаскесін бөліп беру схемасын келісу жөніндегі мемлекеттік органдар мен өзге де ұйымдардың үлгілік тізбесін бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="366"/>
-    <w:bookmarkStart w:name="z997" w:id="367"/>
+    <w:bookmarkEnd w:id="367"/>
+    <w:bookmarkStart w:name="z997" w:id="368"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       310) жер комиссиясының отырысы барысын тіркеуді қамтамасыз ететін аудио-бейнежазба құралдарын техникалық қолдану, аудио-бейнежазбаны сақтау қағидаларын, сондай-ақ аудио, бейнежазбаға қол жеткізу тәртібін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="367"/>
-    <w:bookmarkStart w:name="z1311" w:id="368"/>
+    <w:bookmarkEnd w:id="368"/>
+    <w:bookmarkStart w:name="z1311" w:id="369"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       310-1) орталық уәкілетті органмен және монополияға қарсы органмен келісу бойынша Қазақстан Республикасы Үкіметінің шешімі бойынша құрылған, шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнымен жүргізілетін және (немесе) іске асырылатын тауарларға (жұмыстарға, көрсетілетін қызметтерге) бағаларды белгілейді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="368"/>
-    <w:bookmarkStart w:name="z998" w:id="369"/>
+    <w:bookmarkEnd w:id="369"/>
+    <w:bookmarkStart w:name="z998" w:id="370"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       311) суармалы егiстiктi суарылмайтын алқап түрлерiне ауыстыру жөнiндегi материалдарды келiседі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="369"/>
-    <w:bookmarkStart w:name="z999" w:id="370"/>
+    <w:bookmarkEnd w:id="370"/>
+    <w:bookmarkStart w:name="z999" w:id="371"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       312) ауыл шаруашылығын жүргiзумен байланысты емес мақсаттарға пайдалану үшiн ауыл шаруашылығы алқаптарын алып қоюдан туындаған ауыл шаруашылығы өндiрiсiнің шығасыларын өтеу нормативтерiн белгiлейдi;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="370"/>
-    <w:bookmarkStart w:name="z1000" w:id="371"/>
+    <w:bookmarkEnd w:id="371"/>
+    <w:bookmarkStart w:name="z1000" w:id="372"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       313) жердің пайдаланылуы мен қорғалуын мемлекеттік бақылауды ұйымдастырады және жүргізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="371"/>
-    <w:bookmarkStart w:name="z1001" w:id="372"/>
+    <w:bookmarkEnd w:id="372"/>
+    <w:bookmarkStart w:name="z1001" w:id="373"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       314) Қазақстан Республикасында жер кадастрын жүргізуді ұйымдастырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="372"/>
-    <w:bookmarkStart w:name="z1002" w:id="373"/>
+    <w:bookmarkEnd w:id="373"/>
+    <w:bookmarkStart w:name="z1002" w:id="374"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       315) жерге мониторинг жүргізу және оның деректерін пайдалану тәртібін айқындайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="373"/>
-    <w:bookmarkStart w:name="z1003" w:id="374"/>
+    <w:bookmarkEnd w:id="374"/>
+    <w:bookmarkStart w:name="z1003" w:id="375"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       316) асыл тұқымды мал шаруашылығы саласында облыстардың, республикалық маңызы бар қалалардың, астананың жергілікті атқарушы органдарының қызметін үйлестіруді және оларға әдістемелік басшылық жасауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="374"/>
-    <w:bookmarkStart w:name="z1004" w:id="375"/>
+    <w:bookmarkEnd w:id="375"/>
+    <w:bookmarkStart w:name="z1004" w:id="376"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       317) бонитирлеу жөніндегі нұсқаулықты әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="375"/>
-    <w:bookmarkStart w:name="z1005" w:id="376"/>
+    <w:bookmarkEnd w:id="376"/>
+    <w:bookmarkStart w:name="z1005" w:id="377"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       318) мал шаруашылығы саласындағы селекциялық жетістіктерді сынақтардан және байқаулардан өткізу әдістемесін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="376"/>
-    <w:bookmarkStart w:name="z1006" w:id="377"/>
+    <w:bookmarkEnd w:id="377"/>
+    <w:bookmarkStart w:name="z1006" w:id="378"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       319) Қазақстан Республикасында пайдалануға ұсынылатын, мал шаруашылығы саласындағы селекциялық жетістіктердің мемлекеттік тізілімін жүргізу қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="377"/>
-    <w:bookmarkStart w:name="z1007" w:id="378"/>
+    <w:bookmarkEnd w:id="378"/>
+    <w:bookmarkStart w:name="z1007" w:id="379"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       320) асыл тұқымды мал шаруашылығы жөніндегі мемлекеттік инспекторлар туралы ережені әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="378"/>
-    <w:bookmarkStart w:name="z1008" w:id="379"/>
+    <w:bookmarkEnd w:id="379"/>
+    <w:bookmarkStart w:name="z1008" w:id="380"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       321) асыл тұқымды мал шаруашылығы жөніндегі мемлекеттік инспектор актілерінің нысандарын, оның ішінде әкімшілік құқық бұзушылық туралы хаттаманың нысанын, оларды жасау және беру тәртібін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="379"/>
-    <w:bookmarkStart w:name="z1009" w:id="380"/>
+    <w:bookmarkEnd w:id="380"/>
+    <w:bookmarkStart w:name="z1009" w:id="381"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       322) асыл тұқымдық кітапты жүргізу қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="380"/>
-    <w:bookmarkStart w:name="z1010" w:id="381"/>
+    <w:bookmarkEnd w:id="381"/>
+    <w:bookmarkStart w:name="z1010" w:id="382"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       323) асыл тұқымды жануарлардың республикалық тізілімін жүргізу қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="381"/>
-    <w:bookmarkStart w:name="z1011" w:id="382"/>
+    <w:bookmarkEnd w:id="382"/>
+    <w:bookmarkStart w:name="z1011" w:id="383"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       324) "Рұқсаттар және хабарламалар туралы" Қазақстан Республикасының Заңына сәйкес жеке және заңды тұлғалардан асыл тұқымды мал шаруашылығы саласындағы қызметтің басталғаны (тоқтатылғаны) туралы хабарламалар қабылдауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="382"/>
-    <w:bookmarkStart w:name="z1012" w:id="383"/>
+    <w:bookmarkEnd w:id="383"/>
+    <w:bookmarkStart w:name="z1012" w:id="384"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       325) асыл тұқымды мал шаруашылығы саласындағы рұқсаттар мен хабарламалардың мемлекеттік электрондық тізілімін жүргізеді және оған өзгерістер мен толықтырулар енгізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="383"/>
-    <w:bookmarkStart w:name="z1013" w:id="384"/>
+    <w:bookmarkEnd w:id="384"/>
+    <w:bookmarkStart w:name="z1013" w:id="385"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       326) экспорттаушы елдердің құзыретті органдары импортталған асыл тұқымдық өнімге (материалға) берген асыл тұқымдық куәлікті немесе оған балама құжатты тану тәртібі туралы ережені әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="384"/>
+    <w:bookmarkEnd w:id="385"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11603,210 +11677,210 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1015" w:id="385"/>
+    <w:bookmarkStart w:name="z1015" w:id="386"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       328) мемлекеттік статистика саласындағы уәкілетті органмен келісу бойынша асыл тұқымды мал шаруашылығы саласындағы әкімшілік деректерді жинауға арналған нысандарды бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="385"/>
-    <w:bookmarkStart w:name="z1016" w:id="386"/>
+    <w:bookmarkEnd w:id="386"/>
+    <w:bookmarkStart w:name="z1016" w:id="387"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       329) асыл тұқымды жануарлардың республикалық тізілімін жүргізуді және оны уәкілетті органның интернет-ресурсында жариялауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="386"/>
-    <w:bookmarkStart w:name="z1017" w:id="387"/>
+    <w:bookmarkEnd w:id="387"/>
+    <w:bookmarkStart w:name="z1017" w:id="388"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       330) Қазақстан Республикасында пайдалануға ұсынылатын асыл тұқымды мал шаруашылығы саласындағы селекциялық жетістіктердің мемлекеттік тізілімін жүргізеді және басып шығарады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="387"/>
-    <w:bookmarkStart w:name="z1018" w:id="388"/>
+    <w:bookmarkEnd w:id="388"/>
+    <w:bookmarkStart w:name="z1018" w:id="389"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       331) асыл тұқымды мал шаруашылығы саласындағы селекциялық жетістіктерді сынақтан және байқаудан өткізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="388"/>
-    <w:bookmarkStart w:name="z1019" w:id="389"/>
+    <w:bookmarkEnd w:id="389"/>
+    <w:bookmarkStart w:name="z1019" w:id="390"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       332) өткізілетін асыл тұқымды өнімге (материалға) берілетін асыл тұқымдық куәліктер деректерінің дәйектілігіне бақылауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="389"/>
-    <w:bookmarkStart w:name="z1020" w:id="390"/>
+    <w:bookmarkEnd w:id="390"/>
+    <w:bookmarkStart w:name="z1020" w:id="391"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       333) селекциялық және асыл тұқымдық жұмыстың ақпараттық базасын жүргізу қағидаларын әзірлейді және бекiтедi;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="390"/>
-    <w:bookmarkStart w:name="z1021" w:id="391"/>
+    <w:bookmarkEnd w:id="391"/>
+    <w:bookmarkStart w:name="z1021" w:id="392"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       334) асыл тұқымды мал шаруашылығы саласында мемлекеттік қолдаудың бағыттарын айқындайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="391"/>
-    <w:bookmarkStart w:name="z1022" w:id="392"/>
+    <w:bookmarkEnd w:id="392"/>
+    <w:bookmarkStart w:name="z1022" w:id="393"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       335) мыналарды:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="392"/>
+    <w:bookmarkEnd w:id="393"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мал шаруашылығы салалары бойынша асыл тұқымдық өнімді (материалды) есепке алу нысандарын;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -11835,310 +11909,310 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       асыл тұқымдық өнім (материал) мәртебесін беру (тоқтата тұру, күшін жою) тәртібін;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       асыл тұқымды жануардың жеке карточкасының, сондай-ақ селекциялық процеске тартылған ауыл шаруашылығы жануары карточкасының нысаны мен оларды толтыру қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1023" w:id="393"/>
+    <w:bookmarkStart w:name="z1023" w:id="394"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       336) Қазақстан Республикасының асыл тұқымды мал шаруашылығы туралы заңнамасының орындалуына бақылауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="393"/>
-    <w:bookmarkStart w:name="z1024" w:id="394"/>
+    <w:bookmarkEnd w:id="394"/>
+    <w:bookmarkStart w:name="z1024" w:id="395"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       337) асыл тұқымды мал шаруашылығы саласындағы халықаралық қатынастарда Қазақстан Республикасының атынан өкілдік етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="394"/>
-    <w:bookmarkStart w:name="z1025" w:id="395"/>
+    <w:bookmarkEnd w:id="395"/>
+    <w:bookmarkStart w:name="z1025" w:id="396"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       338) асыл тұқымды мал шаруашылығы саласындағы нормативтік құқықтық актілерді әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="395"/>
-    <w:bookmarkStart w:name="z1026" w:id="396"/>
+    <w:bookmarkEnd w:id="396"/>
+    <w:bookmarkStart w:name="z1026" w:id="397"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       339) берілген өкілеттіктер шегінде балара шаруашылығы саласындағы нормативтік құқықтық актілерді әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="396"/>
-    <w:bookmarkStart w:name="z1027" w:id="397"/>
+    <w:bookmarkEnd w:id="397"/>
+    <w:bookmarkStart w:name="z1027" w:id="398"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       340) бал араларды қорғау мен молықтыруға бағытталған ғылыми-зерттеулерді ұйымдастыруды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="397"/>
-    <w:bookmarkStart w:name="z1028" w:id="398"/>
+    <w:bookmarkEnd w:id="398"/>
+    <w:bookmarkStart w:name="z1028" w:id="399"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       341) бал шырынды өсімдіктерді өңдеу үшін қолданылатын өсімдіктерді қорғау құралдарының, минералдық тыңайтқыштар мен басқа да препараттардың тізбесін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="398"/>
-    <w:bookmarkStart w:name="z1029" w:id="399"/>
+    <w:bookmarkEnd w:id="399"/>
+    <w:bookmarkStart w:name="z1029" w:id="400"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       342) Қазақстан Республикасында балараларды тұқымдық аудандастыру жоспарын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="399"/>
-    <w:bookmarkStart w:name="z1030" w:id="400"/>
+    <w:bookmarkEnd w:id="400"/>
+    <w:bookmarkStart w:name="z1030" w:id="401"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       343) жайылымдарды ұтымды пайдалану қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="400"/>
-    <w:bookmarkStart w:name="z1031" w:id="401"/>
+    <w:bookmarkEnd w:id="401"/>
+    <w:bookmarkStart w:name="z1031" w:id="402"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       344) жайылымдық инфрақұрылым объектілерін дамыту мен реконструкциялау және жайылымдарды суландыру жөніндегі іс-шараларды жүргізу жоспарларын әзірлеу әдістемесін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="401"/>
-    <w:bookmarkStart w:name="z1032" w:id="402"/>
+    <w:bookmarkEnd w:id="402"/>
+    <w:bookmarkStart w:name="z1032" w:id="403"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       345) жайылымдардың жалпы алаңына түсетін жүктеменің шекті рұқсат етілетін нормаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="402"/>
-    <w:bookmarkStart w:name="z1430" w:id="403"/>
+    <w:bookmarkEnd w:id="403"/>
+    <w:bookmarkStart w:name="z1430" w:id="404"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       345-1) жайылымдарды басқару және оларды пайдалану жөніндегі үлгілік жоспарды әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="403"/>
-    <w:bookmarkStart w:name="z1033" w:id="404"/>
+    <w:bookmarkEnd w:id="404"/>
+    <w:bookmarkStart w:name="z1033" w:id="405"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       346) жайылымдардың, оның ішінде аридтік жайылымдардың тозуымен және шөлейттенуімен күрес жөніндегі іс-шараларды жүргізу әдістемесін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="404"/>
-    <w:bookmarkStart w:name="z1034" w:id="405"/>
+    <w:bookmarkEnd w:id="405"/>
+    <w:bookmarkStart w:name="z1034" w:id="406"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       347) Қазақстан Республикасының Үкіметіне бір облыстың аумағындағы шалғайдағы жайылымдарды басқа облыстың ұзақ мерзімді пайдалануына беру туралы ұсыныс енгізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="405"/>
+    <w:bookmarkEnd w:id="406"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12167,150 +12241,150 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1036" w:id="406"/>
+    <w:bookmarkStart w:name="z1036" w:id="407"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       349) жайылымдарды қалпына келтіру, сақтау, ұтымды пайдалану және түбегейлі жақсарту үшін жайылымдарға геоботаникалық зерттеп-қарау мен мониторингілеуді, ғылыми-зерттеу, іздестіру және жобалау жұмыстарын жүргізуді ұйымдастырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="406"/>
-    <w:bookmarkStart w:name="z1037" w:id="407"/>
+    <w:bookmarkEnd w:id="407"/>
+    <w:bookmarkStart w:name="z1037" w:id="408"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       350) органикалық өнім өндірісі және айналымы саласындағы салааралық үйлестіруді жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="407"/>
-    <w:bookmarkStart w:name="z1038" w:id="408"/>
+    <w:bookmarkEnd w:id="408"/>
+    <w:bookmarkStart w:name="z1038" w:id="409"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       351) органикалық өнім өндірушілердің тізілімін жүргізу қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="408"/>
-    <w:bookmarkStart w:name="z1039" w:id="409"/>
+    <w:bookmarkEnd w:id="409"/>
+    <w:bookmarkStart w:name="z1039" w:id="410"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       352) халықтың санитариялық-эпидемиологиялық саламаттылығы саласындағы мемлекеттік органмен келісу бойынша органикалық өнім өндірісі және айналымы қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="409"/>
-    <w:bookmarkStart w:name="z1040" w:id="410"/>
+    <w:bookmarkEnd w:id="410"/>
+    <w:bookmarkStart w:name="z1040" w:id="411"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       353) органикалық өнім өндіру кезінде халықтың санитариялық-эпидемиологиялық саламаттығы саласындағы мемлекеттік органмен келісу бойынша қолданылатын рұқсат етілген құралдар тізімін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="410"/>
+    <w:bookmarkEnd w:id="411"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12359,1458 +12433,1458 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1433" w:id="411"/>
+    <w:bookmarkStart w:name="z1433" w:id="412"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       354-1) органикалық өнім өндіру үшін пайдаланылатын ауыл шаруашылығы өсімдіктері тұқымдары мен ауыл шаруашылығы жануарларының тізілімін жүргізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="411"/>
-    <w:bookmarkStart w:name="z1437" w:id="412"/>
+    <w:bookmarkEnd w:id="412"/>
+    <w:bookmarkStart w:name="z1437" w:id="413"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       354-2) органикалық өнім өндіру үшін пайдаланылатын ауыл шаруашылығы өсімдіктері тұқымдары мен ауыл шаруашылығы жануарларының тізілімін жүргізу қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="412"/>
-    <w:bookmarkStart w:name="z1434" w:id="413"/>
+    <w:bookmarkEnd w:id="413"/>
+    <w:bookmarkStart w:name="z1434" w:id="414"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       354-3) органикалық өнімді есепке алу және қадағалау жүйесін жүргізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="413"/>
-    <w:bookmarkStart w:name="z1435" w:id="414"/>
+    <w:bookmarkEnd w:id="414"/>
+    <w:bookmarkStart w:name="z1435" w:id="415"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       354-4) органикалық өнім өндірушілерге ақпараттық, ұйымдастырушылық-әдістемелік және консультациялық қолдау көрсетуді ұйымдастырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="414"/>
-    <w:bookmarkStart w:name="z1042" w:id="415"/>
+    <w:bookmarkEnd w:id="415"/>
+    <w:bookmarkStart w:name="z1042" w:id="416"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       355) уәкілетті органмен келісу бойынша өз құзыретіне кіретін мәселелер бойынша техникалық регламенттерді әзірлейді, бекітеді, күшін жояды, тоқтата тұрады, сондай-ақ техникалық регламенттерге өзгерістер және (немесе) толықтырулар енгізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="415"/>
-    <w:bookmarkStart w:name="z1043" w:id="416"/>
+    <w:bookmarkEnd w:id="416"/>
+    <w:bookmarkStart w:name="z1043" w:id="417"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       356) техникалық регламенттерді немесе техникалық регламенттерге өзгерістерді және (немесе) толықтыруларды әзірлеу туралы ұсыныстар дайындайды және оларды Қазақстан Республикасының заңнамасында белгіленген тәртіппен уәкілетті органға енгізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="416"/>
-    <w:bookmarkStart w:name="z1044" w:id="417"/>
+    <w:bookmarkEnd w:id="417"/>
+    <w:bookmarkStart w:name="z1044" w:id="418"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       357) техникалық реттеу саласында сараптамалық кеңестер құрады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="417"/>
-    <w:bookmarkStart w:name="z1045" w:id="418"/>
+    <w:bookmarkEnd w:id="418"/>
+    <w:bookmarkStart w:name="z1045" w:id="419"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       358) белгіленген құзырет шеңберінде тиісті техникалық регламенттер талаптарының сақталуын Қазақстан Республикасының Кәсіпкерлік кодексінде айқындалған тәртіппен мемлекеттік бақылау мен қадағалауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="418"/>
-    <w:bookmarkStart w:name="z1046" w:id="419"/>
+    <w:bookmarkEnd w:id="419"/>
+    <w:bookmarkStart w:name="z1046" w:id="420"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       359) техникалық регламенттерді, оның ішінде Еуразиялық экономикалық одақтың техникалық регламенттерін іске асыру жөніндегі іс-шаралар жоспарларын әзірлейді және орындайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="419"/>
-    <w:bookmarkStart w:name="z1047" w:id="420"/>
+    <w:bookmarkEnd w:id="420"/>
+    <w:bookmarkStart w:name="z1047" w:id="421"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       360) техникалық реттеу саласындағы уәкілетті орган бекіткен қағидаларға сәйкес тиісті зертханалық практика қағидаттарын іске асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="420"/>
-    <w:bookmarkStart w:name="z1048" w:id="421"/>
+    <w:bookmarkEnd w:id="421"/>
+    <w:bookmarkStart w:name="z1048" w:id="422"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       361) тиісті зертханалық практика саласында нормативтік-әдістемелік базаны әзірлейді (әзірлеуге қатысады);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="421"/>
-    <w:bookmarkStart w:name="z1049" w:id="422"/>
+    <w:bookmarkEnd w:id="422"/>
+    <w:bookmarkStart w:name="z1049" w:id="423"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       362) сәйкестігі міндетті растауға жататын өнім бойынша сәйкестікті растау жөніндегі органдарды және зертханаларды құру, жаңғырту және жарақтандыру жөнінде ұсыныстар дайындайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="422"/>
-    <w:bookmarkStart w:name="z1050" w:id="423"/>
+    <w:bookmarkEnd w:id="423"/>
+    <w:bookmarkStart w:name="z1050" w:id="424"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       363) сәйкестікті бағалау жөніндегі органдарды Еуразиялық экономикалық одақтың сәйкестікті бағалау жөніндегі органдарының бірыңғай тізілімдерінің ұлттық бөлігіне (ұлттық бөлігінен) енгізу немесе алып тастау бойынша жұмысқа қатысады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="423"/>
-    <w:bookmarkStart w:name="z1051" w:id="424"/>
+    <w:bookmarkEnd w:id="424"/>
+    <w:bookmarkStart w:name="z1051" w:id="425"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       364) нормативтік техникалық құжаттар техникалық регламенттер талаптарын іске асыру үшін қолданылған жағдайда, оларды Қазақстан Республикасының стандарттау саласындағы заңнамасында белгіленген тәртіппен ұлттық стандарттар ретінде әзірлеу жөнінде ұсыныстар енгізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="424"/>
-    <w:bookmarkStart w:name="z1052" w:id="425"/>
+    <w:bookmarkEnd w:id="425"/>
+    <w:bookmarkStart w:name="z1052" w:id="426"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       365) техникалық реттеу саласындағы қызметті жетілдіру, перспективалық бағыттарды дамыту, техникалық регламенттерді қолдануға, мемлекеттік саясат пен мақсаттарға сәйкестігіне талдау жүргізуге байланысты мәселелерді қарау жөніндегі ұсыныстарды әзірлеу үшін сарапшылық кеңестер құрады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="425"/>
-    <w:bookmarkStart w:name="z1053" w:id="426"/>
+    <w:bookmarkEnd w:id="426"/>
+    <w:bookmarkStart w:name="z1053" w:id="427"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       366) техникалық реттеу саласындағы сараптамалық кеңестердің құрамын және олар туралы ережені бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="426"/>
-    <w:bookmarkStart w:name="z1054" w:id="427"/>
+    <w:bookmarkEnd w:id="427"/>
+    <w:bookmarkStart w:name="z1054" w:id="428"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       367) ауыл шаруашылығы кооперативтерінің құрылуының және қызметінің тәжірибесін, оның ішінде интернет-ресурстар арқылы тарату және енгізу жөніндегі іс-шараларды әзірлеуде және іске асыруда ақпараттық, консультациялық және әдістемелік көмек көрсетуді жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="427"/>
-    <w:bookmarkStart w:name="z1055" w:id="428"/>
+    <w:bookmarkEnd w:id="428"/>
+    <w:bookmarkStart w:name="z1055" w:id="429"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       368) мыналар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="428"/>
+    <w:bookmarkEnd w:id="429"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ауыл шаруашылығы кооперативтерінің қызметіне қатысты қолайлы салықтық, қаржы-кредиттік, инвестициялық саясатты құру;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының заңнамасына сәйкес ауыл шаруашылығы кооперативтерін мемлекеттік қолдау бойынша ұсыныстар тұжырымдайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1056" w:id="429"/>
+    <w:bookmarkStart w:name="z1056" w:id="430"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       369) ауыл шаруашылығы кооперациясы үшін кадрларды даярлауға, қайта даярлауға және біліктілігін арттыруға және ауыл шаруашылығы кооперациясы мәселелері бойынша ғылыми зерттеулер жүргізуге жәрдемдеседі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="429"/>
-    <w:bookmarkStart w:name="z1057" w:id="430"/>
+    <w:bookmarkEnd w:id="430"/>
+    <w:bookmarkStart w:name="z1057" w:id="431"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       370) ауыл шаруашылығы кооперативінің үлгілік жарғысын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="430"/>
-    <w:bookmarkStart w:name="z1058" w:id="431"/>
+    <w:bookmarkEnd w:id="431"/>
+    <w:bookmarkStart w:name="z1058" w:id="432"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       371) ветеринариялық-санитариялық бақылануға және қадағалануға тиісті тамақ өнімдерінің қауіпсіздігін қамтамасыз ету жөніндегі халықаралық ұйымдарда Қазақстан Республикасының атынан өкілдік етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="431"/>
-    <w:bookmarkStart w:name="z1059" w:id="432"/>
+    <w:bookmarkEnd w:id="432"/>
+    <w:bookmarkStart w:name="z1059" w:id="433"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       372) мыналарға:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="432"/>
+    <w:bookmarkEnd w:id="433"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының ветеринариялық-санитариялық бақылануға және қадағалануға тиісті тамақ өнімдерінің қауіпсіздігі туралы заңнамасында белгіленген талаптардың сақталуына;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тамақ өнімдерінің қауіпсіздігін айқындау бойынша оларға ветеринариялық-санитариялық сараптаманы жүзеге асыратын жеке және заңды тұлғалардың қызметін мемлекеттік бақылауды және қадағалауды ұйымдастырады, үйлестіреді және жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1060" w:id="433"/>
+    <w:bookmarkStart w:name="z1060" w:id="434"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       373) ветеринариялық-санитариялық бақылау мен қадағалауға жататын тамақ өнімінің қауіпсіздігі саласындағы ветеринариялық (ветеринариялық-санитариялық) қағидалар мен нормативтерді, нормативтік құжаттарды, ветеринариялық-санитариялық бақылау мен қадағалауға жататын тамақ өнімінің қауіпсіздігі саласындағы техникалық регламенттерді әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="433"/>
-    <w:bookmarkStart w:name="z1061" w:id="434"/>
+    <w:bookmarkEnd w:id="434"/>
+    <w:bookmarkStart w:name="z1061" w:id="435"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       374) Қазақстан Республикасының аумағында алғаш рет өндірілетін (дайындалатын) және алғаш рет әкелінетін (импортталатын) азық қоспаларын мемлекеттік тіркеуді жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="434"/>
-    <w:bookmarkStart w:name="z1062" w:id="435"/>
+    <w:bookmarkEnd w:id="435"/>
+    <w:bookmarkStart w:name="z1062" w:id="436"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       375) Қазақстан Республикасының аумағында өндіруге (дайындауға), әкелуге (импорттауға), қолдануға және өткізуге рұқсат етілген азық қоспаларының мемлекеттік тізілімін жүргізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="435"/>
-    <w:bookmarkStart w:name="z1063" w:id="436"/>
+    <w:bookmarkEnd w:id="436"/>
+    <w:bookmarkStart w:name="z1063" w:id="437"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       376) ветеринариялық-санитариялық бақылануға және қадағалануға тиісті тамақ өнімдерінің Қазақстан Республикасының заңнамасында белгіленген талаптарға сәйкестігі туралы ветеринариялық құжаттар береді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="436"/>
-    <w:bookmarkStart w:name="z1064" w:id="437"/>
+    <w:bookmarkEnd w:id="437"/>
+    <w:bookmarkStart w:name="z1064" w:id="438"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       377) ветеринариялық-санитариялық бақылануға және қадағалануға тиісті тамақ өнімдерін әзірлеу (жасау), өндіру (дайындау), айналымы, кәдеге жарату және жою процестерінің (сатыларының) Қазақстан Республикасының заңнамасында белгіленген талаптарға сәйкестігіне ветеринариялық-санитариялық бақылауды мен қадағалауды ұйымдастырады және жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="437"/>
-    <w:bookmarkStart w:name="z1065" w:id="438"/>
+    <w:bookmarkEnd w:id="438"/>
+    <w:bookmarkStart w:name="z1065" w:id="439"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       378) ветеринариялық-санитариялық бақылануға және қадағалануға тиісті қауіпті тамақ өнімдерін анықтау және өткізуге жол бермеу жөніндегі шараларды әзірлеу мақсатында ішкі сауда объектілеріне ветеринариялық-санитариялық бақылауды және қадағалауды және мониторингті жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="438"/>
-    <w:bookmarkStart w:name="z1066" w:id="439"/>
+    <w:bookmarkEnd w:id="439"/>
+    <w:bookmarkStart w:name="z1066" w:id="440"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       379) тамақ өнімдерін өндіру (дайындау) және айналымы процестерінде (сатыларында) ветеринариялық-санитариялық бақылануға және қадағалануға тиісті тамақ өнімдерінің қауіпсіздігіне ветеринариялық-санитариялық бақылауды және қадағалауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="439"/>
-    <w:bookmarkStart w:name="z1067" w:id="440"/>
+    <w:bookmarkEnd w:id="440"/>
+    <w:bookmarkStart w:name="z1067" w:id="441"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       380) мыналарды:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="440"/>
+    <w:bookmarkEnd w:id="441"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тамақ өнімдерінің қауіпсіздігін айқындау бойынша ветеринариялық-санитариялық сараптама жүргізу;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының аумағында алғаш рет өндірілетін (дайындалатын) және аумағына алғаш рет әкелінетін (импортталатын) жемшөп қоспаларын мемлекеттік тіркеу тәртібін бекітеді; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1068" w:id="441"/>
+    <w:bookmarkStart w:name="z1068" w:id="442"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       381) "Тамақ өнімдерінің қауіпсіздігі туралы" Қазақстан Республикасы Заңының талаптарын бұзушылықтарды жою туралы нұсқамалар береді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="441"/>
-    <w:bookmarkStart w:name="z1069" w:id="442"/>
+    <w:bookmarkEnd w:id="442"/>
+    <w:bookmarkStart w:name="z1069" w:id="443"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       382) ветеринариялық-санитариялық бақылануға және қадағалануға тиісті тамақ өнімдерін өндіру объектілеріне есептік нөмірлер беру және олардың тізілімін жүргізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="442"/>
-    <w:bookmarkStart w:name="z1070" w:id="443"/>
+    <w:bookmarkEnd w:id="443"/>
+    <w:bookmarkStart w:name="z1070" w:id="444"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       383) ветеринариялық-санитариялық бақылау мен қадағалауға жататын тамақ өнімдерінің қауіпсіздігі саласындағы нормативтік-техникалық құжаттаманың жобаларын келіседі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="443"/>
-    <w:bookmarkStart w:name="z1071" w:id="444"/>
+    <w:bookmarkEnd w:id="444"/>
+    <w:bookmarkStart w:name="z1071" w:id="445"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       384) тиісті саладағы мемлекеттік мүлікті басқару жөніндегі мемлекеттік саясатты іске асыруды жүзеге асырады, өз құзыреті шегінде тиісті салада мемлекеттік мүлікті басқару аясындағы нормативтік құқықтық актілерді әзірлейді, бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="444"/>
-    <w:bookmarkStart w:name="z1072" w:id="445"/>
+    <w:bookmarkEnd w:id="445"/>
+    <w:bookmarkStart w:name="z1072" w:id="446"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       385) республикалық мемлекеттік кәсіпорындар және Қазақстан Республикасының заңдарында көзделген жағдайларда коммуналдық мемлекеттік кәсіпорындар қызметінің басым бағыттарын және бюджеттен қаржыландырылатын жұмыстарының (көрсететін қызметтерінің) міндетті көлемдерін айқындайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="445"/>
-    <w:bookmarkStart w:name="z1073" w:id="446"/>
+    <w:bookmarkEnd w:id="446"/>
+    <w:bookmarkStart w:name="z1073" w:id="447"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       386) республикалық мемлекеттік мекеме қызметінің нысанасы мен мақсатын айқындайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="446"/>
-    <w:bookmarkStart w:name="z1074" w:id="447"/>
+    <w:bookmarkEnd w:id="447"/>
+    <w:bookmarkStart w:name="z1074" w:id="448"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       387) мемлекеттік мүлік жөніндегі уәкілетті органға республикалық мемлекеттік кәсіпорын қызметінің нысанасы мен мақсатын айқындау бойынша, сондай-ақ осындай қызметті жүзеге асыратын республикалық мемлекеттік кәсіпорынның түрін (шаруашылық жүргізу құқығындағы немесе қазыналық кәсіпорын) айқындау жөнінде ұсыныстар енгізеді; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="447"/>
-    <w:bookmarkStart w:name="z1075" w:id="448"/>
+    <w:bookmarkEnd w:id="448"/>
+    <w:bookmarkStart w:name="z1075" w:id="449"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       388) республикалық мемлекеттік кәсіпорындардың даму жоспарларын және оларды орындау жөніндегі есептерін қарайды, "Мемлекеттік мүлік туралы" Қазақстан Республикасының Заңында көзделген жағдайларда келіседі және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="448"/>
-    <w:bookmarkStart w:name="z1076" w:id="449"/>
+    <w:bookmarkEnd w:id="449"/>
+    <w:bookmarkStart w:name="z1076" w:id="450"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       389) республикалық заңды тұлғалар мүлкінің сақталуын және республикалық мемлекеттік кәсіпорындардың даму жоспарларының орындауын бақылауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="449"/>
-    <w:bookmarkStart w:name="z1077" w:id="450"/>
+    <w:bookmarkEnd w:id="450"/>
+    <w:bookmarkStart w:name="z1077" w:id="451"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       390) ұлттық басқарушы холдингтердің, ұлттық холдингтердің және ұлттық компаниялардың даму жоспарларының және акционері мемлекет болып табылатын тиісті саладағы ұлттық басқарушы холдингтердің, ұлттық холдингтердің, ұлттық компаниялардың іс-шаралар жоспарларының орындалуын бақылауды және талдауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="450"/>
-    <w:bookmarkStart w:name="z1078" w:id="451"/>
+    <w:bookmarkEnd w:id="451"/>
+    <w:bookmarkStart w:name="z1078" w:id="452"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       391) тиісті саладағы республикалық мемлекеттік кәсіпорындардың, мемлекет бақылайтын акционерлік қоғамдар мен жауапкершілігі шектеулі серіктестіктердің даму жоспарларының орындалуын бақылауды және талдауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="451"/>
-    <w:bookmarkStart w:name="z1079" w:id="452"/>
+    <w:bookmarkEnd w:id="452"/>
+    <w:bookmarkStart w:name="z1079" w:id="453"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       392) мемлекеттік мүлік жөніндегі уәкілетті органға республикалық заңды тұлғаға берілген немесе ол өзінің шаруашылық қызметінің нәтижесінде сатып алған мүлікті алып қоюға немесе қайта бөлуге келісімін береді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="452"/>
-    <w:bookmarkStart w:name="z1080" w:id="453"/>
+    <w:bookmarkEnd w:id="453"/>
+    <w:bookmarkStart w:name="z1080" w:id="454"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       393) республикалық заңды тұлғаларды басқаруды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="453"/>
-    <w:bookmarkStart w:name="z1081" w:id="454"/>
+    <w:bookmarkEnd w:id="454"/>
+    <w:bookmarkStart w:name="z1081" w:id="455"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       394) республикалық мемлекеттік мекемелердің жарғысын (ережесін), оған енгізілетін өзгерістер мен толықтыруларды бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="454"/>
-    <w:bookmarkStart w:name="z1082" w:id="455"/>
+    <w:bookmarkEnd w:id="455"/>
+    <w:bookmarkStart w:name="z1082" w:id="456"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       395) республикалық заңды тұлғаның жылдық қаржылық есептілігін бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="455"/>
-    <w:bookmarkStart w:name="z1083" w:id="456"/>
+    <w:bookmarkEnd w:id="456"/>
+    <w:bookmarkStart w:name="z1083" w:id="457"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       396) республикалық қазыналық кәсіпорындар өндіретін және сататын тауарларға (жұмыстарға, көрсетілетін қызметтерге) баға белгілейді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="456"/>
-    <w:bookmarkStart w:name="z1084" w:id="457"/>
+    <w:bookmarkEnd w:id="457"/>
+    <w:bookmarkStart w:name="z1084" w:id="458"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       397) республикалық мемлекеттік мекемелерді республикалық бюджеттен қаржыландыру жоспарларын бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="457"/>
-    <w:bookmarkStart w:name="z1085" w:id="458"/>
+    <w:bookmarkEnd w:id="458"/>
+    <w:bookmarkStart w:name="z1085" w:id="459"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       398) республикалық мемлекеттік мекемелердің филиалдар мен өкілдіктер құруына келісім береді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="458"/>
-    <w:bookmarkStart w:name="z1086" w:id="459"/>
+    <w:bookmarkEnd w:id="459"/>
+    <w:bookmarkStart w:name="z1086" w:id="460"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       399) мемлекеттік мүлік жөніндегі уәкілетті органмен келісім бойынша республикалық заңды тұлғаны қайта ұйымдастыруды және таратуды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="459"/>
-    <w:bookmarkStart w:name="z1087" w:id="460"/>
+    <w:bookmarkEnd w:id="460"/>
+    <w:bookmarkStart w:name="z1087" w:id="461"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       400) Қазақстан Республикасы Үкіметінің стратегиялық объектіге ие болудың басым құқығын іске асыру туралы шешімінің жобасын әзірлейді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="460"/>
-    <w:bookmarkStart w:name="z1088" w:id="461"/>
+    <w:bookmarkEnd w:id="461"/>
+    <w:bookmarkStart w:name="z1088" w:id="462"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       401) акциялардың мемлекеттік пакетін (жарғылық капиталға қатысу үлестерін) иелену және пайдалану құқықтары өзіне берілген жағдайларда, мемлекет жалғыз акционері (қатысушысы) болып табылатын акционерлік қоғамдардың (жауапкершілігі шектеулі серіктестіктердің) тиісті директорлар кеңесінің (байқау кеңесінің) құрамына өз өкілін тағайындайды, ал мемлекет қатысатын өзге де акционерлік қоғамдарда және жауапкершілігі шектеулі серіктестіктерде директорлар кеңестеріне немесе байқау кеңестеріне кандидатураны акционерлердің немесе жауапкершілігі шектеулі серіктестік қатысушыларының жалпы жиналысына бекітуге ұсынады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="461"/>
-    <w:bookmarkStart w:name="z1089" w:id="462"/>
+    <w:bookmarkEnd w:id="462"/>
+    <w:bookmarkStart w:name="z1089" w:id="463"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       402) мемлекеттік мүлік жөніндегі уәкілетті органның өкілін мемлекет қатысатын акционерлік қоғамның директорлар кеңесінің немесе мемлекет қатысатын жауапкершілігі шектеулі серіктестіктің байқау кеңесінің құрамына енгізу үшін қажетті шараларды қамтамасыз етеді немесе қабылдайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="462"/>
-    <w:bookmarkStart w:name="z1090" w:id="463"/>
+    <w:bookmarkEnd w:id="463"/>
+    <w:bookmarkStart w:name="z1090" w:id="464"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       403) мәліметтерді, оның ішінде өзінің басқаруындағы мемлекеттік заңды тұлғалардың және оларға қатысты мемлекеттің акционер (қатысушы) ретінде басқаруға қатысу құқығын өзі жүзеге асыратын мемлекет қатысатын заңды тұлғалардың атаулы тізбесін, бұл мәліметтерді мемлекеттік мүліктің тізілімінде көрсету үшін дайындайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="463"/>
-    <w:bookmarkStart w:name="z1091" w:id="464"/>
+    <w:bookmarkEnd w:id="464"/>
+    <w:bookmarkStart w:name="z1091" w:id="465"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       404) мемлекеттік мүлік жөніндегі уәкілетті органға республикалық мемлекеттік кәсіпорынның өзіне бекітіп берілген мүлікті (өзі өндірген өнімді сатуын қоспағанда) иеліктен шығаруына немесе оған өзгеше тәсілмен билік етуіне, филиалдарды (өкілдіктерді) құруына келісім беру жөнінде ұсыныстар енгізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="464"/>
-    <w:bookmarkStart w:name="z1092" w:id="465"/>
+    <w:bookmarkEnd w:id="465"/>
+    <w:bookmarkStart w:name="z1092" w:id="466"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       405) Қазақстан Республикасы акционері (қатысушысы) болып табылатын акционерлік қоғамдардың акцияларын және жауапкершілігі шектеулі серіктестіктерге қатысу үлестерін және республикалық меншіктегі стратегиялық объектілерді қоспағанда, республикалық мемлекеттік мүлікті акционерлік қоғамның акцияларын төлеуге не жауапкершілігі шектеулі серіктестіктің жарғылық капиталына беру туралы шешімді келіседі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="465"/>
-    <w:bookmarkStart w:name="z1093" w:id="466"/>
+    <w:bookmarkEnd w:id="466"/>
+    <w:bookmarkStart w:name="z1093" w:id="467"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       406) үкіметтік емес ұйымдармен өзара іс-қимыл саласындағы уәкілетті орган айқындайтын тәртіппен мемлекеттік әлеуметтік тапсырысты қалыптастыруды, оның іске асырылу мониторингін және нәтижелерін бағалауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="466"/>
-    <w:bookmarkStart w:name="z1094" w:id="467"/>
+    <w:bookmarkEnd w:id="467"/>
+    <w:bookmarkStart w:name="z1094" w:id="468"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       407) үкіметтік емес ұйымдармен өзара іс-қимыл және ынтымақтастық жөніндегі кеңестерді құрады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="467"/>
-    <w:bookmarkStart w:name="z1095" w:id="468"/>
+    <w:bookmarkEnd w:id="468"/>
+    <w:bookmarkStart w:name="z1095" w:id="469"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       408) үкіметтік емес ұйымдармен өзара іс-қимыл саласындағы уәкілетті органға мемлекеттік әлеуметтік тапсырыстың іске асырылуы жөнінде ақпарат береді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="468"/>
-    <w:bookmarkStart w:name="z1096" w:id="469"/>
+    <w:bookmarkEnd w:id="469"/>
+    <w:bookmarkStart w:name="z1096" w:id="470"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       409) мемлекеттік әлеуметтік тапсырыстың жоспарланатын тақырыптарын және іске асырылуы жөніндегі ақпаратты, сондай-ақ мемлекеттік әлеуметтік тапсырыстың нәтижелерін бағалауды өзінің интернет-ресурсында орналастырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="469"/>
-    <w:bookmarkStart w:name="z1097" w:id="470"/>
+    <w:bookmarkEnd w:id="470"/>
+    <w:bookmarkStart w:name="z1097" w:id="471"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       410) мемлекеттік әлеуметтік тапсырысты жүзеге асыратын үкіметтік емес ұйымдарға ақпараттық, консультациялық, әдістемелік қолдау көрсетеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="470"/>
-    <w:bookmarkStart w:name="z1098" w:id="471"/>
+    <w:bookmarkEnd w:id="471"/>
+    <w:bookmarkStart w:name="z1098" w:id="472"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       411) ғылыми және (немесе) ғылыми-техникалық қызмет саласында ұсыныстар әзірлеуге және мемлекеттік саясатты, ғылым және ғылыми және (немесе) ғылыми-техникалық қызмет нәтижелерін коммерцияландыру саласындағы ғылыми-технологиялық саясатты іске асыруға, тиісті салада ғылыми зерттеулер жүргізу жөніндегі жұмысты үйлестіруге қатысады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="471"/>
-    <w:bookmarkStart w:name="z1099" w:id="472"/>
+    <w:bookmarkEnd w:id="472"/>
+    <w:bookmarkStart w:name="z1099" w:id="473"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       412) тиісті салада іргелі және (немесе) қолданбалы ғылыми зерттеулердің басым бағыттарын қалыптастыруға қатысады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="472"/>
-    <w:bookmarkStart w:name="z1100" w:id="473"/>
+    <w:bookmarkEnd w:id="473"/>
+    <w:bookmarkStart w:name="z1100" w:id="474"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       413) бюджет қаражаты есебінен қаржыландырылатын ғылыми, ғылыми-техникалық жобалар мен бағдарламаларды әзірлеуді ұйымдастырады және олардың тиісті салада іске асырылуын жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="473"/>
-    <w:bookmarkStart w:name="z1101" w:id="474"/>
+    <w:bookmarkEnd w:id="474"/>
+    <w:bookmarkStart w:name="z1101" w:id="475"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       414) бюджет қаражаты есебінен қаржыландырылатын, тиісті салада орындалған ғылыми, ғылыми-техникалық жобалар мен бағдарламалар жөніндегі есептерді бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="474"/>
-    <w:bookmarkStart w:name="z1102" w:id="475"/>
+    <w:bookmarkEnd w:id="475"/>
+    <w:bookmarkStart w:name="z1102" w:id="476"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       415) мемлекеттік ғылыми-техникалық сараптаманы ұйымдастыру және жүргізу қағидаларын әзірлеуге қатысады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="475"/>
+    <w:bookmarkEnd w:id="476"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13839,1570 +13913,1570 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1104" w:id="476"/>
+    <w:bookmarkStart w:name="z1104" w:id="477"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       417) ұлттық ғылыми кеңестердің құрамдарына қосу үшін кандидатуралар бойынша ұсыныстарды ғылым саласындағы уәкілетті органға енгізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="476"/>
-    <w:bookmarkStart w:name="z1105" w:id="477"/>
+    <w:bookmarkEnd w:id="477"/>
+    <w:bookmarkStart w:name="z1105" w:id="478"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       418) ұлттық ғылыми кеңестер туралы ережені әзірлеуге қатысады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="477"/>
-    <w:bookmarkStart w:name="z1454" w:id="478"/>
+    <w:bookmarkEnd w:id="478"/>
+    <w:bookmarkStart w:name="z1454" w:id="479"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       418-1) ғылыми-техникалық кеңесті құрады және оның ережесін бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="478"/>
-    <w:bookmarkStart w:name="z1106" w:id="479"/>
+    <w:bookmarkEnd w:id="479"/>
+    <w:bookmarkStart w:name="z1106" w:id="480"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       419) базалық қаржыландыру субъектілері мен іргелі ғылыми зерттеулерді жүзеге асыратын ғылыми ұйымдардың тізбелерін қалыптастыру жөніндегі ұсыныстарды ғылым саласындағы уәкілетті органға енгізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="479"/>
-    <w:bookmarkStart w:name="z1107" w:id="480"/>
+    <w:bookmarkEnd w:id="480"/>
+    <w:bookmarkStart w:name="z1107" w:id="481"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       420) ғылымды қаржыландыру қағидаларын әзірлеуге қатысады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="480"/>
-    <w:bookmarkStart w:name="z1455" w:id="481"/>
+    <w:bookmarkEnd w:id="481"/>
+    <w:bookmarkStart w:name="z1455" w:id="482"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       420-1) тиісті саладағы ғылыми және (немесе) ғылыми-техникалық қызмет нәтижелерін коммерцияландыруға жәрдемдесу бағдарламаларының іске асырылуына мониторингті жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="481"/>
-    <w:bookmarkStart w:name="z1108" w:id="482"/>
+    <w:bookmarkEnd w:id="482"/>
+    <w:bookmarkStart w:name="z1108" w:id="483"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       421) облыстардың жергілікті атқарушы органдарымен бірлесіп, ауыл шаруашылығы өнімдерін өндірушілерге жеткізу үшін қажетті мұнай өнімдерінің көлемін айқындайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="482"/>
-    <w:bookmarkStart w:name="z1109" w:id="483"/>
+    <w:bookmarkEnd w:id="483"/>
+    <w:bookmarkStart w:name="z1109" w:id="484"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       422) ауыл шаруашылығы өнімдерін өндірушілердің мұнай өнімдерімен қамтамасыз етілуіне талдау жүргізеді және оның нәтижелерін мұнай өнімдерін өндіру саласындағы уәкілетті органға ұсынады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="483"/>
-    <w:bookmarkStart w:name="z1110" w:id="484"/>
+    <w:bookmarkEnd w:id="484"/>
+    <w:bookmarkStart w:name="z1110" w:id="485"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       423) мемлекеттік құпияларды қорғау саласындағы заңнаманы сақтай отырып, ұлттық қауіпсіздіктің жай-күйі және оны қамтамасыз ету бойынша қабылданып жатқан шаралар туралы халықты хабардар етеді, насихаттау және насихаттауға қарсы қызметті жүргізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="484"/>
-    <w:bookmarkStart w:name="z1111" w:id="485"/>
+    <w:bookmarkEnd w:id="485"/>
+    <w:bookmarkStart w:name="z1111" w:id="486"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       424) ұлттық қауіпсіздік жүйесін жетілдіру бойынша ұсыныстар енгізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="485"/>
-    <w:bookmarkStart w:name="z1112" w:id="486"/>
+    <w:bookmarkEnd w:id="486"/>
+    <w:bookmarkStart w:name="z1112" w:id="487"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       425) ұлттық қауіпсіздік саласындағы заңдардың және өзге де нормативтік құқықтық актілердің сақталуын қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="486"/>
-    <w:bookmarkStart w:name="z1113" w:id="487"/>
+    <w:bookmarkEnd w:id="487"/>
+    <w:bookmarkStart w:name="z1113" w:id="488"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       426) мемлекеттік қызметтер көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актілерді әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="487"/>
-    <w:bookmarkStart w:name="z1114" w:id="488"/>
+    <w:bookmarkEnd w:id="488"/>
+    <w:bookmarkStart w:name="z1114" w:id="489"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       427) мемлекеттік қызметтер көрсету сапасын арттыруды қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="488"/>
-    <w:bookmarkStart w:name="z1115" w:id="489"/>
+    <w:bookmarkEnd w:id="489"/>
+    <w:bookmarkStart w:name="z1115" w:id="490"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       428) мемлекеттік қызметтер көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актілердің қолжетімділігін қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="489"/>
-    <w:bookmarkStart w:name="z1116" w:id="490"/>
+    <w:bookmarkEnd w:id="490"/>
+    <w:bookmarkStart w:name="z1116" w:id="491"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       429) көрсетілетін қызметті алушылардың мемлекеттік қызметтер көрсету тәртібі туралы қолжетімді нысанда хабардар болуын қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="490"/>
-    <w:bookmarkStart w:name="z1117" w:id="491"/>
+    <w:bookmarkEnd w:id="491"/>
+    <w:bookmarkStart w:name="z1117" w:id="492"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       430) көрсетілетін қызметті алушылардың мемлекеттік қызметтер көрсету мәселелері жөніндегі жолданымдарын қарайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="491"/>
-    <w:bookmarkStart w:name="z1118" w:id="492"/>
+    <w:bookmarkEnd w:id="492"/>
+    <w:bookmarkStart w:name="z1118" w:id="493"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       431) көрсетілетін қызметті алушылардың бұзылған құқықтарын, бостандықтары мен заңды мүдделерін қалпына келтіруге бағытталған шаралар қабылдайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="492"/>
-    <w:bookmarkStart w:name="z1119" w:id="493"/>
+    <w:bookmarkEnd w:id="493"/>
+    <w:bookmarkStart w:name="z1119" w:id="494"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       432) мемлекеттік қызметтер көрсету, мүгедектігі бар адамдармен қарым-қатынас жасау саласындағы жұмыскерлердің біліктілігін арттыруды қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="493"/>
-    <w:bookmarkStart w:name="z1120" w:id="494"/>
+    <w:bookmarkEnd w:id="494"/>
+    <w:bookmarkStart w:name="z1120" w:id="495"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       433) ақпараттандыру саласындағы уәкілетті органмен келісу бойынша Қазақстан Республикасының заңнамасына сәйкес агроөнеркәсіптік кешен саласында мемлекеттік қызметтер көрсету процестерін оңтайландыру және автоматтандыру жөнінде шаралар қабылдайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="494"/>
-    <w:bookmarkStart w:name="z1121" w:id="495"/>
+    <w:bookmarkEnd w:id="495"/>
+    <w:bookmarkStart w:name="z1121" w:id="496"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       434) мемлекеттік көрсетілетін қызметтер тізіліміне жаңа мемлекеттік көрсетілетін қызмет енгізілгеннен кейін ақпараттандыру саласындағы уәкілетті органмен келісу бойынша Қазақстан Республикасының заңнамасына сәйкес оны электрондық форматта көрсетуге ауыстыру жөніндегі шаралар қабылдайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="495"/>
-    <w:bookmarkStart w:name="z1122" w:id="496"/>
+    <w:bookmarkEnd w:id="496"/>
+    <w:bookmarkStart w:name="z1122" w:id="497"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       435) мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органға мемлекеттік қызметтер көрсету сапасын бағалауды жүргізу үшін ақпараттың, сондай-ақ мемлекеттік қызметтер көрсету сапасын ішкі бақылау нәтижелері бойынша ақпараттың Қазақстан Республикасының заңнамасында белгіленген тәртіппен және мерзімдерде ұсынылуын қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="496"/>
-    <w:bookmarkStart w:name="z1123" w:id="497"/>
+    <w:bookmarkEnd w:id="497"/>
+    <w:bookmarkStart w:name="z1123" w:id="498"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       436) ақпараттандыру саласындағы уәкілетті органға электрондық нысанда көрсетілетін мемлекеттік қызметтер сапасына бағалау жүргізу үшін ақпараттың Қазақстан Республикасының заңнамасында белгіленген тәртіппен және мерзімдерде берілуін қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="497"/>
-    <w:bookmarkStart w:name="z1124" w:id="498"/>
+    <w:bookmarkEnd w:id="498"/>
+    <w:bookmarkStart w:name="z1124" w:id="499"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       437) егер Қазақстан Республикасының заңнамасында өзгеше көзделмесе, "Азаматтарға арналған үкімет" мемлекеттік корпорациясына агроөнеркәсіптік кешен саласында мемлекеттік қызметтер көрсету үшін қажетті мәліметтерді қамтитын ақпараттық жүйелерге қолжетімділік береді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="498"/>
-    <w:bookmarkStart w:name="z1125" w:id="499"/>
+    <w:bookmarkEnd w:id="499"/>
+    <w:bookmarkStart w:name="z1125" w:id="500"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       438) Мемлекеттік қызметтер көрсету мәселелері жөніндегі бірыңғай байланыс орталығына реттелетін салада мемлекеттік қызметтер көрсету тәртібі туралы ақпарат береді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="499"/>
-    <w:bookmarkStart w:name="z1126" w:id="500"/>
+    <w:bookmarkEnd w:id="500"/>
+    <w:bookmarkStart w:name="z1126" w:id="501"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       439) Қазақстан Республикасының заңнамасына сәйкес мемлекеттік қызметтер көрсету сапасына ішкі бақылау жүргізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="500"/>
-    <w:bookmarkStart w:name="z1127" w:id="501"/>
+    <w:bookmarkEnd w:id="501"/>
+    <w:bookmarkStart w:name="z1127" w:id="502"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       440) көрсетілетін қызметті берушілердің мемлекеттік қызметтер көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актілерді сақтауын қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="501"/>
-    <w:bookmarkStart w:name="z1128" w:id="502"/>
+    <w:bookmarkEnd w:id="502"/>
+    <w:bookmarkStart w:name="z1128" w:id="503"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       441) мемлекеттік қызметтер көрсету сапасының қоғамдық мониторингі қорытындысын ескере отырып, мемлекеттік қызметтер көрсету сапасын арттыру жөніндегі шаралар қабылдайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="502"/>
-    <w:bookmarkStart w:name="z1129" w:id="503"/>
+    <w:bookmarkEnd w:id="503"/>
+    <w:bookmarkStart w:name="z1129" w:id="504"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       442) өз құзыреті шегінде мемлекеттік қызмет көрсету кезінде тұтынушылардың құқықтарын қорғау саласында мемлекеттік реттеуді жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="503"/>
-    <w:bookmarkStart w:name="z1130" w:id="504"/>
+    <w:bookmarkEnd w:id="504"/>
+    <w:bookmarkStart w:name="z1130" w:id="505"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       443) агроөнеркәсіптік кешен саласында мемлекеттік қызмет көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органға Қазақстан Республикасының заңнамасында белгіленген тәртіппен және мерзімде мемлекеттік қызметтер көрсету сапасына бағалау жүргізу үшін ақпаратты, сондай-ақ мемлекеттік қызмет көрсету сапасын ішкі бақылаудың нәтижелері бойынша ақпаратты беруді қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="504"/>
-    <w:bookmarkStart w:name="z1131" w:id="505"/>
+    <w:bookmarkEnd w:id="505"/>
+    <w:bookmarkStart w:name="z1131" w:id="506"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       444) өз құзыреті шегінде тарифтік квотаны бөлу тәртібіне сәйкес сыртқы сауда қызметіне қатысушылардың арасында тарифтік квоталарды бөледі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="505"/>
-    <w:bookmarkStart w:name="z1132" w:id="506"/>
+    <w:bookmarkEnd w:id="506"/>
+    <w:bookmarkStart w:name="z1132" w:id="507"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       445) сауда қызметін реттеу саласындағы уәкілетті органмен келісу бойынша өз құзыреті шегінде жекелеген тауарларды әкетуге және (немесе) әкелуге тыйым салады және сандық шектеулер енгізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="506"/>
-    <w:bookmarkStart w:name="z1133" w:id="507"/>
+    <w:bookmarkEnd w:id="507"/>
+    <w:bookmarkStart w:name="z1133" w:id="508"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       446) сауда қызметiн реттеу саласындағы уәкілетті органмен келісу бойынша өз құзыреті шегінде сыртқы сауда қызметіне қатысушылардың арасында жекелеген тауарларды әкетуге және (немесе) әкелуге сандық шектеулерді бөлуді жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="507"/>
-    <w:bookmarkStart w:name="z1134" w:id="508"/>
+    <w:bookmarkEnd w:id="508"/>
+    <w:bookmarkStart w:name="z1134" w:id="509"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       447) сауда қызметiн реттеу саласындағы уәкілетті органмен келісу бойынша өз құзыреті шегінде квоталардың мөлшерін және квоталардың қолданылу мерзімін айқындайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="508"/>
-    <w:bookmarkStart w:name="z1266" w:id="509"/>
+    <w:bookmarkEnd w:id="509"/>
+    <w:bookmarkStart w:name="z1266" w:id="510"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       447-1) сауда қызметін реттеу саласындағы уәкілетті органмен келісу бойынша өз құзыреті шегінде сандық шектеулер (квоталар) енгізілген кезде жекелеген тауарлар түрлерінің экспортына және (немесе) импортына лицензиялар береді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="509"/>
-    <w:bookmarkStart w:name="z1281" w:id="510"/>
+    <w:bookmarkEnd w:id="510"/>
+    <w:bookmarkStart w:name="z1281" w:id="511"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       447-2) өзіндік ерекшелігі бар тауарларды бақылау саласындағы мемлекеттік саясатты іске асыруға қатысады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="510"/>
-    <w:bookmarkStart w:name="z1282" w:id="511"/>
+    <w:bookmarkEnd w:id="511"/>
+    <w:bookmarkStart w:name="z1282" w:id="512"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       447-3) "Өзіндік ерекшелігі бар тауарларды бақылау туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және Қазақстан Республикасының заңнамасында белгіленген құзыреті шегінде өзіндік ерекшелігі бар тауарларды бақылауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="511"/>
-    <w:bookmarkStart w:name="z1299" w:id="512"/>
+    <w:bookmarkEnd w:id="512"/>
+    <w:bookmarkStart w:name="z1299" w:id="513"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       447-4) өз құзыреті шегінде тауарлардың нысаналы мақсатына растама береді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="512"/>
-    <w:bookmarkStart w:name="z1300" w:id="513"/>
+    <w:bookmarkEnd w:id="513"/>
+    <w:bookmarkStart w:name="z1300" w:id="514"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       447-5) сауда қызметін реттеу саласындағы уәкілетті органмен келісу бойынша өз құзыреті шегінде тауарлардың нысаналы мақсатын растау тәртібі мен нысанын айқындайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="513"/>
-    <w:bookmarkStart w:name="z1333" w:id="514"/>
+    <w:bookmarkEnd w:id="514"/>
+    <w:bookmarkStart w:name="z1333" w:id="515"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       447-6) өз құзыреті шегінде сауда қызметін реттеу саласындағы уәкілетті органмен келісу бойынша квоталарды бөлу тәртібін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="514"/>
-    <w:bookmarkStart w:name="z1334" w:id="515"/>
+    <w:bookmarkEnd w:id="515"/>
+    <w:bookmarkStart w:name="z1334" w:id="516"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       447-7) өз құзыреті шегінде жекелеген тауар түрлерін Қазақстан Республикасының аумағынан экспорттауға және (немесе) импорттауға лицензия беру тәртібін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="515"/>
-    <w:bookmarkStart w:name="z1135" w:id="516"/>
+    <w:bookmarkEnd w:id="516"/>
+    <w:bookmarkStart w:name="z1135" w:id="517"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       448) өз құзыреті шегінде экспортына және (немесе) импортына ерекше құқық берілетін тауарлардың жекелеген түрлерінің тізбесіне ұсыныстар енгізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="516"/>
-    <w:bookmarkStart w:name="z1136" w:id="517"/>
+    <w:bookmarkEnd w:id="517"/>
+    <w:bookmarkStart w:name="z1136" w:id="518"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       449) өз құзыреті шегінде Министрлік айқындаған тәртіпке сәйкес тауарларды таңбалау мен олардың қадағалануын жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="517"/>
-    <w:bookmarkStart w:name="z1137" w:id="518"/>
+    <w:bookmarkEnd w:id="518"/>
+    <w:bookmarkStart w:name="z1137" w:id="519"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       450) ақпараттық-коммуникациялық технологиялар және ақпараттық қауіпсіздікті қамтамасыз ету саласындағы бірыңғай талаптардың, сондай-ақ ақпараттандырудың сервистік моделін іске асыру қағидаларының сақталуын қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="518"/>
-    <w:bookmarkStart w:name="z1138" w:id="519"/>
+    <w:bookmarkEnd w:id="519"/>
+    <w:bookmarkStart w:name="z1138" w:id="520"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       451) "электрондық үкiметтiң" архитектурасын дамыту жөніндегі талаптардың және Министрліктің архитектурасын әзірлеу, іске асыру, іске асырылуын қолдап отыру, мониторингтеу және дамыту қағидаларының сақталуын қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="519"/>
-    <w:bookmarkStart w:name="z1139" w:id="520"/>
+    <w:bookmarkEnd w:id="520"/>
+    <w:bookmarkStart w:name="z1139" w:id="521"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       452) "электрондық үкіметтің" ақпараттандыру объектілерін құрады және дамытады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="520"/>
-    <w:bookmarkStart w:name="z1140" w:id="521"/>
+    <w:bookmarkEnd w:id="521"/>
+    <w:bookmarkStart w:name="z1140" w:id="522"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       453) электрондық ақпараттық ресурстардың толықтырылуын жүзеге асырады, олардың анықтығы мен өзектілігін қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="521"/>
-    <w:bookmarkStart w:name="z1141" w:id="522"/>
+    <w:bookmarkEnd w:id="522"/>
+    <w:bookmarkStart w:name="z1141" w:id="523"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       454) Министрліктің архитектурасын бекітеді және оны іске асыру мен дамытуды қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="522"/>
-    <w:bookmarkStart w:name="z1142" w:id="523"/>
+    <w:bookmarkEnd w:id="523"/>
+    <w:bookmarkStart w:name="z1142" w:id="524"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       455) "электрондық үкiметтi" дамытуға қатысады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="523"/>
-    <w:bookmarkStart w:name="z1143" w:id="524"/>
+    <w:bookmarkEnd w:id="524"/>
+    <w:bookmarkStart w:name="z1143" w:id="525"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       456) өз құзыреті шегінде жергілікті атқарушы органдардың Министрліктің қарауындағы ақпараттық жүйелерге қол жеткізуін қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="524"/>
-    <w:bookmarkStart w:name="z1144" w:id="525"/>
+    <w:bookmarkEnd w:id="525"/>
+    <w:bookmarkStart w:name="z1144" w:id="526"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       457) ашық деректердің интернет-порталында қазақ және орыс тілдерінде ашық деректерді орналастырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="525"/>
-    <w:bookmarkStart w:name="z1145" w:id="526"/>
+    <w:bookmarkEnd w:id="526"/>
+    <w:bookmarkStart w:name="z1145" w:id="527"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       458) "электрондық үкіметтің" архитектуралық порталында "электрондық үкіметтің" ақпараттандыру объектілері туралы мәліметтерді және "электрондық үкіметтің" ақпараттандыру объектілері техникалық құжаттамасының электрондық көшірмелерін есепке алуды және өзектілендіруді жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="526"/>
-    <w:bookmarkStart w:name="z1146" w:id="527"/>
+    <w:bookmarkEnd w:id="527"/>
+    <w:bookmarkStart w:name="z1146" w:id="528"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       459) "электрондық үкіметтің" ақпараттандыру объектілерінің әзірленген бағдарламалық қамтылымын, бастапқы бағдарламалық кодтарын (бар болса), лицензиялық бағдарламалық қамтылымының баптау кешенін есепке алу және сақтау үшін "электрондық үкіметтің" сервистік интеграторына беруді қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="527"/>
-    <w:bookmarkStart w:name="z1147" w:id="528"/>
+    <w:bookmarkEnd w:id="528"/>
+    <w:bookmarkStart w:name="z1147" w:id="529"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       460) техникалық құжаттаманың қағаз жеткізгіштердегі түпнұсқаларын сақтауды қамтамасыз етеді және оларды "электрондық үкiметтiң" сервистік интеграторына оның сұрау салуы бойынша ұсынады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="528"/>
-    <w:bookmarkStart w:name="z1148" w:id="529"/>
+    <w:bookmarkEnd w:id="529"/>
+    <w:bookmarkStart w:name="z1148" w:id="530"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       461) электрондық үкіметтің" ақпараттандыру объектілерін құру және дамыту кезінде стандартты шешімдерді пайдалануды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="529"/>
-    <w:bookmarkStart w:name="z1149" w:id="530"/>
+    <w:bookmarkEnd w:id="530"/>
+    <w:bookmarkStart w:name="z1149" w:id="531"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       462) өз интернет-ресурстарында Министрліктің ақпараттық жүйелерін құру мен ақпараттық жүйелерін дамыту жоспарлары және нәтижелері туралы жалпыға қолжетімді ақпаратты орналастырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="530"/>
-    <w:bookmarkStart w:name="z1150" w:id="531"/>
+    <w:bookmarkEnd w:id="531"/>
+    <w:bookmarkStart w:name="z1150" w:id="532"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       463) интернет-ресурсты Министрліктің интернет-ресурстарының бірыңғай платформасында орналастырады, сондай-ақ олардың анықтығын және өзектендірілуін қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="531"/>
-    <w:bookmarkStart w:name="z1151" w:id="532"/>
+    <w:bookmarkEnd w:id="532"/>
+    <w:bookmarkStart w:name="z1151" w:id="533"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       464) ақпараттық-коммуникациялық көрсетілетін қызметтердің каталогына сәйкес оператордан ақпараттық-коммуникациялық көрсетілетін қызметтерді сатып алады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="532"/>
-    <w:bookmarkStart w:name="z1152" w:id="533"/>
+    <w:bookmarkEnd w:id="533"/>
+    <w:bookmarkStart w:name="z1152" w:id="534"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       465) кәсіби стандарттарды әзірлеу және бекіту кезінде тиісті қызмет салалары мамандарының цифрлық сауаттылық деңгейіне қойылатын талаптарды белгілейді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="533"/>
-    <w:bookmarkStart w:name="z1153" w:id="534"/>
+    <w:bookmarkEnd w:id="534"/>
+    <w:bookmarkStart w:name="z1153" w:id="535"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       466) операторға "электрондық үкімет" веб-порталын ақпараттық толықтырып отыру үшін қажетті электрондық ақпараттық ресурстарды береді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="534"/>
-    <w:bookmarkStart w:name="z1154" w:id="535"/>
+    <w:bookmarkEnd w:id="535"/>
+    <w:bookmarkStart w:name="z1154" w:id="536"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       467) өз құзыреті шегінде ақпараттық-коммуникациялық инфрақұрылымның аса маңызды объектілеріне жататын объектілерді айқындайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="535"/>
-    <w:bookmarkStart w:name="z1155" w:id="536"/>
+    <w:bookmarkEnd w:id="536"/>
+    <w:bookmarkStart w:name="z1155" w:id="537"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       468) қаржы нарығы мен қаржы ұйымдарын реттеу, бақылау және қадағалау жөніндегі уәкілетті органды және Қазақстан Республикасының арнаулы мемлекеттік органдарын қоспағанда, Ақпараттық қауіпсіздікті ұлттық үйлестіру орталығының жұмыскерлерін ақпараттандыру объектілеріне қолжетімділік бере отырып, жұмыс орындарымен қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="536"/>
-    <w:bookmarkStart w:name="z1156" w:id="537"/>
+    <w:bookmarkEnd w:id="537"/>
+    <w:bookmarkStart w:name="z1156" w:id="538"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       469) Қазақстан Республикасының Мемлекеттік күзет қызметін қоспағанда, операторға уәкілетті орган айқындаған тәртіппен функцияларды мемлекеттік органдардың іске асыруы мақсатында деректерді талдауды жүзеге асыру үшін электрондық ақпараттық ресурстарға қолжетімділік береді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="537"/>
-    <w:bookmarkStart w:name="z1157" w:id="538"/>
+    <w:bookmarkEnd w:id="538"/>
+    <w:bookmarkStart w:name="z1157" w:id="539"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       470) ерлер мен әйелдердің тең құқықтарын және тең мүмкіндіктерін қамтамасыз ету жөніндегі мемлекеттік саясатты іске асыруға қатысады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="538"/>
-    <w:bookmarkStart w:name="z1158" w:id="539"/>
+    <w:bookmarkEnd w:id="539"/>
+    <w:bookmarkStart w:name="z1158" w:id="540"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       471) бақылау мен қадағалау субъектілерін (объектілерін) іріктеу үшін тәуекел дәрежесін бағалау өлшемшарттарына, тексеру парақтарына қатысты актілерді әзірлейді және кәсіпкерлік жөніндегі уәкілетті органмен бірлесіп бекітеді, олар "электрондық үкімет" ақпараттық-коммуникациялық инфрақұрылым объектісінде орналастырылады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="539"/>
-    <w:bookmarkStart w:name="z1431" w:id="540"/>
+    <w:bookmarkEnd w:id="540"/>
+    <w:bookmarkStart w:name="z1431" w:id="541"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       471-1) мемлекеттік қаржылай емес қолдау тәртібін, нысандарын, мемлекеттік қаржылай емес қолдауға жататын жеке кәсіпкерлік субъектілері қызметін жүзеге асыратын экономика саласын (салаларын), мемлекеттік қаржылай емес қолдау көрсету үшін тартылатын заңды тұлғаны (тұлғаларды) және мемлекеттік қаржылай емес қолдау көрсетуге қажетті басқа да шарттарды әзірлейді және кәсіпкерлік жөніндегі уәкілетті органмен келісу бойынша бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="540"/>
-    <w:bookmarkStart w:name="z1159" w:id="541"/>
+    <w:bookmarkEnd w:id="541"/>
+    <w:bookmarkStart w:name="z1159" w:id="542"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       472) Қазақстан Республикасының Кәсіпкерлік кодексіне сәйкес өз құзыреті шегінде жеке кәсіпкерлік мәселелері жөніндегі сараптамалық кеңестің құрамын бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="541"/>
-    <w:bookmarkStart w:name="z1160" w:id="542"/>
+    <w:bookmarkEnd w:id="542"/>
+    <w:bookmarkStart w:name="z1160" w:id="543"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       473) кәсіпкерлік жөніндегі уәкілетті орган айқындайтын тәртіппен Қазақстан Республикасы Кәсіпкерлік кодексінің 82-бабының 2-тармағында көзделген, әзірленіп жатқан құжаттар мен нормативтік құқықтық актілердің жобаларына қатысты реттеушілік әсерге талдау жүргізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="542"/>
-    <w:bookmarkStart w:name="z1161" w:id="543"/>
+    <w:bookmarkEnd w:id="543"/>
+    <w:bookmarkStart w:name="z1161" w:id="544"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       474) кәсіпкерлік жөніндегі уәкілетті органға кәсіпкерлік қызметті реттеудің жай-күйі туралы есептерді ұсынады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="543"/>
-    <w:bookmarkStart w:name="z1162" w:id="544"/>
+    <w:bookmarkEnd w:id="544"/>
+    <w:bookmarkStart w:name="z1162" w:id="545"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       475) реттелетін салада мемлекеттік бақылау және қадағалау тиімділігінің мониторингін жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="544"/>
-    <w:bookmarkStart w:name="z1163" w:id="545"/>
+    <w:bookmarkEnd w:id="545"/>
+    <w:bookmarkStart w:name="z1163" w:id="546"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       476) ашық бюджеттердің интернет-порталында бюджеттік есептілікті, шоғырландырылған қаржылық есептілікті, мемлекеттік аудит және қаржылық бақылау нәтижелерін орналастыруды, сондай-ақ бюджеттік бағдарламалардың жобаларға және бюджеттік бағдарламаларды іске асыру туралы есептерге жария талқылау жүргізуді жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="545"/>
-    <w:bookmarkStart w:name="z1164" w:id="546"/>
+    <w:bookmarkEnd w:id="546"/>
+    <w:bookmarkStart w:name="z1164" w:id="547"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       477) ашық нормативтік құқықтық актілер интернет-порталында заң жобалары тұжырымдамаларының және нормативтік құқықтық актілердің жобаларын оларға түсіндірме жазбалармен және салыстырма кестелермен бірге (заңнамалық актілерге өзгерістер және (немесе) толықтырулар енгізілген жағдайларда) олар мүдделі мемлекеттік органдарға келісуге жіберілгенге дейін жария талқылау үшін орналастыруды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="546"/>
-    <w:bookmarkStart w:name="z1165" w:id="547"/>
+    <w:bookmarkEnd w:id="547"/>
+    <w:bookmarkStart w:name="z1165" w:id="548"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       478) ақпарат берудің сапасы мен уақтылылығына ішкі бақылау жүргізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="547"/>
-    <w:bookmarkStart w:name="z1166" w:id="548"/>
+    <w:bookmarkEnd w:id="548"/>
+    <w:bookmarkStart w:name="z1166" w:id="549"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       479) реттелетін салада біліктілік талаптары мен оларға сәйкестікті растайтын құжаттар тізбесін бекіту туралы нормативтік құқықтық актілерді әзірлейді, рұқсаттар мен хабарламалар саласындағы уәкілетті органмен және ақпараттандыру саласындағы уәкілетті органмен келіседі және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="548"/>
-    <w:bookmarkStart w:name="z1167" w:id="549"/>
+    <w:bookmarkEnd w:id="549"/>
+    <w:bookmarkStart w:name="z1167" w:id="550"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       480) екінші санаттағы рұқсаттарды беруге уәкілетті органдарды, екінші санаттағы рұқсаттар беруді келісуді жүзеге асыратын мемлекеттік органдарды айқындау туралы нормативтік құқықтық актілердің жобаларын әзірлейді және рұқсаттар мен хабарламалар саласындағы уәкілетті органмен және ақпараттандыру саласындағы уәкілетті органмен келіседі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="549"/>
-    <w:bookmarkStart w:name="z1168" w:id="550"/>
+    <w:bookmarkEnd w:id="550"/>
+    <w:bookmarkStart w:name="z1168" w:id="551"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       481) екінші санаттағы рұқсатты алуға арналған өтініштердің нысандарын, екінші санаттағы рұқсаттардың нысандарын әзірлейді, оларды рұқсаттар мен хабарламалар саласындағы уәкілетті органмен және ақпараттандыру саласындағы уәкілетті органмен келіседі және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="550"/>
+    <w:bookmarkEnd w:id="551"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -15431,1510 +15505,1510 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1170" w:id="551"/>
+    <w:bookmarkStart w:name="z1170" w:id="552"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       483) кәсіптік біліктілікті тану саласындағы уәкілетті орган айқындаған тәртіппен салалық біліктілік шеңберлерін әзірлейді және (немесе) жаңартады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="551"/>
-    <w:bookmarkStart w:name="z1456" w:id="552"/>
+    <w:bookmarkEnd w:id="552"/>
+    <w:bookmarkStart w:name="z1456" w:id="553"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       483-1) кәсіптік біліктілік жөніндегі салалық кеңестермен келісу бойынша жыл сайынғы негізде кәсіптік біліктілікті тану саласындағы уәкілетті органға кәсіптер тізіліміне өзгерістер мен толықтырулар енгізу жөнінде ұсыныстар енгізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="552"/>
-    <w:bookmarkStart w:name="z1457" w:id="553"/>
+    <w:bookmarkEnd w:id="553"/>
+    <w:bookmarkStart w:name="z1457" w:id="554"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       483-2) кәсіптік біліктілік жөніндегі салалық кеңестермен келісу бойынша жыл сайынғы негізде кәсіптік стандарттарды әзірлеу және (немесе) жаңарту жөнінде ұсыныстар әзірлейді және оларды кәсіптік біліктілікті тану саласындағы уәкілетті органға жібереді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="553"/>
-    <w:bookmarkStart w:name="z1458" w:id="554"/>
+    <w:bookmarkEnd w:id="554"/>
+    <w:bookmarkStart w:name="z1458" w:id="555"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       483-3) облыстардың, республикалық маңызы бар қалалардың және астананың жергілікті атқарушы органдарымен келісу бойынша жыл сайынғы негізде ағымдағы және болашақ кезеңдерде кәсіптердің өзектілігін ескере отырып, еңбек нарығының кәсіптік біліктілікті танудағы қажеттілігін кәсіптік біліктілікті тану саласындағы уәкілетті орган айқындаған тәртіппен қалыптастырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="554"/>
-    <w:bookmarkStart w:name="z1459" w:id="555"/>
+    <w:bookmarkEnd w:id="555"/>
+    <w:bookmarkStart w:name="z1459" w:id="556"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       483-4) кәсіптік біліктілік жөніндегі салалық кеңестермен келісу бойынша кәсіптік біліктілікті тану саласындағы уәкілетті органға кәсіптік біліктілікті тану шарттары бойынша ұсыныстар енгізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="555"/>
-    <w:bookmarkStart w:name="z1460" w:id="556"/>
+    <w:bookmarkEnd w:id="556"/>
+    <w:bookmarkStart w:name="z1460" w:id="557"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       483-5) реттелетін салалардағы кәсіптік стандарттарды әзірлейді және (немесе) жаңартады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="556"/>
-    <w:bookmarkStart w:name="z1461" w:id="557"/>
+    <w:bookmarkEnd w:id="557"/>
+    <w:bookmarkStart w:name="z1461" w:id="558"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       483-6) кәсіптік біліктілік жөніндегі салалық кеңеспен және кәсіптік біліктілікті тану саласындағы уәкілетті органмен келісу бойынша кәсіптік стандарттарды бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="557"/>
-    <w:bookmarkStart w:name="z1462" w:id="558"/>
+    <w:bookmarkEnd w:id="558"/>
+    <w:bookmarkStart w:name="z1462" w:id="559"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       483-7) кәсіптік біліктілік жөніндегі салалық кеңестер туралы ережені әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="558"/>
-    <w:bookmarkStart w:name="z1171" w:id="559"/>
+    <w:bookmarkEnd w:id="559"/>
+    <w:bookmarkStart w:name="z1171" w:id="560"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       484) еңбек жөніндегі уәкілетті органмен келісу бойынша мемлекеттік заңды тұлғалар көрсететін қызметтерге кәсіптік стандарттарды әзірлейді, бекітеді, ауыстырады және қайта қарайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="559"/>
-    <w:bookmarkStart w:name="z1172" w:id="560"/>
+    <w:bookmarkEnd w:id="560"/>
+    <w:bookmarkStart w:name="z1172" w:id="561"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       485) Қазақстан Республикасының заңнамасында белгіленген тәртіппен ұлттық, мемлекетаралық стандарттарды, ұлттық техникалық-экономикалық ақпарат сыныптауыштарын, стандарттау жөніндегі ұсынымдарды әзірлеу, өзгерістер енгізу, қайта қарау және күшін жою туралы ұсыныстар дайындауды және уәкілетті органға енгізуді жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="560"/>
-    <w:bookmarkStart w:name="z1173" w:id="561"/>
+    <w:bookmarkEnd w:id="561"/>
+    <w:bookmarkStart w:name="z1173" w:id="562"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       486) стандарттау саласындағы уәкілетті органмен келісу бойынша ұлттық стандарттарды және ұлттық техникалық-экономикалық ақпарат сыныптауыштарын әзірлеуді жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="561"/>
-    <w:bookmarkStart w:name="z1174" w:id="562"/>
+    <w:bookmarkEnd w:id="562"/>
+    <w:bookmarkStart w:name="z1174" w:id="563"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       487) стандарттау жөніндегі құжаттар мен ұлттық стандарттау жоспарының жобаларын қарайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="562"/>
-    <w:bookmarkStart w:name="z1175" w:id="563"/>
+    <w:bookmarkEnd w:id="563"/>
+    <w:bookmarkStart w:name="z1175" w:id="564"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       488) стандарттау жөніндегі техникалық комитеттерді құру жөнінде ұсыныстар дайындауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="563"/>
-    <w:bookmarkStart w:name="z1176" w:id="564"/>
+    <w:bookmarkEnd w:id="564"/>
+    <w:bookmarkStart w:name="z1176" w:id="565"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       489) стандарттау жөніндегі техникалық комитеттердің және стандарттау жөніндегі ұлттық органның, стандарттау жөніндегі халықаралық ұйымдардың жұмысына қатысады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="564"/>
-    <w:bookmarkStart w:name="z1177" w:id="565"/>
+    <w:bookmarkEnd w:id="565"/>
+    <w:bookmarkStart w:name="z1177" w:id="566"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       490) қоғамдық кеңестердің ұсынымдарын қарайды, Қазақстан Республикасының заңнамасында көзделген шешімдерді қабылдайды және уәжді жауаптар береді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="565"/>
-    <w:bookmarkStart w:name="z1178" w:id="566"/>
+    <w:bookmarkEnd w:id="566"/>
+    <w:bookmarkStart w:name="z1178" w:id="567"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       491) қоғамдық кеңестің қызметін ұйымдық қамтамасыз етуді жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="566"/>
-    <w:bookmarkStart w:name="z1179" w:id="567"/>
+    <w:bookmarkEnd w:id="567"/>
+    <w:bookmarkStart w:name="z1179" w:id="568"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       492) биоотын өндірісі бойынша өндірістік қуаттардың шекті көлемдерін айқындайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="567"/>
-    <w:bookmarkStart w:name="z1180" w:id="568"/>
+    <w:bookmarkEnd w:id="568"/>
+    <w:bookmarkStart w:name="z1180" w:id="569"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       493) биоотын өндірушілердің биоотын өндірісінің мониторингін жүзеге асыру үшін қажетті есептердің нысандары мен оларды облыстың, республикалық маңызы бар қалалардың және астананың жергілікті атқарушы органына ұсыну тәртібін әзiрлейдi және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="568"/>
-    <w:bookmarkStart w:name="z1181" w:id="569"/>
+    <w:bookmarkEnd w:id="569"/>
+    <w:bookmarkStart w:name="z1181" w:id="570"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       494) өз құзыреті шегінде биоотын өндірісін мемлекеттік реттеу саласындағы нормативтік құқықтық актілерді әзiрлейдi және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="569"/>
-    <w:bookmarkStart w:name="z1182" w:id="570"/>
+    <w:bookmarkEnd w:id="570"/>
+    <w:bookmarkStart w:name="z1182" w:id="571"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       495) биоотын өндірісі паспортын бекіту үшін қажетті мәліметтер тізбесін әзiрлейдi және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="570"/>
-    <w:bookmarkStart w:name="z1183" w:id="571"/>
+    <w:bookmarkEnd w:id="571"/>
+    <w:bookmarkStart w:name="z1183" w:id="572"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       496) биоотын өндіру көлемі туралы ақпаратты автоматтандырылған түрде беруді қамтамасыз ететін есепке алуды бақылау аспаптарын қолдану қағидаларын әзiрлейдi және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="571"/>
-    <w:bookmarkStart w:name="z1184" w:id="572"/>
+    <w:bookmarkEnd w:id="572"/>
+    <w:bookmarkStart w:name="z1184" w:id="573"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       497) азық-түлік қауіпсіздігі қатері болған жағдайда, биоотынға кейіннен өңдеу үшін пайдаланылатын тамақ шикізатына квоталар белгілеу тәртібін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="572"/>
-    <w:bookmarkStart w:name="z1185" w:id="573"/>
+    <w:bookmarkEnd w:id="573"/>
+    <w:bookmarkStart w:name="z1185" w:id="574"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       498) биоотын өндірісі саласындағы техникалық регламенттерді әзірлейді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="573"/>
-    <w:bookmarkStart w:name="z1186" w:id="574"/>
+    <w:bookmarkEnd w:id="574"/>
+    <w:bookmarkStart w:name="z1186" w:id="575"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       499) Қазақстан Республикасының заңнамасына сәйкес тауарларды өңдеу шарттары туралы қорытынды береді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="574"/>
-    <w:bookmarkStart w:name="z1187" w:id="575"/>
+    <w:bookmarkEnd w:id="575"/>
+    <w:bookmarkStart w:name="z1187" w:id="576"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       500) өлшем бірлігін қамтамасыз ету саласындағы бірыңғай мемлекеттік саясатты іске асыруға қатысады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="575"/>
-    <w:bookmarkStart w:name="z1188" w:id="576"/>
+    <w:bookmarkEnd w:id="576"/>
+    <w:bookmarkStart w:name="z1188" w:id="577"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       501) техникалық реттеу және метрология саласындағы уәкілетті органмен бірлесіп, мемлекеттік реттеуге жатқызылатын өлшемдер тізбесін бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="576"/>
-    <w:bookmarkStart w:name="z1189" w:id="577"/>
+    <w:bookmarkEnd w:id="577"/>
+    <w:bookmarkStart w:name="z1189" w:id="578"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       502) өндірілетін және (немесе) өткізілетін тауарлар (жұмыстар, көрсетілетін қызметтер) бағаларын келіседі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="577"/>
-    <w:bookmarkStart w:name="z1190" w:id="578"/>
+    <w:bookmarkEnd w:id="578"/>
+    <w:bookmarkStart w:name="z1190" w:id="579"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       503) өз құзыреті шегінде кәсiпкерлік субъектілерінің мүдделерiн қозғайтын нормативтiк құқықтық актiлердің жобаларына, Қазақстан Республикасының халықаралық шарттарының, сондай-ақ Қазақстан Республикасы қатысушысы болуға ниеттенетін халықаралық шарттардың жобаларына сараптама жүргізуге қатысуға үміткер жеке кәсіпкерлік субъектілерінің бірлестіктерін аккредиттеуді жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="578"/>
-    <w:bookmarkStart w:name="z1191" w:id="579"/>
+    <w:bookmarkEnd w:id="579"/>
+    <w:bookmarkStart w:name="z1191" w:id="580"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       504) Қазақстан Республикасының Қырғыз Республикасымен және Ресей Федерациясымен шекаралас аумақтарында автомобиль қатынасы шегінде агроөнеркәсіптік кешен өнімдерін мемлекеттік бақылау мен қадағалау жүзеге асырылатын бақылау пункттерінің тізбесін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="579"/>
-    <w:bookmarkStart w:name="z1192" w:id="580"/>
+    <w:bookmarkEnd w:id="580"/>
+    <w:bookmarkStart w:name="z1192" w:id="581"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       505) Қазақстан Республикасының Қырғыз Республикасымен және Ресей Федерациясымен шекаралас аумақтарындағы бақылау пункттерінде автомобиль қатынасы шегінде агроөнеркәсіптік кешен өнімдерін мемлекеттік бақылау мен қадағалауды жүзеге асыру тәртібін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="580"/>
-    <w:bookmarkStart w:name="z1193" w:id="581"/>
+    <w:bookmarkEnd w:id="581"/>
+    <w:bookmarkStart w:name="z1193" w:id="582"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       506) жартыжылдықтың қорытындысы бойынша – есепті жылдың 15 шілдесіне дейін, жылдың қорытындысы бойынша есепті жылдан кейінгі жылдың 15 қаңтарына дейін жергілікті атқарушы органдар қалыптастыратын азық-түлік тауарларын есепке алу жөніндегі ақпаратты жұмылдыру дайындығы саласындағы уәкілетті органға ұсынады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="581"/>
-    <w:bookmarkStart w:name="z1194" w:id="582"/>
+    <w:bookmarkEnd w:id="582"/>
+    <w:bookmarkStart w:name="z1194" w:id="583"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       507) Қазақстан Республикасының заңнамасына сәйкес тауарларды кедендік аумақта/аумақтан тыс өңдеу және ішкі тұтыным үшін өңдеу шарттары туралы құжат береді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="582"/>
-    <w:bookmarkStart w:name="z1195" w:id="583"/>
+    <w:bookmarkEnd w:id="583"/>
+    <w:bookmarkStart w:name="z1195" w:id="584"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508) сәйкестікті растау жөніндегі органдар беретін деректер негізінде органикалық өнім өндірушілер тізілімін жүргізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="583"/>
-    <w:bookmarkStart w:name="z1240" w:id="584"/>
+    <w:bookmarkEnd w:id="584"/>
+    <w:bookmarkStart w:name="z1240" w:id="585"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-1) өздерінің құзыреті шегінде үкіметтік емес ұйымдарды гранттық қаржыландыру саласындағы оператор арқылы мемлекеттік гранттар беру және оператордың мемлекеттік гранттардың іске асырылу нәтижелері туралы есебін қарайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="584"/>
-    <w:bookmarkStart w:name="z1244" w:id="585"/>
+    <w:bookmarkEnd w:id="585"/>
+    <w:bookmarkStart w:name="z1244" w:id="586"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-1) өсімдіктер карантині саласында пайдаланылатын патогенді және өнеркәсіптік микроорганизмдердің жұмыс коллекцияларын қалыптастыру, жүргізу және күтіп-бағу қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="585"/>
-    <w:bookmarkStart w:name="z1241" w:id="586"/>
+    <w:bookmarkEnd w:id="586"/>
+    <w:bookmarkStart w:name="z1241" w:id="587"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-2) мемлекеттік гранттарды қалыптастыру, беру, мониторингтеу және олардың тиімділігін бағалау қағидаларына сәйкес азаматтық қоғам өкілдерін тарта отырып, мемлекеттік гранттардың тиімділігін бағалауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="586"/>
-    <w:bookmarkStart w:name="z1245" w:id="587"/>
+    <w:bookmarkEnd w:id="587"/>
+    <w:bookmarkStart w:name="z1245" w:id="588"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-2) биологиялық қауіпсіздік саласындағы мемлекеттік саясатты іске асыруға қатысады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="587"/>
-    <w:bookmarkStart w:name="z1242" w:id="588"/>
+    <w:bookmarkEnd w:id="588"/>
+    <w:bookmarkStart w:name="z1242" w:id="589"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-3) үкіметтік емес ұйымдармен өзара іс-қимыл саласындағы уәкілетті орган жанындағы Үкіметтік емес ұйымдармен өзара іс-қимыл жөніндегі үйлестіру кеңесінің ұсынымдары негізінде бағыттары мен қаржыландыру көлемі бойынша мемлекеттік гранттарды қалыптастырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="588"/>
-    <w:bookmarkStart w:name="z1239" w:id="589"/>
+    <w:bookmarkEnd w:id="589"/>
+    <w:bookmarkStart w:name="z1239" w:id="590"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-3) Қазақстан Республикасының ақпаратқа қол жеткізу туралы заңнамасына сәйкес жұртшылыққа биологиялық қатерлердің тәуекелдеріне алып келетін жағдайлар туралы хабар береді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="589"/>
-    <w:bookmarkStart w:name="z1246" w:id="590"/>
+    <w:bookmarkEnd w:id="590"/>
+    <w:bookmarkStart w:name="z1246" w:id="591"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-4) биологиялық қауіпсіздік саласындағы есепке алуды, мониторингтеуді жүргізу және болжау (модельдеу) қағидаларына сәйкес биологиялық қауіпсіздік саласындағы статистикалық ақпаратты және өзге де есепке алу мен есептік құжаттаманы (ақпаратты) береді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="590"/>
-    <w:bookmarkStart w:name="z1263" w:id="591"/>
+    <w:bookmarkEnd w:id="591"/>
+    <w:bookmarkStart w:name="z1263" w:id="592"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-4) стратегиялық әріптестерді конкурстық іріктеуді жүргізу және стратегиялық әріптестікті іске асыруға арналған мемлекеттік тапсырысты жүзеге асыру қағидаларына сәйкес олармен шарттар жасасады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="591"/>
-    <w:bookmarkStart w:name="z1247" w:id="592"/>
+    <w:bookmarkEnd w:id="592"/>
+    <w:bookmarkStart w:name="z1247" w:id="593"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-5) биологиялық қауіпсіздік саласындағы уәкілетті органмен биологиялық қауіпсіздікті қамтамасыз ету мәселелеріне байланысты нормативтік құқықтық актілердің, нормативтік техникалық құжаттардың, ұлттық және (немесе) мемлекетаралық стандарттардың жобаларын келіседі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="592"/>
-    <w:bookmarkStart w:name="z1264" w:id="593"/>
+    <w:bookmarkEnd w:id="593"/>
+    <w:bookmarkStart w:name="z1264" w:id="594"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-5) стратегиялық әріптестердің жасалған шарттарға және стратегиялық әріптестікті іске асыруға арналған мемлекеттік тапсырысты жүзеге асыру қағидаларына сәйкес міндеттемелерді орындауын бағалауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="593"/>
-    <w:bookmarkStart w:name="z1248" w:id="594"/>
+    <w:bookmarkEnd w:id="594"/>
+    <w:bookmarkStart w:name="z1248" w:id="595"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-6) биологиялық тәуекелдерді басқару әдістемелерін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="594"/>
-    <w:bookmarkStart w:name="z1265" w:id="595"/>
+    <w:bookmarkEnd w:id="595"/>
+    <w:bookmarkStart w:name="z1265" w:id="596"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-6) жыл сайын 1 желтоқсанға дейін үкіметтік емес ұйымдармен өзара іс-қимыл саласындағы уәкілетті органға стратегиялық әріптестікті іске асыруға арналған мемлекеттік тапсырысты жүзеге асыру қағидаларына сәйкес стратегиялық әріптестікті іске асыруға арналған мемлекеттік тапсырыстың нәтижелері туралы ақпарат ұсынады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="595"/>
-    <w:bookmarkStart w:name="z1249" w:id="596"/>
+    <w:bookmarkEnd w:id="596"/>
+    <w:bookmarkStart w:name="z1249" w:id="597"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-7) патогенді биологиялық агенттермен жұмыс істеуді жүзеге асыратын субъектілердің, ықтимал қауіпті биологиялық объектілердің тізілімдерін жүргізуді жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="596"/>
-    <w:bookmarkStart w:name="z1250" w:id="597"/>
+    <w:bookmarkEnd w:id="597"/>
+    <w:bookmarkStart w:name="z1250" w:id="598"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-8) патогендігі I және II топтардағы патогенді биологиялық агенттердің, патогендігі I және II топтардағы патогенді биологиялық агенттермен жұмыс істеуді жүзеге асыратын мамандардың тізілімдерін жүргізуді жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="597"/>
-    <w:bookmarkStart w:name="z1251" w:id="598"/>
+    <w:bookmarkEnd w:id="598"/>
+    <w:bookmarkStart w:name="z1251" w:id="599"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       508-9) "Қазақстан Республикасының биологиялық қауіпсіздігі туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және Қазақстан Республикасының заңнамасына сәйкес биологиялық қауіпсіздік саласындағы профилактикалық іс-шараларды жүргізуді жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="598"/>
-    <w:bookmarkStart w:name="z1252" w:id="599"/>
+    <w:bookmarkEnd w:id="599"/>
+    <w:bookmarkStart w:name="z1252" w:id="600"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       508-10) "Қазақстан Республикасының биологиялық қауіпсіздігі туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және Қазақстан Республикасының заңнамасына сәйкес биологиялық қауіпсіздік саласындағы есепке алуды және мониторингтеуді жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="599"/>
-    <w:bookmarkStart w:name="z1253" w:id="600"/>
+    <w:bookmarkEnd w:id="600"/>
+    <w:bookmarkStart w:name="z1253" w:id="601"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-11) биологиялық қауіпсіздік саласындағы талаптардың сақталуын мемлекеттік бақылауды және қадағалауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="600"/>
-    <w:bookmarkStart w:name="z1254" w:id="601"/>
+    <w:bookmarkEnd w:id="601"/>
+    <w:bookmarkStart w:name="z1254" w:id="602"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-12) биологиялық қауіпсіздік саласындағы кадрларды кәсіптік даярлаудың, қайта даярлаудың және олардың біліктілігін арттырудың үлгілік бағдарламаларын әзірлеуді және бекітуді жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="601"/>
-    <w:bookmarkStart w:name="z1255" w:id="602"/>
+    <w:bookmarkEnd w:id="602"/>
+    <w:bookmarkStart w:name="z1255" w:id="603"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-13) шаруашылық жүргізу құқығындағы мемлекеттік кәсіпорындардың патогендігі I және II топтардағы патогенді биологиялық агенттермен жұмыс істеуді жүзеге асыратын (жұмыс істеуді жүзеге асыру кезінде қосалқы функцияны орындайтын) мамандары мен көмекші персоналының еңбегіне ақы төлеудің үлгілік жүйесін әзірлеуді және бекітуді жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="602"/>
-    <w:bookmarkStart w:name="z1256" w:id="603"/>
+    <w:bookmarkEnd w:id="603"/>
+    <w:bookmarkStart w:name="z1256" w:id="604"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-14) Қазақстан Республикасының заңнамасында белгіленген тәртіппен биологиялық қауіпсіздік саласында ғылыми зерттеулер ұйымдастыруды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="603"/>
-    <w:bookmarkStart w:name="z1257" w:id="604"/>
+    <w:bookmarkEnd w:id="604"/>
+    <w:bookmarkStart w:name="z1257" w:id="605"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-15) биологиялық тәуекелдерді сыртқы бағалауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="604"/>
-    <w:bookmarkStart w:name="z1258" w:id="605"/>
+    <w:bookmarkEnd w:id="605"/>
+    <w:bookmarkStart w:name="z1258" w:id="606"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-16) коллекциялық қызметті есепке алуды және мониторингтеуді жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="605"/>
-    <w:bookmarkStart w:name="z1259" w:id="606"/>
+    <w:bookmarkEnd w:id="606"/>
+    <w:bookmarkStart w:name="z1259" w:id="607"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-17) референттік (референс-) зерттеулерді жүзеге асыру және жүзеге асыруға рұқсат беру қағидаларын әзірлеуді және бекітуді жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="606"/>
-    <w:bookmarkStart w:name="z1260" w:id="607"/>
+    <w:bookmarkEnd w:id="607"/>
+    <w:bookmarkStart w:name="z1260" w:id="608"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-18) патогенді және өнеркәсіптік микроорганизмдердің ұлттық коллекцияларын қалыптастыруға, жүргізуге және күтіп-бағуға уәкілеттік берілген ұйымдардың қызметін бюджет қаражатының есебінен қамтамасыз етуді жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="607"/>
-    <w:bookmarkStart w:name="z1261" w:id="608"/>
+    <w:bookmarkEnd w:id="608"/>
+    <w:bookmarkStart w:name="z1261" w:id="609"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-19) патогенді биологиялық агенттермен жұмыс істеуді жүзеге асыратын ықтимал қауіпті биологиялық объектілерге қатысты мемлекеттік фитосанитариялық бақылау және қадағалау Қазақстан Республикасының биологиялық қауіпсіздік саласындағы заңнамасында көзделген ерекшеліктер ескеріле отырып жүзеге асырылады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="608"/>
-    <w:bookmarkStart w:name="z1262" w:id="609"/>
+    <w:bookmarkEnd w:id="609"/>
+    <w:bookmarkStart w:name="z1262" w:id="610"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-20) патогенді биологиялық агенттермен жұмыс істеуді жүзеге асыратын ықтимал қауіпті биологиялық объектілерге қатысты мемлекеттік ветеринариялық-санитариялық бақылау және қадағалау Қазақстан Республикасының биологиялық қауіпсіздік саласындағы заңнамасында көзделген ерекшеліктер ескеріле отырып жүзеге асырылады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="609"/>
-    <w:bookmarkStart w:name="z1269" w:id="610"/>
+    <w:bookmarkEnd w:id="610"/>
+    <w:bookmarkStart w:name="z1269" w:id="611"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-21) облигациялар бойынша купондық сыйақыны субсидиялауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="610"/>
-    <w:bookmarkStart w:name="z1270" w:id="611"/>
+    <w:bookmarkEnd w:id="611"/>
+    <w:bookmarkStart w:name="z1270" w:id="612"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-22) индекстік бағалау жүргізу қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="611"/>
-    <w:bookmarkStart w:name="z1271" w:id="612"/>
+    <w:bookmarkEnd w:id="612"/>
+    <w:bookmarkStart w:name="z1271" w:id="613"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-23) молекулалық генетикалық сараптама жүргізу қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="612"/>
-    <w:bookmarkStart w:name="z1272" w:id="613"/>
+    <w:bookmarkEnd w:id="613"/>
+    <w:bookmarkStart w:name="z1272" w:id="614"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-24) мамандандырылған зертханаларға қойылатын біліктілік талаптарын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="613"/>
-    <w:bookmarkStart w:name="z1273" w:id="614"/>
+    <w:bookmarkEnd w:id="614"/>
+    <w:bookmarkStart w:name="z1273" w:id="615"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-25) асыл тұқымды тұқымдық жануарларға ұрпағының сапасы бойынша бағалау жүргізу қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="614"/>
-    <w:bookmarkStart w:name="z1274" w:id="615"/>
+    <w:bookmarkEnd w:id="615"/>
+    <w:bookmarkStart w:name="z1274" w:id="616"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-26) асыл тұқымды жануарларға өз өнімділігі бойынша бағалау (сынақтар) жүргізу қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="615"/>
-    <w:bookmarkStart w:name="z1275" w:id="616"/>
+    <w:bookmarkEnd w:id="616"/>
+    <w:bookmarkStart w:name="z1275" w:id="617"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-27) геномдық бағалау жүргізу қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="616"/>
-    <w:bookmarkStart w:name="z1276" w:id="617"/>
+    <w:bookmarkEnd w:id="617"/>
+    <w:bookmarkStart w:name="z1276" w:id="618"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-28) бонитерді (сыныптаушыны), техник-ұрықтандырушыны және эмбриондарды транспланттау (ауыстырып салу) жөніндегі маманды оқыту курстарының үлгілік бағдарламаларын және олардың сағат көлемін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="617"/>
-    <w:bookmarkStart w:name="z1277" w:id="618"/>
+    <w:bookmarkEnd w:id="618"/>
+    <w:bookmarkStart w:name="z1277" w:id="619"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-29) бонитердің (сыныптаушының), техник-ұрықтандырушының және эмбриондарды транспланттау (ауыстырып салу) жөніндегі маманның біліктілігін арттыру курстарының үлгілік бағдарламаларын және олардың сағат көлемін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="618"/>
-    <w:bookmarkStart w:name="z1278" w:id="619"/>
+    <w:bookmarkEnd w:id="619"/>
+    <w:bookmarkStart w:name="z1278" w:id="620"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-30) ауыл шаруашылығы жануарлары мен өсімдіктерінің генетикалық ресурстары саласындағы генетикалық ресурстарға және пайданы бірлесіп пайдалануға қолжетімділікті, сондай-ақ генетикалық ресурстармен байланысты дәстүрлі білімдерге қолжетімділікті ұйымдастырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="619"/>
-    <w:bookmarkStart w:name="z1279" w:id="620"/>
+    <w:bookmarkEnd w:id="620"/>
+    <w:bookmarkStart w:name="z1279" w:id="621"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-31) генетикалық ресурстарға байланысты өзінің құзыреті және дәстүрлі білімдер шегінде генетикалық ресурстардың пайдаланылуын мониторингтеуді жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="620"/>
-    <w:bookmarkStart w:name="z1280" w:id="621"/>
+    <w:bookmarkEnd w:id="621"/>
+    <w:bookmarkStart w:name="z1280" w:id="622"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-32) ауыл шаруашылығы жануарлары мен өсімдіктерінің генетикалық ресурстарына қол жеткізу үшін негізделген қорытынды береді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="621"/>
+    <w:bookmarkEnd w:id="622"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -16963,190 +17037,190 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1336" w:id="622"/>
+    <w:bookmarkStart w:name="z1336" w:id="623"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-34) балықтар мен басқа да су жануарларының сирек кездесетін және құрып кету қаупі төнген түрлерінің тізбесін әзірлейді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="622"/>
-[...18 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="623"/>
-    <w:bookmarkStart w:name="z1338" w:id="624"/>
-[...15 lines deleted...]
-      508-36) балықтар мен басқа да су жануарларының санын реттеу қағидаларын әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z1337" w:id="624"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      508-35) Қазақстан Республикасының заңнамасына сәйкес балық ресурстарын және басқа да су жануарларын қорғау, өсімін молайту және пайдалану саласындағы нормативтік құқықтық актілерді әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="624"/>
-    <w:bookmarkStart w:name="z1339" w:id="625"/>
+    <w:bookmarkStart w:name="z1338" w:id="625"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      508-36) балық ресурстарының және басқа су жануарларының санын реттеу қағидаларын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="625"/>
+    <w:bookmarkStart w:name="z1339" w:id="626"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-37) Қазақстан Республикасының Үкіметіне балықтар мен басқа да су жануарларының сирек кездесетін және құрып кету қаупі төнген түрлерін, олардың бөліктерін немесе дериваттарын алып қою және оларды алып қою көлемін бекіту жөнінде ұсыныстар енгізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="625"/>
-    <w:bookmarkStart w:name="z1340" w:id="626"/>
+    <w:bookmarkEnd w:id="626"/>
+    <w:bookmarkStart w:name="z1340" w:id="627"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-38) балық ресурстарын және басқа да су жануарларын қорғау, өсімін молайту және пайдалану саласында құрметті атақтар, төсбелгілер және құрмет грамоталарын беру қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="626"/>
-    <w:bookmarkStart w:name="z1341" w:id="627"/>
+    <w:bookmarkEnd w:id="627"/>
+    <w:bookmarkStart w:name="z1341" w:id="628"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-39) су айдындарына балық жіберу, су объектілерінің балық шаруашылығы мелиорациясы жөніндегі жұмыстарды жүргізу қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="627"/>
-    <w:bookmarkStart w:name="z1342" w:id="628"/>
+    <w:bookmarkEnd w:id="628"/>
+    <w:bookmarkStart w:name="z1342" w:id="629"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-40) балық шаруашылығы су айдындарын және (немесе) учаскелерін бекітіп беру жөнінде конкурс өткізу қағидаларын және конкурсқа қатысушыларға қойылатын біліктілік талаптарын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="628"/>
+    <w:bookmarkEnd w:id="629"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -17175,96 +17249,130 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1344" w:id="629"/>
+    <w:bookmarkStart w:name="z1344" w:id="630"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-42) ихтиологиялық байқаулар қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="629"/>
-[...18 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="630"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">508-43) алып тасталды - ҚР Үкіметінің 15.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 862</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -17343,71 +17451,71 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-46) балықтар мен басқа да су жануарлары мониторингінің қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="632"/>
     <w:bookmarkStart w:name="z1349" w:id="633"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      508-47) балық аулауды жүргізу үшін бекітіп берілген балық шаруашылығы су айдындарын және (немесе) учаскелерін балық өсіруді (аквашаруашылықты) жүргізуге арналған балық шаруашылығы су айдындарына және (немесе) учаскелеріне ауыстыру қағидаларын әзірлейді және бекітеді;</w:t>
+      508-47) балық аулауды жүргізу үшін бекітіп берілген балық шаруашылығы су айдындарын және (немесе) учаскелерін балық өсіруді жүргізуге арналған балық шаруашылығы су айдындарына және (немесе) учаскелеріне ауыстыру қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="633"/>
     <w:bookmarkStart w:name="z1350" w:id="634"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      508-48) Еуразиялық экономикалық одақтың кедендік аумағынан жабайы тірі жануарларды (балық ресурстарын және басқа да су жануарларын), оның ішінде сирек кездесетіндерін және құрып кету қаупі төнгендерін экспорттауға лицензия береді;</w:t>
+      508-48) үшінші елдермен саудада Еуразиялық экономикалық одаққа мүше мемлекеттердің әкелуіне немесе әкетуіне тыйым салулар немесе шектеулер қолданылатын тауарлардың бірыңғай тізбесіне енгізілген жабайы тірі жануарларды (балықтарды және басқа да су жануарларын), оның ішінде сирек кездесетіндері мен жойылып кету қаупі төнгендерін Еуразиялық экономикалық одақтың кедендік аумағынан экспорттауға арналған лицензияны береді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="634"/>
     <w:bookmarkStart w:name="z1351" w:id="635"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-49) кәсіпшілік күш-жігер нормативтерін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="635"/>
     <w:bookmarkStart w:name="z1352" w:id="636"/>
     <w:p>
@@ -17447,151 +17555,203 @@
         <w:t>
       508-51) әкімшілік органның Құрып кету қаупі төнген жабайы фауна мен флора түрлерімен халықаралық сауда туралы конвенцияның күші қолданылатын балықтар мен басқа да су жануарлары түрлерінің Қазақстан Республикасының аумағына импортына, Қазақстан Республикасының аумағынан экспортына және (немесе) реэкспортына рұқсаттар беру қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="637"/>
     <w:bookmarkStart w:name="z1354" w:id="638"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-52) балық ресурстарын және басқа да су жануарларын қорғау, өсімін молайту және пайдалану саласындағы нормалар мен нормативтерді әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="638"/>
-    <w:bookmarkStart w:name="z1355" w:id="639"/>
-[...15 lines deleted...]
-      508-53) әртүрлі технологияларды пайдалана отырып, акваөсірудің негізгі объектілерінің өсімін қолдан молайту, оларды тауарлы өсіру және тасымалдау жөніндегі балық өсіру нормативтерін әзірлейді және бекітеді;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">508-53) алып тасталды - ҚР Үкіметінің 15.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 862</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1356" w:id="639"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      508-54) қорықшы төсбелгісінің және балық шаруашылығы субъектілерінің айырым белгілері бар арнайы киімінің нысанын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="639"/>
-    <w:bookmarkStart w:name="z1356" w:id="640"/>
-[...15 lines deleted...]
-      508-54) қорықшы төсбелгісінің және балық шаруашылығы субъектілерінің айырым белгілері бар арнайы киімінің нысанын әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z1357" w:id="640"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      508-55) балық ресурстарын және басқа да су жануарларын қорғау, өсімін молайту және пайдалану саласындағы мемлекеттік бақылауды және қадағалауды жүзеге асыратын уәкілетті орган ведомствосының және оның аумақтық бөлімшелерінің лауазымды адамдарының, сондай-ақ балық ресурстарын және басқа да су жануарларын қорғауды тікелей жүзеге асыратын, айырым белгілері бар нысанды киім (погонсыз) киіп жүруге құқығы бар мемлекеттік мекемелер мен ұйымдар жұмыскерлерінің тізбесін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="640"/>
-    <w:bookmarkStart w:name="z1357" w:id="641"/>
-[...15 lines deleted...]
-      508-55) балық ресурстарын және басқа да су жануарларын қорғау, өсімін молайту және пайдалану саласындағы мемлекеттік бақылауды және қадағалауды жүзеге асыратын уәкілетті орган ведомствосының және оның аумақтық бөлімшелерінің лауазымды адамдарының, сондай-ақ балық ресурстарын және басқа да су жануарларын қорғауды тікелей жүзеге асыратын, айырым белгілері бар нысанды киім (погонсыз) киіп жүруге құқығы бар мемлекеттік мекемелер мен ұйымдар жұмыскерлерінің тізбесін әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z1358" w:id="641"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      508-56) балық шаруашылықтары субъектілерінің қорықшылық қызметі туралы үлгілік ережені әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="641"/>
-    <w:bookmarkStart w:name="z1358" w:id="642"/>
-[...15 lines deleted...]
-      508-56) балық шаруашылықтары субъектілерінің қорықшылық қызметі туралы үлгілік ережені әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z1359" w:id="642"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      508-57) жолдаманың үлгілік нысанын, сондай-ақ оны балық шаруашылықтары субъектілеріне беру тәртібін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="642"/>
-    <w:bookmarkStart w:name="z1359" w:id="643"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z1360" w:id="644"/>
+    <w:bookmarkStart w:name="z1360" w:id="643"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       508-58) "Жануарлар дүниесін қорғау, өсімін молайту және пайдалану туралы" Қазақстан Республикасы Заңының 3-бабы 1-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -17626,1143 +17786,1143 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6) тармақшаларында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген санаттарға жатқызылған балықтар мен басқа да су жануарлары түрлерінің тізбелерін айқындайды және сирек кездесетін және құрып кету қаупі төнген санатқа жатқызуды қоспағанда, оларды бір санаттан басқа санатқа ауыстырады;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="643"/>
+    <w:bookmarkStart w:name="z1361" w:id="644"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      508-59) балық ресурстарын және басқа да су жануарларын интродукциялау, реинтродукциялау және будандастыру қағидаларын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="644"/>
-    <w:bookmarkStart w:name="z1361" w:id="645"/>
-[...15 lines deleted...]
-      508-59) балық ресурстарын және басқа да су жануарларын интродукциялау, реинтродукциялау және будандастыру қағидаларын әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z1362" w:id="645"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      508-60) балық ресурстары және басқа да су жануарлары дериваттарының тізбесін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="645"/>
-    <w:bookmarkStart w:name="z1362" w:id="646"/>
-[...15 lines deleted...]
-      508-60) балық ресурстары және басқа да су жануарлары дериваттарының тізбесін әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z1363" w:id="646"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      508-61) балықшылар мен балық шаруашылығы субъектілерінің қоғамдық бірлестіктерінің республикалық қауымдастықтарын аккредиттеу қағидаларын әзірлейді және бекітеді, оларды аккредиттеуді жүргізеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="646"/>
-    <w:bookmarkStart w:name="z1363" w:id="647"/>
-[...15 lines deleted...]
-      508-61) балықшылар мен балық шаруашылығы субъектілерінің қоғамдық бірлестіктерінің республикалық қауымдастықтарын аккредиттеу қағидаларын әзірлейді және бекітеді, оларды аккредиттеуді жүргізеді;</w:t>
+    <w:bookmarkStart w:name="z1364" w:id="647"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      508-62) балық ресурстарын және басқа да су жануарларын алып қою лимиттерін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="647"/>
-    <w:bookmarkStart w:name="z1364" w:id="648"/>
-[...15 lines deleted...]
-      508-62) балық ресурстарын және басқа да су жануарларын алып қою лимиттерін әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z1365" w:id="648"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      508-63) балық аулау объектілерін алып қою квоталарын бөлу қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="648"/>
-    <w:bookmarkStart w:name="z1365" w:id="649"/>
-[...15 lines deleted...]
-      508-63) балық ресурстарын және басқа да су жануарларын алып қою квоталарын бөлу қағидаларын әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z1366" w:id="649"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      508-64) халықаралық және республикалық маңызы бар балық шаруашылығы су айдындарының тізбесін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="649"/>
-    <w:bookmarkStart w:name="z1366" w:id="650"/>
-[...15 lines deleted...]
-      508-64) халықаралық және республикалық маңызы бар балық шаруашылығы су айдындарының тізбесін әзірлейді және бекітеді;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">508-65) алып тасталды - ҚР Үкіметінің 16.07.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 563</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1368" w:id="650"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      508-66) мемлекеттік монополия субъектісінің бекіре тұқымдас балық түрлері өнімін қайта өңдеуі кезіндегі шикізат қалдықтарының, ысыраптары мен шығыстарының нормаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="650"/>
-    <w:p>
-[...87 lines deleted...]
-      508-66) мемлекеттік монополия субъектісінің бекіре тұқымдас балық түрлері өнімін қайта өңдеуі кезіндегі шикізат қалдықтарының, ысыраптары мен шығыстарының нормаларын әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z1369" w:id="651"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      508-67) бюджеттік жоспарлау жөніндегі орталық уәкілетті органмен келісу бойынша уәкілетті орган ведомствосының аумақтық бөлімшелерін, балық ресурстарын және басқа да су жануарларын қорғау, өсімін молайту және пайдалану саласындағы қызметті жүзеге асыратын жергілікті атқарушы органдарды және мамандандырылған ұйымдарды материалдық-техникалық құралдармен жарақтандыру нормаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="651"/>
-    <w:bookmarkStart w:name="z1369" w:id="652"/>
-[...15 lines deleted...]
-      508-67) бюджеттік жоспарлау жөніндегі орталық уәкілетті органмен келісу бойынша уәкілетті орган ведомствосының аумақтық бөлімшелерін, балық ресурстарын және басқа да су жануарларын қорғау, өсімін молайту және пайдалану саласындағы қызметті жүзеге асыратын жергілікті атқарушы органдарды және мамандандырылған ұйымдарды материалдық-техникалық құралдармен жарақтандыру нормаларын әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z1370" w:id="652"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      508-68) балық аулау қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="652"/>
-    <w:bookmarkStart w:name="z1370" w:id="653"/>
-[...15 lines deleted...]
-      508-68) балық аулау қағидаларын әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z1371" w:id="653"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      508-69) балық шаруашылығын жүргізу қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="653"/>
-    <w:bookmarkStart w:name="z1371" w:id="654"/>
-[...15 lines deleted...]
-      508-69) балық шаруашылығын жүргізу қағидаларын әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z1372" w:id="654"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      508-70) Қазақстан Республикасының балық ресурстарын және басқа да су жануарларын қорғау, өсімін молайту және пайдалану саласындағы заңнамасын бұзудан келтірілген зиянның орнын толтыру мөлшерін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="654"/>
-    <w:bookmarkStart w:name="z1372" w:id="655"/>
-[...15 lines deleted...]
-      508-70) Қазақстан Республикасының балық ресурстарын және басқа да су жануарларын қорғау, өсімін молайту және пайдалану саласындағы заңнамасын бұзудан келтірілген зиянның орнын толтыру мөлшерін әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z1373" w:id="655"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      508-71) табиғи мекендеу ортасынан алынған бекіре тұқымдас балықтарды және олардың уылдырығын мемлекеттік монополия субъектісі болып табылатын мемлекеттік кәсіпорынның өткізу қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="655"/>
-    <w:bookmarkStart w:name="z1373" w:id="656"/>
-[...15 lines deleted...]
-      508-71) табиғи мекендеу ортасынан алынған бекіре тұқымдас балықтарды және олардың уылдырығын мемлекеттік монополия субъектісі болып табылатын мемлекеттік кәсіпорынның өткізу қағидаларын әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z1374" w:id="656"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      508-72) балық ресурстарын және басқа да су жануарларын пайдалануға рұқсаттар беру қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="656"/>
-    <w:bookmarkStart w:name="z1374" w:id="657"/>
-[...15 lines deleted...]
-      508-72) балық ресурстарын және басқа да су жануарларын пайдалануға рұқсаттар беру қағидаларын әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z1375" w:id="657"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      508-73) балық ресурстарын және басқа да су жануарларын мемлекеттік қорғау туралы ережені әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="657"/>
-    <w:bookmarkStart w:name="z1375" w:id="658"/>
-[...15 lines deleted...]
-      508-73) балық ресурстарын және басқа да су жануарларын мемлекеттік қорғау туралы ережені әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z1376" w:id="658"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      508-74) балық ресурстарын және басқа да су жануарларын, олардың бөліктері мен дериваттарын пайдалануға шектеулер мен тыйым салуларды белгілеу қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="658"/>
-    <w:bookmarkStart w:name="z1376" w:id="659"/>
-[...15 lines deleted...]
-      508-74) балық ресурстарын және басқа да су жануарларын, олардың бөліктері мен дериваттарын пайдалануға шектеулер мен тыйым салуды белгілеу қағидаларын әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z1377" w:id="659"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      508-75) балық ресурстарын және басқа да су жануарларын мемлекеттік есепке алуды, оның кадастры мен мониторингін жүргізу қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="659"/>
-    <w:bookmarkStart w:name="z1377" w:id="660"/>
-[...15 lines deleted...]
-      508-75) балық ресурстарын және басқа да су жануарларын мемлекеттік есепке алуды, оның кадастры мен мониторингін жүргізу қағидаларын әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z1378" w:id="660"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      508-76) балық аулау объектілері болып табылатын балықтар мен басқа да су жануарлары түрлерінің тізбесін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="660"/>
-    <w:bookmarkStart w:name="z1378" w:id="661"/>
-[...15 lines deleted...]
-      508-76) балық аулау объектілері болып табылатын балықтар мен басқа да су жануарлары түрлерінің тізбесін әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z1379" w:id="661"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      508-77) балықтардың және басқа да су жануарларының сирек кездесетін және құрып кету қаупі төнген түрлерін, оның ішінде Құрып кету қаупі төнген жабайы фауна мен флора түрлерімен халықаралық сауда туралы конвенцияның қолданылу аясына кіретін түрлерін еріксіз және жартылай ерікті жағдайларда ұстау, көбейту қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="661"/>
-    <w:bookmarkStart w:name="z1379" w:id="662"/>
-[...15 lines deleted...]
-      508-77) Құрып кету қаупі төнген жабайы фауна мен флора түрлерімен халықаралық сауда туралы конвенцияның қолданылу аясына кіретін балықтар мен басқа да су жануарларының сирек кездесетін және құрып кету қаупі төнген түрлерін еріксіз және жартылай ерікті жағдайларда ұстау, өсіру қағидаларын әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z1380" w:id="662"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      508-78) балық ресурстарын және басқа да су жануарларын пайдалануға арналған биологиялық негіздеме дайындаудың тәртібін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="662"/>
-    <w:bookmarkStart w:name="z1380" w:id="663"/>
-[...15 lines deleted...]
-      508-78) балық ресурстарын және басқа да су жануарларын пайдалануға арналған биологиялық негіздеме дайындаудың тәртібін әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z1381" w:id="663"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      508-79) балық ресурстарын және басқа да су жануарларын қорғау жөніндегі мемлекеттік инспектор актілерінің нысандарын, оларды жасау мен берудің тәртібін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="663"/>
-    <w:bookmarkStart w:name="z1381" w:id="664"/>
-[...15 lines deleted...]
-      508-79) балық ресурстарын және басқа да су жануарларын қорғау жөніндегі мемлекеттік инспектор актілерінің нысандарын, оларды жасау мен берудің тәртібін әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z1382" w:id="664"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      508-80) балық ресурстарын және басқа да су жануарларын қорғау, өсімін молайту және пайдалану саласындағы мемлекеттік бақылау мен қадағалауды жүзеге асыратын уәкілетті орган ведомствосының және оның аумақтық бөлімшелерінің лауазымды адамдарының, сондай-ақ балық ресурстарын және басқа да су жануарларын қорғауды тікелей жүзеге асыратын мемлекеттік мекемелер мен ұйымдар жұмыскерлерінің айырым белгілері бар нысанды киім (погонсыз) үлгілерін, оны киіп жүру тәртібін және онымен қамтамасыз ету нормаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="664"/>
-    <w:bookmarkStart w:name="z1382" w:id="665"/>
-[...15 lines deleted...]
-      508-80) балық ресурстарын және басқа да су жануарларын қорғау, өсімін молайту және пайдалану саласындағы мемлекеттік бақылау мен қадағалауды жүзеге асыратын уәкілетті орган ведомствосының және оның аумақтық бөлімшелерінің лауазымды адамдарының, сондай-ақ балық ресурстарын және басқа да су жануарларын қорғауды тікелей жүзеге асыратын мемлекеттік мекемелер мен ұйымдар жұмыскерлерінің айырым белгілері бар нысанды киім (погонсыз) үлгілерін, оны киіп жүру тәртібін және онымен қамтамасыз ету нормаларын әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z1383" w:id="665"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      508-81) балық ресурстарын және басқа да су жануарларын пайдаланғаны үшін төлемақы мөлшерлемелерін және Қазақстан Республикасының балық ресурстарын және басқа да су жануарларын қорғау, өсімін молайту және пайдалану саласындағы заңнамасын бұзудан келтірілген зиянның орнын толтыру мөлшерлерін айқындау, сондай-ақ шаруашылық қызметі нәтижесінде балық ресурстарына және басқа да су жануарларына келтірілетін және келтірілген зиянды, оның ішінде болмай қоймайтын зиянды өтеу мөлшерін есептеу әдістемелерін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="665"/>
-    <w:bookmarkStart w:name="z1383" w:id="666"/>
-[...15 lines deleted...]
-      508-81) балық ресурстарын және басқа да су жануарларын пайдаланғаны үшін төлемақы мөлшерлемелерін және Қазақстан Республикасының балық ресурстарын және басқа да су жануарларын қорғау, өсімін молайту және пайдалану саласындағы заңнамасын бұзудан келтірілген зиянның орнын толтыру мөлшерлерін айқындау, сондай-ақ шаруашылық қызметі нәтижесінде балық ресурстарына және басқа да су жануарларына келтірілетін және келтірілген зиянды, оның ішінде болмай қоймайтын зиянды өтеу мөлшерін есептеу әдістемелерін әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z1384" w:id="666"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      508-82) балықшы және қорықшы куәліктерінің нысанын және оларды беру тәртібін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="666"/>
-    <w:bookmarkStart w:name="z1384" w:id="667"/>
-[...15 lines deleted...]
-      508-82) балықшы және қорықшы куәліктерінің нысанын және оларды беру тәртібін әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z1385" w:id="667"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      508-83) балық шаруашылықтарын жүргізуге арналған шарттардың үлгілік нысандарын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="667"/>
-    <w:bookmarkStart w:name="z1385" w:id="668"/>
-[...15 lines deleted...]
-      508-83) балық шаруашылықтарын жүргізуге арналған шарттардың үлгілік нысандарын әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z1386" w:id="668"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      508-84) балық шаруашылықтары субъектілерін дамыту жоспарының үлгілік нысанын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="668"/>
-    <w:bookmarkStart w:name="z1386" w:id="669"/>
-[...15 lines deleted...]
-      508-84) балық шаруашылықтары субъектілерін дамыту жоспарының үлгілік нысанын әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z1387" w:id="669"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      508-85) су тарту және ағызу құрылыстарының балықтарды қорғау құрылғыларына қойылатын талаптарды әзірлейді және бекітеді, оларды орнатуды келіседі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="669"/>
-    <w:bookmarkStart w:name="z1387" w:id="670"/>
-[...15 lines deleted...]
-      508-85) су тарту және ағызу құрылыстарының балықтарды қорғау құрылғыларына қойылатын талаптарды әзірлейді және бекітеді, оларды орнатуды келіседі;</w:t>
+    <w:bookmarkStart w:name="z1388" w:id="670"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      508-86) ғылыми ұйымның ұсынымдары негізінде балық шаруашылығы су айдындарына балық жіберу жоспарын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="670"/>
-    <w:bookmarkStart w:name="z1388" w:id="671"/>
-[...15 lines deleted...]
-      508-86) ғылыми ұйымның ұсынымдары негізінде балық шаруашылығы су айдындарына балық жіберу жоспарын әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z1389" w:id="671"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      508-87) уылдырық шашу кезеңінде балық аулауға тыйым салынған, сондай-ақ балық аулауға тыйым салынған су айдындарында және (немесе) учаскелерде су көлігі қозғалысының тәртібін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="671"/>
-    <w:bookmarkStart w:name="z1389" w:id="672"/>
-[...15 lines deleted...]
-      508-87) уылдырық шашу кезеңінде балық аулауға тыйым салынған, сондай-ақ балық аулауға тыйым салынған су айдындарында және (немесе) учаскелерде су көлігі қозғалысының тәртібін әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z1390" w:id="672"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      508-88) ішкі және сыртқы нарықтардағы сауда үшін бекіре тұқымдас балық түрлерінің уылдырығын таңбалау тәртібін, сыртқы нарықта бекіре тұқымдас балық түрлерінің уылдырығымен сауда жасауға арналған таңба нысанын әзірлеп, бекітеді және ішкі нарықта саудалауға таңба беруді жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="672"/>
-    <w:bookmarkStart w:name="z1390" w:id="673"/>
-[...15 lines deleted...]
-      508-88) ішкі және сыртқы нарықтардағы сауда үшін бекіре тұқымдас балық түрлерінің уылдырығын таңбалау тәртібін, сыртқы нарықта бекіре тұқымдас балық түрлерінің уылдырығымен сауда жасауға арналған таңба нысанын әзірлеп, бекітеді және ішкі нарықта саудалауға таңба беруді жүзеге асырады;</w:t>
+    <w:bookmarkStart w:name="z1391" w:id="673"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      508-89) балық шаруашылығы су айдындарының және (немесе) учаскелерінің шекаралары аншлагтарының үлгілерін, сондай-ақ балық аулау үшін тыйым салынған мерзімдер мен орындарды, балық ресурстарын және басқа да су жануарларын аулауды есепке алу журналының (кәсіпшілік журналдың) нысанын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="673"/>
-    <w:bookmarkStart w:name="z1391" w:id="674"/>
-[...15 lines deleted...]
-      508-89) балық шаруашылығы су айдындарының және (немесе) учаскелерінің шекаралары аншлагтарының үлгілерін, сондай-ақ балық аулау үшін тыйым салынған мерзімдер мен орындарды, балық ресурстарын және басқа да су жануарларын аулауды есепке алу журналының (кәсіпшілік журналдың) нысанын әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z1392" w:id="674"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      508-90) Құрып кету қаупі төнген жабайы фауна мен флора түрлерімен халықаралық сауда туралы конвенцияның І және ІІ қосымшаларына түрлері енгізілген жануарларды (балықтар мен басқа да су жануарларын) қолдан өсіру жөніндегі қызметті жүзеге асыру басталғаны немесе тоқтатылғаны туралы хабарламаларды қабылдауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="674"/>
-    <w:bookmarkStart w:name="z1392" w:id="675"/>
-[...15 lines deleted...]
-      508-90) Құрып кету қаупі төнген жабайы фауна мен флора түрлерімен халықаралық сауда туралы конвенцияның I және II қосымшаларына түрлері енгізілген балық ресурстарын және басқа да су жануарларын қолдан өсіру жөніндегі қызметтің басталғаны немесе тоқтатылғаны туралы хабарламаларды қабылдауды жүзеге асырады;</w:t>
+    <w:bookmarkStart w:name="z1393" w:id="675"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      508-91) балықтың қайдан ауланғаны туралы анықтама нысанын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="675"/>
-    <w:bookmarkStart w:name="z1393" w:id="676"/>
-[...15 lines deleted...]
-      508-91) балықтың қайдан ауланғаны туралы анықтама нысанын әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z1394" w:id="676"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      508-92) мемлекеттік монополия субъектілері өндіретін және (немесе) өткізетін тауарлардың (жұмыстардың, көрсетілетін қызметтердің) бағасын монополияға қарсы органмен келісу бойынша белгілейді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="676"/>
-    <w:bookmarkStart w:name="z1394" w:id="677"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z1395" w:id="678"/>
+    <w:bookmarkStart w:name="z1395" w:id="677"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       508-93) өз құзыреті шегінде Қазақстан Республикасы Кәсіпкерлік кодексінің 143-бабының 1-тармағында көзделген нормативтік құқықтық актілерді, сондай-ақ "Рұқсаттар және хабарламалар туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес берілген рұқсаттар бойынша біліктілік немесе рұқсат беру талаптарына, жіберілген хабарламалар бойынша талаптарға сәйкестігіне жүргізілетін тексерулер жүргізу графиктерін және бақылау мен қадағалау субъектісіне (объектісіне) бару арқылы жүргізілетін профилактикалық бақылаудың жартыжылдық тізімдерін әзірлейді;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="677"/>
+    <w:bookmarkStart w:name="z1396" w:id="678"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      508-94) балық ресурстарын және басқа да су жануарларын қорғау, өсімін молайту және пайдалану саласындағы әкімшілік құқық бұзушылық туралы істерді қарайды;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="678"/>
-    <w:bookmarkStart w:name="z1396" w:id="679"/>
-[...15 lines deleted...]
-      508-94) балық ресурстарын және басқа да су жануарларын қорғау, өсімін молайту және пайдалану саласындағы әкімшілік құқық бұзушылық туралы істерді қарайды;</w:t>
+    <w:bookmarkStart w:name="z1397" w:id="679"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      508-95) Құрып кету қаупі төнген жабайы фауна мен флора түрлерімен халықаралық сауда туралы конвенцияның күші қолданылатын балықтар мен басқа да су жануарларын түрлерінің Қазақстан Республикасының аумағына импортына, Қазақстан Республикасының аумағынан экспортына және (немесе) реэкспортына рұқсаттар беруді жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="679"/>
-    <w:bookmarkStart w:name="z1397" w:id="680"/>
-[...15 lines deleted...]
-      508-95) Құрып кету қаупі төнген жабайы фауна мен флора түрлерімен халықаралық сауда туралы конвенцияның күші қолданылатын балықтар мен басқа да су жануарларын түрлерінің Қазақстан Республикасының аумағына импортына, Қазақстан Республикасының аумағынан экспортына және (немесе) реэкспортына рұқсаттар беруді жүзеге асырады;</w:t>
+    <w:bookmarkStart w:name="z1398" w:id="680"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      508-96) интродукциялау, реинтродукциялау және будандастыру мақсатында аулауды, өсімін молайту мақсатында аулауды, балықтың қырылу қаупі бар су айдындарында және (немесе) учаскелерінде аулауды жүзеге асырады және (немесе) ұйымдастырады, сондай-ақ бақылау үшін аулауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="680"/>
-    <w:bookmarkStart w:name="z1398" w:id="681"/>
-[...15 lines deleted...]
-      508-96) интродукциялау, реинтродукциялау және будандастыру мақсатында аулауды, өсімін молайту мақсатында аулауды, балықтың қырылу қаупі бар су айдындарында және (немесе) учаскелерінде аулауды жүзеге асырады және (немесе) ұйымдастырады, сондай-ақ бақылау үшін аулауды жүзеге асырады;</w:t>
+    <w:bookmarkStart w:name="z1399" w:id="681"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      508-97) балықтар мен басқа да су жануарларын интродукциялауды, реинтродукциялауды, будандастыруды жүргізуге рұқсаттар береді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="681"/>
-    <w:bookmarkStart w:name="z1399" w:id="682"/>
-[...15 lines deleted...]
-      508-97) балықтар мен басқа да су жануарларын интродукциялауды, реинтродукциялауды, будандастыруды жүргізуге рұқсаттар береді;</w:t>
+    <w:bookmarkStart w:name="z1400" w:id="682"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      508-98) екі және одан көп облыста орналасқан балық шаруашылығы су айдындарында балық ресурстары мен басқа да су жануарларын қорғау, өсімін молайту және пайдалану саласында ғылыми зерттеулер мен жобалау-іздестіру жұмыстарын жүргізуді ұйымдастырады және (немесе) қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="682"/>
-    <w:bookmarkStart w:name="z1400" w:id="683"/>
-[...15 lines deleted...]
-      508-98) балық ресурстарын және басқа да су жануарларын қорғау, өсімін молайту және пайдалану саласындағы ғылыми зерттеулер мен жобалау-іздестіру жұмыстарын жүргізуді ұйымдастырады және (немесе) қамтамасыз етеді;</w:t>
+    <w:bookmarkStart w:name="z1401" w:id="683"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      508-99) балықтар мен басқа да су жануарларын мемлекеттік есепке алуды, оның кадастры мен мониторингін жүргізуді ұйымдастырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="683"/>
-    <w:bookmarkStart w:name="z1401" w:id="684"/>
-[...15 lines deleted...]
-      508-99) балықтар мен басқа да су жануарларын мемлекеттік есепке алуды, оның кадастры мен мониторингін жүргізуді ұйымдастырады;</w:t>
+    <w:bookmarkStart w:name="z1402" w:id="684"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      508-100) балықтардың қырылуына сөзсіз әкеп соғатын қырылу қаупі туындаған және су объектілеріне немесе олардың бөліктеріне ағымдағы балық шаруашылық мелиорациялауды жүргізу жолымен мұндай қатердің бетін қайтару мүмкін болмаған жағдайларда ғылыми ұсынымдар негізінде балықтарды мелиорациялық аулау туралы шешім қабылдайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="684"/>
-    <w:bookmarkStart w:name="z1402" w:id="685"/>
-[...15 lines deleted...]
-      508-100) балықтардың қырылуына сөзсіз әкеп соғатын қырылу қаупі туындаған және су объектілеріне немесе олардың бөліктеріне ағымдағы балық шаруашылық мелиорациялауды жүргізу жолымен мұндай қатердің бетін қайтару мүмкін болмаған жағдайларда ғылыми ұсынымдар негізінде балықтарды мелиорациялық аулау туралы шешім қабылдайды;</w:t>
+    <w:bookmarkStart w:name="z1403" w:id="685"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      508-101) су тарту және ағызу құрылыстарын балықтарды қорғау құрылғыларының бар-жоғына және олардың белгіленген талаптарға сәйкестігіне қарап-тексеруді жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="685"/>
-    <w:bookmarkStart w:name="z1403" w:id="686"/>
-[...15 lines deleted...]
-      508-101) су тарту және ағызу құрылыстарын балықтарды қорғау құрылғыларының бар-жоғына және олардың белгіленген талаптарға сәйкестігіне қарап-тексеруді жүзеге асырады;</w:t>
+    <w:bookmarkStart w:name="z1404" w:id="686"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      508-102) балықтар мен басқа да су жануарларын интродукциялауды, реинтродукциялауды және будандастыруды жүзеге асыру тәртібінің сақталуын мемлекеттік бақылауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="686"/>
-    <w:bookmarkStart w:name="z1404" w:id="687"/>
-[...15 lines deleted...]
-      508-102) балықтар мен басқа да су жануарларын интродукциялауды, реинтродукциялауды және будандастыруды жүзеге асыру тәртібінің сақталуын мемлекеттік бақылауды жүзеге асырады;</w:t>
+    <w:bookmarkStart w:name="z1405" w:id="687"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      508-103) Қазақстан Республикасының балық ресурстарын және басқа да су жануарларын қорғау, өсімін молайту және пайдалану саласындағы заңнамасы талаптарының сақталуын айқындау мақсатында жануарлар дүниесін пайдаланушылардың қызметін тексереді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="687"/>
-    <w:bookmarkStart w:name="z1405" w:id="688"/>
-[...15 lines deleted...]
-      508-103) Қазақстан Республикасының балық ресурстарын және басқа да су жануарларын қорғау, өсімін молайту және пайдалану саласындағы заңнамасы талаптарының сақталуын айқындау мақсатында жануарлар дүниесін пайдаланушылардың қызметін тексереді;</w:t>
+    <w:bookmarkStart w:name="z1406" w:id="688"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      508-104) балық ресурстарын және басқа да су жануарларын қорғау, өсімін молайту және пайдалану саласында мемлекеттік бақылауды және қадағалауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="688"/>
-    <w:bookmarkStart w:name="z1406" w:id="689"/>
-[...15 lines deleted...]
-      508-104) балық ресурстарын және басқа да су жануарларын қорғау, өсімін молайту және пайдалану саласында мемлекеттік бақылауды және қадағалауды жүзеге асырады;</w:t>
+    <w:bookmarkStart w:name="z1407" w:id="689"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      508-105) балық шаруашылығын жүргізу қағидаларының сақталуын бақылауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="689"/>
-    <w:bookmarkStart w:name="z1407" w:id="690"/>
-[...15 lines deleted...]
-      508-105) балық шаруашылығын жүргізу қағидаларының сақталуын бақылауды жүзеге асырады;</w:t>
+    <w:bookmarkStart w:name="z1408" w:id="690"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      508-106) балық аулау қағидаларының сақталуын бақылауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="690"/>
-    <w:bookmarkStart w:name="z1408" w:id="691"/>
-[...15 lines deleted...]
-      508-106) балық аулау қағидаларының сақталуын бақылауды жүзеге асырады;</w:t>
+    <w:bookmarkStart w:name="z1409" w:id="691"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      508-107) балық ресурстарын және басқа да су жануарларын қорғау, өсімін молайту және пайдалану саласындағы нормалар мен нормативтердің сақталуын бақылауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="691"/>
-    <w:bookmarkStart w:name="z1409" w:id="692"/>
-[...15 lines deleted...]
-      508-107) балық ресурстарын және басқа да су жануарларын қорғау, өсімін молайту және пайдалану саласындағы нормалар мен нормативтердің сақталуын бақылауды жүзеге асырады;</w:t>
+    <w:bookmarkStart w:name="z1410" w:id="692"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      508-108) балық ресурстарын және басқа да су жануарларын қорғау, өсімін молайту және пайдалану жөніндегі іс-шаралардың орындалуын бақылауды және қадағалауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="692"/>
-    <w:bookmarkStart w:name="z1410" w:id="693"/>
-[...15 lines deleted...]
-      508-108) балық ресурстарын және басқа да су жануарларын қорғау, өсімін молайту және пайдалану жөніндегі іс-шаралардың орындалуын бақылауды және қадағалауды жүзеге асырады;</w:t>
+    <w:bookmarkStart w:name="z1411" w:id="693"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      508-109) балық ресурстарын және басқа да су жануарларын пайдалану үшін белгіленген шектеулер мен тыйым салудың сақталуын бақылауды және қадағалауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="693"/>
-    <w:bookmarkStart w:name="z1411" w:id="694"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="694"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -18791,51 +18951,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1413" w:id="695"/>
+    <w:bookmarkStart w:name="z1413" w:id="694"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       508-111) "Жануарлар дүниесін қорғау, өсімін молайту және пайдалану туралы" Қазақстан Республикасының Заңы 17-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -18850,813 +19010,1479 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармақтарында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> балық ресурстары және басқа да су жануарлары бөлігінде көрсетілген шаруашылық және өзге де қызметті жүзеге асыратын субъектілер әзірлейтін техникалық-экономикалық негіздемені және жобалау-сметалық құжаттаманы келіседі;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="694"/>
+    <w:bookmarkStart w:name="z1414" w:id="695"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      508-112) үшінші елдермен саудада Еуразиялық экономикалық одаққа мүше мемлекеттердің әкелуіне немесе әкетуіне тыйым салулар немесе шектеулер қолданылатын тауарлардың бірыңғай тізбесіне енгізілген жабайы тірі жануарларды (балықтарды және басқа да су жануарларын), оның ішінде сирек кездесетіндері мен жойылып кету қаупі төнгендерін Еуразиялық экономикалық одақтың кедендік аумағынан әкетуге арналған қорытындыны (рұқсат беру құжатын) береді;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="695"/>
-    <w:bookmarkStart w:name="z1414" w:id="696"/>
-[...15 lines deleted...]
-      508-112) Еуразиялық экономикалық одақтың кедендік аумағынан жабайы тірі балықтар мен басқа да су жануарларын, оның ішінде сирек кездесетіндерін және құрып кету қаупі төнгендерін әкетуге қорытынды (рұқсат беру құжатын) береді;</w:t>
+    <w:bookmarkStart w:name="z1415" w:id="696"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      508-113) балық шаруашылығы су айдындарының және (немесе) учаскелерінің резервтік қорында балық ресурстары мен басқа да су жануарларының өсімін молайтуды және оларды мемлекеттік есепке алуды ұйымдастырады және қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="696"/>
-    <w:bookmarkStart w:name="z1415" w:id="697"/>
-[...15 lines deleted...]
-      508-113) балық шаруашылығы су айдындарының резервтік қорындағы және (немесе) учаскелердегі балықтар мен басқа да су жануарларының өсімін молайтуды және оларды мемлекеттік есепке алуды ұйымдастырады және қамтамасыз етеді;</w:t>
+    <w:bookmarkStart w:name="z1416" w:id="697"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      508-114) балық шаруашылығы су айдындарында және (немесе) учаскелерінде балық аулауға тыйым салынған кезеңде, сондай-ақ балық аулауға тыйым салынған жерлерде қозғалтқыштары қосылған су көлігінің барлық түрлерінің жүруін келіседі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="697"/>
-    <w:bookmarkStart w:name="z1416" w:id="698"/>
-[...15 lines deleted...]
-      508-114) балық шаруашылығы су айдындарында және (немесе) учаскелерінде балық аулауға тыйым салынған кезеңде, сондай-ақ балық аулауға тыйым салынған жерлерде қозғалтқыштары қосылған су көлігінің барлық түрлерінің жүруін келіседі;</w:t>
+    <w:bookmarkStart w:name="z1417" w:id="698"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      508-115) балық ресурстарын және басқа да су жануарларын, олардың бөліктері мен дериваттарын пайдалануға шектеулер мен тыйым салуларды енгізу туралы шешім қабылдайды, тиісті ғылыми ұйымдар берген биологиялық негіздеме негізінде оларды пайдалану орындары мен мерзімдерін белгілейді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="698"/>
-    <w:bookmarkStart w:name="z1417" w:id="699"/>
-[...15 lines deleted...]
-      508-115) балық ресурстары мен басқа да су жануарлары объектілерін, олардың бөліктері мен дериваттарын пайдалануға шектеулер мен тыйымдарды енгізу туралы шешім қабылдайды, тиісті ғылыми ұйымдар берген биологиялық негіздеме негізінде оларды пайдалану орындары мен мерзімдерін белгілейді;</w:t>
+    <w:bookmarkStart w:name="z1418" w:id="699"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      508-116) халықаралық, республикалық және жергілікті маңызы бар балық шаруашылығы су айдындарын және (немесе) учаскелерін бекітіп беру жөнінде конкурс өткізеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="699"/>
-    <w:bookmarkStart w:name="z1418" w:id="700"/>
-[...15 lines deleted...]
-      508-116) халықаралық, республикалық және жергілікті маңызы бар су айдындарының балық шаруашылығы учаскелерін бекітіп беру жөнінде конкурс өткізеді;</w:t>
+    <w:bookmarkStart w:name="z1419" w:id="700"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      508-117) балық ресурстарын және басқа да су жануарларын қорғау, өсімін молайту және пайдалану саласындағы жергілікті атқарушы органдарды мемлекеттік бақылауды және қадағалауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="700"/>
-    <w:bookmarkStart w:name="z1419" w:id="701"/>
-[...15 lines deleted...]
-      508-117) балық ресурстарын және басқа да су жануарларын қорғау, өсімін молайту және пайдалану саласындағы жергілікті атқарушы органдарды мемлекеттік бақылауды және қадағалауды жүзеге асырады;</w:t>
+    <w:bookmarkStart w:name="z1420" w:id="701"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      508-118) балық ресурстарын және басқа да су жануарларын қорғау, өсімін молайту және пайдалану саласындағы аккредиттелген ғылыми ұйымдардың ұсынымы бойынша тыйым салудың жалпы ұзақтығын өзгертпестен, жануарлар дүниесі объектілерін алып қоюға тыйым салу мерзімін табиғи-климаттық жағдайларға байланысты қайсыбір жағына күнтізбелік он бес күнге ауыстыру туралы шешім қабылдайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="701"/>
-    <w:bookmarkStart w:name="z1420" w:id="702"/>
-[...15 lines deleted...]
-      508-118) балық ресурстарын және басқа да су жануарларын қорғау, өсімін молайту және пайдалану саласындағы аккредиттелген ғылыми ұйымдардың ұсынымы бойынша тыйым салудың жалпы ұзақтығын өзгертпестен, жануарлар дүниесі объектілерін алып қоюға тыйым салу мерзімін табиғи-климаттық жағдайларға байланысты қайсыбір жағына күнтізбелік он бес күнге ауыстыру туралы шешім қабылдайды;</w:t>
+    <w:bookmarkStart w:name="z1421" w:id="702"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      508-119) балық аулау аймағында және ортақ су кеңістігінде су биологиялық ресурстарын аулау мақсатында балық ресурстарын және басқа да су жануарларын пайдалануға рұқсат береді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="702"/>
-    <w:bookmarkStart w:name="z1421" w:id="703"/>
-[...15 lines deleted...]
-      508-119) балық аулау аймағында және ортақ су кеңістігінде су биологиялық ресурстарын аулау мақсатында балық ресурстарын және басқа да су жануарларын пайдалануға рұқсат береді;</w:t>
+    <w:bookmarkStart w:name="z1422" w:id="703"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      508-120) ерекше қорғалатын табиғи аумақтар саласындағы уәкілетті органға республикалық маңызы бар ерекше қорғалатын табиғи аумақтарды құру және кеңейту жөнінде ұсыныстар енгізеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="703"/>
-    <w:bookmarkStart w:name="z1422" w:id="704"/>
-[...15 lines deleted...]
-      508-120) ерекше қорғалатын табиғи аумақтар саласындағы уәкілетті органға республикалық маңызы бар ерекше қорғалатын табиғи аумақтарды құру және кеңейту жөнінде ұсыныстар енгізеді;</w:t>
+    <w:bookmarkStart w:name="z1428" w:id="704"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      508-121) агроөнеркәсіптік кешен субъектілеріне кредит беру және лизинг кезінде қаржы институттарының сыйақы мөлшерлемелерін тікелей субсидиялауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="704"/>
-    <w:bookmarkStart w:name="z1428" w:id="705"/>
-[...15 lines deleted...]
-      508-121) агроөнеркәсіптік кешен субъектілеріне кредит беру және лизинг кезінде қаржы институттарының сыйақы мөлшерлемелерін тікелей субсидиялауды жүзеге асырады;</w:t>
+    <w:bookmarkStart w:name="z1429" w:id="705"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      508-122) ауыл шаруашылығы саласында табиғи сипаттағы төтенше жағдайлар нәтижесінде жеке және заңды тұлғаларға келтірілген залалды өтеу қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="705"/>
-    <w:bookmarkStart w:name="z1429" w:id="706"/>
-[...15 lines deleted...]
-      508-122) ауыл шаруашылығы саласында табиғи сипаттағы төтенше жағдайлар нәтижесінде жеке және заңды тұлғаларға келтірілген залалды өтеу қағидаларын әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z1438" w:id="706"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      508-123) балықтар мен басқа да су жануарларын қорғау, өсімін молайту және пайдалану мәселелері бойынша сотқа талап қою дайындайды және ұсынады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="706"/>
-    <w:bookmarkStart w:name="z1438" w:id="707"/>
-[...15 lines deleted...]
-      508-123) балықтар мен басқа да су жануарларын қорғау, өсімін молайту және пайдалану мәселелері бойынша сотқа талап қою дайындайды және ұсынады;</w:t>
+    <w:bookmarkStart w:name="z1439" w:id="707"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      508-124) балық өнімдерін қайта өңдеуді субсидиялау қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="707"/>
-    <w:bookmarkStart w:name="z1439" w:id="708"/>
-[...15 lines deleted...]
-      508-124) балық өнімдерін қайта өңдеуді субсидиялау қағидаларын әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z1440" w:id="708"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      508-125) аквашаруашылық саласында техника мен технологиялық жабдық сатып алуға кредит беру, сондай-ақ лизинг кезінде сыйақы мөлшерлемелерін субсидиялау қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="708"/>
-    <w:bookmarkStart w:name="z1440" w:id="709"/>
-[...15 lines deleted...]
-      508-125) балық шаруашылығы субъектілеріне кредит беру кезінде сыйақы мөлшерлемелерін субсидиялау қағидаларын әзірлейді және бекітеді;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">508-126) алып тасталды - ҚР Үкіметінің 15.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 862</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1442" w:id="709"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      508-127) халықаралық, республикалық және жергілікті маңызы бар балық шаруашылығы су айдындарын және (немесе) учаскелерін бекітіп беру және (немесе) бекітіп беру мерзімдерін ұзарту жөнінде шешімдер қабылдайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="709"/>
-    <w:bookmarkStart w:name="z1441" w:id="710"/>
-[...15 lines deleted...]
-      508-126) балық шаруашылығы саласындағы инвестициялық жобаларды іске асыру мақсатында балық шаруашылығы су айдындарын және (немесе) учаскелерін бекітіп беру қағидаларын және инвесторға қойылатын біліктілік талаптарын әзірлейді және бекітеді;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      508-128) балық аулауды жүргізу үшін бекітіп берілген балық шаруашылығы су айдындарын және (немесе) учаскелерін балық өсіруді жүргізуге арналған балық шаруашылығы су айдындарына және (немесе) учаскелеріне ауыстыру жөнінде шешімдер қабылдайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1443" w:id="710"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      508-129) балық шаруашылығы саласындағы инвестициялық жобаларды іске асыру үшін балық шаруашылығы су айдындарын және (немесе) учаскелерін бекітіп беру туралы шешімдер қабылдайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="710"/>
-    <w:bookmarkStart w:name="z1442" w:id="711"/>
-[...15 lines deleted...]
-      508-127) балық шаруашылығы су айдындарын және (немесе) учаскелерін бекітіп беру және (немесе) қайта бекітіп беру жөнінде шешімдер қабылдайды;</w:t>
+    <w:bookmarkStart w:name="z1444" w:id="711"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      508-130) бұзылуы жедел ден қою шараларын қолдануға алып келетін талаптардың тізбесін айқындайды, сондай-ақ талаптардың нақты бұзылуына қатысты жедел ден қою шарасының нақты түрін, осы шараны қолдану мерзімін (қажет болған кезде) көрсете отырып айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="711"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...19 lines deleted...]
-      508-129) балық шаруашылығы саласындағы инвестициялық жобаларды іске асыру үшін балық шаруашылығы су айдындарын және (немесе) учаскелерін бекітіп беру туралы шешімдер қабылдайды;</w:t>
+        <w:t xml:space="preserve">
+      Бұзылуы жедел ден қою шараларын қолдануға алып келетін талаптардың тізбесіне Қазақстан Республикасы Кәсіпкерлік кодексінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>143-бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес мемлекеттік бақылау нысанасы болып табылатын талаптар енгізіледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1445" w:id="712"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      508-131) мына:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="712"/>
-    <w:bookmarkStart w:name="z1444" w:id="713"/>
-[...15 lines deleted...]
-      508-130) бұзылуы жедел ден қою шараларын қолдануға алып келетін талаптардың тізбесін айқындайды, сондай-ақ талаптарды нақты бұзуға қатысты осы шараның қолданыс мерзімін көрсете отырып, жедел ден қою шарасының нақты түрін (қажет болған кезде) айқындайды (бұзылуы жедел ден қою шараларын қолдануға алып келетін талаптардың тізбесіне Қазақстан Республикасы Кәсіпкерлік кодексінің 143-бабына сәйкес мемлекеттік бақылау нысанасы болып табылатын талаптар енгізіледі);</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өсімдіктер карантині;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өсімдіктерді қорғау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ветеринария салаларында тергеп-тексеру жүргізу тәртібін әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1446" w:id="713"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      508-132) облыстардың, республикалық маңызы бар қалалардың, астананың жергілікті атқарушы органдарының қызметіне балық ресурстарын және басқа да су жануарларын қорғау, өсiмiн молайту және пайдалану саласында мерзімді тексеру жүргізудің жартыжылдық жоспарларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="713"/>
-    <w:bookmarkStart w:name="z1445" w:id="714"/>
-[...93 lines deleted...]
-    <w:bookmarkStart w:name="z1447" w:id="716"/>
+    <w:bookmarkStart w:name="z1447" w:id="714"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>508-133) жедел ден қою шараларын қолдану туралы қаулының нысанын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="714"/>
+    <w:bookmarkStart w:name="z1449" w:id="715"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      508-134) еңбек жөніндегі уәкілетті мемлекеттік органмен келісуі бойынша ұйымдардың еңбек жөніндегі үлгілік нормалар мен нормативтерді әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="715"/>
+    <w:bookmarkStart w:name="z1450" w:id="716"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      508-135) дәрілік заттар мен медициналық бұйымдардың айналысы саласындағы мемлекеттік орган айқындайтын азаматтарға құрамында есірткі, психотроптық заттар мен прекурсорлар бар дәрілік препараттарды босату құқығы берілген лауазымдар мен ұйымдар тізбесін келіседі;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="716"/>
-    <w:bookmarkStart w:name="z1449" w:id="717"/>
-[...15 lines deleted...]
-      508-134) еңбек жөніндегі уәкілетті мемлекеттік органмен келісуі бойынша ұйымдардың еңбек жөніндегі үлгілік нормалар мен нормативтерді әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z1463" w:id="717"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      508-135) мемлекеттiк табиғи-қорық қоры объектiлерiнiң тiзбесi, ерекше қорғалатын табиғи аумақтар жүйесi мен экологиялық желiлердi дамыту жөніндегі ұсыныстарды дайындайды және ерекше қорғалатын табиғи аумақтар саласындағы уәкiлеттi органға ұсынады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="717"/>
-    <w:bookmarkStart w:name="z1450" w:id="718"/>
-[...15 lines deleted...]
-      508-135) дәрілік заттар мен медициналық бұйымдардың айналысы саласындағы мемлекеттік орган айқындайтын азаматтарға құрамында есірткі, психотроптық заттар мен прекурсорлар бар дәрілік препараттарды босату құқығы берілген лауазымдар мен ұйымдар тізбесін келіседі;</w:t>
+    <w:bookmarkStart w:name="z1464" w:id="718"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      508-136) ерекше қорғалатын табиғи аумақтар саласындағы уәкiлеттi органмен келiсу бойынша өздерінің қарауындағы ерекше қорғалатын табиғи аумақтардың паспорттарын әзірлейді және бекiтедi, паспорттардың ерекше қорғалатын табиғи аумақтар саласындағы уәкiлеттi органда тiркелуiн (қайта тiркелуiн) жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="718"/>
-    <w:bookmarkStart w:name="z1463" w:id="719"/>
-[...15 lines deleted...]
-      508-135) мемлекеттiк табиғи-қорық қоры объектiлерiнiң тiзбесi, ерекше қорғалатын табиғи аумақтар жүйесi мен экологиялық желiлердi дамыту жөніндегі ұсыныстарды дайындайды және ерекше қорғалатын табиғи аумақтар саласындағы уәкiлеттi органға ұсынады;</w:t>
+    <w:bookmarkStart w:name="z1465" w:id="719"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      508-137) Қазақстан Республикасының заңнамасында белгiленген тәртiппен ерекше қорғалатын табиғи аумақтар құру және өздерінің қарауындағы осындай аумақтарды кеңейту жөнiндегi жаратылыстану-ғылыми және техникалық-экономикалық негiздемелердің жобаларын мемлекеттiк экологиялық сараптама жүргiзудi қамтамасыз етіп және осы негiздемелердi кейiннен ерекше қорғалатын табиғи аумақтар саласындағы уәкiлеттi органның бекiтуiне енгiзе отырып әзiрлеудi ұйымдастырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="719"/>
-    <w:bookmarkStart w:name="z1464" w:id="720"/>
-[...15 lines deleted...]
-      508-136) ерекше қорғалатын табиғи аумақтар саласындағы уәкiлеттi органмен келiсу бойынша өздерінің қарауындағы ерекше қорғалатын табиғи аумақтардың паспорттарын әзірлейді және бекiтедi, паспорттардың ерекше қорғалатын табиғи аумақтар саласындағы уәкiлеттi органда тiркелуiн (қайта тiркелуiн) жүзеге асырады;</w:t>
+    <w:bookmarkStart w:name="z1466" w:id="720"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      508-138) ерекше қорғалатын табиғи аумақтар саласындағы уәкiлеттi органмен келiсу бойынша өздерінің қарауындағы ерекше қорғалатын табиғи аумақтарды басқару жоспарларын әзiрлеудi ұйымдастырады және бекiтедi;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="720"/>
-    <w:bookmarkStart w:name="z1465" w:id="721"/>
-[...15 lines deleted...]
-      508-137) Қазақстан Республикасының заңнамасында белгiленген тәртiппен ерекше қорғалатын табиғи аумақтар құру және өздерінің қарауындағы осындай аумақтарды кеңейту жөнiндегi жаратылыстану-ғылыми және техникалық-экономикалық негiздемелердің жобаларын мемлекеттiк экологиялық сараптама жүргiзудi қамтамасыз етіп және осы негiздемелердi кейiннен ерекше қорғалатын табиғи аумақтар саласындағы уәкiлеттi органның бекiтуiне енгiзе отырып әзiрлеудi ұйымдастырады;</w:t>
+    <w:bookmarkStart w:name="z1467" w:id="721"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      508-139) өздерінің қарауындағы ерекше қорғалатын табиғи аумақтарға басшылықты жүзеге асырады, оларды күзетудi, қорғауды және қалпына келтiрудi, сондай-ақ ғылыми зерттеулер жүргiзудi қамтамасыз етедi;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="721"/>
-    <w:bookmarkStart w:name="z1466" w:id="722"/>
-[...15 lines deleted...]
-      508-138) ерекше қорғалатын табиғи аумақтар саласындағы уәкiлеттi органмен келiсу бойынша өздерінің қарауындағы ерекше қорғалатын табиғи аумақтарды басқару жоспарларын әзiрлеудi ұйымдастырады және бекiтедi;</w:t>
+    <w:bookmarkStart w:name="z1468" w:id="722"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      508-140) ерекше қорғалатын табиғи аумақтардың мемлекеттiк кадастрын жүргiзуге қатысады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="722"/>
-    <w:bookmarkStart w:name="z1467" w:id="723"/>
-[...15 lines deleted...]
-      508-139) өздерінің қарауындағы ерекше қорғалатын табиғи аумақтарға басшылықты жүзеге асырады, оларды күзетудi, қорғауды және қалпына келтiрудi, сондай-ақ ғылыми зерттеулер жүргiзудi қамтамасыз етедi;</w:t>
+    <w:bookmarkStart w:name="z1469" w:id="723"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      508-141) ерекше қорғалатын табиғи аумақтар саласындағы уәкілетті органға ғылыми табиғи объектілерге "Ғылыми табиғи объект – ұлттық игілік" мәртебесін беру туралы ұсыныстар енгізеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="723"/>
-    <w:bookmarkStart w:name="z1468" w:id="724"/>
-[...15 lines deleted...]
-      508-140) ерекше қорғалатын табиғи аумақтардың мемлекеттiк кадастрын жүргiзуге қатысады;</w:t>
+    <w:bookmarkStart w:name="z1470" w:id="724"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      508-142) "Ақпаратқа қол жеткізу туралы" Қазақстан Республикасының Заңына сәйкес өздерінің қарауындағы ерекше қорғалатын табиғи аумақтар және мемлекеттік табиғи-қорық қорының объектілері саласындағы ашық ақпаратқа еркін қол жеткізуді қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="724"/>
-    <w:bookmarkStart w:name="z1469" w:id="725"/>
-[...15 lines deleted...]
-      508-141) ерекше қорғалатын табиғи аумақтар саласындағы уәкілетті органға ғылыми табиғи объектілерге "Ғылыми табиғи объект – ұлттық игілік" мәртебесін беру туралы ұсыныстар енгізеді;</w:t>
+    <w:bookmarkStart w:name="z1471" w:id="725"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      508-143) ауыл шаруашылығы саласында көлеңкелі экономикаға қарсы іс-қимыл бойынша мемлекеттік саясатты қалыптастыруға қатысады және шаралар қабылдайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="725"/>
-    <w:bookmarkStart w:name="z1470" w:id="726"/>
-[...15 lines deleted...]
-      508-142) "Ақпаратқа қол жеткізу туралы" Қазақстан Республикасының Заңына сәйкес өздерінің қарауындағы ерекше қорғалатын табиғи аумақтар және мемлекеттік табиғи-қорық қорының объектілері саласындағы ашық ақпаратқа еркін қол жеткізуді қамтамасыз етеді;</w:t>
+    <w:bookmarkStart w:name="z1472" w:id="726"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      508-144) өз құзыреті шегінде өндіріс шарттарын, өндірістік және технологиялық операцияларды әзірлеуге қатысады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="726"/>
-    <w:bookmarkStart w:name="z1471" w:id="727"/>
-[...15 lines deleted...]
-      508-143) ауыл шаруашылығы саласында көлеңкелі экономикаға қарсы іс-қимыл бойынша мемлекеттік саясатты қалыптастыруға қатысады және шаралар қабылдайды;</w:t>
+    <w:bookmarkStart w:name="z1475" w:id="727"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      508-145) "Аквашаруашылық туралы" Қазақстан Республикасы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мақсаттары мен міндеттеріне және Қазақстан Республикасының заңнамасына сәйкес аквашаруашылық саласындағы Қазақстан Республикасының нормативтік құқықтық актілерін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="727"/>
-    <w:bookmarkStart w:name="z1472" w:id="728"/>
-[...15 lines deleted...]
-      508-144) өз құзыреті шегінде өндіріс шарттарын, өндірістік және технологиялық операцияларды әзірлеуге қатысады;</w:t>
+    <w:bookmarkStart w:name="z1476" w:id="728"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      508-146) аквашаруашылықты дамытудың жай-күйін бағалауды жүргізу қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="728"/>
-    <w:bookmarkStart w:name="z1196" w:id="729"/>
+    <w:bookmarkStart w:name="z1477" w:id="729"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      508-147) бюджет қаражаты есебінен аквашаруашылықты дамыту жай-күйіне бағалау жүргізуді ұйымдастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="729"/>
+    <w:bookmarkStart w:name="z1478" w:id="730"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      508-148) аквашаруашылық саласындағы мемлекеттік бақылауды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="730"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      15-тармақты 508-149) және 508-150) тармақшалармен толықтыру көзделген - ҚР Үкіметінің Үкіметінің 15.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 862</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2027 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1481" w:id="731"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      508-151) аквашаруашылық субъектілерінің тізілімін жүргізу қағидаларын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="731"/>
+    <w:bookmarkStart w:name="z1482" w:id="732"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      508-152) аквашаруашылық субъектілерінің тізілімін жүргізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="732"/>
+    <w:bookmarkStart w:name="z1483" w:id="733"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      508-153) көл-тауар және (немесе) тор қоршама шаруашылық қызметін жүзеге асыруға арналған шарттар талаптарының және аквашаруашылық субъектісін дамыту жоспарының орындалуына мониторинг жүргізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="733"/>
+    <w:bookmarkStart w:name="z1484" w:id="734"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      508-154) көл-тауар және (немесе) тор қоршама шаруашылық қызметін жүзеге асыру үшін балық шаруашылығы су айдындарын және (немесе) учаскелерін паспорттау қағидаларын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="734"/>
+    <w:bookmarkStart w:name="z1485" w:id="735"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      508-155) аквашаруашылық саласындағы балық өсіру-биологиялық негiздемені әзірлеу қағидаларын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="735"/>
+    <w:bookmarkStart w:name="z1486" w:id="736"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      508-156) көл-тауар және (немесе) тор қоршама шаруашылық қызметін жүзеге асыру шарттарының үлгілік нысанын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="736"/>
+    <w:bookmarkStart w:name="z1487" w:id="737"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      508-157) жобаны іске асыру үшін халықаралық және (немесе) республикалық маңызы бар балық шаруашылығы су айдындарының учаскелерінде тор қоршама шаруашылық қызметін жүзеге асыру шарттарының үлгілік нысанын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="737"/>
+    <w:bookmarkStart w:name="z1488" w:id="738"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      508-158) аквашаруашылық субъектілерін дамыту жоспарының үлгілік нысанын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="738"/>
+    <w:bookmarkStart w:name="z1489" w:id="739"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      508-159) тор қоршама шаруашылық қызметін жүзеге асыру үшін халықаралық және (немесе) республикалық маңызы бар балық шаруашылығы су айдындарының учаскелерін бекітіп беру қағидаларын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="739"/>
+    <w:bookmarkStart w:name="z1490" w:id="740"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      508-160) аквашаруашылық саласына су беру бойынша көрсетілетін қызметтер құнын субсидиялау қағидаларын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="740"/>
+    <w:bookmarkStart w:name="z1491" w:id="741"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      508-161) көл-тауар және (немесе) тор қоршама шаруашылық қызметін жүзеге асыру үшін халықаралық және республикалық маңызы бар балық шаруашылығы су айдындарының және (немесе) учаскелерiнің тiзбесiн әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="741"/>
+    <w:bookmarkStart w:name="z1492" w:id="742"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      508-162) балықтар мен басқа да су жануарларының жаппай қырылу қаупін болғызбау, сондай-ақ қырылып қалу салдарын жою үшін көмек көрсету қағидаларын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="742"/>
+    <w:bookmarkStart w:name="z1493" w:id="743"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      508-163) мемлекеттік статистика саласындағы уәкілетті органмен келісу бойынша бекітілген аквашаруашылық саласындағы әкімшілік деректерді жинауға арналған нысандарды әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="743"/>
+    <w:bookmarkStart w:name="z1494" w:id="744"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      508-164) балық шаруашылығы су айдындарын және (немесе) учаскелерін көл-тауар және (немесе) тор қоршама шаруашылық қызметін жүргізу үшін бекітіп беру жөнінде конкурс өткізу қағидаларын және конкурсқа қатысушыларға қойылатын біліктілік талаптарын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="744"/>
+    <w:bookmarkStart w:name="z1495" w:id="745"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      508-165) балық ресурстары мен басқа да су жануарларының биоәртүрлілігі шығынының орнын толтыруды орындау қағидаларын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="745"/>
+    <w:bookmarkStart w:name="z1496" w:id="746"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      508-166) жабайы жануарлар (балық ресурстары және басқа да су жануарлары) тіршілігінің өнімдерін алу мақсатында оларды пайдалану қағидаларын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="746"/>
+    <w:bookmarkStart w:name="z1497" w:id="747"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      508-167) сирек кездесетін және жойылып кету қатері төнген түрлерге жатқызылған жануарлардың (балық ресурстарының және басқа да су жануарларының) қырылу жағдайларын тергеп-тексеру қағидаларын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="747"/>
+    <w:bookmarkStart w:name="z1498" w:id="748"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      508-168) қолдануға рұқсат етілген кәсіпшілік және кәсіпшілік емес балық аулау құралдарының түрлері мен тәсілдерінің тізбесін әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="748"/>
+    <w:bookmarkStart w:name="z1196" w:id="749"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       509) Қазақстан Республикасының заңдарында, Қазақстан Республикасы Президентінің және Қазақстан Республикасы Үкіметінің актілерінде көзделген өзге де өкілеттіктерді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="729"/>
+    <w:bookmarkEnd w:id="749"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -20198,613 +21024,633 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">; 18.07.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 539</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">; 15.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 862</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> қаулыларымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1197" w:id="730"/>
+    <w:bookmarkStart w:name="z1197" w:id="750"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Мемлекеттік органның бірінші басшысының мәртебесі, өкілеттіктері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="730"/>
-    <w:bookmarkStart w:name="z1198" w:id="731"/>
+    <w:bookmarkEnd w:id="750"/>
+    <w:bookmarkStart w:name="z1198" w:id="751"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16. Министрлікке басшылықты бірінші басшы жүзеге асырады, ол Министрлікке жүктелген міндеттердің орындалуына және оның өз өкілеттіктерін жүзеге асыруына дербес жауаптылықта болады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="731"/>
-    <w:bookmarkStart w:name="z1199" w:id="732"/>
+    <w:bookmarkEnd w:id="751"/>
+    <w:bookmarkStart w:name="z1199" w:id="752"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Министрліктің бірінші басшысы Қазақстан Республикасының заңнамасына сәйкес лауазымға тағайындалады және лауазымнан босатылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="732"/>
-    <w:bookmarkStart w:name="z1200" w:id="733"/>
+    <w:bookmarkEnd w:id="752"/>
+    <w:bookmarkStart w:name="z1200" w:id="753"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Министрліктің бірінші басшысының Қазақстан Республикасының заңнамасына сәйкес лауазымға тағайындалатын және лауазымнан босатылатын орынбасарлары болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="733"/>
-    <w:bookmarkStart w:name="z1201" w:id="734"/>
+    <w:bookmarkEnd w:id="753"/>
+    <w:bookmarkStart w:name="z1201" w:id="754"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Министрліктің бірінші басшысының өкілеттіктері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="734"/>
-    <w:bookmarkStart w:name="z1202" w:id="735"/>
+    <w:bookmarkEnd w:id="754"/>
+    <w:bookmarkStart w:name="z1202" w:id="755"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) реттелетін салада мемлекеттік саясатты қалыптастыру бойынша ұсыныстар тұжырымдайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="735"/>
-    <w:bookmarkStart w:name="z1203" w:id="736"/>
+    <w:bookmarkEnd w:id="755"/>
+    <w:bookmarkStart w:name="z1203" w:id="756"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) өз орынбасарларының міндеттері мен өкілеттіктерін айқындайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="736"/>
-    <w:bookmarkStart w:name="z1204" w:id="737"/>
+    <w:bookmarkEnd w:id="756"/>
+    <w:bookmarkStart w:name="z1204" w:id="757"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) ведомстволардың құзыретін және өзге мемлекеттік органдармен өзара іс-қимыл жасау тәртібін айқындайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="737"/>
-    <w:bookmarkStart w:name="z1205" w:id="738"/>
+    <w:bookmarkEnd w:id="757"/>
+    <w:bookmarkStart w:name="z1205" w:id="758"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) ведомстволар актілерінің толық немесе бір бөлігінің қолданысын жояды немесе тоқтата тұрады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="738"/>
-    <w:bookmarkStart w:name="z1206" w:id="739"/>
+    <w:bookmarkEnd w:id="758"/>
+    <w:bookmarkStart w:name="z1206" w:id="759"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) Министрдің бұйрықтарына қол қояды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="739"/>
-    <w:bookmarkStart w:name="z1207" w:id="740"/>
+    <w:bookmarkEnd w:id="759"/>
+    <w:bookmarkStart w:name="z1207" w:id="760"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) Қазақстан Республикасының Парламентінде, мемлекеттік органдарда және өзге де ұйымдарда Министрлік атынан өкілдік етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="740"/>
-    <w:bookmarkStart w:name="z1208" w:id="741"/>
+    <w:bookmarkEnd w:id="760"/>
+    <w:bookmarkStart w:name="z1208" w:id="761"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) Министрлікке келісуге келіп түскен нормативтік құқықтық актілердің жобаларын келіседі және оларға қолбелгі қояды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="741"/>
-    <w:bookmarkStart w:name="z1209" w:id="742"/>
+    <w:bookmarkEnd w:id="761"/>
+    <w:bookmarkStart w:name="z1209" w:id="762"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) Министрлікте сыбайлас жемқорлыққа қарсы іс-қимыл жасауға бағытталған шаралар қабылдайды және сыбайлас жемқорлыққа қарсы шаралардың қабылдануына дербес жауаптылықта болады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="742"/>
-    <w:bookmarkStart w:name="z1210" w:id="743"/>
+    <w:bookmarkEnd w:id="762"/>
+    <w:bookmarkStart w:name="z1210" w:id="763"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) Қоғамдық кеңес құрады және оның құрамын бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="743"/>
-    <w:bookmarkStart w:name="z1211" w:id="744"/>
+    <w:bookmarkEnd w:id="763"/>
+    <w:bookmarkStart w:name="z1211" w:id="764"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) Қоғамдық кеңесті қалыптастыру жөніндегі жұмыс тобының құрамын бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="744"/>
-    <w:bookmarkStart w:name="z1212" w:id="745"/>
+    <w:bookmarkEnd w:id="764"/>
+    <w:bookmarkStart w:name="z1212" w:id="765"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) Қазақстан Республикасының заңдарына сәйкес өзге де өкілеттіктерді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="745"/>
+    <w:bookmarkEnd w:id="765"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Министрліктің бірінші басшысы болмаған кезеңде оның өкілеттіктерін қолданыстағы заңнамаға сәйкес оны алмастыратын адам жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1213" w:id="746"/>
+    <w:bookmarkStart w:name="z1213" w:id="766"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Бірінші басшы өз орынбасарларының өкілеттіктерін қолданыстағы заңнамаға сәйкес айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="746"/>
-    <w:bookmarkStart w:name="z1214" w:id="747"/>
+    <w:bookmarkEnd w:id="766"/>
+    <w:bookmarkStart w:name="z1214" w:id="767"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Министрліктің аппаратын Қазақстан Республикасының қолданыстағы заңнамасына сәйкес лауазымға тағайындалатын және лауазымнан босатылатын аппарат басшысы басқарады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="747"/>
-    <w:bookmarkStart w:name="z1215" w:id="748"/>
+    <w:bookmarkEnd w:id="767"/>
+    <w:bookmarkStart w:name="z1215" w:id="768"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Қазақстан Республикасы Ауыл шаруашылығы министрлігінің мүлкі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="748"/>
-    <w:bookmarkStart w:name="z1216" w:id="749"/>
+    <w:bookmarkEnd w:id="768"/>
+    <w:bookmarkStart w:name="z1216" w:id="769"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Министрліктің заңнамада көзделген жағдайларда жедел басқару құқығында оқшауланған мүлкі болуы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="749"/>
+    <w:bookmarkEnd w:id="769"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Министрліктің мүлкі оған меншік иесі берген мүлік, сондай-ақ өз қызметі нәтижесінде сатып алынған мүлік (ақшалай кірістерді қоса алғанда) және Қазақстан Республикасының заңнамасында тыйым салынбаған өзге де көздер есебінен қалыптастырылады. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Министрлік өзіне бекітіп берілген, өзінің теңгерімінде тұрған мүлікті иелену, пайдалану және оған билік ету құқығын Қазақстан Республикасының атынан өз бетінше жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1217" w:id="750"/>
+    <w:bookmarkStart w:name="z1217" w:id="770"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Министрлікке бекітіп берілген мүлік республикалық меншікке жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="750"/>
-    <w:bookmarkStart w:name="z1218" w:id="751"/>
+    <w:bookmarkEnd w:id="770"/>
+    <w:bookmarkStart w:name="z1218" w:id="771"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Егер заңнамада өзгеше көзделмесе, Министрлік өзіне бекітіп берілген мүлікті және қаржыландыру жоспары бойынша өзіне берілген қаражат есебінен сатып алынған мүлікті өз бетінше иеліктен шығаруға немесе оған өзгедей тәсілмен билік етуге құқылы емес.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="751"/>
-    <w:bookmarkStart w:name="z1219" w:id="752"/>
+    <w:bookmarkEnd w:id="771"/>
+    <w:bookmarkStart w:name="z1219" w:id="772"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-тарау. Қазақстан Республикасының Ауыл шаруашылығы министрлігін қайта ұйымдастыру және тарату</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="752"/>
-    <w:bookmarkStart w:name="z1220" w:id="753"/>
+    <w:bookmarkEnd w:id="772"/>
+    <w:bookmarkStart w:name="z1220" w:id="773"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Министрлікті қайта ұйымдастыру және тарату Қазақстан Республикасының заңнамасына сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="753"/>
-    <w:bookmarkStart w:name="z1221" w:id="754"/>
+    <w:bookmarkEnd w:id="773"/>
+    <w:bookmarkStart w:name="z1221" w:id="774"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министрліктің және оның ведомстволарының қарамағындағы ұйымдардың тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="754"/>
+    <w:bookmarkEnd w:id="774"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Тізбеге өзгерістер енгізілді - ҚР Үкіметінің 25.11.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -20839,328 +21685,328 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">; 05.02.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 68</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулыларымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1222" w:id="755"/>
+    <w:bookmarkStart w:name="z1222" w:id="775"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Қазақстан Республикасы Ауыл шаруашылығы министрлігі Агроөнеркәсіптік кешендегі мемлекеттік инспекция комитетінің "Фитосанитария" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="755"/>
-    <w:bookmarkStart w:name="z1223" w:id="756"/>
+    <w:bookmarkEnd w:id="775"/>
+    <w:bookmarkStart w:name="z1223" w:id="776"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасы Ауыл шаруашылығы министрлiгi Ветеринариялық бақылау және қадағалау комитетiнiң "Республикалық ветеринариялық зертхана" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="756"/>
-    <w:bookmarkStart w:name="z1224" w:id="757"/>
+    <w:bookmarkEnd w:id="776"/>
+    <w:bookmarkStart w:name="z1224" w:id="777"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Қазақстан Республикасы Ауыл шаруашылығы министрлiгi Ветеринариялық бақылау және қадағалау комитетiнiң "Ветеринариядағы ұлттық референттік орталық" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="757"/>
-    <w:bookmarkStart w:name="z1225" w:id="758"/>
+    <w:bookmarkEnd w:id="777"/>
+    <w:bookmarkStart w:name="z1225" w:id="778"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Қазақстан Республикасы Ауыл шаруашылығы министрлігі Жер ресурстарын басқару комитетінің "Ауыл шаруашылығы аэрофотогеодезиялық іздестіру мемлекеттік институты (АШАІМИ)" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="758"/>
-    <w:bookmarkStart w:name="z1301" w:id="759"/>
+    <w:bookmarkEnd w:id="778"/>
+    <w:bookmarkStart w:name="z1301" w:id="779"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4-1. "Қазақстан Республикасы Ауыл шаруашылығы министрлігі Жер ресурстарын басқару комитетінің "Жерлерге зерттеп-қарау жұмыстарын жүргізу мемлекеттік институты" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="759"/>
-    <w:bookmarkStart w:name="z1423" w:id="760"/>
+    <w:bookmarkEnd w:id="779"/>
+    <w:bookmarkStart w:name="z1423" w:id="780"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4-2. Қазақстан Республикасы Ауыл шаруашылығы министрлігі Балық шаруашылығы комитетінің "Петропавл балық питомнигі" республикалық мемлекеттік қазыналық кәсіпорны.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="760"/>
-    <w:bookmarkStart w:name="z1424" w:id="761"/>
+    <w:bookmarkEnd w:id="780"/>
+    <w:bookmarkStart w:name="z1424" w:id="781"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4-3. Қазақстан Республикасы Ауыл шаруашылығы министрлігі Балық шаруашылығы комитетінің "Қамыстыбас балық питомнигі" республикалық мемлекеттік қазыналық кәсіпорны.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="761"/>
-    <w:bookmarkStart w:name="z1425" w:id="762"/>
+    <w:bookmarkEnd w:id="781"/>
+    <w:bookmarkStart w:name="z1425" w:id="782"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4-4. Қазақстан Республикасы Ауыл шаруашылығы министрлігі Балық шаруашылығы комитетінің "Атырау бекіре балық өсіру зауыты" республикалық мемлекеттік қазыналық кәсіпорны.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="762"/>
-    <w:bookmarkStart w:name="z1226" w:id="763"/>
+    <w:bookmarkEnd w:id="782"/>
+    <w:bookmarkStart w:name="z1226" w:id="783"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. "Қазагрэкс" акционерлік қоғамы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="763"/>
-    <w:bookmarkStart w:name="z1227" w:id="764"/>
+    <w:bookmarkEnd w:id="783"/>
+    <w:bookmarkStart w:name="z1227" w:id="784"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. "Ұлттық аграрлық ғылыми-білім беру орталығы" коммерциялық емес акционерлік қоғамы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="764"/>
-    <w:bookmarkStart w:name="z1228" w:id="765"/>
+    <w:bookmarkEnd w:id="784"/>
+    <w:bookmarkStart w:name="z1228" w:id="785"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. "Азық-түлік келісімшарт корпорациясы" ұлттық компаниясы" акционерлік қоғамы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="765"/>
-    <w:bookmarkStart w:name="z1267" w:id="766"/>
+    <w:bookmarkEnd w:id="785"/>
+    <w:bookmarkStart w:name="z1267" w:id="786"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. "Агроөнеркәсіптік кешендегі экономикалық саясаттың талдау орталығы" жауапкершілігі шектеулі серіктестігі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="766"/>
-    <w:bookmarkStart w:name="z1426" w:id="767"/>
+    <w:bookmarkEnd w:id="786"/>
+    <w:bookmarkStart w:name="z1426" w:id="787"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. "Балық шаруашылығының ғылыми-өндірістік орталығы" жауапкершілігі шектеулі серіктестігі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="767"/>
-    <w:bookmarkStart w:name="z1229" w:id="768"/>
+    <w:bookmarkEnd w:id="787"/>
+    <w:bookmarkStart w:name="z1229" w:id="788"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министрліктің және оның ведомстволарының аумақтық бөлімшелерінің қарамағындағы аумақтық органдардың тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="768"/>
+    <w:bookmarkEnd w:id="788"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Тізбеге өзгерістер енгізілді – ҚР Үкіметінің 11.07.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -29485,68 +30331,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       471. "Қазақстан Республикасы Ауыл шаруашылығы министрлігі Балық шаруашылығы комитетінің Тобыл-Торғай облысаралық бассейндік балық шаруашылығы инспекциясы" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       472. "Қазақстан Республикасы Ауыл шаруашылығы министрлігі Балық шаруашылығы комитетінің Шу-Талас облысаралық бассейндік балық шаруашылығы инспекциясы" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1230" w:id="769"/>
+    <w:bookmarkStart w:name="z1230" w:id="789"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министрліктің және оның ведомстволарының қарамағындағы мемлекеттік мекемелердің тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="769"/>
+    <w:bookmarkEnd w:id="789"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Тізбе жаңа редакцияда - ҚР Үкіметінің 01.09.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -29561,150 +30407,150 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен; өзгеріс енгізілді - ҚР Үкіметінің 24.10.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 884</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1231" w:id="770"/>
+    <w:bookmarkStart w:name="z1231" w:id="790"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасы Ауыл шаруашылығы министрлігінің "Ауыл шаруашылығы дақылдарын сорттық сынау жөніндегі мемлекеттік комиссия" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="770"/>
-    <w:bookmarkStart w:name="z1302" w:id="771"/>
+    <w:bookmarkEnd w:id="790"/>
+    <w:bookmarkStart w:name="z1302" w:id="791"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасы Ауыл шаруашылығы министрлiгi Ветеринариялық бақылау және қадағалау комитетiнiң "Республикалық эпизоотияға қарсы отряд" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="771"/>
-    <w:bookmarkStart w:name="z1303" w:id="772"/>
+    <w:bookmarkEnd w:id="791"/>
+    <w:bookmarkStart w:name="z1303" w:id="792"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Қазақстан Республикасы Ауыл шаруашылығы министрлігі Агроөнеркәсіптік кешендегі мемлекеттік инспекция комитетінің "Республикалық өсімдіктер карантині орталығы" мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="772"/>
-    <w:bookmarkStart w:name="z1304" w:id="773"/>
+    <w:bookmarkEnd w:id="792"/>
+    <w:bookmarkStart w:name="z1304" w:id="793"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Қазақстан Республикасы Ауыл шаруашылығы министрлігі Агроөнеркәсіптік кешендегі мемлекеттік инспекция комитетінің "Республикалық фитосанитариялық диагностика және болжамдар әдістемелік орталығы" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="773"/>
-    <w:bookmarkStart w:name="z1305" w:id="774"/>
+    <w:bookmarkEnd w:id="793"/>
+    <w:bookmarkStart w:name="z1305" w:id="794"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Қазақстан Республикасы Ауыл шаруашылығы министрлігі Жер ресурстарын басқару комитетінің "Агрохимия қызметі республикалық ғылыми-әдістемелік орталығы" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="774"/>
+    <w:bookmarkEnd w:id="794"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -29841,90 +30687,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1436" w:id="775"/>
+    <w:bookmarkStart w:name="z1436" w:id="795"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Қазақстан Республикасы Ауыл шаруашылығы министрлігі Балық шаруашылығы комитетінің "Каспий итбалығы" мемлекеттік табиғи резерваты" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="775"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z655" w:id="776"/>
+    <w:bookmarkEnd w:id="795"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z655" w:id="796"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="776"/>
+    <w:bookmarkEnd w:id="796"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Үкiметiнiң</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -29955,74 +30801,74 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бекiтiлген</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z42" w:id="777"/>
+      <w:bookmarkStart w:name="z42" w:id="797"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Ауыл шаруашылығы министрлігінiң</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="777"/>
+    <w:bookmarkEnd w:id="797"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>аумақтық органдары - мемлекеттiк мекемелерiнiң</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -30122,70 +30968,70 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z43" w:id="778"/>
+          <w:bookmarkStart w:name="z43" w:id="798"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қазақстан Республикасы</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="778"/>
+          <w:bookmarkEnd w:id="798"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Үкіметінің</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -30223,74 +31069,74 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z44" w:id="779"/>
+      <w:bookmarkStart w:name="z44" w:id="799"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="779"/>
+    <w:bookmarkEnd w:id="799"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ауыл шаруашылығы министрлігінiң қарамағындағы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -30489,74 +31335,74 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 бекiтiлген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z66" w:id="780"/>
+      <w:bookmarkStart w:name="z66" w:id="800"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Ауыл шаруашылығы министрлігінiң</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="780"/>
+    <w:bookmarkEnd w:id="800"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Орман және аңшылық шаруашылығы комитетi туралы ереже</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -30738,74 +31584,74 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 бекiтiлген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z45" w:id="781"/>
+      <w:bookmarkStart w:name="z45" w:id="801"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Ауыл шаруашылығы министрлігі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="781"/>
+    <w:bookmarkEnd w:id="801"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Орман және аңшылық шаруашылығы комитетiнiң</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -30885,70 +31731,70 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z8" w:id="782"/>
+          <w:bookmarkStart w:name="z8" w:id="802"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қазақстан Республикасы</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="782"/>
+          <w:bookmarkEnd w:id="802"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Yкiметiнiң</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -30986,74 +31832,74 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 бекiтiлген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z67" w:id="783"/>
+      <w:bookmarkStart w:name="z67" w:id="803"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Ауыл шаруашылығы министрлігі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="783"/>
+    <w:bookmarkEnd w:id="803"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Орман және аңшылық шаруашылығы комитетiнiң аумақтық</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -31170,70 +32016,70 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z9" w:id="784"/>
+          <w:bookmarkStart w:name="z9" w:id="804"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қазақстан Республикасы</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="784"/>
+          <w:bookmarkEnd w:id="804"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Yкiметiнiң</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -31271,74 +32117,74 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 бекiтiлген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z68" w:id="785"/>
+      <w:bookmarkStart w:name="z68" w:id="805"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Ауыл шаруашылығы министрлігі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="785"/>
+    <w:bookmarkEnd w:id="805"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Орман және аңшылық шаруашылығы комитетінiң</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -31537,74 +32383,74 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 бекiтiлген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z95" w:id="786"/>
+      <w:bookmarkStart w:name="z95" w:id="806"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Ауыл шаруашылығы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="786"/>
+    <w:bookmarkEnd w:id="806"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>министрлігінiң Cу ресурстары комитетi туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -31803,74 +32649,74 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 бекiтiлген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z46" w:id="787"/>
+      <w:bookmarkStart w:name="z46" w:id="807"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасының Ауыл шаруашылығы министрлігі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="787"/>
+    <w:bookmarkEnd w:id="807"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Cу ресурстары комитетiнiң құрылымы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -31953,70 +32799,70 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z10" w:id="788"/>
+          <w:bookmarkStart w:name="z10" w:id="808"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қазақстан Республикасы</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="788"/>
+          <w:bookmarkEnd w:id="808"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Yкiметiнiң</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -32054,74 +32900,74 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 бекiтiлген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z96" w:id="789"/>
+      <w:bookmarkStart w:name="z96" w:id="809"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасының Ауыл шаруашылығы министрлiгi</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="789"/>
+    <w:bookmarkEnd w:id="809"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Су ресурстары комитетiнiң аумақтық органдары -</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -32221,70 +33067,70 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z11" w:id="790"/>
+          <w:bookmarkStart w:name="z11" w:id="810"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қазақстан Республикасы</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="790"/>
+          <w:bookmarkEnd w:id="810"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Yкiметiнiң</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -32322,74 +33168,74 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 бекiтiлген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z97" w:id="791"/>
+      <w:bookmarkStart w:name="z97" w:id="811"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Ауыл шаруашылығы министрлігі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="791"/>
+    <w:bookmarkEnd w:id="811"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Cу ресурстары комитетiнiң қарамағындағы ұйымдардың</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -32588,74 +33434,74 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 бекiтiлген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z125" w:id="792"/>
+      <w:bookmarkStart w:name="z125" w:id="812"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Ауыл шаруашылығы министрлігінiң</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="792"/>
+    <w:bookmarkEnd w:id="812"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Балық шаруашылығы комитетi туралы ереже</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -32837,74 +33683,74 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 бекiтiлген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z176" w:id="793"/>
+      <w:bookmarkStart w:name="z176" w:id="813"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Ауыл шаруашылығы министрлiгi</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="793"/>
+    <w:bookmarkEnd w:id="813"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Балық шаруашылығы комитетiнiң құрылымы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -32987,70 +33833,70 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z12" w:id="794"/>
+          <w:bookmarkStart w:name="z12" w:id="814"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қазақстан Республикасы</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="794"/>
+          <w:bookmarkEnd w:id="814"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Yкiметiнiң</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -33082,80 +33928,80 @@
               <w:t>
 N 310 қаулысымен</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 бекiтiлген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z126" w:id="795"/>
+    <w:bookmarkStart w:name="z126" w:id="815"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Ауыл шаруашылығы министрлігі Балық шаруашылығы комитетінің аумақтық органдары — мемлекеттік мекемелерінің тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="795"/>
+    <w:bookmarkEnd w:id="815"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -33221,70 +34067,70 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z13" w:id="796"/>
+          <w:bookmarkStart w:name="z13" w:id="816"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қазақстан Республикасы</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="796"/>
+          <w:bookmarkEnd w:id="816"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Yкiметiнiң</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -33322,74 +34168,74 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 бекiтiлген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z127" w:id="797"/>
+      <w:bookmarkStart w:name="z127" w:id="817"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Ауыл шаруашылығы министрлігі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="797"/>
+    <w:bookmarkEnd w:id="817"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Балық шаруашылығы комитетiнiң қарамағындағы ұйымдардың</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -33588,158 +34434,158 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 бекiтiлген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z128" w:id="798"/>
+      <w:bookmarkStart w:name="z128" w:id="818"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Ауыл шаруашылығы министрлігінiң</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="798"/>
+    <w:bookmarkEnd w:id="818"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ауылдық аумақтар iстерi комитетi туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ереже</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z152" w:id="799"/>
+    <w:bookmarkStart w:name="z152" w:id="819"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Ескерту. Ереже алынып тасталды - ҚР Үкіметінің 28.10.2007 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>N 995</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қол қойылған күнінен бастап отыз күнтізбелік күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="799"/>
+    <w:bookmarkEnd w:id="819"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
@@ -33856,74 +34702,74 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 бекiтiлген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z153" w:id="800"/>
+      <w:bookmarkStart w:name="z153" w:id="820"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы ауыл шаруашылығы министрлігі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="800"/>
+    <w:bookmarkEnd w:id="820"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ауылдық аумақтар істері комитетінің</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -34122,931 +34968,931 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z154" w:id="801"/>
+      <w:bookmarkStart w:name="z154" w:id="821"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Yкiметiнiң күші</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="801"/>
+    <w:bookmarkEnd w:id="821"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>жойылған кейбiр шешiмдерiнiң тiзбесi</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z155" w:id="802"/>
+    <w:bookmarkStart w:name="z155" w:id="822"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Қазақстан Республикасы Ауыл шаруашылығы министрлiгiнiң кейбiр мәселелері" туралы Қазақстан Республикасы Үкiметiнiң 2002 жылғы 7 қазандағы N 1096 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1 және 3-тармақтары (Қазақстан Республикасының ПҮКЖ-ы, 2002 ж., N 33, 357-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="802"/>
-    <w:bookmarkStart w:name="z156" w:id="803"/>
+    <w:bookmarkEnd w:id="822"/>
+    <w:bookmarkStart w:name="z156" w:id="823"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. "Қазақстан Республикасы Үкiметінiң 2002 жылғы 11 қаңтардағы N 39 және 2002 жылғы 7 қазандағы N 1096 қаулыларына өзгерiстер мен толықтырулар енгiзу туралы" Қазақстан Республикасы Үкiметiнiң 2002 жылғы 15 қарашадағы N 1216 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тармағы 2) тармақшасының бесiншi, алтыншы, жетінші, сегiзiншi, тоғызыншы, оныншы, он бiрiншi, он екiншi, он үшiншi абзацтары.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="803"/>
-    <w:bookmarkStart w:name="z157" w:id="804"/>
+    <w:bookmarkEnd w:id="823"/>
+    <w:bookmarkStart w:name="z157" w:id="824"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. "Қазақстан Республикасының Ауыл шаруашылығы министрлігі Орман және аңшылық шаруашылығы комитетiнiң кейбiр мәселелерi" туралы Қазақстан Республикасы Үкiметiнiң 2002 жылғы 22 қарашадағы N 1239 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тармағының 1), 2), 3) тармақшалары (Қазақстан Республикасының ПҮКЖ-ы, 2002 ж., N 42, 423-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="804"/>
-    <w:bookmarkStart w:name="z158" w:id="805"/>
+    <w:bookmarkEnd w:id="824"/>
+    <w:bookmarkStart w:name="z158" w:id="825"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. "Қазақстан Республикасы Ауыл шаруашылығы министрлiгi Су ресурстары комитетiнің мәселелерi" туралы Қазақстан Республикасы Үкiметiнiң 2002 жылғы 28 қарашадағы N 1267 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тармағы (Қазақстан Республикасының ПҮКЖ-ы, 2002 ж., N 43, 429-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="805"/>
-    <w:bookmarkStart w:name="z159" w:id="806"/>
+    <w:bookmarkEnd w:id="825"/>
+    <w:bookmarkStart w:name="z159" w:id="826"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. "Қазақстан Республикасының Ауыл шаруашылығы министрлігіне ведомстволық бағыныстағы жекелеген ұйымдардың мәселелерi" туралы Қазақстан Республикасы Үкіметінiң 2002 жылғы 29 желтоқсандағы N 1431 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 8-тармағының 3) тармақшасы (Қазақстан Республикасының ПҮКЖ-ы, 2002 ж., N 49, 486-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="806"/>
-    <w:bookmarkStart w:name="z160" w:id="807"/>
+    <w:bookmarkEnd w:id="826"/>
+    <w:bookmarkStart w:name="z160" w:id="827"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. "Қазақстан Республикасының Ауыл шаруашылығы министрлiгi Орман және аңшылық шаруашылығы комитетiнiң жекелеген мемлекеттiк мекемелерiн қайта ұйымдастыру туралы" Қазақстан Республикасы Үкiметінiң 2003 жылғы 22 қаңтардағы N 75 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 7-тармағы (Қазақстан Республикасының ПҮКЖ-ы, 2003 ж., N 2, 33-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="807"/>
-    <w:bookmarkStart w:name="z161" w:id="808"/>
+    <w:bookmarkEnd w:id="827"/>
+    <w:bookmarkStart w:name="z161" w:id="828"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. "Қазақстан Республикасы Ауыл шаруашылығы министрлігінiң "Қазоңтүстiкгипросушар" жобалау-іздестіру институты" республикалық мемлекеттiк кәсіпорнын қайта ұйымдастыру туралы" Қазақстан Республикасы Үкiметiнiң 2003 жылғы 24 қаңтардағы N 89 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-тармағы (Қазақстан Республикасының ПҮКЖ-ы, 2003 ж., N 3, 43-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="808"/>
-    <w:bookmarkStart w:name="z162" w:id="809"/>
+    <w:bookmarkEnd w:id="828"/>
+    <w:bookmarkStart w:name="z162" w:id="829"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. "Қазақстан Республикасының Ауыл шаруашылығы министрлiгi Су ресурстары жөнiндегі комитетінiң Оңтүстiк Қазақстан гидрогеологиялық-мелиоративтік экспедициясы" және "Қазақстан Республикасының Ауыл шаруашылығы министрлiгi Су ресурстары жөнiндегi комитетiнiң Қызылорда гидрогеологиялық-мелиоративтiк экспедициясы" республикалық мемлекеттік кәсiпорындарын қайта ұйымдастыру туралы" Қазақстан Республикасы Үкiметiнiң 2003 жылғы 24 ақпандағы N 189 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тармағының 3) тармақшасы (Қазақстан Республикасының ПҮКЖ-ы, 2003 ж., N 9, 95-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="809"/>
-    <w:bookmarkStart w:name="z163" w:id="810"/>
+    <w:bookmarkEnd w:id="829"/>
+    <w:bookmarkStart w:name="z163" w:id="830"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. "Қазақстан Республикасының Ауыл шаруашылығы министрлігі Балық шаруашылығы комитетiнiң кейбiр мәселелерi" туралы Қазақстан Республикасы Үкiметiнiң 2003 жылғы 18 шiлдедегi N 714 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тармағының 1), 2), 2-1), 3) тармақшалары, осы қаулымен бекiтілген Қазақстан Республикасы Үкiметiнiң кейбiр шешiмдерiне енгiзiлетiн өзгерiстер мен толықтырулардың 2 және 3-тармақтары (Қазақстан Республикасының ПҮКЖ-ы, 2003 ж., N 30, 291-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="810"/>
-    <w:bookmarkStart w:name="z164" w:id="811"/>
+    <w:bookmarkEnd w:id="830"/>
+    <w:bookmarkStart w:name="z164" w:id="831"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. "Қазақстан Республикасы Үкiметiнiң 2002 жылғы 7 қазандағы N 1096 қаулысына өзгерiс пен толықтырулар енгiзу туралы" Қазақстан Республикасы Үкiметiнiң 2003 жылғы 4 тамыздағы N 780 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮКЖ-ы, 2003 ж., N 31, 315-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="811"/>
-    <w:bookmarkStart w:name="z165" w:id="812"/>
+    <w:bookmarkEnd w:id="831"/>
+    <w:bookmarkStart w:name="z165" w:id="832"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. "Қазақстан Республикасы Үкiметiнiң 2002 жылғы 7 қазандағы N 1096 қаулысына өзгерiстер мен толықтыру енгiзу туралы" Қазақстан Республикасы Үкiметiнiң 2003 жылғы 19 тамыздағы N 827 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮКЖ-ы, 2003 ж., N 34, 337-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="812"/>
-    <w:bookmarkStart w:name="z166" w:id="813"/>
+    <w:bookmarkEnd w:id="832"/>
+    <w:bookmarkStart w:name="z166" w:id="833"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. "Мемлекеттік орман қоры учаскелерiнде орман пайдаланушылар жүзеге асыратын сүрек дайындау жөнiндегi қызметті лицензиялаудың кейбiр мәселелерi және Қазақстан Республикасы Үкiметiнiң кейбiр шешiмдерiне толықтырулар енгізу туралы" Қазақстан Республикасы Үкiметiнiң 2003 жылғы 2 қазандағы N 1018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тармағының 3) тармақшасы (Қазақстан Республикасының ПҮКЖ-ы, 2003 ж., N 40, 421-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="813"/>
-    <w:bookmarkStart w:name="z167" w:id="814"/>
+    <w:bookmarkEnd w:id="833"/>
+    <w:bookmarkStart w:name="z167" w:id="834"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. "Қазақстан Республикасы Үкiметiнiң 2002 жылғы 7 қазандағы N 1096 қаулысына толықтыру енгiзу туралы" Қазақстан Республикасы Үкiметiнiң 2003 жылғы 8 қарашадағы N 1119 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮКЖ-ы, 2003 ж., N 43, 458-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="814"/>
-    <w:bookmarkStart w:name="z168" w:id="815"/>
+    <w:bookmarkEnd w:id="834"/>
+    <w:bookmarkStart w:name="z168" w:id="835"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14. "Қазақстан Республикасының Ауыл шаруашылығы министрлiгi Орман және аңшылық шаруашылығы комитетiнiң "Шарын мемлекеттiк ұлттық табиғи паркi" мемлекеттік мекемесiн құру туралы" Қазақстан Республикасы Үкiметiнiң 2004 жылғы 23 ақпандағы N 213 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 7-тармағы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="815"/>
-    <w:bookmarkStart w:name="z169" w:id="816"/>
+    <w:bookmarkEnd w:id="835"/>
+    <w:bookmarkStart w:name="z169" w:id="836"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15. "Қазақстан Республикасының Ауыл шаруашылығы министрлігі Орман және аңшылық шаруашылығы комитетiнiң "Қаратау мемлекеттiк табиғи қорығы" мемлекеттік мекемесiн құру туралы" Қазақстан Республикасы Үкiметінiң 2004 жылғы 1 наурыздағы N 249 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 7-тармағы (Қазақстан Республикасының ПҮКЖ-ы, 2004 ж., N 11, 135-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="816"/>
-    <w:bookmarkStart w:name="z170" w:id="817"/>
+    <w:bookmarkEnd w:id="836"/>
+    <w:bookmarkStart w:name="z170" w:id="837"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16. "Қазақстан Республикасының Ауыл шаруашылығы министрлiгi Балық шаруашылығы комитетiнiң кейбiр мәселелерi туралы" Қазақстан Республикасы Үкіметінің 2004 жылғы 7 мамырдағы N 517 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тармағы (Қазақстан Республикасының ПҮКЖ-ы, 2004 ж., N 21 268-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="817"/>
-    <w:bookmarkStart w:name="z171" w:id="818"/>
+    <w:bookmarkEnd w:id="837"/>
+    <w:bookmarkStart w:name="z171" w:id="838"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       17. "Қазақстан Республикасы Ауыл шаруашылығы министрлігі Ауылдық аумақтар iстерi жөнiндегi комитетiнiң кейбiр мәселелерi туралы" Қазақстан Республикасы Үкiметiнiң 2004 жылғы 16 маусымдағы N 662 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2 және 5-тармақтары (Қазақстан Республикасының ПҮКЖ-ы, 2004 ж., N 24, 314-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="818"/>
-    <w:bookmarkStart w:name="z172" w:id="819"/>
+    <w:bookmarkEnd w:id="838"/>
+    <w:bookmarkStart w:name="z172" w:id="839"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       18. "Қазақстан Республикасы Үкiметiнiң 2002 жылғы 7 қазандағы N 1096 қаулысына толықтырулар енгiзу туралы" Қазақстан Республикасы Үкiметiнiң 2004 жылғы 25 маусымдағы N 704 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮКЖ-ы, 2004 ж., N 26, 335-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="819"/>
-    <w:bookmarkStart w:name="z173" w:id="820"/>
+    <w:bookmarkEnd w:id="839"/>
+    <w:bookmarkStart w:name="z173" w:id="840"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       19. "Қазақстан Республикасы Үкіметінің 2002 жылғы 28 қарашадағы N 1267 қаулысына өзгерiстер мен толықтырулар енгiзу туралы" Қазақстан Республикасы Үкiметiнiң 2004 жылғы 12 шілдедегi N 759 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮКЖ-ы, 2004 ж., N 27, 357-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="820"/>
-    <w:bookmarkStart w:name="z174" w:id="821"/>
+    <w:bookmarkEnd w:id="840"/>
+    <w:bookmarkStart w:name="z174" w:id="841"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       20. "Қазақстан Республикасының Ауыл шаруашылығы министрлiгі Балық шаруашылығы комитетiнiң жекелеген мемлекеттік мекемелерiн қайта ұйымдастыру мен қайта атау туралы" Қазақстан Республикасы Үкiметiнiң 2004 жылғы 7 қыркүйектегi N 938 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тармағы (Қазақстан Республикасының ПҮКЖ-ы, 2004 ж., N 33, 450-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="821"/>
-    <w:bookmarkStart w:name="z652" w:id="822"/>
+    <w:bookmarkEnd w:id="841"/>
+    <w:bookmarkStart w:name="z652" w:id="842"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       21. "Қазақстан Республикасы Ауыл шаруашылығы министрлiгi Су ресурстары комитетінiң "Жамбылсушар" шаруашылық жүргiзу құқығындағы су шаруашылығы жөнiндегі республикалық мемлекеттік кәсіпорнын қайта ұйымдастыру туралы" Қазақстан Республикасы Үкiметiнiң 2004 жылғы 14 желтоқсандағы N 1318 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-тармағының 2) тармақшасы (Қазақстан Республикасының ПҮКЖ-ы, 2004 ж., N 49, 625-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="822"/>
+    <w:bookmarkEnd w:id="842"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>