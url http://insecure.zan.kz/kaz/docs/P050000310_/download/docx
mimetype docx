--- v1 (2025-11-17)
+++ v2 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="70a4082" w14:textId="70a4082">
+    <w:p w14:paraId="781b693" w14:textId="781b693">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1641,51 +1641,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) сирек кездесетін және құрып кету қаупі төнген балықтар мен басқа да су жануарларының түрлерін сақтау және өсімін молайту бөлігінде ерекше қорғалатын табиғи аумақтар;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:bookmarkStart w:name="z1432" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5-1) органикалық өнім өндірісі және айналымы;</w:t>
+      5-1) ауыл шаруашылығы өнімін, оның ішінде органикалық өнімді өткізуді қоспағанда, оның өндірісі және айналымы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkStart w:name="z1323" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) заңнамада көзделген шекте өзінің құзыретіне жатқызылған қызмет саласында мемлекеттік органдарды салааралық үйлестіруді жүзеге асыратын Қазақстан Республикасының мемлекеттік органы болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:p>
       <w:pPr>
@@ -1710,91 +1710,111 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Үкіметінің 05.02.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 68</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> қаулысымен; өзгеріс енгізілді - ҚР Үкіметінің 30.09.2024 </w:t>
+        <w:t xml:space="preserve"> қаулысымен; өзгерістер енгізілді - ҚР Үкіметінің 30.09.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 811</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (12.12.2024 бастап </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> енгізіледі); 25.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1141</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулыларымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z662" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -3182,68 +3202,50 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       селекция және тұқым шаруашылығы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ветеринария;</w:t>
-[...16 lines deleted...]
-        <w:t>
       балара шаруашылығы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жайылымдарды пайдалану және қорғау;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -3606,51 +3608,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       асыл тұқымды мал шаруашылығы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      органикалық өнім өндірісі және айналымы;</w:t>
+      ауыл шаруашылығы өнімін, оның ішінде органикалық өнімді өткізуді қоспағанда, оның өндірісі және айналымы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       биоотын өндірісін және айналымын мемлекеттік реттеу және қолдау;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -4057,1142 +4059,1070 @@
         <w:t>
       15-1) агроөнеркәсіптік кешен субъектілерінің өзара іс-қимылының оңтайлы нысандарын дамыту үшін агроөнеркәсіптік кешен салаларын айқындайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="66"/>
     <w:bookmarkStart w:name="z1289" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15-2) Қазақстан Республикасының заңнамасына сәйкес агроөнеркәсіптік кешенде және ауылдық аумақтарда қалыптасатын жер қатынастарын реттейді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z1290" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15-3) әлеуметтік маңызы бар азық-түлік тауарларының бағасын тұрақтандыру тетіктерін іске асыратын мамандандырылған ұйымдардың тізбесін бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z1291" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15-4) Қазақстан Республикасының жалпы пайдаланудағы мүліктің жекелеген түрлері туралы заңдарына сәйкес мемлекеттік жоспарлау жөніндегі орталық уәкілетті органмен келісу бойынша жалпы пайдаланудағы мүлікті пайдалану қағидаларын бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z1292" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15-5) өсімдіктер карантині саласындағы мемлекеттік реттеуді жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z704" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) өңдеуші кәсіпорындардың ауылшаруашылық өнімін тереңдете өңдеп өнім өндіруі үшін оны сатып алу шығындарын субсидиялау қағидаларын әзiрлейдi және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z705" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) кепілдендірілген сатып алу бағасы мен сатып алу бағасы белгіленетін ауыл шаруашылығы өнімдерінің тізбесін әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z706" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) нормативтік құқықтық базаны жетілдіру, баға, техника, кеден, салық, кредит, сақтандыру қызметi, сондай-ақ агроөнеркәсіптiк кешен саласындағы техникалық реттеу және мемлекеттің саясаты саласындағы мәселелер бойынша ұсыныстар енгiзеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z707" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) агроөнеркәсiптiк кешен субъектілерін техникалық жарақтандыру және ауыл шаруашылығы машиналарын жасауды дамыту жөніндегі іс-шараларды әзірлейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z708" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20) агроөнеркәсіптік кешен субъектілерінің қарыздарын кепілдендіру мен сақтандыру шеңберінде субсидиялау қағидаларын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z1427" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20-1) агроөнеркәсіптік кешен субъектілерінің қарыздарын кепілдендіру кезінде комиссияның бір бөлігін және қарыздарын сақтандыру кезінде сақтандыру сыйлықақыларының бір бөлігін өтеуді қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z709" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21) инвестициялық салымдар кезінде агроөнеркәсіптік кешен субъектісі шеккен шығыстардың бір бөлігін өтеу бойынша субсидиялау қағидаларын әзiрлейдi және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z1317" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21-1) аквашаруашылық саласында инвестициялық салымдар болған кезде шығыстардың бір бөлігін өтеу бойынша субсидиялау қағидаларын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z710" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22) тракторларды және олардың базасында жасалған өздiгiнен жүретiн шассилер мен механизмдердi, монтаждалған арнаулы жабдығы бар тiркемелердi қоса алғанда, олардың тiркемелерiн, өздiгiнен жүретiн ауылшаруашылық, мелиорациялық және жол-құрылыс машиналары мен механизмдерiн, жүрiп өту мүмкiндiгi жоғары арнайы машиналарды мемлекеттiк тiркеу қағидаларын әзiрлейдi және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z711" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23) тракторларды және олардың базасында жасалған өздiгiнен жүретiн шассилер мен механизмдердi, монтаждалған арнаулы жабдығы бар тiркемелердi қоса алғанда, олардың тiркемелерiн, өздiгiнен жүретiн ауылшаруашылық, мелиорациялық және жол-құрылыс машиналары мен механизмдерiн, жүрiп өту мүмкiндiгi жоғары арнайы машиналарды кепілге қоюды мемлекеттік тіркеу қағидаларын әзiрлейдi және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z712" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24) тракторларды және олардың базасында жасалған өздiгiнен жүретiн шассилер мен механизмдердi, монтаждалған арнаулы жабдығы бар тiркемелердi қоса алғанда, олардың тiркемелерiн, өздiгiнен жүретiн ауылшаруашылық, мелиорациялық және жол-құрылыс машиналары мен механизмдерiн, жүрiп өту мүмкiндiгi жоғары арнайы машиналарды жыл сайынғы мемлекеттiк техникалық қарап-тексеруден өткізу қағидаларын әзiрлейдi және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z713" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25) тракторларды және олардың базасында жасалған өздiгiнен жүретiн шассилер мен механизмдердi, өздiгiнен жүретiн ауылшаруашылық, мелиорациялық және жол-құрылыс машиналарын, сондай-ақ жүрiп өту мүмкiндiгi жоғары арнайы машиналарды басқару құқығына емтихандар қабылдау және куәлiктер беру қағидаларын әзiрлейдi және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z714" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26) топырақты агрохимиялық зерттеп-қарауды жүргізу қағидаларын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve">27) алып тасталды - ҚР Үкіметінің 10.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 427</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z716" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28) бюджеттік жоспарлау жөніндегі орталық уәкілетті органмен келісу бойынша ауыл шаруашылығы өндірісіне агрохимиялық қызмет көрсетудің заттай нормаларын әзiрлейдi және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      15-3) тармақша жаңа редакцияда көзделген - </w:t>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">ҚР Үкіметінің 16.07.2024 </w:t>
+        <w:t xml:space="preserve">29) алып тасталды - ҚР Үкіметінің 10.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 427</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 563</w:t>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z718" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30) ауыл шаруашылығы мақсатындағы жерлердің агрохимиялық жай-күйі туралы ақпараттық деректер банкін құру және жүргізу қағидаларын бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z719" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31) ауыл шаруашылығы өнімдерінің және оны өңдеуден алынған өнімдердің табиғи кему, кебу, азаю, бұзылу нормаларын әзiрлейдi және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z720" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32) агроөнеркәсiптiк кешенді ақпараттық-маркетингтік қамтамасыз етуді ұйымдастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z721" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33) климаттың өзгеруіне осалдықты бағалауды өз құзыреті шегінде жүргізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z722" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34) климаттың өзгеруіне бейімделу жөніндегі басымдықтар мен шараларды өз құзыреті шегінде айқындайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z723" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35) климаттың өзгеруіне бейімделу жөніндегі шараларды өз құзыреті шегінде жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z724" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      36) өз құзыреті шегінде айқындалған, климаттың өзгеруіне бейімделу жөніндегі шаралардың тиімділігіне мониторинг пен бағалауды жүзеге асыру және мониторинг пен бағалау нәтижелері негізінде осы шараларды түзетеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z725" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      37) ауылдық елді мекендерге тартылатын агроөнеркәсіптік кешен мамандары лауазымдарының тізбесін әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z726" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      38) реттелетін салаларда жергілікті атқарушы органдарды үйлестіреді және оларға әдістемелік басшылық жасайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z727" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      39) нарыққа реттеушілік ықпал жасау үшін мемлекеттік резервтен материалдық құндылықтар шығару туралы және мемлекеттік резервтен материалдық құндылықтарды шығаруға қатысушы ұйымдардың тізбесі, шығарылатын материалдық құндылықтың көлемі мен бағалары бойынша Қазақстан Республикасының Үкіметіне ұсыныстар енгізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z728" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      40) агроөнеркәсіптік кешен өнімдерінің тауар қозғалысы жүйесін ұйымдастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z729" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      41) салалық көтермелеу жүйесін әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z730" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      42) "Агроөнеркәсіптік кешендегі үздік кәсіп иесі" конкурсын өткізу қағидаларын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      43) агроөнеркәсіптік кешен өнімінің республикалық көрмелерін, жәрмеңкелерін ұйымдастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z731" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      44) субсидияларды алушы міндеттемесінің нысанын әзiрлейдi және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (31.12.</w:t>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>2025 бастап қолданысқа енгізіледі</w:t>
+        <w:t xml:space="preserve">45) алып тасталды - ҚР Үкіметінің 10.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 427</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...317 lines deleted...]
-    <w:bookmarkEnd w:id="82"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">46) алып тасталды - ҚР Үкіметінің 17.07.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 598</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z734" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      47) әлеуметтік маңызы бар азық-түлік тауарларына бағаларды тұрақтандыру тетіктерін іске асырудың үлгілік қағидаларын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z735" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48) ішкі нарыққа реттеушілік әсер ету үшін азық-түлік астығын өткізу кезінде агроөнеркәсіптік кешен саласындағы ұлттық компанияның шеккен шығыстарын өтеуді субсидиялау қағидаларын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">27) алып тасталды - ҚР Үкіметінің 10.06.2025 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 427</w:t>
+        <w:t xml:space="preserve">49) алып тасталды - ҚР Үкіметінің 26.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1149</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> қаулысымен.</w:t>
+        <w:t xml:space="preserve"> қаулысымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z716" w:id="83"/>
-[...574 lines deleted...]
-    <w:bookmarkEnd w:id="100"/>
     <w:bookmarkStart w:name="z1293" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       49-1) агроөнеркәсіптік кешен саласындағы жобаларға кредит беру қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
@@ -6023,5152 +5953,5442 @@
         <w:t>
       72) тұқымдардың, оның iшiнде отандық ауыл шаруашылығы тауар өндiрушiлерiнiң егуiне арналған тұқымдардың сорттық және егiстiк сапасына сараптама жүргізу қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="122"/>
     <w:bookmarkStart w:name="z760" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       73) сортты сынақтан өткiзу мен тұқым шаруашылығы мәселелерi бойынша нормативтiк құқықтық актiлердi және тұқымға арналған құжаттаманың нысандарын әзiрлейдi және бекiтедi;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z761" w:id="124"/>
-[...15 lines deleted...]
-      74) құзыреті шегінде стандарттау жөніндегі құжаттардың жобаларын қарайды, сондай-ақ стандарттау саласындағы уәкілетті органға ұлттық, мемлекетаралық стандарттарды, ұлттық техникалық-экономикалық ақпарат сыныптауыштарын және стандарттау жөніндегі ұсынымдарды әзірлеу, өзгерістер енгізу, қайта қарау және күшін жою жөнінде ұсыныстар енгізеді;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">74) алып тасталды - ҚР Үкіметінің 26.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1149</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z762" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      75) табиғи-климаттық жағдайлар бойынша қолайсыз жылдарда облыстардың, республикалық маңызы бар қалалардың және астананың жергiлiктi атқарушы органдарының өтініштері негiзiнде тұқым шаруашылығы саласындағы ұлттық стандарттарда және стандарттау жөніндегі өзге де құжаттарда белгiленген тұқым сапасының көрсеткiштерiн бiр жылдан аспайтын мерзімге төмендетуді келіседі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z762" w:id="125"/>
-[...15 lines deleted...]
-      75) табиғи-климаттық жағдайлар бойынша қолайсыз жылдарда облыстардың, республикалық маңызы бар қалалардың және астананың жергiлiктi атқарушы органдарының өтініштері негiзiнде тұқым шаруашылығы саласындағы ұлттық стандарттарда және стандарттау жөніндегі өзге де құжаттарда белгiленген тұқым сапасының көрсеткiштерiн бiр жылдан аспайтын мерзімге төмендетуді келіседі;</w:t>
+    <w:bookmarkStart w:name="z763" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      76) бастапқы, элиталық және өнеркәсіптік (жаппай) тұқым шаруашылығын жүргізудің схемалары мен әдістерін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z763" w:id="126"/>
-[...15 lines deleted...]
-      76) бастапқы, элиталық және өнеркәсіптік (жаппай) тұқым шаруашылығын жүргізудің схемалары мен әдістерін әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z764" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      77) отандық және шетелдік селекция сорттарына мемлекеттік сынақ ұйымдастырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z764" w:id="127"/>
-[...15 lines deleted...]
-      77) отандық және шетелдік селекция сорттарына мемлекеттік сынақ ұйымдастырады;</w:t>
+    <w:bookmarkStart w:name="z765" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      78) уәкілетті орган бекіткен сорттар оригинаторларын тіркеу ережелеріне сәйкес сорттар оригинаторларын тіркейді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z765" w:id="128"/>
-[...15 lines deleted...]
-      78) уәкілетті орган бекіткен сорттар оригинаторларын тіркеу ережелеріне сәйкес сорттар оригинаторларын тіркейді;</w:t>
+    <w:bookmarkStart w:name="z766" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      79) республиканың тұқым ресурсының мониторингiн жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z766" w:id="129"/>
-[...15 lines deleted...]
-      79) республиканың тұқым ресурсының мониторингiн жүзеге асырады;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">80) алып тасталды - ҚР Үкіметінің 17.07.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 598</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z768" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      81) Қазақстан Республикасында пайдалануға ұсынылатын Селекциялық жетiстiктердiң мемлекеттiк тiзiлiмiн және ауыл шаруашылық өсiмдiктерiнiң перспективалы сорттарының тiзбесiн бекiтедi;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="129"/>
-    <w:p>
-[...87 lines deleted...]
-      81) Қазақстан Республикасында пайдалануға ұсынылатын Селекциялық жетiстiктердiң мемлекеттiк тiзiлiмiн және ауыл шаруашылық өсiмдiктерiнiң перспективалы сорттарының тiзбесiн бекiтедi;</w:t>
+    <w:bookmarkStart w:name="z769" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      82) ауыл шаруашылығы өсімдіктерінің тұқым шаруашылығы саласындағы қажетті ақпаратты жергілікті атқарушы органдардан сұратады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z769" w:id="131"/>
-[...15 lines deleted...]
-      82) ауыл шаруашылығы өсімдіктерінің тұқым шаруашылығы саласындағы қажетті ақпаратты жергілікті атқарушы органдардан сұратады;</w:t>
+    <w:bookmarkStart w:name="z770" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      83) республика бойынша тұқымдар балансын жасайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z770" w:id="132"/>
-[...15 lines deleted...]
-      83) республика бойынша тұқымдар балансын жасайды;</w:t>
+    <w:bookmarkStart w:name="z771" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      84) патент беруге арналған қорытындысымен қоса сорт сипаттамасының, сорттың патент қабілеттілігі туралы қорытындының нысандарын белгілейді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z771" w:id="133"/>
-[...15 lines deleted...]
-      84) патент беруге арналған қорытындысымен қоса сорт сипаттамасының, сорттың патент қабілеттілігі туралы қорытындының нысандарын белгілейді;</w:t>
+    <w:bookmarkStart w:name="z772" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      85) Қазақстан Республикасының тұқым шаруашылығы туралы заңнамасының талаптарын бұзуды жою туралы нұсқаманың, әкімшілік құқық бұзушылық туралы хаттаманың, әкімшілік құқық бұзушылық туралы іс бойынша қаулының нысандарын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z772" w:id="134"/>
-[...15 lines deleted...]
-      85) Қазақстан Республикасының тұқым шаруашылығы туралы заңнамасының талаптарын бұзуды жою туралы нұсқаманың, әкімшілік құқық бұзушылық туралы хаттаманың, әкімшілік құқық бұзушылық туралы іс бойынша қаулының нысандарын әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z773" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      86) сорт сынағын өткізу саласындағы мемлекеттік мекемелер өндіретін және (немесе) өткізетін тауарлардың (жұмыстардың, көрсетілетін қызметтердің) бағасын белгілейді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z773" w:id="135"/>
-[...15 lines deleted...]
-      86) сорт сынағын өткізу саласындағы мемлекеттік мекемелер өндіретін және (немесе) өткізетін тауарлардың (жұмыстардың, көрсетілетін қызметтердің) бағасын белгілейді;</w:t>
+    <w:bookmarkStart w:name="z774" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      87) технологиялық талаптарды, өндiрiс схемаларын, тұқымның саны мен сапасы жағынан сақталуын қамтамасыз ететін оларды сақтау және сату қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z774" w:id="136"/>
-[...15 lines deleted...]
-      87) технологиялық талаптарды, өндiрiс схемаларын, тұқымның саны мен сапасы жағынан сақталуын қамтамасыз ететін оларды сақтау және сату қағидаларын әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z775" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      88) сорттың жаңартылуын және сорттың алмастырылуын жүргiзу тәртібі мен мерзімін белгілейді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z775" w:id="137"/>
-[...15 lines deleted...]
-      88) сорттың жаңартылуын және сорттың алмастырылуын жүргiзу тәртібі мен мерзімін белгілейді;</w:t>
+    <w:bookmarkStart w:name="z776" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      89) ауыл шаруашылық өсімдіктерінің тұқымдарын дайындауды, өңдеуді, сақтауды және пайдалануды ұйымдастыру тәртібін белгілейді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z776" w:id="138"/>
-[...15 lines deleted...]
-      89) ауыл шаруашылық өсімдіктерінің тұқымдарын дайындауды, өңдеуді, сақтауды және пайдалануды ұйымдастыру тәртібін белгілейді;</w:t>
+    <w:bookmarkStart w:name="z777" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      90) астық нарығы саласында жергілікті атқарушы органдарды үйлестіруді және оларға әдістемелік басшылық жасауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z777" w:id="139"/>
-[...15 lines deleted...]
-      90) астық нарығы саласында жергілікті атқарушы органдарды үйлестіруді және оларға әдістемелік басшылық жасауды жүзеге асырады;</w:t>
+    <w:bookmarkStart w:name="z778" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      91) астық нарығы жөніндегі операторды айқындайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z778" w:id="140"/>
-[...15 lines deleted...]
-      91) астық нарығы жөніндегі операторды айқындайды;</w:t>
+    <w:bookmarkStart w:name="z1294" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      91-1) тіркеушіні айқындайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z1294" w:id="141"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z779" w:id="142"/>
+    <w:bookmarkStart w:name="z779" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       92) астық қолхаттарын бере отырып, қойма қызметі бойынша қызметтер көрсету жөніндегі қызметке қойылатын біліктілік талаптарын әзірлейді және бекітеді; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z780" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      93) Қазақстан Республикасы астық туралы заңнамасы талаптарының бұзылуын жою туралы нұсқаманың, әкімшілік құқық бұзушылық туралы хаттаманың, әкімшілік құқық бұзушылық туралы іс жөніндегі қаулының нысандарын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z780" w:id="143"/>
-[...15 lines deleted...]
-      93) Қазақстан Республикасы астық туралы заңнамасы талаптарының бұзылуын жою туралы нұсқаманың, әкімшілік құқық бұзушылық туралы хаттаманың, әкімшілік құқық бұзушылық туралы іс жөніндегі қаулының нысандарын әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z781" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      94) Қазақстан Республикасының астық туралы заңнамасының бұзылуы туралы нұсқамалар береді, Қазақстан Республикасының әкімшілік құқық бұзушылық туралы заңнамасына сәйкес әкімшілік құқық бұзушылық туралы істерді қарайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z781" w:id="144"/>
-[...15 lines deleted...]
-      94) Қазақстан Республикасының астық туралы заңнамасының бұзылуы туралы нұсқамалар береді, Қазақстан Республикасының әкімшілік құқық бұзушылық туралы заңнамасына сәйкес әкімшілік құқық бұзушылық туралы істерді қарайды;</w:t>
+    <w:bookmarkStart w:name="z782" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      95) астық нарығының мониторингін жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z782" w:id="145"/>
-[...15 lines deleted...]
-      95) астық нарығының мониторингін жүзеге асырады;</w:t>
+    <w:bookmarkStart w:name="z1473" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      95-1) жемдік қорды басқару жөніндегі қағидаларды әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z1473" w:id="146"/>
-[...15 lines deleted...]
-      95-1) жемдік қорды басқару жөніндегі қағидаларды әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z1474" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      95-2) астық нарығы жөніндегі операторға жемдік қорды сақтау шығыстарын өтейді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z1474" w:id="147"/>
-[...15 lines deleted...]
-      95-2) астық нарығы жөніндегі операторға жемдік қорды сақтау шығыстарын өтейді;</w:t>
+    <w:bookmarkStart w:name="z783" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      96) астық сапасына сараптама жүргізу тәртібіне және астық сапасы паспортын беруге қойылатын талаптарды әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="147"/>
-    <w:bookmarkStart w:name="z783" w:id="148"/>
-[...15 lines deleted...]
-      96) астық сапасына сараптама жүргізу тәртібіне және астық сапасы паспортын беруге қойылатын талаптарды әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z784" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      97) астыққа және оның өмiрлiк циклiнiң процестерiне техникалық регламенттердi әзірлейді және бекiтеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="148"/>
-    <w:bookmarkStart w:name="z784" w:id="149"/>
-[...15 lines deleted...]
-      97) астыққа және оның өмiрлiк циклiнiң процестерiне техникалық регламенттердi әзірлейді және бекiтеді;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">98) алып тасталды - ҚР Үкіметінің 26.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1149</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z786" w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      99) мынадай:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="149"/>
-    <w:bookmarkStart w:name="z785" w:id="150"/>
-[...15 lines deleted...]
-      98) құзыреті шегінде стандарттау жөніндегі құжаттардың жобаларын қарайды, сондай-ақ стандарттау саласындағы уәкілетті органға енгізу үшін ұлттық, мемлекетаралық стандарттарды, ұлттық техникалық-экономикалық ақпарат сыныптауыштарын және стандарттау жөніндегі ұсынымдарды әзірлеу, өзгерістер енгізу, қайта қарау және күшін жою жөнінде ұсыныстар дайындайды;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      астықтың сандық-сапалық есебін жүргізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      астықты сақтау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      астық қабылдау кәсіпорнын уақытша басқаруды жүргізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      астық қолхаттарын ұстаушылардың мемлекеттік электрондық тізілімін қалыптастыру және жүргізу қағидаларын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z787" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      100) мыналарды:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z786" w:id="151"/>
-[...15 lines deleted...]
-      99) мынадай:</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      астық нарығына мониторинг жүргізу қағидаларын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      астық қабылдау кәсіпорындары есептілігінің үлгілік нысандарын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мемлекеттік астық инспекторлары туралы ережені әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z788" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      101) астық қолхаттарын ұстаушылардың мемлекеттік электрондық тізіліміне деректерді берудің нысандарын, көлемін және мерзімділігін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="151"/>
-    <w:p>
-[...87 lines deleted...]
-      100) мыналарды:</w:t>
+    <w:bookmarkStart w:name="z789" w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      102) астық қабылдау кәсіпорнын зерттеп-тексеру актісінің нысанын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="152"/>
-    <w:p>
-[...69 lines deleted...]
-      101) астық қолхаттарын ұстаушылардың мемлекеттік электрондық тізіліміне деректерді берудің нысандарын, көлемін және мерзімділігін әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z790" w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      103) астық қабылдау кәсiпорны мен астық иесi арасындағы жария шарттардың үлгiлік нысанын әзірлейді және бекiтеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="153"/>
-    <w:bookmarkStart w:name="z789" w:id="154"/>
-[...15 lines deleted...]
-      102) астық қабылдау кәсіпорнын зерттеп-тексеру актісінің нысанын әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z791" w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      104) астық қолхаттары бойынша мiндеттемелердi орындауға кепiлдiк беру қорларын құруға, олардың жұмыс iстеуі мен таратылуына қойылатын талаптарды, астық қабылдау кәсiпорындарының астық қолхаттары бойынша мiндеттемелердi орындауға кепiлдiк беру жүйесiне қатысу шарттарын, астық қолхаттары бойынша мiндеттемелердi орындауға кепiлдiк беру қорының (қорларының) кепiлдiктер алу тәртiбiн, астық қолхаттары бойынша мiндеттемелердi орындауға кепiлдiк беру қорының (қорларының), астық қолхаттары бойынша мiндеттемелердi өтеу тәртiбiн әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z790" w:id="155"/>
-[...15 lines deleted...]
-      103) астық қабылдау кәсiпорны мен астық иесi арасындағы жария шарттардың үлгiлік нысанын әзірлейді және бекiтеді;</w:t>
+    <w:bookmarkStart w:name="z792" w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      105) жергілікті атқарушы органдардың Қазақстан Республикасының астық туралы заңнамасын сақтауын мемлекеттік бақылауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="155"/>
-    <w:bookmarkStart w:name="z791" w:id="156"/>
-[...15 lines deleted...]
-      104) астық қолхаттары бойынша мiндеттемелердi орындауға кепiлдiк беру қорларын құруға, олардың жұмыс iстеуі мен таратылуына қойылатын талаптарды, астық қабылдау кәсiпорындарының астық қолхаттары бойынша мiндеттемелердi орындауға кепiлдiк беру жүйесiне қатысу шарттарын, астық қолхаттары бойынша мiндеттемелердi орындауға кепiлдiк беру қорының (қорларының) кепiлдiктер алу тәртiбiн, астық қолхаттары бойынша мiндеттемелердi орындауға кепiлдiк беру қорының (қорларының), астық қолхаттары бойынша мiндеттемелердi өтеу тәртiбiн әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z793" w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      106) тіркеушіні айқындау бойынша ашық конкурс өткізу қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="156"/>
-    <w:bookmarkStart w:name="z792" w:id="157"/>
-[...15 lines deleted...]
-      105) жергілікті атқарушы органдардың Қазақстан Республикасының астық туралы заңнамасын сақтауын мемлекеттік бақылауды жүзеге асырады;</w:t>
+    <w:bookmarkStart w:name="z794" w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      107) астықтың резервтік қорын басқару жөніндегі қағидаларды әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="157"/>
-    <w:bookmarkStart w:name="z793" w:id="158"/>
-[...15 lines deleted...]
-      106) тіркеушіні айқындау бойынша ашық конкурс өткізу қағидаларын әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z795" w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      108) астық нарығы жөніндегі операторға астықтың резервтік қорын сақтау бойынша шығыстарды өтейді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="158"/>
-    <w:bookmarkStart w:name="z794" w:id="159"/>
-[...15 lines deleted...]
-      107) астықтың резервтік қорын басқару жөніндегі қағидаларды әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z796" w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      109) ветеринария саласында жергілікті атқарушы органдарды үйлестіруді және оларға әдістемелік басшылық жасауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="159"/>
-    <w:bookmarkStart w:name="z795" w:id="160"/>
-[...15 lines deleted...]
-      108) астық нарығы жөніндегі операторға астықтың резервтік қорын сақтау бойынша шығыстарды өтейді;</w:t>
+    <w:bookmarkStart w:name="z797" w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      110) жеке және заңды тұлғалардың Қазақстан Республикасының ветеринария саласындағы заңнамасын сақтауына мемлекеттік ветеринариялық-санитариялық бақылауды және қадағалауды ұйымдастырады және жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z796" w:id="161"/>
-[...15 lines deleted...]
-      109) ветеринария саласында жергілікті атқарушы органдарды үйлестіруді және оларға әдістемелік басшылық жасауды жүзеге асырады;</w:t>
+    <w:bookmarkStart w:name="z798" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      111) жергілікті атқарушы органдардың Қазақстан Республикасының ветеринария саласындағы заңнамасын сақтауына мемлекеттік ветеринариялық-санитариялық бақылау мен қадағалауды ұйымдастырады және жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z797" w:id="162"/>
-[...15 lines deleted...]
-      110) жеке және заңды тұлғалардың Қазақстан Республикасының ветеринария саласындағы заңнамасын сақтауына мемлекеттік ветеринариялық-санитариялық бақылауды және қадағалауды ұйымдастырады және жүзеге асырады;</w:t>
+    <w:bookmarkStart w:name="z799" w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      112) профилактикасы, диагностикасы мен жойылуы бюджет қаражаты есебiнен жүзеге асырылатын жануарлардың аса қауіпті ауруларының тiзбесiн әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z798" w:id="163"/>
-[...15 lines deleted...]
-      111) жергілікті атқарушы органдардың Қазақстан Республикасының ветеринария саласындағы заңнамасын сақтауына мемлекеттік ветеринариялық-санитариялық бақылау мен қадағалауды ұйымдастырады және жүзеге асырады;</w:t>
+    <w:bookmarkStart w:name="z800" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      113) жануарлардың аса қауіпті ауруларының профилактикасы, диагностикасы және оларды жою жөніндегі ветеринариялық іс-шараларды бекітеді, ұйымдастырады және қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z799" w:id="164"/>
-[...15 lines deleted...]
-      112) профилактикасы, диагностикасы мен жойылуы бюджет қаражаты есебiнен жүзеге асырылатын жануарлардың аса қауіпті ауруларының тiзбесiн әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z801" w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      114) Қазақстан Республикасының аумағын басқа мемлекеттерден жануарлардың жұқпалы және экзотикалық ауруларының әкелінуі мен таралуынан қорғауды ұйымдастырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="164"/>
-    <w:bookmarkStart w:name="z800" w:id="165"/>
-[...15 lines deleted...]
-      113) жануарлардың аса қауіпті ауруларының профилактикасы, диагностикасы және оларды жою жөніндегі ветеринариялық іс-шараларды бекітеді, ұйымдастырады және қамтамасыз етеді;</w:t>
+    <w:bookmarkStart w:name="z802" w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      115) Қазақстан Республикасының заңнамасында белгіленген тәртіппен ветеринариялық препараттарды және оларды сақтау, тасымалдау (жеткізу) және пайдалану жөніндегі қызметтерді мемлекеттік сатып алуды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="165"/>
-    <w:bookmarkStart w:name="z801" w:id="166"/>
-[...15 lines deleted...]
-      114) Қазақстан Республикасының аумағын басқа мемлекеттерден жануарлардың жұқпалы және экзотикалық ауруларының әкелінуі мен таралуынан қорғауды ұйымдастырады;</w:t>
+    <w:bookmarkStart w:name="z803" w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      116) Қазақстан Республикасының заңнамасында белгіленген тәртіппен ветеринария саласындағы ветеринариялық (ветеринариялық-санитариялық) қағидаларды және басқа да нормативтік құқықтық актілерді әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="166"/>
-    <w:bookmarkStart w:name="z802" w:id="167"/>
-[...15 lines deleted...]
-      115) Қазақстан Республикасының заңнамасында белгіленген тәртіппен ветеринариялық препараттарды және оларды сақтау, тасымалдау (жеткізу) және пайдалану жөніндегі қызметтерді мемлекеттік сатып алуды жүзеге асырады;</w:t>
+    <w:bookmarkStart w:name="z804" w:id="167"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      117) ветеринария саласындағы қызметке қойылатын біліктілік талаптарын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="167"/>
-    <w:bookmarkStart w:name="z803" w:id="168"/>
-[...15 lines deleted...]
-      116) Қазақстан Республикасының заңнамасында белгіленген тәртіппен ветеринария саласындағы ветеринариялық (ветеринариялық-санитариялық) қағидаларды және басқа да нормативтік құқықтық актілерді әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z805" w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      118) ветеринариялық ғылыми зерттеулерді ұйымдастыру және ветеринария саласындағы мамандарды, ветеринария саласындағы кәсіпкерлік қызметті жүзеге асыратын жеке және заңды тұлғаларды қайта даярлайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="168"/>
-    <w:bookmarkStart w:name="z804" w:id="169"/>
-[...15 lines deleted...]
-      117) ветеринария саласындағы қызметке қойылатын біліктілік талаптарын әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z806" w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      119) эпизоотиялық мониторинг жүргізеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="169"/>
-    <w:bookmarkStart w:name="z805" w:id="170"/>
-[...15 lines deleted...]
-      118) ветеринариялық ғылыми зерттеулерді ұйымдастыру және ветеринария саласындағы мамандарды, ветеринария саласындағы кәсіпкерлік қызметті жүзеге асыратын жеке және заңды тұлғаларды қайта даярлайды;</w:t>
+    <w:bookmarkStart w:name="z807" w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      120) ветеринариялық препараттарды, жемшөп қоспаларын, аспаптарды, құрал-саймандарды бақылауды жүзеге асырады, сондай-ақ ветеринариялық препараттарды, жемшөп қоспаларын байқаудан өткізуді, тіркеу сынақтарынан өткізуді ұйымдастырады және олардың мемлекеттік тізілімдерін жүргізеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="170"/>
-    <w:bookmarkStart w:name="z806" w:id="171"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z808" w:id="173"/>
+    <w:bookmarkStart w:name="z808" w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       121) жаңа ветеринариялық препараттарға, жемшөп пен жемшөп қоспаларына қорытындылар береді; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="173"/>
-    <w:bookmarkStart w:name="z809" w:id="174"/>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z809" w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       122) Қазақстан Республикасының заңнамасында белгіленген тәртіппен ветеринария саласындағы халықаралық ұйымдарда Қазақстан Республикасының атынан өкілдік етеді, сондай-ақ олармен ынтымақтастықты ұйымдастырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="174"/>
-    <w:bookmarkStart w:name="z810" w:id="175"/>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z810" w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       123) басқа елдердің ветеринариялық-санитариялық шараларының, егер бұл шаралар Қазақстан Республикасының аумағындағы салауаттылықтың тиісті деңгейін қамтамасыз ететін болса, баламалылығын таниды; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z811" w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      124) экспорттаушы елдің ғылыми негіздемесі жеткіліксіз болған жағдайда, халықаралық ұйымдардан алынған ақпаратты қоса алғанда, қолда бар тиісті ақпараттың негізінде уақытша ветеринариялық-санитариялық шараларды енгізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z812" w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      125) ауру таралмаған немесе ауру аз таралған аумақты немесе оның бөліктерін айқындайды, осы аумақтардан экспортталатын орны ауыстырылатын (тасымалданатын) объектілерге мемлекеттік ветеринариялық-санитариялық бақылауды және қадағалауды жүзеге асырады, импортталатын елге растауды береді және Қазақстан Республикасы ратификациялаған халықаралық шарттарда көзделген жағдайларда, оның өкілдерінің осы аумақтарда инспекция жүргізуге қол жеткізуін қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="175"/>
-    <w:bookmarkStart w:name="z811" w:id="176"/>
-[...15 lines deleted...]
-      124) экспорттаушы елдің ғылыми негіздемесі жеткіліксіз болған жағдайда, халықаралық ұйымдардан алынған ақпаратты қоса алғанда, қолда бар тиісті ақпараттың негізінде уақытша ветеринариялық-санитариялық шараларды енгізеді;</w:t>
+    <w:bookmarkStart w:name="z813" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      126) жеткілікті ғылыми негіздемеге негізделген және жануарлар мен адам өміріне және денсаулығына тигізетін салдарлары ескерілген, сондай-ақ халықаралық талаптарға сай келетін ветеринариялық нормативтерді бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="176"/>
-    <w:bookmarkStart w:name="z812" w:id="177"/>
-[...15 lines deleted...]
-      125) ауру таралмаған немесе ауру аз таралған аумақты немесе оның бөліктерін айқындайды, осы аумақтардан экспортталатын орны ауыстырылатын (тасымалданатын) объектілерге мемлекеттік ветеринариялық-санитариялық бақылауды және қадағалауды жүзеге асырады, импортталатын елге растауды береді және Қазақстан Республикасы ратификациялаған халықаралық шарттарда көзделген жағдайларда, оның өкілдерінің осы аумақтарда инспекция жүргізуге қол жеткізуін қамтамасыз етеді;</w:t>
+    <w:bookmarkStart w:name="z814" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      127) ветеринария саласындағы техникалық регламенттерді әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="177"/>
-    <w:bookmarkStart w:name="z813" w:id="178"/>
-[...15 lines deleted...]
-      126) жеткілікті ғылыми негіздемеге негізделген және жануарлар мен адам өміріне және денсаулығына тигізетін салдарлары ескерілген, сондай-ақ халықаралық талаптарға сай келетін ветеринариялық нормативтерді бекітеді;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">128) алып тасталды - ҚР Үкіметінің 26.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1149</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z816" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      129) өңірлендіру, аумақты аймақтарға, компартментке бөлу тәртібін айқындайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="178"/>
-    <w:bookmarkStart w:name="z814" w:id="179"/>
-[...15 lines deleted...]
-      127) ветеринария саласындағы техникалық регламенттерді әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z817" w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      130) аумақты компартментке бөлу туралы, өңірлендіру туралы шешім шығарады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="179"/>
-    <w:bookmarkStart w:name="z815" w:id="180"/>
-[...15 lines deleted...]
-      128) құзыреті шегінде стандарттау жөніндегі құжаттардың жобаларын қарайды, сондай-ақ стандарттау саласындағы уәкілетті органға енгізу үшін ұлттық, мемлекетаралық стандарттарды, ұлттық техникалық-экономикалық ақпарат сыныптауыштарын және стандарттау жөніндегі ұсынымдарды әзірлеу, өзгерістер енгізу, қайта қарау және күшін жою жөнінде ұсыныстар дайындайды;</w:t>
+    <w:bookmarkStart w:name="z818" w:id="180"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      131) тиісті әкімшілік-аумақтық бірліктің аумағында ветеринариялық-санитариялық қауіпсіздікті қамтамасыз ету жөніндегі ветеринариялық іс-шаралар жоспарын келіседі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="180"/>
-    <w:bookmarkStart w:name="z816" w:id="181"/>
-[...15 lines deleted...]
-      129) өңірлендіру, аумақты аймақтарға, компартментке бөлу тәртібін айқындайды;</w:t>
+    <w:bookmarkStart w:name="z819" w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      132) ветеринариялық препараттардың республикалық қорын қалыптастыру, пайдалану және оларды есептен шығару тәртібі мен нормативін бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="181"/>
-    <w:bookmarkStart w:name="z817" w:id="182"/>
-[...15 lines deleted...]
-      130) аумақты компартментке бөлу туралы, өңірлендіру туралы шешім шығарады;</w:t>
+    <w:bookmarkStart w:name="z820" w:id="182"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      133) ветеринариялық препараттардың республикалық қорын мемлекеттік сатып алуды, сақтауды, пайдалануды және оларды есептен шығаруды ұйымдастырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="182"/>
-    <w:bookmarkStart w:name="z818" w:id="183"/>
-[...15 lines deleted...]
-      131) тиісті әкімшілік-аумақтық бірліктің аумағында ветеринариялық-санитариялық қауіпсіздікті қамтамасыз ету жөніндегі ветеринариялық іс-шаралар жоспарын келіседі;</w:t>
+    <w:bookmarkStart w:name="z821" w:id="183"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      134) ветеринариялық препараттарды, жемшөп пен жемшөп қоспаларын пайдалану кезінде оларды есептен шығару, сондай-ақ оларды сақтау мерзімдері өткеннен кейін жою немесе зертханалық зерттеу нәтижелері бойынша мақсатына қарай пайдалануға жарамсыз деп тану тәртібі мен нормативін бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="183"/>
-    <w:bookmarkStart w:name="z819" w:id="184"/>
-[...15 lines deleted...]
-      132) ветеринариялық препараттардың республикалық қорын қалыптастыру, пайдалану және оларды есептен шығару тәртібі мен нормативін бекітеді;</w:t>
+    <w:bookmarkStart w:name="z822" w:id="184"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      135) Қазақстан Республикасының аумағында орны ауыстырылатын (тасымалданатын) объектілерді тасымалдауды жүзеге асыру тәртібін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="184"/>
-    <w:bookmarkStart w:name="z820" w:id="185"/>
-[...15 lines deleted...]
-      133) ветеринариялық препараттардың республикалық қорын мемлекеттік сатып алуды, сақтауды, пайдалануды және оларды есептен шығаруды ұйымдастырады;</w:t>
+    <w:bookmarkStart w:name="z823" w:id="185"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      136) тиісті аумақтағы эпизоотиялық жағдайды бағалауды ескере отырып, орны ауыстырылатын (тасымалданатын) объектілердің экспортына, импортына және транзитіне рұқсат беру тәртібін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="185"/>
-    <w:bookmarkStart w:name="z821" w:id="186"/>
-[...15 lines deleted...]
-      134) ветеринариялық препараттарды, жемшөп пен жемшөп қоспаларын пайдалану кезінде оларды есептен шығару, сондай-ақ оларды сақтау мерзімдері өткеннен кейін жою немесе зертханалық зерттеу нәтижелері бойынша мақсатына қарай пайдалануға жарамсыз деп тану тәртібі мен нормативін бекітеді;</w:t>
+    <w:bookmarkStart w:name="z824" w:id="186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      137) мемлекеттік ветеринариялық-санитариялық бақылау және қадағалау жүргізу туралы және орны ауыстырылатын (тасымалданатын) объектілердің импортына рұқсат беретін ұйымдарды айқындау туралы шешім шығарады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="186"/>
-    <w:bookmarkStart w:name="z822" w:id="187"/>
-[...15 lines deleted...]
-      135) Қазақстан Республикасының аумағында орны ауыстырылатын (тасымалданатын) объектілерді тасымалдауды жүзеге асыру тәртібін әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z825" w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      138) жануарлар өсіруді, жануарларды, жануарлардан алынатын өнім мен шикізатты дайындауды (союды), сақтауды, қайта өңдеуді және өткізуді жүзеге асыратын өндіріс объектілеріне, сондай-ақ ветеринариялық препараттарды, жемшөп пен жемшөп қоспаларын өндіру, сақтау және өткізу жөніндегі ұйымдарға есепке алу нөмірлерін беру тәртібін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="187"/>
-    <w:bookmarkStart w:name="z823" w:id="188"/>
-[...15 lines deleted...]
-      136) тиісті аумақтағы эпизоотиялық жағдайды бағалауды ескере отырып, орны ауыстырылатын (тасымалданатын) объектілердің экспортына, импортына және транзитіне рұқсат беру тәртібін әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z826" w:id="188"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      139) жануарлар өсіруді, жануарларды, жануарлардан алынатын өнім мен шикізатты дайындауды (союды), сақтауды, қайта өңдеуді және өткізуді жүзеге асыратын өндіріс объектілеріне, сондай-ақ ветеринариялық препараттарды, жемшөпті және жемшөп қоспаларын өндіру, сақтау және өткізу жөніндегі ұйымдарға есепке алу нөмірлерін беру және олардың тізілімін жүргізеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="188"/>
-    <w:bookmarkStart w:name="z824" w:id="189"/>
-[...15 lines deleted...]
-      137) мемлекеттік ветеринариялық-санитариялық бақылау және қадағалау жүргізу туралы және орны ауыстырылатын (тасымалданатын) объектілердің импортына рұқсат беретін ұйымдарды айқындау туралы шешім шығарады;</w:t>
+    <w:bookmarkStart w:name="z827" w:id="189"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      140) ұйымдарда ветеринария саласында пайдаланылатын жануарлар ауруларын қоздырушылары штаммдарының пайдаланылуына, тасымалдануына (жеткізілуіне), сақталуына және жойылуына мемлекеттік ветеринариялық-санитариялық бақылауды және қадағалауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="189"/>
-    <w:bookmarkStart w:name="z825" w:id="190"/>
-[...15 lines deleted...]
-      138) жануарлар өсіруді, жануарларды, жануарлардан алынатын өнім мен шикізатты дайындауды (союды), сақтауды, қайта өңдеуді және өткізуді жүзеге асыратын өндіріс объектілеріне, сондай-ақ ветеринариялық препараттарды, жемшөп пен жемшөп қоспаларын өндіру, сақтау және өткізу жөніндегі ұйымдарға есепке алу нөмірлерін беру тәртібін әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z828" w:id="190"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      141) орны ауыстырылатын (тасымалданатын) объектiлердiң және биологиялық материалдың сынамаларын алу қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="190"/>
-    <w:bookmarkStart w:name="z826" w:id="191"/>
-[...15 lines deleted...]
-      139) жануарлар өсіруді, жануарларды, жануарлардан алынатын өнім мен шикізатты дайындауды (союды), сақтауды, қайта өңдеуді және өткізуді жүзеге асыратын өндіріс объектілеріне, сондай-ақ ветеринариялық препараттарды, жемшөпті және жемшөп қоспаларын өндіру, сақтау және өткізу жөніндегі ұйымдарға есепке алу нөмірлерін беру және олардың тізілімін жүргізеді;</w:t>
+    <w:bookmarkStart w:name="z829" w:id="191"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      142) ветеринариялық іс-шараларды жүзеге асыру жөніндегі ұсынымдар мен әдістемелік нұсқауларды бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="191"/>
-    <w:bookmarkStart w:name="z827" w:id="192"/>
-[...15 lines deleted...]
-      140) ұйымдарда ветеринария саласында пайдаланылатын жануарлар ауруларын қоздырушылары штаммдарының пайдаланылуына, тасымалдануына (жеткізілуіне), сақталуына және жойылуына мемлекеттік ветеринариялық-санитариялық бақылауды және қадағалауды жүзеге асырады;</w:t>
+    <w:bookmarkStart w:name="z830" w:id="192"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      143) жергілікті атқарушы органдардың ветеринария саласындағы қызметті жүзеге асыратын бөлімшелері туралы үлгі ережені әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="192"/>
-    <w:bookmarkStart w:name="z828" w:id="193"/>
-[...15 lines deleted...]
-      141) орны ауыстырылатын (тасымалданатын) объектiлердiң және биологиялық материалдың сынамаларын алу қағидаларын әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z831" w:id="193"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      144) ауыл шаруашылығы жануарларын бірдейлендіру тәртібін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="193"/>
-    <w:bookmarkStart w:name="z829" w:id="194"/>
-[...15 lines deleted...]
-      142) ветеринариялық іс-шараларды жүзеге асыру жөніндегі ұсынымдар мен әдістемелік нұсқауларды бекітеді;</w:t>
+    <w:bookmarkStart w:name="z832" w:id="194"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      145) процессингтік орталықтың жұмыс істеу қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="194"/>
-    <w:bookmarkStart w:name="z830" w:id="195"/>
-[...15 lines deleted...]
-      143) жергілікті атқарушы органдардың ветеринария саласындағы қызметті жүзеге асыратын бөлімшелері туралы үлгі ережені әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z833" w:id="195"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      146) ауыл шаруашылығы жануарларын бірдейлендіруді жүргізу үшін лазерлік станцияларды, бұйымдарды (құралдарды) және атрибуттарды және оларды өндірушілерді тіркеу қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="195"/>
-    <w:bookmarkStart w:name="z831" w:id="196"/>
-[...15 lines deleted...]
-      144) ауыл шаруашылығы жануарларын бірдейлендіру тәртібін әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z834" w:id="196"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      147) ауыл шаруашылығы жануарларын бірдейлендіру жөніндегі дерек базасын қалыптастыру, жүргізу және одан үзінді көшірмелер беру ережелерін бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="196"/>
-    <w:bookmarkStart w:name="z832" w:id="197"/>
-[...15 lines deleted...]
-      145) процессингтік орталықтың жұмыс істеу қағидаларын әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z835" w:id="197"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      148) жануарлар мен адамның денсаулығына қауіп төндіретін, алып қойылатын және жойылатын ауру жануарлардың, жануарлардан алынатын өнімдер мен шикізаттың құнын иелеріне өтейді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="197"/>
-    <w:bookmarkStart w:name="z833" w:id="198"/>
-[...15 lines deleted...]
-      146) ауыл шаруашылығы жануарларын бірдейлендіруді жүргізу үшін лазерлік станцияларды, бұйымдарды (құралдарды) және атрибуттарды және оларды өндірушілерді тіркеу қағидаларын әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z836" w:id="198"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      149) жеке және заңды тұлғаларға экспорттау, импорттау және транзиттеу еліндегі эпизоотиялық жағдай туралы ақпарат береді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="198"/>
-    <w:bookmarkStart w:name="z834" w:id="199"/>
-[...15 lines deleted...]
-      147) ауыл шаруашылығы жануарларын бірдейлендіру жөніндегі дерек базасын қалыптастыру, жүргізу және одан үзінді көшірмелер беру ережелерін бекітеді;</w:t>
+    <w:bookmarkStart w:name="z837" w:id="199"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      150) кейіннен өткізуге арналған ауыл шаруашылығы жануарларын союды ұйымдастыру тәртібін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="199"/>
-    <w:bookmarkStart w:name="z835" w:id="200"/>
-[...15 lines deleted...]
-      148) жануарлар мен адамның денсаулығына қауіп төндіретін, алып қойылатын және жойылатын ауру жануарлардың, жануарлардан алынатын өнімдер мен шикізаттың құнын иелеріне өтейді;</w:t>
+    <w:bookmarkStart w:name="z838" w:id="200"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      151) ветеринариялық (ветеринариялық-санитариялық) нормаларды, ветеринариялық есепке алу мен есептілік нысандарын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="200"/>
-    <w:bookmarkStart w:name="z836" w:id="201"/>
-[...15 lines deleted...]
-      149) жеке және заңды тұлғаларға экспорттау, импорттау және транзиттеу еліндегі эпизоотиялық жағдай туралы ақпарат береді;</w:t>
+    <w:bookmarkStart w:name="z839" w:id="201"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      152) ветеринариялық есепке алу мен есептілікті жүргізу, ұсыну тәртібін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="201"/>
-    <w:bookmarkStart w:name="z837" w:id="202"/>
-[...15 lines deleted...]
-      150) кейіннен өткізуге арналған ауыл шаруашылығы жануарларын союды ұйымдастыру тәртібін әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z840" w:id="202"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      153) жануарларды өсіруді, өткізуді жүзеге асыратын өндіріс объектілеріне қойылатын ветеринариялық (ветеринариялық-санитариялық) талаптарды әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="202"/>
-    <w:bookmarkStart w:name="z838" w:id="203"/>
-[...15 lines deleted...]
-      151) ветеринариялық (ветеринариялық-санитариялық) нормаларды, ветеринариялық есепке алу мен есептілік нысандарын әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z841" w:id="203"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      154) жануарлардан алынатын өнім мен шикізатты дайындауды (жануарларды сою), сақтауды, қайта өңдеуді және өткізуді жүзеге асыратын өндіріс объектілеріне қойылатын ветеринариялық (ветеринариялық-санитариялық) талаптарды әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="203"/>
-    <w:bookmarkStart w:name="z839" w:id="204"/>
-[...15 lines deleted...]
-      152) ветеринариялық есепке алу мен есептілікті жүргізу, ұсыну тәртібін әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z842" w:id="204"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      155) ветеринариялық препараттарды, жемшөп пен жемшөп қоспаларын өндіру, сақтау және өткізу жөніндегі ұйымдарға қойылатын ветеринариялық (ветеринариялық-санитариялық) талаптарды әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="204"/>
-    <w:bookmarkStart w:name="z840" w:id="205"/>
-[...15 lines deleted...]
-      153) жануарларды өсіруді, өткізуді жүзеге асыратын өндіріс объектілеріне қойылатын ветеринариялық (ветеринариялық-санитариялық) талаптарды әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z843" w:id="205"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      156) ветеринариялық құжаттарды беру тәртібін және олардың бланкілеріне қойылатын талаптарды әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="205"/>
-    <w:bookmarkStart w:name="z841" w:id="206"/>
-[...15 lines deleted...]
-      154) жануарлардан алынатын өнім мен шикізатты дайындауды (жануарларды сою), сақтауды, қайта өңдеуді және өткізуді жүзеге асыратын өндіріс объектілеріне қойылатын ветеринариялық (ветеринариялық-санитариялық) талаптарды әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z844" w:id="206"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      157) жануарлардың аса қауiптi ауруларына қарсы ветеринариялық iс-шараларды жоспарлау және өткізу қағидаларын бекiтеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="206"/>
-    <w:bookmarkStart w:name="z842" w:id="207"/>
-[...15 lines deleted...]
-      155) ветеринариялық препараттарды, жемшөп пен жемшөп қоспаларын өндіру, сақтау және өткізу жөніндегі ұйымдарға қойылатын ветеринариялық (ветеринариялық-санитариялық) талаптарды әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z845" w:id="207"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      158) жаңа, жетілдірілген ветеринариялық препараттарға, жемшөп қоспаларына нормативтік-техникалық құжаттаманы келісу тәртібін бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="207"/>
-    <w:bookmarkStart w:name="z843" w:id="208"/>
-[...15 lines deleted...]
-      156) ветеринариялық құжаттарды беру тәртібін және олардың бланкілеріне қойылатын талаптарды әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z846" w:id="208"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      159) Қазақстан Республикасының рұқсаттар және хабарламалар туралы заңнамасына сәйкес ветеринариялық мақсаттағы препараттар өндіруді лицензиялайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="208"/>
-    <w:bookmarkStart w:name="z844" w:id="209"/>
-[...15 lines deleted...]
-      157) жануарлардың аса қауiптi ауруларына қарсы ветеринариялық iс-шараларды жоспарлау және өткізу қағидаларын бекiтеді;</w:t>
+    <w:bookmarkStart w:name="z847" w:id="209"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      160) мемлекеттік ветеринариялық ұйымдар желісінің мемлекеттік нормативін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="209"/>
-    <w:bookmarkStart w:name="z845" w:id="210"/>
-[...15 lines deleted...]
-      158) жаңа, жетілдірілген ветеринариялық препараттарға, жемшөп қоспаларына нормативтік-техникалық құжаттаманы келісу тәртібін бекітеді;</w:t>
+    <w:bookmarkStart w:name="z848" w:id="210"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      161) биологиялық қалдықтарды кәдеге жарату, жою тәртібін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="210"/>
-    <w:bookmarkStart w:name="z846" w:id="211"/>
-[...15 lines deleted...]
-      159) Қазақстан Республикасының рұқсаттар және хабарламалар туралы заңнамасына сәйкес ветеринариялық мақсаттағы препараттар өндіруді лицензиялайды;</w:t>
+    <w:bookmarkStart w:name="z849" w:id="211"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      162) тамақ қауіпсіздігін қамтамасыз ету жөніндегі мемлекеттік мониторингтің жоспарын бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="211"/>
-    <w:bookmarkStart w:name="z847" w:id="212"/>
-[...15 lines deleted...]
-      160) мемлекеттік ветеринариялық ұйымдар желісінің мемлекеттік нормативін әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z850" w:id="212"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      163) сараптама актісін (сынақ хаттамасын) беру қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="212"/>
-    <w:bookmarkStart w:name="z848" w:id="213"/>
-[...15 lines deleted...]
-      161) биологиялық қалдықтарды кәдеге жарату, жою тәртібін әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z851" w:id="213"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      164) ветеринариялық-санитариялық сараптама жүргізу қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="213"/>
-    <w:bookmarkStart w:name="z849" w:id="214"/>
-[...15 lines deleted...]
-      162) тамақ қауіпсіздігін қамтамасыз ету жөніндегі мемлекеттік мониторингтің жоспарын бекітеді;</w:t>
+    <w:bookmarkStart w:name="z852" w:id="214"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      165) ветеринариялық препараттарды, жемшөп қоспаларын мемлекеттік тіркеуді жүргізу қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="214"/>
-    <w:bookmarkStart w:name="z850" w:id="215"/>
-[...15 lines deleted...]
-      163) сараптама актісін (сынақ хаттамасын) беру қағидаларын әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z853" w:id="215"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      166) жануарларды өткізу қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="215"/>
-    <w:bookmarkStart w:name="z851" w:id="216"/>
-[...15 lines deleted...]
-      164) ветеринариялық-санитариялық сараптама жүргізу қағидаларын әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z854" w:id="216"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      167) жануарларды карантиндеу қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="216"/>
-    <w:bookmarkStart w:name="z852" w:id="217"/>
-[...15 lines deleted...]
-      165) ветеринариялық препараттарды, жемшөп қоспаларын мемлекеттік тіркеуді жүргізу қағидаларын әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z855" w:id="217"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      168) дезинфекция, дезинсекция, дератизация жүргізу қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="217"/>
-    <w:bookmarkStart w:name="z853" w:id="218"/>
-[...15 lines deleted...]
-      166) жануарларды өткізу қағидаларын әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z856" w:id="218"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      169) эпизоотиялық мониторинг жүргізу қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="218"/>
-    <w:bookmarkStart w:name="z854" w:id="219"/>
-[...15 lines deleted...]
-      167) жануарларды карантиндеу қағидаларын әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z857" w:id="219"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      170) ветеринариялық препараттарды, жемшөп қоспаларын байқаудан өткізу және тіркеу сынақтарынан өткізу қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="219"/>
-    <w:bookmarkStart w:name="z855" w:id="220"/>
-[...15 lines deleted...]
-      168) дезинфекция, дезинсекция, дератизация жүргізу қағидаларын әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z858" w:id="220"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      171) жануарларға қарау қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="220"/>
-    <w:bookmarkStart w:name="z856" w:id="221"/>
-[...15 lines deleted...]
-      169) эпизоотиялық мониторинг жүргізу қағидаларын әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z859" w:id="221"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      172) шектеу іс-шараларын және карантинді белгілеу немесе алып тастау қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="221"/>
-    <w:bookmarkStart w:name="z857" w:id="222"/>
-[...15 lines deleted...]
-      170) ветеринариялық препараттарды, жемшөп қоспаларын байқаудан өткізу және тіркеу сынақтарынан өткізу қағидаларын әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z860" w:id="222"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      173) мемлекеттік органдардың ветеринариялық іс-шаралар өткізу кезінде өзара іс-қимыл жасау қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="222"/>
-    <w:bookmarkStart w:name="z858" w:id="223"/>
-[...15 lines deleted...]
-      171) жануарларға қарау қағидаларын әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z861" w:id="223"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      174) диагностикалық зерттеулер жүргізу қағидаларын бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="223"/>
-    <w:bookmarkStart w:name="z859" w:id="224"/>
-[...15 lines deleted...]
-      172) шектеу іс-шараларын және карантинді белгілеу немесе алып тастау қағидаларын әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z862" w:id="224"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      175) ветеринария саласындағы әкімшілік құқық бұзушылықтар туралы хаттама нысанын, сондай-ақ оны толтыру және шығару тәртібін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="224"/>
-    <w:bookmarkStart w:name="z860" w:id="225"/>
-[...15 lines deleted...]
-      173) мемлекеттік органдардың ветеринариялық іс-шаралар өткізу кезінде өзара іс-қимыл жасау қағидаларын әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z863" w:id="225"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      176) ветеринария саласындағы қызметті жүзеге асыратын жергілікті атқарушы органдар қызметінің тиімділігін бағалау үшін ветеринария саласындағы нысаналы индикаторларды есептеу әдістемесін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="225"/>
-    <w:bookmarkStart w:name="z861" w:id="226"/>
-[...15 lines deleted...]
-      174) диагностикалық зерттеулер жүргізу қағидаларын бекітеді;</w:t>
+    <w:bookmarkStart w:name="z864" w:id="226"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      177) өңірлер бөлінісінде ветеринария саласындағы нысаналы индикаторлардың жоспарлы мәндерін бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="226"/>
-    <w:bookmarkStart w:name="z862" w:id="227"/>
-[...15 lines deleted...]
-      175) ветеринария саласындағы әкімшілік құқық бұзушылықтар туралы хаттама нысанын, сондай-ақ оны толтыру және шығару тәртібін әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z865" w:id="227"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      178) ветеринария саласында пайдаланылатын патогенді және өнеркәсіптік микроорганизмдердің жұмыс коллекцияларын қалыптастыру, жүргізу және күтіп-бағу қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="227"/>
-    <w:bookmarkStart w:name="z863" w:id="228"/>
-[...15 lines deleted...]
-      176) ветеринария саласындағы қызметті жүзеге асыратын жергілікті атқарушы органдар қызметінің тиімділігін бағалау үшін ветеринария саласындағы нысаналы индикаторларды есептеу әдістемесін әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z866" w:id="228"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      179) мал қорымдарының (биотермиялық шұңқырлардың) тізілімін жүргізу қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="228"/>
-    <w:bookmarkStart w:name="z864" w:id="229"/>
-[...15 lines deleted...]
-      177) өңірлер бөлінісінде ветеринария саласындағы нысаналы индикаторлардың жоспарлы мәндерін бекітеді;</w:t>
+    <w:bookmarkStart w:name="z867" w:id="229"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      180) мал қорымдарының (биотермиялық шұңқырлардың) тізілімін жүргізеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="229"/>
-    <w:bookmarkStart w:name="z865" w:id="230"/>
-[...15 lines deleted...]
-      178) ветеринария саласында пайдаланылатын патогенді және өнеркәсіптік микроорганизмдердің жұмыс коллекцияларын қалыптастыру, жүргізу және күтіп-бағу қағидаларын әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z868" w:id="230"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      181) мемлекеттік ветеринариялық-санитариялық бақылау мен қадағалауды жүзеге асыру кезінде фото- және бейнетүсірілімдер үшін техникалық құралдарды пайдалану қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="230"/>
-    <w:bookmarkStart w:name="z866" w:id="231"/>
-[...15 lines deleted...]
-      179) мал қорымдарының (биотермиялық шұңқырлардың) тізілімін жүргізу қағидаларын әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z869" w:id="231"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      182) ветеринариялық бақылау бекеттерін ұйымдастырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="231"/>
-    <w:bookmarkStart w:name="z867" w:id="232"/>
-[...15 lines deleted...]
-      180) мал қорымдарының (биотермиялық шұңқырлардың) тізілімін жүргізеді;</w:t>
+    <w:bookmarkStart w:name="z870" w:id="232"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      183) ветеринариялық бақылау бекеттеріндегі мемлекеттік ветеринариялық-санитариялық инспекторларды нысанды киіммен (погонсыз) қамтамасыз етудің заттай нормаларын әзірлейді және бюджеттік жоспарлау жөніндегі орталық уәкілетті органмен келісу бойынша бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="232"/>
-    <w:bookmarkStart w:name="z868" w:id="233"/>
-[...15 lines deleted...]
-      181) мемлекеттік ветеринариялық-санитариялық бақылау мен қадағалауды жүзеге асыру кезінде фото- және бейнетүсірілімдер үшін техникалық құралдарды пайдалану қағидаларын әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z871" w:id="233"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      184) ветеринариялық бақылау бекеттеріндегі мемлекеттік ветеринариялық-санитариялық инспекторлардың нысанды киім (погонсыз) үлгілерін және оларды киіп жүру тәртібін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="233"/>
-    <w:bookmarkStart w:name="z869" w:id="234"/>
-[...15 lines deleted...]
-      182) ветеринариялық бақылау бекеттерін ұйымдастырады;</w:t>
+    <w:bookmarkStart w:name="z872" w:id="234"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      185) ветеринариялық бақылау бекеттерінде мемлекеттiк ветеринариялық-санитариялық бақылау мен қадағалауды жүзеге асыру тәртiбiн әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="234"/>
-    <w:bookmarkStart w:name="z870" w:id="235"/>
-[...15 lines deleted...]
-      183) ветеринариялық бақылау бекеттеріндегі мемлекеттік ветеринариялық-санитариялық инспекторларды нысанды киіммен (погонсыз) қамтамасыз етудің заттай нормаларын әзірлейді және бюджеттік жоспарлау жөніндегі орталық уәкілетті органмен келісу бойынша бекітеді;</w:t>
+    <w:bookmarkStart w:name="z873" w:id="235"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      186) ветеринария саласындағы нұсқамалар нысандарын, оларды жасау және беру тәртібін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="235"/>
-    <w:bookmarkStart w:name="z871" w:id="236"/>
-[...15 lines deleted...]
-      184) ветеринариялық бақылау бекеттеріндегі мемлекеттік ветеринариялық-санитариялық инспекторлардың нысанды киім (погонсыз) үлгілерін және оларды киіп жүру тәртібін әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z874" w:id="236"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      187) мемлекеттiк ветеринариялық-санитариялық бақылау мен қадағалау туралы ереженi әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="236"/>
-    <w:bookmarkStart w:name="z872" w:id="237"/>
-[...15 lines deleted...]
-      185) ветеринариялық бақылау бекеттерінде мемлекеттiк ветеринариялық-санитариялық бақылау мен қадағалауды жүзеге асыру тәртiбiн әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z875" w:id="237"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      188) жануарлардың саулығы мен адамның денсаулығына қауіп төндіретін жануарларды, жануарлардан алынатын өнімдер мен шикізатты міндетті түрде алып қою және жою жүргізілетін жануарлардың аса қауіпті ауруларының тізбесін бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="237"/>
-    <w:bookmarkStart w:name="z873" w:id="238"/>
-[...15 lines deleted...]
-      186) ветеринария саласындағы нұсқамалар нысандарын, оларды жасау және беру тәртібін әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z876" w:id="238"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      189) ветеринариялық препараттар, жемшөп пен жемшөп қоспалары және (немесе) антибиотиктері, гормондары және биологиялық стимуляторлары бар ветеринариялық препараттар, жемшөп пен жемшөп қоспалары серияларының (партияларының) ветеринариялық нормативтер талаптарына сәйкестігін айқындау тәртібін белгілейді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="238"/>
-    <w:bookmarkStart w:name="z874" w:id="239"/>
-[...15 lines deleted...]
-      187) мемлекеттiк ветеринариялық-санитариялық бақылау мен қадағалау туралы ереженi әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z877" w:id="239"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      190) ветеринариялық препараттардың, жемшөп пен жемшөп қоспаларының ветеринариялық нормативтер талаптарына сәйкестігін айқындау мақсатында олардың қауіпсіздігін мониторингтеуді жүзеге асыру тәртібін белгілейді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="239"/>
-    <w:bookmarkStart w:name="z875" w:id="240"/>
-[...15 lines deleted...]
-      188) жануарлардың саулығы мен адамның денсаулығына қауіп төндіретін жануарларды, жануарлардан алынатын өнімдер мен шикізатты міндетті түрде алып қою және жою жүргізілетін жануарлардың аса қауіпті ауруларының тізбесін бекітеді;</w:t>
+    <w:bookmarkStart w:name="z878" w:id="240"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      191) жеке және заңды тұлғаларға жаңа, жетілдірілген ветеринариялық препараттарға, тамақ өнімін, жемшөп пен жемшөп қоспаларын өндіруге арналған нормативтік-техникалық құжаттаманы келіседі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="240"/>
-    <w:bookmarkStart w:name="z876" w:id="241"/>
-[...15 lines deleted...]
-      189) ветеринариялық препараттар, жемшөп пен жемшөп қоспалары және (немесе) антибиотиктері, гормондары және биологиялық стимуляторлары бар ветеринариялық препараттар, жемшөп пен жемшөп қоспалары серияларының (партияларының) ветеринариялық нормативтер талаптарына сәйкестігін айқындау тәртібін белгілейді;</w:t>
+    <w:bookmarkStart w:name="z879" w:id="241"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      192) мемлекеттік карантиндік фитосанитариялық бақылауды және қадағалауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="241"/>
-    <w:bookmarkStart w:name="z877" w:id="242"/>
-[...15 lines deleted...]
-      190) ветеринариялық препараттардың, жемшөп пен жемшөп қоспаларының ветеринариялық нормативтер талаптарына сәйкестігін айқындау мақсатында олардың қауіпсіздігін мониторингтеуді жүзеге асыру тәртібін белгілейді;</w:t>
+    <w:bookmarkStart w:name="z880" w:id="242"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      193) жергілікті атқарушы органдардың өсімдіктер карантині саласындағы қызметін үйлестіруді және оған әдістемелік басшылықты жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="242"/>
-    <w:bookmarkStart w:name="z878" w:id="243"/>
-[...15 lines deleted...]
-      191) жеке және заңды тұлғаларға жаңа, жетілдірілген ветеринариялық препараттарға, тамақ өнімін, жемшөп пен жемшөп қоспаларын өндіруге арналған нормативтік-техникалық құжаттаманы келіседі;</w:t>
+    <w:bookmarkStart w:name="z881" w:id="243"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      194) карантиндi объектiлермен залалданған, зарарсыздандыруға немесе қайта өңдеуге келмейтін карантинге жатқызылған өнiмдi алып қою және жою жөніндегі қағидаларды әзірлейдi және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="243"/>
-    <w:bookmarkStart w:name="z879" w:id="244"/>
-[...15 lines deleted...]
-      192) мемлекеттік карантиндік фитосанитариялық бақылауды және қадағалауды жүзеге асырады;</w:t>
+    <w:bookmarkStart w:name="z882" w:id="244"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      195) карантиндік фитосанитариялық талаптарды, оның ішінде Қазақстан Республикасының биологиялық қауіпсіздік саласындағы заңнамасының талаптарын ескере отырып әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="244"/>
-    <w:bookmarkStart w:name="z880" w:id="245"/>
-[...15 lines deleted...]
-      193) жергілікті атқарушы органдардың өсімдіктер карантині саласындағы қызметін үйлестіруді және оған әдістемелік басшылықты жүзеге асырады;</w:t>
+    <w:bookmarkStart w:name="z883" w:id="245"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      196) карантинге жатқызылған өнімнің тізбесін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="245"/>
-    <w:bookmarkStart w:name="z881" w:id="246"/>
-[...15 lines deleted...]
-      194) карантиндi объектiлермен залалданған, зарарсыздандыруға немесе қайта өңдеуге келмейтін карантинге жатқызылған өнiмдi алып қою және жою жөніндегі қағидаларды әзірлейдi және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z884" w:id="246"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      197) Қазақстан Республикасының аумағын карантинді объектілерден және бөтен текті түрлерден қорғау жөніндегі қағидаларды әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="246"/>
-    <w:bookmarkStart w:name="z882" w:id="247"/>
-[...15 lines deleted...]
-      195) карантиндік фитосанитариялық талаптарды, оның ішінде Қазақстан Республикасының биологиялық қауіпсіздік саласындағы заңнамасының талаптарын ескере отырып әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z885" w:id="247"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      198) жеке және заңды тұлғаларға жеміс дақылдарының бактериялық күйігін жұқтырған жойылған жеміс-жидек дақылдарын отырғызу мен өсіруге жұмсаған шығындарын өтеу қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="247"/>
-    <w:bookmarkStart w:name="z883" w:id="248"/>
-[...15 lines deleted...]
-      196) карантинге жатқызылған өнімнің тізбесін әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z886" w:id="248"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      199) фитосанитариялық тәуекелге талдау жүргізу қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="248"/>
-    <w:bookmarkStart w:name="z884" w:id="249"/>
-[...15 lines deleted...]
-      197) Қазақстан Республикасының аумағын карантинді объектілерден және бөтен текті түрлерден қорғау жөніндегі қағидаларды әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z887" w:id="249"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      200) есепке алу нөмірлерін береді, қолданылуын тоқтата тұрады және кері қайтарып алады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="249"/>
-    <w:bookmarkStart w:name="z885" w:id="250"/>
-[...15 lines deleted...]
-      198) жеке және заңды тұлғаларға жеміс дақылдарының бактериялық күйігін жұқтырған жойылған жеміс-жидек дақылдарын отырғызу мен өсіруге жұмсаған шығындарын өтеу қағидаларын әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z888" w:id="250"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      201) мемлекеттік карантиндік фитосанитариялық бақылау мен қадағалауды жүзеге асыру кезінде материалдық құралдарды, фото- және бейнетіркеуге арналған техникалық құралдарды пайдалану тәртібін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="250"/>
-    <w:bookmarkStart w:name="z886" w:id="251"/>
-[...15 lines deleted...]
-      199) фитосанитариялық тәуекелге талдау жүргізу қағидаларын әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z889" w:id="251"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      202) өздеріне қатысты өсімдіктер карантині жөніндегі іс-шаралар белгіленетін және жүзеге асырылатын карантинді объектілер мен бөтен текті түрлердің тізбесін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="251"/>
-    <w:bookmarkStart w:name="z887" w:id="252"/>
-[...15 lines deleted...]
-      200) есепке алу нөмірлерін береді, қолданылуын тоқтата тұрады және кері қайтарып алады;</w:t>
+    <w:bookmarkStart w:name="z890" w:id="252"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      203) таралу ошақтарын оқшаулау мен жою жөніндегі іс-шаралар бюджет қаражаты есебінен жүзеге асырылатын карантинді объектілер мен бөтен текті түрлердің тізбесін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="252"/>
-    <w:bookmarkStart w:name="z888" w:id="253"/>
-[...15 lines deleted...]
-      201) мемлекеттік карантиндік фитосанитариялық бақылау мен қадағалауды жүзеге асыру кезінде материалдық құралдарды, фото- және бейнетіркеуге арналған техникалық құралдарды пайдалану тәртібін әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z891" w:id="253"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      204) екі немесе одан көп облыс аумағында (облыстардың аумағында карантинді объектінің жергілікті таралу жағдайларын қоспағанда) карантиндік режим енгізе отырып, карантинді аймақты белгілеу немесе оның күшін жою туралы шешім қабылдайды, сондай-ақ осы аймақтарда өсімдіктер карантині жөніндегі іс-шараларды жүргізу тәртібін әзірлейді және бекітеді әрі олардың жүргізілуін бақылауды және қадағалауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="253"/>
-    <w:bookmarkStart w:name="z889" w:id="254"/>
-[...15 lines deleted...]
-      202) өздеріне қатысты өсімдіктер карантині жөніндегі іс-шаралар белгіленетін және жүзеге асырылатын карантинді объектілер мен бөтен текті түрлердің тізбесін әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z892" w:id="254"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      205) өсімдіктер карантині жөніндегі іс-шараларды жүргізу үшін пестицидтердің қорын құру және сақтау тәртібін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="254"/>
-    <w:bookmarkStart w:name="z890" w:id="255"/>
-[...15 lines deleted...]
-      203) таралу ошақтарын оқшаулау мен жою жөніндегі іс-шаралар бюджет қаражаты есебінен жүзеге асырылатын карантинді объектілер мен бөтен текті түрлердің тізбесін әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z893" w:id="255"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      206) жергілікті атқарушы органдардың Қазақстан Республикасының өсімдіктер карантині саласындағы заңнамасын сақтауын мемлекеттік бақылауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="255"/>
-    <w:bookmarkStart w:name="z891" w:id="256"/>
-[...15 lines deleted...]
-      204) екі немесе одан көп облыс аумағында (облыстардың аумағында карантинді объектінің жергілікті таралу жағдайларын қоспағанда) карантиндік режим енгізе отырып, карантинді аймақты белгілеу немесе оның күшін жою туралы шешім қабылдайды, сондай-ақ осы аймақтарда өсімдіктер карантині жөніндегі іс-шараларды жүргізу тәртібін әзірлейді және бекітеді әрі олардың жүргізілуін бақылауды және қадағалауды жүзеге асырады;</w:t>
+    <w:bookmarkStart w:name="z894" w:id="256"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      207) өздеріне қатысты өсiмдiктер карантинi жөнiндегi iс-шаралар белгiленетін және жүзеге асырылатын карантиндi объектiлер тiзбесiн айқындайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="256"/>
-    <w:bookmarkStart w:name="z892" w:id="257"/>
-[...15 lines deleted...]
-      205) өсімдіктер карантині жөніндегі іс-шараларды жүргізу үшін пестицидтердің қорын құру және сақтау тәртібін әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z895" w:id="257"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      208) Қазақстан Республикасында және басқа да мемлекеттерде карантиндi объектiлердiң болуы мен таралуы, оларға қарсы күрес жөнiндегi шаралар мен iс-шаралар туралы дерекқор құрады, ақпаратты ресми интернет-ресурста орналастырады және сұрау салу бойынша оны мүдделi адамдарға бередi;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="257"/>
-    <w:bookmarkStart w:name="z893" w:id="258"/>
-[...15 lines deleted...]
-      206) жергілікті атқарушы органдардың Қазақстан Республикасының өсімдіктер карантині саласындағы заңнамасын сақтауын мемлекеттік бақылауды жүзеге асырады;</w:t>
+    <w:bookmarkStart w:name="z896" w:id="258"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      209) карантинді объектілер және (немесе) бөтен текті түрлер таралмаған немесе шектеулі таралған карантинге жатқызылған объектілерді, аймақтарды, орындарды, өндіріс учаскелерін айқындайды, импорттаушы елге растауды береді және Қазақстан Республикасы ратификациялаған халықаралық шарттарда көзделген жағдайларда импорттаушы елдің өкілдеріне инспекциялау жүргізу үшін қолжетімділікті қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="258"/>
-    <w:bookmarkStart w:name="z894" w:id="259"/>
-[...15 lines deleted...]
-      207) өздеріне қатысты өсiмдiктер карантинi жөнiндегi iс-шаралар белгiленетін және жүзеге асырылатын карантиндi объектiлер тiзбесiн айқындайды;</w:t>
+    <w:bookmarkStart w:name="z897" w:id="259"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      210) өсiмдiктер карантинi жөнiндегi мемлекеттiк инспекторлар туралы ережені әзірлейді және бекiтедi;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="259"/>
-    <w:bookmarkStart w:name="z895" w:id="260"/>
-[...15 lines deleted...]
-      208) Қазақстан Республикасында және басқа да мемлекеттерде карантиндi объектiлердiң болуы мен таралуы, оларға қарсы күрес жөнiндегi шаралар мен iс-шаралар туралы дерекқор құрады, ақпаратты ресми интернет-ресурста орналастырады және сұрау салу бойынша оны мүдделi адамдарға бередi;</w:t>
+    <w:bookmarkStart w:name="z898" w:id="260"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      211) өсімдіктер карантині жөніндегі іс-шараларды жүзеге асырудың тәртібі мен тәсілдерін регламенттейтін әдістерді, әдістемелерді, ұсынымдарды әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="260"/>
-    <w:bookmarkStart w:name="z896" w:id="261"/>
-[...15 lines deleted...]
-      209) карантинді объектілер және (немесе) бөтен текті түрлер таралмаған немесе шектеулі таралған карантинге жатқызылған объектілерді, аймақтарды, орындарды, өндіріс учаскелерін айқындайды, импорттаушы елге растауды береді және Қазақстан Республикасы ратификациялаған халықаралық шарттарда көзделген жағдайларда импорттаушы елдің өкілдеріне инспекциялау жүргізу үшін қолжетімділікті қамтамасыз етеді;</w:t>
+    <w:bookmarkStart w:name="z899" w:id="261"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      212) ғылыми-зерттеу ұйымдарымен бiрлесiп, фитосанитариялық тәуекелге талдау жүргізу қағидалары негізінде, оның ішінде Қазақстан Республикасының биологиялық қауіпсіздік саласындағы заңнамасына, халықаралық нормалар мен ұсынымдарға сәйкес биологиялық тәуекелдерді басқару әдістемесін ескере отырып, карантиндік фитосанитариялық шараларды әзiрлейдi, жеке және заңды тұлғалардың оларды орындауын тұрақты бақылауды және қадағалауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="261"/>
-    <w:bookmarkStart w:name="z897" w:id="262"/>
-[...15 lines deleted...]
-      210) өсiмдiктер карантинi жөнiндегi мемлекеттiк инспекторлар туралы ережені әзірлейді және бекiтедi;</w:t>
+    <w:bookmarkStart w:name="z900" w:id="262"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      213) Өсімдіктер карантині жөніндегі бас мемлекеттік инспектор және өсімдіктер карантині жөніндегі мемлекеттік инспекторлар лауазымдарына орналасуға біліктілік талаптарын белгілейді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="262"/>
-    <w:bookmarkStart w:name="z898" w:id="263"/>
-[...15 lines deleted...]
-      211) өсімдіктер карантині жөніндегі іс-шараларды жүзеге асырудың тәртібі мен тәсілдерін регламенттейтін әдістерді, әдістемелерді, ұсынымдарды әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z901" w:id="263"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      214) өз құзыреті шегінде өсімдіктер карантині жөніндегі іс-шараларды жүргізуді ұйымдастырады және олардың жүргізілуін бақылауды және қадағалауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="263"/>
-    <w:bookmarkStart w:name="z899" w:id="264"/>
-[...15 lines deleted...]
-      212) ғылыми-зерттеу ұйымдарымен бiрлесiп, фитосанитариялық тәуекелге талдау жүргізу қағидалары негізінде, оның ішінде Қазақстан Республикасының биологиялық қауіпсіздік саласындағы заңнамасына, халықаралық нормалар мен ұсынымдарға сәйкес биологиялық тәуекелдерді басқару әдістемесін ескере отырып, карантиндік фитосанитариялық шараларды әзiрлейдi, жеке және заңды тұлғалардың оларды орындауын тұрақты бақылауды және қадағалауды жүзеге асырады;</w:t>
+    <w:bookmarkStart w:name="z902" w:id="264"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      215) карантинге жатқызылған өнімдер транзитінің шарттарын айқындайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="264"/>
-    <w:bookmarkStart w:name="z900" w:id="265"/>
-[...15 lines deleted...]
-      213) Өсімдіктер карантині жөніндегі бас мемлекеттік инспектор және өсімдіктер карантині жөніндегі мемлекеттік инспекторлар лауазымдарына орналасуға біліктілік талаптарын белгілейді;</w:t>
+    <w:bookmarkStart w:name="z903" w:id="265"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      216) Қазақстан Республикасының аумағын карантинді объектілер мен бөтен текті түрлерден қорғау жөніндегі қағидаларға сәйкес уақытша карантиндік фитосанитариялық шараларды енгізеді және олардың күшін жояды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="265"/>
-    <w:bookmarkStart w:name="z901" w:id="266"/>
-[...15 lines deleted...]
-      214) өз құзыреті шегінде өсімдіктер карантині жөніндегі іс-шараларды жүргізуді ұйымдастырады және олардың жүргізілуін бақылауды және қадағалауды жүзеге асырады;</w:t>
+    <w:bookmarkStart w:name="z904" w:id="266"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      217) өсімдіктер карантині жөніндегі іс-шараларды жүргізу үшін пестицидтерді, оларды сақтау, тасымалдау, қолдану жөніндегі жұмыстар мен көрсетілетін қызметтерді Қазақстан Республикасының мемлекеттік сатып алу туралы заңнамасында белгіленген тәртіппен мемлекеттік сатып алуды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="266"/>
-    <w:bookmarkStart w:name="z902" w:id="267"/>
-[...15 lines deleted...]
-      215) карантинге жатқызылған өнімдер транзитінің шарттарын айқындайды;</w:t>
+    <w:bookmarkStart w:name="z905" w:id="267"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      218) өсімдіктер карантині жөніндегі іс-шараларды жүргізу үшiн Қазақстан Республикасының заңнамасында белгiленген тәртiппен пестицидтердiң қорын құрады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="267"/>
-    <w:bookmarkStart w:name="z903" w:id="268"/>
-[...15 lines deleted...]
-      216) Қазақстан Республикасының аумағын карантинді объектілер мен бөтен текті түрлерден қорғау жөніндегі қағидаларға сәйкес уақытша карантиндік фитосанитариялық шараларды енгізеді және олардың күшін жояды;</w:t>
+    <w:bookmarkStart w:name="z906" w:id="268"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      219) өсімдіктер карантині жөніндегі іс-шараларды жүргізу үшін бюджет қаражаты есебінен сатып алынған пестицидтерді Қазақстан Республикасының аумағы бойынша бөледі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="268"/>
-    <w:bookmarkStart w:name="z904" w:id="269"/>
-[...15 lines deleted...]
-      217) өсімдіктер карантині жөніндегі іс-шараларды жүргізу үшін пестицидтерді, оларды сақтау, тасымалдау, қолдану жөніндегі жұмыстар мен көрсетілетін қызметтерді Қазақстан Республикасының мемлекеттік сатып алу туралы заңнамасында белгіленген тәртіппен мемлекеттік сатып алуды жүзеге асырады;</w:t>
+    <w:bookmarkStart w:name="z907" w:id="269"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      220) фитосанитариялық бақылау бекеттерінде әкелінетін, әкетілетін және транзиттік карантинге жатқызылған өнімге, көлік құралдарына және тасымалдауға арналған бейімдемелерге (оның ішінде көлік құралдарының кабиналарына, салондарына, багаж және жүк бөлімшелеріне, контейнерлерге), жеке тұлғалардың қол жүгі мен багажына бастапқы карантиндік фитосанитариялық бақылауды және қадағалауды, қажет болған кезде үлгілерді іріктей отырып, карантиндік фитосанитариялық сараптама және (немесе) зертханалық сараптама жүргізеді, карантиндік фитосанитариялық бақылау және қадағалау актісін жасайды, ілеспе тауар-көлік құжаттарына мемлекеттік карантиндік фитосанитариялық бақылаудан және қадағалаудан өткені туралы белгіленген үлгідегі тиісті мөртабан басады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="269"/>
-    <w:bookmarkStart w:name="z905" w:id="270"/>
-[...15 lines deleted...]
-      218) өсімдіктер карантині жөніндегі іс-шараларды жүргізу үшiн Қазақстан Республикасының заңнамасында белгiленген тәртiппен пестицидтердiң қорын құрады;</w:t>
+    <w:bookmarkStart w:name="z908" w:id="270"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      221) карантинге жатқызылған өнімнің межелі пунктінде көлік құралдарын және тасымалдауға арналған бейімдемелерді (оның ішінде көлік құралдарының кабиналарын, салондарын, багаж және жүк бөлімшелерін, контейнерлерді), жеке тұлғалардың қол жүгі мен багажын қайталама карантиндік фитосанитариялық бақылауды және қадағалауды, үлгілерді іріктеуді, қажет болған кезде аумақтың фитосанитариялық сипаттамасын және оның шыққан жерін, межелі пунктін, сондай-ақ карантинді объектілер және (немесе) бөтен текті түрлер таралмаған немесе шектеулі таралған аймақтарды, орындарды, өндіріс учаскелерін есепке ала отырып, карантиндік фитосанитариялық сараптама және (немесе) зертханалық сараптама жүргізеді, карантиндік фитосанитариялық бақылау және қадағалау актісін жасайды, ілеспе тауар-көлік құжаттарына мемлекеттік карантиндік фитосанитариялық бақылаудан және қадағалаудан өткені туралы белгіленген үлгідегі тиісті мөртабан басады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="270"/>
-    <w:bookmarkStart w:name="z906" w:id="271"/>
-[...15 lines deleted...]
-      219) өсімдіктер карантині жөніндегі іс-шараларды жүргізу үшін бюджет қаражаты есебінен сатып алынған пестицидтерді Қазақстан Республикасының аумағы бойынша бөледі;</w:t>
+    <w:bookmarkStart w:name="z909" w:id="271"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      222) әкетілетін карантинге жатқызылған өнімді тиеп-жөнелту орындарында тұрақты карантиндік жете тексеруді, қажет болғанда – үлгілерін алу арқылы карантиндік фитосанитариялық сараптаманы және (немесе) зертханалық сараптаманы және фитосанитариялық сертификаттауды жүргізеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="271"/>
-    <w:bookmarkStart w:name="z907" w:id="272"/>
-[...15 lines deleted...]
-      220) фитосанитариялық бақылау бекеттерінде әкелінетін, әкетілетін және транзиттік карантинге жатқызылған өнімге, көлік құралдарына және тасымалдауға арналған бейімдемелерге (оның ішінде көлік құралдарының кабиналарына, салондарына, багаж және жүк бөлімшелеріне, контейнерлерге), жеке тұлғалардың қол жүгі мен багажына бастапқы карантиндік фитосанитариялық бақылауды және қадағалауды, қажет болған кезде үлгілерді іріктей отырып, карантиндік фитосанитариялық сараптама және (немесе) зертханалық сараптама жүргізеді, карантиндік фитосанитариялық бақылау және қадағалау актісін жасайды, ілеспе тауар-көлік құжаттарына мемлекеттік карантиндік фитосанитариялық бақылаудан және қадағалаудан өткені туралы белгіленген үлгідегі тиісті мөртабан басады;</w:t>
+    <w:bookmarkStart w:name="z910" w:id="272"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      223) фитосанитариялық бақылау бекеттерінде әкелінетін, әкетілетін және транзиттік карантинге жатқызылған өнімге құжаттамалық мемлекеттік карантиндік фитосанитариялық бақылау жүргізеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="272"/>
-    <w:bookmarkStart w:name="z908" w:id="273"/>
-[...15 lines deleted...]
-      221) карантинге жатқызылған өнімнің межелі пунктінде көлік құралдарын және тасымалдауға арналған бейімдемелерді (оның ішінде көлік құралдарының кабиналарын, салондарын, багаж және жүк бөлімшелерін, контейнерлерді), жеке тұлғалардың қол жүгі мен багажын қайталама карантиндік фитосанитариялық бақылауды және қадағалауды, үлгілерді іріктеуді, қажет болған кезде аумақтың фитосанитариялық сипаттамасын және оның шыққан жерін, межелі пунктін, сондай-ақ карантинді объектілер және (немесе) бөтен текті түрлер таралмаған немесе шектеулі таралған аймақтарды, орындарды, өндіріс учаскелерін есепке ала отырып, карантиндік фитосанитариялық сараптама және (немесе) зертханалық сараптама жүргізеді, карантиндік фитосанитариялық бақылау және қадағалау актісін жасайды, ілеспе тауар-көлік құжаттарына мемлекеттік карантиндік фитосанитариялық бақылаудан және қадағалаудан өткені туралы белгіленген үлгідегі тиісті мөртабан басады;</w:t>
+    <w:bookmarkStart w:name="z911" w:id="273"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      224) Қазақстан Республикасының ішкі сауда объектілерінде және ұйымдарында карантинге жатқызылған өнімді тұрақты жете тексеруді, қажет болғанда – үлгілерін алу арқылы оған карантиндік фитосанитариялық сараптаманы және (немесе) зертханалық сараптаманы жүргізеді және карантиндік құжаттарды қарайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="273"/>
-    <w:bookmarkStart w:name="z909" w:id="274"/>
-[...15 lines deleted...]
-      222) әкетілетін карантинге жатқызылған өнімді тиеп-жөнелту орындарында тұрақты карантиндік жете тексеруді, қажет болғанда – үлгілерін алу арқылы карантиндік фитосанитариялық сараптаманы және (немесе) зертханалық сараптаманы және фитосанитариялық сертификаттауды жүргізеді;</w:t>
+    <w:bookmarkStart w:name="z912" w:id="274"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      225) өсімдіктен алынатын өнiмдi өсiретiн, дайындайтын, қоймаға жинайтын, қайта өңдейтiн және өткiзетiн ұйымдардың, ішкі сауда объектілерінің, шаруа немесе фермер, үй жанындағы және саяжай қожалықтарының аумағы мен үй-жайларына, ауыл шаруашылығына, орманға, суға және басқа да мақсатқа арналған жерлерге тұрақты ішінара бақылау зерттеп-қарауды жүргiзедi;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="274"/>
-    <w:bookmarkStart w:name="z910" w:id="275"/>
-[...15 lines deleted...]
-      223) фитосанитариялық бақылау бекеттерінде әкелінетін, әкетілетін және транзиттік карантинге жатқызылған өнімге құжаттамалық мемлекеттік карантиндік фитосанитариялық бақылау жүргізеді;</w:t>
+    <w:bookmarkStart w:name="z913" w:id="275"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      226) Қазақстан Республикасының өсімдіктер карантині саласындағы заңнамасын анықталған бұзушылықтарды жою және өсімдіктер карантині жөніндегі іс-шараларды орындау туралы нұсқамалар береді және олардың орындалуын бақылайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="275"/>
-    <w:bookmarkStart w:name="z911" w:id="276"/>
-[...15 lines deleted...]
-      224) Қазақстан Республикасының ішкі сауда объектілерінде және ұйымдарында карантинге жатқызылған өнімді тұрақты жете тексеруді, қажет болғанда – үлгілерін алу арқылы оған карантиндік фитосанитариялық сараптаманы және (немесе) зертханалық сараптаманы жүргізеді және карантиндік құжаттарды қарайды;</w:t>
+    <w:bookmarkStart w:name="z914" w:id="276"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      227) Қазақстан Республикасының заңнамалық актілерінде белгіленген тәртіппен және негіздерде дара кәсіпкерлер мен заңды тұлғалардың қызметіне тыйым салу немесе оны тоқтата тұру туралы сотқа талап арыз жібереді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="276"/>
-    <w:bookmarkStart w:name="z912" w:id="277"/>
-[...15 lines deleted...]
-      225) өсімдіктен алынатын өнiмдi өсiретiн, дайындайтын, қоймаға жинайтын, қайта өңдейтiн және өткiзетiн ұйымдардың, ішкі сауда объектілерінің, шаруа немесе фермер, үй жанындағы және саяжай қожалықтарының аумағы мен үй-жайларына, ауыл шаруашылығына, орманға, суға және басқа да мақсатқа арналған жерлерге тұрақты ішінара бақылау зерттеп-қарауды жүргiзедi;</w:t>
+    <w:bookmarkStart w:name="z915" w:id="277"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      228) уәкілетті ұйымда импорттық себу материалдары мен отырғызылатын материалдардың карантиндi объектiлермен және бөтен тектi түрлермен жасырын залалданған-залалданбағанын зерттеу жөнiндегi iс-шараларды ұйымдастырады және бақылайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="277"/>
-    <w:bookmarkStart w:name="z913" w:id="278"/>
-[...15 lines deleted...]
-      226) Қазақстан Республикасының өсімдіктер карантині саласындағы заңнамасын анықталған бұзушылықтарды жою және өсімдіктер карантині жөніндегі іс-шараларды орындау туралы нұсқамалар береді және олардың орындалуын бақылайды;</w:t>
+    <w:bookmarkStart w:name="z916" w:id="278"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      229) карантинге жатқызылған өнімге фитосанитариялық сертификаттар береді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="278"/>
-    <w:bookmarkStart w:name="z914" w:id="279"/>
-[...15 lines deleted...]
-      227) Қазақстан Республикасының заңнамалық актілерінде белгіленген тәртіппен және негіздерде дара кәсіпкерлер мен заңды тұлғалардың қызметіне тыйым салу немесе оны тоқтата тұру туралы сотқа талап арыз жібереді;</w:t>
+    <w:bookmarkStart w:name="z917" w:id="279"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      230) халықаралық нормалар мен талаптардың өсiмдiктер карантинi саласында жасалған келiсiмдерге сәйкес орындалуын қамтамасыз етедi;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="279"/>
-    <w:bookmarkStart w:name="z915" w:id="280"/>
-[...15 lines deleted...]
-      228) уәкілетті ұйымда импорттық себу материалдары мен отырғызылатын материалдардың карантиндi объектiлермен және бөтен тектi түрлермен жасырын залалданған-залалданбағанын зерттеу жөнiндегi iс-шараларды ұйымдастырады және бақылайды;</w:t>
+    <w:bookmarkStart w:name="z918" w:id="280"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      231) өз құзыретi шегiнде өсiмдiктер карантині саласындағы нормативтiк құқықтық актiлердi әзiрлейдi және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="280"/>
-    <w:bookmarkStart w:name="z916" w:id="281"/>
-[...15 lines deleted...]
-      229) карантинге жатқызылған өнімге фитосанитариялық сертификаттар береді;</w:t>
+    <w:bookmarkStart w:name="z919" w:id="281"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      232) өсімдіктер карантині саласындағы заттай нормаларды әзірлейді және бюджеттік жоспарлау жөніндегі орталық уәкілетті органмен келісу бойынша бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="281"/>
-    <w:bookmarkStart w:name="z917" w:id="282"/>
-[...15 lines deleted...]
-      230) халықаралық нормалар мен талаптардың өсiмдiктер карантинi саласында жасалған келiсiмдерге сәйкес орындалуын қамтамасыз етедi;</w:t>
+    <w:bookmarkStart w:name="z920" w:id="282"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      233) нысанды киім (погонсыз) киіп жүруге құқығы бар лауазымды адамдардың тізбесін, нысанды киім (погонсыз) үлгілерін және оларды киіп жүру тәртібін айқындайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="282"/>
-    <w:bookmarkStart w:name="z918" w:id="283"/>
-[...15 lines deleted...]
-      231) өз құзыретi шегiнде өсiмдiктер карантині саласындағы нормативтiк құқықтық актiлердi әзiрлейдi және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z921" w:id="283"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      234) өз құзыретi шегiнде өсiмдiктердi қорғау саласындағы нормативтiк құқықтық актiлердi әзiрлейдi және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="283"/>
-    <w:bookmarkStart w:name="z919" w:id="284"/>
-[...15 lines deleted...]
-      232) өсімдіктер карантині саласындағы заттай нормаларды әзірлейді және бюджеттік жоспарлау жөніндегі орталық уәкілетті органмен келісу бойынша бекітеді;</w:t>
+    <w:bookmarkStart w:name="z922" w:id="284"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      235) өсімдіктерді қорғау саласында жергілікті атқарушы органдарды үйлестіруді және оларға әдістемелік басшылықты жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="284"/>
-    <w:bookmarkStart w:name="z920" w:id="285"/>
-[...15 lines deleted...]
-      233) нысанды киім (погонсыз) киіп жүруге құқығы бар лауазымды адамдардың тізбесін, нысанды киім (погонсыз) үлгілерін және оларды киіп жүру тәртібін айқындайды;</w:t>
+    <w:bookmarkStart w:name="z923" w:id="285"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      236) аса қауiптi зиянды организмдер тiзбесiн әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="285"/>
-    <w:bookmarkStart w:name="z921" w:id="286"/>
-[...15 lines deleted...]
-      234) өз құзыретi шегiнде өсiмдiктердi қорғау саласындағы нормативтiк құқықтық актiлердi әзiрлейдi және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z924" w:id="286"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      237) өсімдіктерді қорғау құралдарының (пестицидтердің) қауіпсіздігі туралы техникалық регламентті әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="286"/>
-    <w:bookmarkStart w:name="z922" w:id="287"/>
-[...15 lines deleted...]
-      235) өсімдіктерді қорғау саласында жергілікті атқарушы органдарды үйлестіруді және оларға әдістемелік басшылықты жүзеге асырады;</w:t>
+    <w:bookmarkStart w:name="z925" w:id="287"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      238) Еуразиялық экономикалық комиссия Алқасының шешімдеріне сәйкес тіркеу (ұсақмөлдекті және өндірістік) сынақтарынан өткізу және (немесе) ғылыми зерттеулерді жүргізу үшін өсімдіктерді қорғаудың тіркелмеген құралдарының (пестицидтердің) үлгілерін әкелуге қорытынды (рұқсат беру құжатын) береді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="287"/>
-    <w:bookmarkStart w:name="z923" w:id="288"/>
-[...15 lines deleted...]
-      236) аса қауiптi зиянды организмдер тiзбесiн әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z926" w:id="288"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      239) өсімдіктерді қорғау құралдарын (пестицидтерді) импорттауға лицензия береді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="288"/>
-    <w:bookmarkStart w:name="z924" w:id="289"/>
-[...15 lines deleted...]
-      237) өсімдіктерді қорғау құралдарының (пестицидтердің) қауіпсіздігі туралы техникалық регламентті әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z927" w:id="289"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      240) мынадай:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="289"/>
-    <w:bookmarkStart w:name="z925" w:id="290"/>
-[...15 lines deleted...]
-      238) Еуразиялық экономикалық комиссия Алқасының шешімдеріне сәйкес тіркеу (ұсақмөлдекті және өндірістік) сынақтарынан өткізу және (немесе) ғылыми зерттеулерді жүргізу үшін өсімдіктерді қорғаудың тіркелмеген құралдарының (пестицидтердің) үлгілерін әкелуге қорытынды (рұқсат беру құжатын) береді;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      пестицидтер өндіру (формуляциялау);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      пестицидтер өткізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      пестицидтерді аэрозольдық және фумигациялық тәсілдермен қолдану жөніндегі қызметтің кіші түрлеріне қойылатын біліктілік талаптарын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z928" w:id="290"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      241) қоршаған ортаны қорғау саласындағы уәкілетті органмен және халықтың санитариялық-эпидемиологиялық саламаттылығы саласындағы мемлекеттік органмен келісу бойынша пестицидтерді тіркеу (ұсақмөлдекті және өндірістік) сынақтарынан өткізу және мемлекеттік тіркеу қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="290"/>
-    <w:bookmarkStart w:name="z926" w:id="291"/>
-[...15 lines deleted...]
-      239) өсімдіктерді қорғау құралдарын (пестицидтерді) импорттауға лицензия береді;</w:t>
+    <w:bookmarkStart w:name="z929" w:id="291"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      242) пестицидтерді мемлекеттік тіркеу және пестицидтерге арналған тіркеу куәліктерін береді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="291"/>
-    <w:bookmarkStart w:name="z927" w:id="292"/>
-[...15 lines deleted...]
-      240) мынадай:</w:t>
+    <w:bookmarkStart w:name="z930" w:id="292"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      243) пестицидтер тізімін әзірлейді, бекітеді және жүргізеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="292"/>
-    <w:p>
-[...69 lines deleted...]
-      241) қоршаған ортаны қорғау саласындағы уәкілетті органмен және халықтың санитариялық-эпидемиологиялық саламаттылығы саласындағы мемлекеттік органмен келісу бойынша пестицидтерді тіркеу (ұсақмөлдекті және өндірістік) сынақтарынан өткізу және мемлекеттік тіркеу қағидаларын әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z931" w:id="293"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      244) фитосанитариялық іс-шараларды жүргізу қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="293"/>
-    <w:bookmarkStart w:name="z929" w:id="294"/>
-[...15 lines deleted...]
-      242) пестицидтерді мемлекеттік тіркеу және пестицидтерге арналған тіркеу куәліктерін береді;</w:t>
+    <w:bookmarkStart w:name="z932" w:id="294"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      245) хаттамалар мен нұсқамалар нысандарын, сондай-ақ оларды Қазақстан Республикасының заңнамасына сәйкес жасау мен шығару тәртiбiн әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="294"/>
-    <w:bookmarkStart w:name="z930" w:id="295"/>
-[...15 lines deleted...]
-      243) пестицидтер тізімін әзірлейді, бекітеді және жүргізеді;</w:t>
+    <w:bookmarkStart w:name="z933" w:id="295"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      246) фитосанитариялық іс-шараларды ұйымдастырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="295"/>
-    <w:bookmarkStart w:name="z931" w:id="296"/>
-[...15 lines deleted...]
-      244) фитосанитариялық іс-шараларды жүргізу қағидаларын әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z934" w:id="296"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      247) мемлекеттiк органдардың, жеке және заңды тұлғалардың фитосанитариялық iс-шараларды жүргiзудегi қызметiн үйлестіреді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="296"/>
-    <w:bookmarkStart w:name="z932" w:id="297"/>
-[...15 lines deleted...]
-      245) хаттамалар мен нұсқамалар нысандарын, сондай-ақ оларды Қазақстан Республикасының заңнамасына сәйкес жасау мен шығару тәртiбiн әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z935" w:id="297"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      248) Қазақстан Республикасының заңнамасында белгiленген тәртiппен пестицидтердi, оларды сақтау, тасымалдау, қолдану жөнiндегi жұмыстар мен көрсетiлетiн қызметтердi мемлекеттiк сатып алуды ұйымдастырады және өткiзеді, сондай-ақ пестицидтердiң қорын жасайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="297"/>
-    <w:bookmarkStart w:name="z933" w:id="298"/>
-[...15 lines deleted...]
-      246) фитосанитариялық іс-шараларды ұйымдастырады;</w:t>
+    <w:bookmarkStart w:name="z936" w:id="298"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      249) фитосанитариялық нормативтерді, фитосанитариялық есепке алу нысандарын, сондай-ақ оларды ұсыну тәртібін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="298"/>
-    <w:bookmarkStart w:name="z934" w:id="299"/>
-[...15 lines deleted...]
-      247) мемлекеттiк органдардың, жеке және заңды тұлғалардың фитосанитариялық iс-шараларды жүргiзудегi қызметiн үйлестіреді;</w:t>
+    <w:bookmarkStart w:name="z937" w:id="299"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      250) зиянды және аса қауіпті зиянды организмдер бойынша фитосанитариялық мониторинг ұйымдастырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="299"/>
-    <w:bookmarkStart w:name="z935" w:id="300"/>
-[...15 lines deleted...]
-      248) Қазақстан Республикасының заңнамасында белгiленген тәртiппен пестицидтердi, оларды сақтау, тасымалдау, қолдану жөнiндегi жұмыстар мен көрсетiлетiн қызметтердi мемлекеттiк сатып алуды ұйымдастырады және өткiзеді, сондай-ақ пестицидтердiң қорын жасайды;</w:t>
+    <w:bookmarkStart w:name="z938" w:id="300"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      251) пестицидтерді тіркеу (ұсақмөлдекті және өндірістік) сынақтарын және мемлекеттік тіркеуді ұйымдастырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="300"/>
-    <w:bookmarkStart w:name="z936" w:id="301"/>
-[...15 lines deleted...]
-      249) фитосанитариялық нормативтерді, фитосанитариялық есепке алу нысандарын, сондай-ақ оларды ұсыну тәртібін әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z939" w:id="301"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      252) өсімдіктерді қорғау саласындағы қолданбалы ғылыми зерттеулерге тапсырыс берудi ұйымдастырады және үйлестіреді, жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="301"/>
-    <w:bookmarkStart w:name="z937" w:id="302"/>
-[...15 lines deleted...]
-      250) зиянды және аса қауіпті зиянды организмдер бойынша фитосанитариялық мониторинг ұйымдастырады;</w:t>
+    <w:bookmarkStart w:name="z940" w:id="302"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      253) бюджет қаражаты есебінен сатып алынған пестицидтерді фитосанитариялық мониторинг деректеріне және қалыптасатын фитосанитариялық ахуалға қарай Қазақстан Республикасының аумағы бойынша бөледі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="302"/>
-    <w:bookmarkStart w:name="z938" w:id="303"/>
-[...15 lines deleted...]
-      251) пестицидтерді тіркеу (ұсақмөлдекті және өндірістік) сынақтарын және мемлекеттік тіркеуді ұйымдастырады;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">254) алып тасталды - ҚР Үкіметінің 17.07.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 598</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z942" w:id="303"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      255) пестицидтердің түрлері бойынша қор нормативін және оны пайдалану тәртібін белгілейді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="303"/>
-    <w:bookmarkStart w:name="z939" w:id="304"/>
-[...15 lines deleted...]
-      252) өсімдіктерді қорғау саласындағы қолданбалы ғылыми зерттеулерге тапсырыс берудi ұйымдастырады және үйлестіреді, жүзеге асырады;</w:t>
+    <w:bookmarkStart w:name="z943" w:id="304"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      256) мемлекеттік фитосанитариялық бақылауды ұйымдастырады және жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="304"/>
-    <w:bookmarkStart w:name="z940" w:id="305"/>
-[...15 lines deleted...]
-      253) бюджет қаражаты есебінен сатып алынған пестицидтерді фитосанитариялық мониторинг деректеріне және қалыптасатын фитосанитариялық ахуалға қарай Қазақстан Республикасының аумағы бойынша бөледі;</w:t>
+    <w:bookmarkStart w:name="z944" w:id="305"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      257) құзыреті шегінде стандарттау жөніндегі құжаттардың жобаларын қарайды, сондай-ақ стандарттау саласындағы уәкілетті органға енгізу үшін ұлттық, мемлекетаралық стандарттарды, ұлттық техникалық-экономикалық ақпарат сыныптауыштарын және стандарттау жөніндегі ұсынымдарды әзірлеу, өзгерістер енгізу, қайта қарау және күшін жою жөнінде ұсыныстар дайындайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="305"/>
+    <w:bookmarkStart w:name="z945" w:id="306"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      258) жергілікті атқарушы органдардың Қазақстан Республикасының өсімдіктерді қорғау туралы заңнамасын сақтауына бақылауды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="306"/>
+    <w:bookmarkStart w:name="z946" w:id="307"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      259) қоршаған ортаны қорғау саласындағы уәкілетті органмен және халықтың санитариялық-эпидемиологиялық саламаттылығы саласындағы мемлекеттік органмен келісу бойынша пестицидтерді залалсыздандыру тәртібін, сондай-ақ арнаулы сақтау орындарын (көмінділерді) тиісті жағдайда күтіп-ұстау шаттарын айқындайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="307"/>
+    <w:bookmarkStart w:name="z947" w:id="308"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      260) фитосанитариялық іс-шараларды жүзеге асырудың тәртібін, тәсілдерін регламенттейтін әдістерді, әдістемелерді, ұсынымдарды әзірлейді және бекітеді, өсімдіктерді қорғау саласында қолданбалы ғылыми зерттеулер жүргізуді ұйымдастырады, үйлестіреді және бақылайды, сондай-ақ өсімдіктерді қорғау бойынша мамандар даярлау және олардың біліктілігін арттыру жөніндегі оқыту бағдарламаларын (оқу бағдарламаларын) келіседі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="308"/>
+    <w:bookmarkStart w:name="z948" w:id="309"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      261) фитосанитариялық есептілік түрлерін, оларды ұсыну нысандары мен мерзімдерін айқындайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="309"/>
+    <w:bookmarkStart w:name="z949" w:id="310"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      262) жер заңнамасын қолдану іс-тәжірибесін қорытады және оны жетілдіреді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="310"/>
+    <w:bookmarkStart w:name="z950" w:id="311"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      263) жер қатынастарын реттеу саласында жергілікті атқарушы органдарды үйлестіруді және оларға әдістемелік басшылық жасауды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="311"/>
+    <w:bookmarkStart w:name="z951" w:id="312"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      264) жер қатынастарын реттеу саласындағы нормативтік құқықтық актілердің жобаларын әзірлейді және Қазақстан Республикасы Үкіметінің бекітуіне енгізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="312"/>
+    <w:bookmarkStart w:name="z952" w:id="313"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      265) ауыл шаруашылығы мақсатындағы жерді ұтымды пайдалану қағидаларын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="313"/>
+    <w:bookmarkStart w:name="z953" w:id="314"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      266) жерді резервте қалдыру қағидаларын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="314"/>
+    <w:bookmarkStart w:name="z954" w:id="315"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      267) жер комиссиясы туралы үлгі ережені әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="315"/>
+    <w:bookmarkStart w:name="z955" w:id="316"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      268) шаруа немесе фермер қожалығын, ауыл шаруашылығы өндірісін жүргізу үшін ауыл шаруашылығы мақсатындағы жер учаскесін уақытша өтеулі жер пайдаланудың (жалға алудың) үлгі шартын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="316"/>
+    <w:bookmarkStart w:name="z956" w:id="317"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      269) шаруа немесе фермер қожалығын, ауыл шаруашылығы өндірісін жүргізу үшін берілген ауыл шаруашылығы мақсатындағы жерді пайдалану мониторингін ұйымдастыру мен жүргізу қағидаларын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="317"/>
+    <w:bookmarkStart w:name="z957" w:id="318"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      270) шаруа немесе фермер қожалығын, ауыл шаруашылығы өндірісін жүргізу үшін уақытша өтеулі жер пайдалану (жалға алу) құқығын беру жөніндегі конкурсты ұйымдастыру мен өткізу қағидаларын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="318"/>
+    <w:bookmarkStart w:name="z958" w:id="319"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      271) шаруа немесе фермер қожалығын жүргізу үшін – Қазақстан Республикасының азаматында, ауыл шаруашылығы өндірісін жүргізу үшін Қазақстан Республикасының мемлекеттік емес заңды тұлғасы мен оның үлестес тұлғаларында болуы мүмкін ауыл шаруашылығы мақсатындағы жер учаскелерінің шекті (ең жоғары) мөлшерлерін айқындау әдістемесін әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="319"/>
+    <w:bookmarkStart w:name="z959" w:id="320"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      272) Қазақстан Республикасы жер заңнамасының талаптарын бұзушылықтарды жою туралы нұсқаманың, әкімшілік құқық бұзушылық туралы хаттаманың, әкімшілік құқық бұзушылық туралы іс бойынша қаулының нысанын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="320"/>
+    <w:bookmarkStart w:name="z960" w:id="321"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      273) жер учаскесін уақытша өтеулі жер пайдаланудың (жалға берудің) үлгілік шартын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="321"/>
+    <w:bookmarkStart w:name="z961" w:id="322"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      274) жер учаскесін сатып алудың-сатудың үлгілік шартын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="322"/>
+    <w:bookmarkStart w:name="z962" w:id="323"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      275) Қазақстан Республикасы жер заңнамасының талаптарын бұзушылықтарды жою туралы нұсқаудың нысанын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="323"/>
+    <w:bookmarkStart w:name="z963" w:id="324"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      276) жерге орналастыру, мемлекеттiк жер кадастры және жер мониторингі жөнiндегi нормативтiк құқықтық актiлер мен нормативтік құжаттарды, әдістемелерді әзірлейді және бекiтеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="324"/>
+    <w:bookmarkStart w:name="z964" w:id="325"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      277) әкімшілік-аумақтық бірліктердің шекараларын белгілеу және өзгерту жөніндегі жобаларды жасау қағидаларын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="325"/>
+    <w:bookmarkStart w:name="z965" w:id="326"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      278) жер учаскелерін қалыптастыру жөніндегі жерге орналастыру жобаларын жасау қағидаларын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="326"/>
+    <w:bookmarkStart w:name="z966" w:id="327"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      279) шаруашылықішілік және шаруашылықаралық жерге орналастыру жобаларын жасау қағидаларын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="327"/>
+    <w:bookmarkStart w:name="z1499" w:id="328"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      279-1) бүлінген және тозған жерлердің сапалық жай-күйін қалпына келтіру жөніндегі жобалау-зерттеу жұмыстарын жүргізу әдістемесін әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="328"/>
+    <w:bookmarkStart w:name="z967" w:id="329"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      280) Қазақстан Республикасының табиғи жем-шөп алқаптарының ірі масштабты (1:1000 – 1:100 000) геоботаникалық іздестірулерін жүргізу жөніндегі әдістемені әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="329"/>
+    <w:bookmarkStart w:name="z968" w:id="330"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      281) жердің ірі масштабты топырақ іздестірулерін жүргізу жөніндегі әдістемені әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="330"/>
+    <w:bookmarkStart w:name="z969" w:id="331"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      282) жерге мониторинг жүргізу жөніндегі әдістемені әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="331"/>
+    <w:bookmarkStart w:name="z970" w:id="332"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      283) электрондық жер-кадастрлық карталарды жасау жөніндегі нұсқаулықты әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="332"/>
+    <w:bookmarkStart w:name="z971" w:id="333"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      284) жылжымайтын мүлікке құқықтарды мемлекеттік тіркеу және жылжымайтын мүлікті мемлекеттік техникалық зерттеп-қарау саласындағы қызметті мемлекеттік реттеуді және бақылауды жүзеге асыратын мемлекеттік органмен бірлесіп, жылжымайтын мүліктің бірыңғай мемлекеттік кадастрының ақпараттық жүйесін жүргізу және пайдалану тәртібін әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="333"/>
+    <w:bookmarkStart w:name="z972" w:id="334"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      285) цифрлық ауыл шаруашылығы карталарын жасау кезіндегі фотограмметриялық жұмыстар жөніндегі әдістемені әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="334"/>
+    <w:bookmarkStart w:name="z973" w:id="335"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      286) жерге орналастыру, жерді мемлекеттік есепке алу және жер кадастры мақсаттары үшін 1:10 000, 1:25 000 және 1:50 000 масштабтарында цифрлық ауыл шаруашылығы карталарын жасау үшін аэрофотосуреттер шифрын ашу жөніндегі әдістеме мен шартты белгілерді әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="335"/>
+    <w:bookmarkStart w:name="z974" w:id="336"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      287) электрондық топырақ карталарын жасау жөніндегі әдістемені әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="336"/>
+    <w:bookmarkStart w:name="z975" w:id="337"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      288) топырақты бонитирлеуді жүргізу әдістемесін әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="337"/>
+    <w:bookmarkStart w:name="z976" w:id="338"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      289) электрондық геоботаникалық карталар жасау жөніндегі әдістемені әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="338"/>
+    <w:bookmarkStart w:name="z977" w:id="339"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      290) жер пайдалану құқығын иеліктен шығарған кезде ауыл шаруашылығы мақсатындағы жер учаскелерін уақытша өтеулі жер пайдалану (жалға алу) шартын қайта ресімдеу қағидаларын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="339"/>
+    <w:bookmarkStart w:name="z978" w:id="340"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      291) жерді пайдалану мен қорғау мәселелерін қозғайтын, республикалық маңызы бар жобалар мен схемаларға сараптама жүргізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="340"/>
+    <w:bookmarkStart w:name="z979" w:id="341"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      292) орталық және жергiлiктi атқарушы органдармен жер қатынастарын реттеу мәселелерi бойынша өзара iс-қимыл жасайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="341"/>
+    <w:bookmarkStart w:name="z980" w:id="342"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      293) ауыл шаруашылығы мақсатындағы жер учаскелері паспортының нысанын бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="342"/>
+    <w:bookmarkStart w:name="z981" w:id="343"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      294) өтініштің, келісуші мемлекеттік органдардың және өзге де ұйымдар қорытындысының, жер учаскесін таңдау актісінің, жер учаскесін бөліп беру схемасының және жер-кадастрлық жоспардың нысандарын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="343"/>
+    <w:bookmarkStart w:name="z1309" w:id="344"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      294-1) жылжымайтын мүлік объектісінің кадастрлық паспортының нысанын келіседі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="344"/>
+    <w:bookmarkStart w:name="z982" w:id="345"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      295) жер-кадастрлық құжаттаманың құрылымын, құрамын, мазмұнын және нысандарын белгілейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="345"/>
+    <w:bookmarkStart w:name="z983" w:id="346"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      296) жер мониторингін жүргiзудi ұйымдастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="346"/>
+    <w:bookmarkStart w:name="z984" w:id="347"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      297) мемлекеттiк жер кадастрын жүргiзудi ұйымдастырады және облыстардың, республикалық маңызы бар қалалардың, астананың жер балансының деректерi негiзiнде Қазақстан Республикасының жер балансын жасайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="347"/>
+    <w:bookmarkStart w:name="z985" w:id="348"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      298) өз құзыретіне кіретін жер учаскелерін беру және алып қою, соның ішінде мемлекет мұқтажы үшін алып қою, жерді бір санаттан басқасына ауыстыру мәселелері бойынша Қазақстан Республикасы Үкіметінің құқықтық актілерінің жобаларын дайындайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="348"/>
+    <w:bookmarkStart w:name="z986" w:id="349"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      299) жердің пайдаланылуы мен қорғалуын мемлекеттiк бақылауды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="349"/>
+    <w:bookmarkStart w:name="z987" w:id="350"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      300) жердің пайдаланылуы мен қорғалуына мемлекеттік бақылауды ұйымдастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="350"/>
+    <w:bookmarkStart w:name="z1283" w:id="351"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      300-1) бүлінген жерлерді қалпына келтіру жобаларын әзірлеу жөніндегі нұсқаулықты әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="351"/>
+    <w:bookmarkStart w:name="z1295" w:id="352"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      300-1) бүлінген жерлерді рекультивациялау жобаларын әзірлеу жөніндегі нұсқаулықты әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="352"/>
+    <w:bookmarkStart w:name="z1296" w:id="353"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      300-2) мемлекеттік жер кадастрын және жерге мониторинг жүргізудің дұрыстығына мемлекеттік бақылауды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="353"/>
+    <w:bookmarkStart w:name="z1297" w:id="354"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      300-3) Қазақстан Республикасы Жер кодексінің 148-бабы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-тармағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) тармақшасында көрсетілген мәселелер бойынша сотқа талап қоюды дайындайды және береді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="354"/>
+    <w:bookmarkStart w:name="z1298" w:id="355"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      300-4) мақсаты бойынша пайдаланылмай жатқан және игерілмеген не Қазақстан Республикасының заңнамасын бұза отырып пайдаланылып жүрген жер учаскелерін анықтайды және алып қояды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="355"/>
+    <w:bookmarkStart w:name="z1500" w:id="356"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      300-5) егер құрылыс, пайдалы қазба кен орындарын игеру, объектілерді пайдалану, геологиялық барлау және басқа да жұмыстар Қазақстан Республикасының жер заңнамасын, жер пайдаланудың белгіленген режимін бұза отырып жүзеге асырылып жатса, сондай-ақ егер бұл жұмыстар сараптамадан өтпеген немесе теріс қорытынды алған жобалар бойынша жүргізіліп жатса, оларды тоқтата тұрады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="356"/>
+    <w:bookmarkStart w:name="z1501" w:id="357"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      300-6) салықтардың және бюджетке төленетін төлемдердің түсуін қамтамасыз ету саласында басшылықты жүзеге асыратын уәкілетті органмен келісу бойынша тиісті мақсаттарда пайдаланылмайтын немесе Қазақстан Республикасының заңнамасын бұзыла отырып пайдаланылатын жер учаскелерін анықтау тәртібін әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="357"/>
+    <w:bookmarkStart w:name="z1502" w:id="358"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      300-7) жер учаскесіне құқықтар тиесілі болмайтын жер учаскелерінің меншік иелері мен жер пайдаланушылардың жер учаскелеріне құқықтарды қайта ресімдеу қағидаларын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="358"/>
+    <w:bookmarkStart w:name="z988" w:id="359"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      301) облыстың, республикалық маңызы бар қалалардың, астананың жергілікті атқарушы органының қорғаныс және ұлттық қауіпсіздік мұқтажы үшін жер учаскелерін беру және алып қою мәселелері жөніндегі ұсыныстарын келіседі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="359"/>
+    <w:bookmarkStart w:name="z989" w:id="360"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      302) жер заңнамасы саласындағы әкiмшiлiк құқық бұзушылық туралы iстердi қарайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="360"/>
+    <w:bookmarkStart w:name="z990" w:id="361"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      303) жер учаскелері мәжбүрлеп алып қойылған тұлғалардың тізілімін қалыптастырады және жүргізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="361"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">254) алып тасталды - ҚР Үкіметінің 17.07.2023 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 598</w:t>
+        <w:t xml:space="preserve">304) алып тасталды - ҚР Үкіметінің 26.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1149</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z942" w:id="306"/>
-[...1136 lines deleted...]
-    <w:bookmarkEnd w:id="361"/>
     <w:bookmarkStart w:name="z992" w:id="362"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       305) жылжымайтын мүлік объектісінің кадастрлық паспортының нысанын қоспағанда, жер учаскесіне меншік құқығына және жерді пайдалану құқығына сәйкестендіру құжаттарының нысандарын бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="362"/>
     <w:bookmarkStart w:name="z993" w:id="363"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -11325,5690 +11545,6222 @@
         <w:t>
       311) суармалы егiстiктi суарылмайтын алқап түрлерiне ауыстыру жөнiндегi материалдарды келiседі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="370"/>
     <w:bookmarkStart w:name="z999" w:id="371"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       312) ауыл шаруашылығын жүргiзумен байланысты емес мақсаттарға пайдалану үшiн ауыл шаруашылығы алқаптарын алып қоюдан туындаған ауыл шаруашылығы өндiрiсiнің шығасыларын өтеу нормативтерiн белгiлейдi;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="371"/>
-    <w:bookmarkStart w:name="z1000" w:id="372"/>
-[...15 lines deleted...]
-      313) жердің пайдаланылуы мен қорғалуын мемлекеттік бақылауды ұйымдастырады және жүргізеді;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">313) алып тасталды - ҚР Үкіметінің 26.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1149</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1001" w:id="372"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      314) Қазақстан Республикасында жер кадастрын жүргізуді ұйымдастырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="372"/>
-    <w:bookmarkStart w:name="z1001" w:id="373"/>
-[...15 lines deleted...]
-      314) Қазақстан Республикасында жер кадастрын жүргізуді ұйымдастырады;</w:t>
+    <w:bookmarkStart w:name="z1002" w:id="373"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      315) жерге мониторинг жүргізу және оның деректерін пайдалану тәртібін айқындайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="373"/>
-    <w:bookmarkStart w:name="z1002" w:id="374"/>
-[...15 lines deleted...]
-      315) жерге мониторинг жүргізу және оның деректерін пайдалану тәртібін айқындайды;</w:t>
+    <w:bookmarkStart w:name="z1003" w:id="374"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      316) асыл тұқымды мал шаруашылығы саласында облыстардың, республикалық маңызы бар қалалардың, астананың жергілікті атқарушы органдарының қызметін үйлестіруді және оларға әдістемелік басшылық жасауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="374"/>
-    <w:bookmarkStart w:name="z1003" w:id="375"/>
-[...15 lines deleted...]
-      316) асыл тұқымды мал шаруашылығы саласында облыстардың, республикалық маңызы бар қалалардың, астананың жергілікті атқарушы органдарының қызметін үйлестіруді және оларға әдістемелік басшылық жасауды жүзеге асырады;</w:t>
+    <w:bookmarkStart w:name="z1004" w:id="375"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      317) бонитирлеу жөніндегі нұсқаулықты әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="375"/>
-    <w:bookmarkStart w:name="z1004" w:id="376"/>
-[...15 lines deleted...]
-      317) бонитирлеу жөніндегі нұсқаулықты әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z1005" w:id="376"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      318) мал шаруашылығы саласындағы селекциялық жетістіктерді сынақтардан және байқаулардан өткізу әдістемесін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="376"/>
-    <w:bookmarkStart w:name="z1005" w:id="377"/>
-[...15 lines deleted...]
-      318) мал шаруашылығы саласындағы селекциялық жетістіктерді сынақтардан және байқаулардан өткізу әдістемесін әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z1006" w:id="377"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      319) Қазақстан Республикасында пайдалануға ұсынылатын, мал шаруашылығы саласындағы селекциялық жетістіктердің мемлекеттік тізілімін жүргізу қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="377"/>
-    <w:bookmarkStart w:name="z1006" w:id="378"/>
-[...15 lines deleted...]
-      319) Қазақстан Республикасында пайдалануға ұсынылатын, мал шаруашылығы саласындағы селекциялық жетістіктердің мемлекеттік тізілімін жүргізу қағидаларын әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z1007" w:id="378"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      320) асыл тұқымды мал шаруашылығы жөніндегі мемлекеттік инспекторлар туралы ережені әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="378"/>
-    <w:bookmarkStart w:name="z1007" w:id="379"/>
-[...15 lines deleted...]
-      320) асыл тұқымды мал шаруашылығы жөніндегі мемлекеттік инспекторлар туралы ережені әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z1008" w:id="379"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      321) асыл тұқымды мал шаруашылығы жөніндегі мемлекеттік инспектор актілерінің нысандарын, оның ішінде әкімшілік құқық бұзушылық туралы хаттаманың нысанын, оларды жасау және беру тәртібін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="379"/>
-    <w:bookmarkStart w:name="z1008" w:id="380"/>
-[...15 lines deleted...]
-      321) асыл тұқымды мал шаруашылығы жөніндегі мемлекеттік инспектор актілерінің нысандарын, оның ішінде әкімшілік құқық бұзушылық туралы хаттаманың нысанын, оларды жасау және беру тәртібін әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z1009" w:id="380"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      322) асыл тұқымдық кітапты жүргізу қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="380"/>
-    <w:bookmarkStart w:name="z1009" w:id="381"/>
-[...15 lines deleted...]
-      322) асыл тұқымдық кітапты жүргізу қағидаларын әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z1010" w:id="381"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      323) асыл тұқымды жануарлардың республикалық тізілімін жүргізу қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="381"/>
-    <w:bookmarkStart w:name="z1010" w:id="382"/>
-[...15 lines deleted...]
-      323) асыл тұқымды жануарлардың республикалық тізілімін жүргізу қағидаларын әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z1011" w:id="382"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      324) "Рұқсаттар және хабарламалар туралы" Қазақстан Республикасының Заңына сәйкес жеке және заңды тұлғалардан асыл тұқымды мал шаруашылығы саласындағы қызметтің басталғаны (тоқтатылғаны) туралы хабарламалар қабылдауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="382"/>
-    <w:bookmarkStart w:name="z1011" w:id="383"/>
-[...15 lines deleted...]
-      324) "Рұқсаттар және хабарламалар туралы" Қазақстан Республикасының Заңына сәйкес жеке және заңды тұлғалардан асыл тұқымды мал шаруашылығы саласындағы қызметтің басталғаны (тоқтатылғаны) туралы хабарламалар қабылдауды жүзеге асырады;</w:t>
+    <w:bookmarkStart w:name="z1012" w:id="383"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      325) асыл тұқымды мал шаруашылығы саласындағы рұқсаттар мен хабарламалардың мемлекеттік электрондық тізілімін жүргізеді және оған өзгерістер мен толықтырулар енгізеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="383"/>
-    <w:bookmarkStart w:name="z1012" w:id="384"/>
-[...15 lines deleted...]
-      325) асыл тұқымды мал шаруашылығы саласындағы рұқсаттар мен хабарламалардың мемлекеттік электрондық тізілімін жүргізеді және оған өзгерістер мен толықтырулар енгізеді;</w:t>
+    <w:bookmarkStart w:name="z1013" w:id="384"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      326) экспорттаушы елдердің құзыретті органдары импортталған асыл тұқымдық өнімге (материалға) берген асыл тұқымдық куәлікті немесе оған балама құжатты тану тәртібі туралы ережені әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="384"/>
-    <w:bookmarkStart w:name="z1013" w:id="385"/>
-[...15 lines deleted...]
-      326) экспорттаушы елдердің құзыретті органдары импортталған асыл тұқымдық өнімге (материалға) берген асыл тұқымдық куәлікті немесе оған балама құжатты тану тәртібі туралы ережені әзірлейді және бекітеді;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">327) алып тасталды - ҚР Үкіметінің 29.12.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1101</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1015" w:id="385"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      328) мемлекеттік статистика саласындағы уәкілетті органмен келісу бойынша асыл тұқымды мал шаруашылығы саласындағы әкімшілік деректерді жинауға арналған нысандарды бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="385"/>
+    <w:bookmarkStart w:name="z1016" w:id="386"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      329) асыл тұқымды жануарлардың республикалық тізілімін жүргізуді және оны уәкілетті органның интернет-ресурсында жариялауды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="386"/>
+    <w:bookmarkStart w:name="z1017" w:id="387"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      330) Қазақстан Республикасында пайдалануға ұсынылатын асыл тұқымды мал шаруашылығы саласындағы селекциялық жетістіктердің мемлекеттік тізілімін жүргізеді және басып шығарады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="387"/>
+    <w:bookmarkStart w:name="z1018" w:id="388"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      331) асыл тұқымды мал шаруашылығы саласындағы селекциялық жетістіктерді сынақтан және байқаудан өткізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="388"/>
+    <w:bookmarkStart w:name="z1019" w:id="389"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      332) өткізілетін асыл тұқымды өнімге (материалға) берілетін асыл тұқымдық куәліктер деректерінің дәйектілігіне бақылауды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="389"/>
+    <w:bookmarkStart w:name="z1020" w:id="390"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      333) селекциялық және асыл тұқымдық жұмыстың ақпараттық базасын жүргізу қағидаларын әзірлейді және бекiтедi;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="390"/>
+    <w:bookmarkStart w:name="z1021" w:id="391"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      334) асыл тұқымды мал шаруашылығы саласында мемлекеттік қолдаудың бағыттарын айқындайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="391"/>
+    <w:bookmarkStart w:name="z1022" w:id="392"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      335) мыналарды:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="392"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мал шаруашылығы салалары бойынша асыл тұқымдық өнімді (материалды) есепке алу нысандарын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      асыл тұқымдық өнімнің (материалдың) барлық түрлеріне асыл тұқымдық куәліктердің нысандарын және оларды беру (жою) тәртібін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      асыл тұқымдық өнім (материал) мәртебесін беру (тоқтата тұру, күшін жою) тәртібін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      асыл тұқымды жануардың жеке карточкасының, сондай-ақ селекциялық процеске тартылған ауыл шаруашылығы жануары карточкасының нысаны мен оларды толтыру қағидаларын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1023" w:id="393"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      336) Қазақстан Республикасының асыл тұқымды мал шаруашылығы туралы заңнамасының орындалуына бақылауды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="393"/>
+    <w:bookmarkStart w:name="z1024" w:id="394"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      337) асыл тұқымды мал шаруашылығы саласындағы халықаралық қатынастарда Қазақстан Республикасының атынан өкілдік етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="394"/>
+    <w:bookmarkStart w:name="z1025" w:id="395"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      338) асыл тұқымды мал шаруашылығы саласындағы нормативтік құқықтық актілерді әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="395"/>
+    <w:bookmarkStart w:name="z1026" w:id="396"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      339) берілген өкілеттіктер шегінде балара шаруашылығы саласындағы нормативтік құқықтық актілерді әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="396"/>
+    <w:bookmarkStart w:name="z1027" w:id="397"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      340) бал араларды қорғау мен молықтыруға бағытталған ғылыми-зерттеулерді ұйымдастыруды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="397"/>
+    <w:bookmarkStart w:name="z1028" w:id="398"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      341) бал шырынды өсімдіктерді өңдеу үшін қолданылатын өсімдіктерді қорғау құралдарының, минералдық тыңайтқыштар мен басқа да препараттардың тізбесін әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="398"/>
+    <w:bookmarkStart w:name="z1029" w:id="399"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      342) Қазақстан Республикасында балараларды тұқымдық аудандастыру жоспарын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="399"/>
+    <w:bookmarkStart w:name="z1030" w:id="400"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      343) жайылымдарды ұтымды пайдалану қағидаларын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="400"/>
+    <w:bookmarkStart w:name="z1031" w:id="401"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      344) жайылымдық инфрақұрылым объектілерін дамыту мен реконструкциялау және жайылымдарды суландыру жөніндегі іс-шараларды жүргізу жоспарларын әзірлеу әдістемесін әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="401"/>
+    <w:bookmarkStart w:name="z1032" w:id="402"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      345) жайылымдардың жалпы алаңына түсетін жүктеменің шекті рұқсат етілетін нормаларын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="402"/>
+    <w:bookmarkStart w:name="z1430" w:id="403"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      345-1) жайылымдарды басқару және оларды пайдалану жөніндегі үлгілік жоспарды әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="403"/>
+    <w:bookmarkStart w:name="z1033" w:id="404"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      346) жайылымдардың, оның ішінде аридтік жайылымдардың тозуымен және шөлейттенуімен күрес жөніндегі іс-шараларды жүргізу әдістемесін әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="404"/>
+    <w:bookmarkStart w:name="z1034" w:id="405"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      347) Қазақстан Республикасының Үкіметіне бір облыстың аумағындағы шалғайдағы жайылымдарды басқа облыстың ұзақ мерзімді пайдалануына беру туралы ұсыныс енгізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="405"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">327) алып тасталды - ҚР Үкіметінің 29.12.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 1101</w:t>
+        <w:t xml:space="preserve">348) алып тасталды - ҚР Үкіметінің 17.07.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 598</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1015" w:id="386"/>
-[...487 lines deleted...]
-      347) Қазақстан Республикасының Үкіметіне бір облыстың аумағындағы шалғайдағы жайылымдарды басқа облыстың ұзақ мерзімді пайдалануына беру туралы ұсыныс енгізеді;</w:t>
+    <w:bookmarkStart w:name="z1036" w:id="406"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      349) жайылымдарды қалпына келтіру, сақтау, ұтымды пайдалану және түбегейлі жақсарту үшін жайылымдарға геоботаникалық зерттеп-қарау мен мониторингілеуді, ғылыми-зерттеу, іздестіру және жобалау жұмыстарын жүргізуді ұйымдастырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="406"/>
+    <w:bookmarkStart w:name="z1037" w:id="407"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      350) ауыл шаруашылығы өнімін, оның ішінде органикалық өнімді өткізуді қоспағанда, оның өндірісі және айналымы саласындағы салааралық үйлестіруді жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="407"/>
+    <w:bookmarkStart w:name="z1038" w:id="408"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      351) органикалық өнім өндірушілердің тізілімін жүргізу қағидаларын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="408"/>
+    <w:bookmarkStart w:name="z1039" w:id="409"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      352) халықтың санитариялық-эпидемиологиялық саламаттылығы саласындағы мемлекеттік органмен келісу бойынша органикалық өнім өндірісі және айналымы қағидаларын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="409"/>
+    <w:bookmarkStart w:name="z1040" w:id="410"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      353) органикалық өнім өндіру кезінде халықтың санитариялық-эпидемиологиялық саламаттығы саласындағы мемлекеттік органмен келісу бойынша қолданылатын рұқсат етілген құралдар тізімін әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="410"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">348) алып тасталды - ҚР Үкіметінің 17.07.2023 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 598</w:t>
+        <w:t xml:space="preserve">354) алып тасталды – ҚР Үкіметінің 30.09.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 811</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> қаулысымен;</w:t>
+        <w:t xml:space="preserve"> (12.12.2024 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1036" w:id="407"/>
-[...95 lines deleted...]
-      353) органикалық өнім өндіру кезінде халықтың санитариялық-эпидемиологиялық саламаттығы саласындағы мемлекеттік органмен келісу бойынша қолданылатын рұқсат етілген құралдар тізімін әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z1433" w:id="411"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      354-1) органикалық өнім өндіру үшін пайдаланылатын ауыл шаруашылығы өсімдіктері тұқымдары мен ауыл шаруашылығы жануарларының тізілімін жүргізеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="411"/>
-    <w:p>
-[...107 lines deleted...]
-      354-1) органикалық өнім өндіру үшін пайдаланылатын ауыл шаруашылығы өсімдіктері тұқымдары мен ауыл шаруашылығы жануарларының тізілімін жүргізеді;</w:t>
+    <w:bookmarkStart w:name="z1437" w:id="412"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      354-2) органикалық өнім өндіру үшін пайдаланылатын ауыл шаруашылығы өсімдіктері тұқымдары мен ауыл шаруашылығы жануарларының тізілімін жүргізу қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="412"/>
-    <w:bookmarkStart w:name="z1437" w:id="413"/>
-[...15 lines deleted...]
-      354-2) органикалық өнім өндіру үшін пайдаланылатын ауыл шаруашылығы өсімдіктері тұқымдары мен ауыл шаруашылығы жануарларының тізілімін жүргізу қағидаларын әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z1434" w:id="413"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      354-3) органикалық өнімді есепке алу және қадағалау жүйесін жүргізеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="413"/>
-    <w:bookmarkStart w:name="z1434" w:id="414"/>
-[...15 lines deleted...]
-      354-3) органикалық өнімді есепке алу және қадағалау жүйесін жүргізеді;</w:t>
+    <w:bookmarkStart w:name="z1435" w:id="414"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      354-4) органикалық өнім өндірушілерге ақпараттық, ұйымдастырушылық-әдістемелік және консультациялық қолдау көрсетуді ұйымдастырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="414"/>
-    <w:bookmarkStart w:name="z1435" w:id="415"/>
-[...15 lines deleted...]
-      354-4) органикалық өнім өндірушілерге ақпараттық, ұйымдастырушылық-әдістемелік және консультациялық қолдау көрсетуді ұйымдастырады;</w:t>
+    <w:bookmarkStart w:name="z1042" w:id="415"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      355) уәкілетті органмен келісу бойынша өз құзыретіне кіретін мәселелер бойынша техникалық регламенттерді әзірлейді, бекітеді, күшін жояды, тоқтата тұрады, сондай-ақ техникалық регламенттерге өзгерістер және (немесе) толықтырулар енгізеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="415"/>
-    <w:bookmarkStart w:name="z1042" w:id="416"/>
-[...15 lines deleted...]
-      355) уәкілетті органмен келісу бойынша өз құзыретіне кіретін мәселелер бойынша техникалық регламенттерді әзірлейді, бекітеді, күшін жояды, тоқтата тұрады, сондай-ақ техникалық регламенттерге өзгерістер және (немесе) толықтырулар енгізеді;</w:t>
+    <w:bookmarkStart w:name="z1043" w:id="416"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      356) техникалық регламенттерді немесе техникалық регламенттерге өзгерістерді және (немесе) толықтыруларды әзірлеу туралы ұсыныстар дайындайды және оларды Қазақстан Республикасының заңнамасында белгіленген тәртіппен уәкілетті органға енгізеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="416"/>
-    <w:bookmarkStart w:name="z1043" w:id="417"/>
-[...15 lines deleted...]
-      356) техникалық регламенттерді немесе техникалық регламенттерге өзгерістерді және (немесе) толықтыруларды әзірлеу туралы ұсыныстар дайындайды және оларды Қазақстан Республикасының заңнамасында белгіленген тәртіппен уәкілетті органға енгізеді;</w:t>
+    <w:bookmarkStart w:name="z1044" w:id="417"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      357) техникалық реттеу саласында сараптамалық кеңестер құрады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="417"/>
-    <w:bookmarkStart w:name="z1044" w:id="418"/>
-[...15 lines deleted...]
-      357) техникалық реттеу саласында сараптамалық кеңестер құрады;</w:t>
+    <w:bookmarkStart w:name="z1045" w:id="418"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      358) белгіленген құзырет шеңберінде тиісті техникалық регламенттер талаптарының сақталуын Қазақстан Республикасының Кәсіпкерлік кодексінде айқындалған тәртіппен мемлекеттік бақылау мен қадағалауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="418"/>
-    <w:bookmarkStart w:name="z1045" w:id="419"/>
-[...15 lines deleted...]
-      358) белгіленген құзырет шеңберінде тиісті техникалық регламенттер талаптарының сақталуын Қазақстан Республикасының Кәсіпкерлік кодексінде айқындалған тәртіппен мемлекеттік бақылау мен қадағалауды жүзеге асырады;</w:t>
+    <w:bookmarkStart w:name="z1046" w:id="419"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      359) техникалық регламенттерді, оның ішінде Еуразиялық экономикалық одақтың техникалық регламенттерін іске асыру жөніндегі іс-шаралар жоспарларын әзірлейді және орындайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="419"/>
-    <w:bookmarkStart w:name="z1046" w:id="420"/>
-[...15 lines deleted...]
-      359) техникалық регламенттерді, оның ішінде Еуразиялық экономикалық одақтың техникалық регламенттерін іске асыру жөніндегі іс-шаралар жоспарларын әзірлейді және орындайды;</w:t>
+    <w:bookmarkStart w:name="z1047" w:id="420"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      360) техникалық реттеу саласындағы уәкілетті орган бекіткен қағидаларға сәйкес тиісті зертханалық практика қағидаттарын іске асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="420"/>
-    <w:bookmarkStart w:name="z1047" w:id="421"/>
-[...15 lines deleted...]
-      360) техникалық реттеу саласындағы уәкілетті орган бекіткен қағидаларға сәйкес тиісті зертханалық практика қағидаттарын іске асырады;</w:t>
+    <w:bookmarkStart w:name="z1048" w:id="421"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      361) тиісті зертханалық практика саласында нормативтік-әдістемелік базаны әзірлейді (әзірлеуге қатысады);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="421"/>
-    <w:bookmarkStart w:name="z1048" w:id="422"/>
-[...15 lines deleted...]
-      361) тиісті зертханалық практика саласында нормативтік-әдістемелік базаны әзірлейді (әзірлеуге қатысады);</w:t>
+    <w:bookmarkStart w:name="z1049" w:id="422"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      362) сәйкестігі міндетті растауға жататын өнім бойынша сәйкестікті растау жөніндегі органдарды және зертханаларды құру, жаңғырту және жарақтандыру жөнінде ұсыныстар дайындайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="422"/>
-    <w:bookmarkStart w:name="z1049" w:id="423"/>
-[...15 lines deleted...]
-      362) сәйкестігі міндетті растауға жататын өнім бойынша сәйкестікті растау жөніндегі органдарды және зертханаларды құру, жаңғырту және жарақтандыру жөнінде ұсыныстар дайындайды;</w:t>
+    <w:bookmarkStart w:name="z1050" w:id="423"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      363) сәйкестікті бағалау жөніндегі органдарды Еуразиялық экономикалық одақтың сәйкестікті бағалау жөніндегі органдарының бірыңғай тізілімдерінің ұлттық бөлігіне (ұлттық бөлігінен) енгізу немесе алып тастау бойынша жұмысқа қатысады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="423"/>
-    <w:bookmarkStart w:name="z1050" w:id="424"/>
-[...15 lines deleted...]
-      363) сәйкестікті бағалау жөніндегі органдарды Еуразиялық экономикалық одақтың сәйкестікті бағалау жөніндегі органдарының бірыңғай тізілімдерінің ұлттық бөлігіне (ұлттық бөлігінен) енгізу немесе алып тастау бойынша жұмысқа қатысады;</w:t>
+    <w:bookmarkStart w:name="z1051" w:id="424"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      364) нормативтік техникалық құжаттар техникалық регламенттер талаптарын іске асыру үшін қолданылған жағдайда, оларды Қазақстан Республикасының стандарттау саласындағы заңнамасында белгіленген тәртіппен ұлттық стандарттар ретінде әзірлеу жөнінде ұсыныстар енгізеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="424"/>
-    <w:bookmarkStart w:name="z1051" w:id="425"/>
-[...15 lines deleted...]
-      364) нормативтік техникалық құжаттар техникалық регламенттер талаптарын іске асыру үшін қолданылған жағдайда, оларды Қазақстан Республикасының стандарттау саласындағы заңнамасында белгіленген тәртіппен ұлттық стандарттар ретінде әзірлеу жөнінде ұсыныстар енгізеді;</w:t>
+    <w:bookmarkStart w:name="z1052" w:id="425"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      365) техникалық реттеу саласындағы қызметті жетілдіру, перспективалық бағыттарды дамыту, техникалық регламенттерді қолдануға, мемлекеттік саясат пен мақсаттарға сәйкестігіне талдау жүргізуге байланысты мәселелерді қарау жөніндегі ұсыныстарды әзірлеу үшін сарапшылық кеңестер құрады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="425"/>
-    <w:bookmarkStart w:name="z1052" w:id="426"/>
-[...15 lines deleted...]
-      365) техникалық реттеу саласындағы қызметті жетілдіру, перспективалық бағыттарды дамыту, техникалық регламенттерді қолдануға, мемлекеттік саясат пен мақсаттарға сәйкестігіне талдау жүргізуге байланысты мәселелерді қарау жөніндегі ұсыныстарды әзірлеу үшін сарапшылық кеңестер құрады;</w:t>
+    <w:bookmarkStart w:name="z1053" w:id="426"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      366) техникалық реттеу саласындағы сараптамалық кеңестердің құрамын және олар туралы ережені бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="426"/>
-    <w:bookmarkStart w:name="z1053" w:id="427"/>
-[...15 lines deleted...]
-      366) техникалық реттеу саласындағы сараптамалық кеңестердің құрамын және олар туралы ережені бекітеді;</w:t>
+    <w:bookmarkStart w:name="z1054" w:id="427"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      367) ауыл шаруашылығы кооперативтерінің құрылуының және қызметінің тәжірибесін, оның ішінде интернет-ресурстар арқылы тарату және енгізу жөніндегі іс-шараларды әзірлеуде және іске асыруда ақпараттық, консультациялық және әдістемелік көмек көрсетуді жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="427"/>
-    <w:bookmarkStart w:name="z1054" w:id="428"/>
-[...15 lines deleted...]
-      367) ауыл шаруашылығы кооперативтерінің құрылуының және қызметінің тәжірибесін, оның ішінде интернет-ресурстар арқылы тарату және енгізу жөніндегі іс-шараларды әзірлеуде және іске асыруда ақпараттық, консультациялық және әдістемелік көмек көрсетуді жүзеге асырады;</w:t>
+    <w:bookmarkStart w:name="z1055" w:id="428"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      368) мыналар:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="428"/>
-    <w:bookmarkStart w:name="z1055" w:id="429"/>
-[...15 lines deleted...]
-      368) мыналар:</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ауыл шаруашылығы кооперативтерінің қызметіне қатысты қолайлы салықтық, қаржы-кредиттік, инвестициялық саясатты құру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының заңнамасына сәйкес ауыл шаруашылығы кооперативтерін мемлекеттік қолдау бойынша ұсыныстар тұжырымдайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1056" w:id="429"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      369) ауыл шаруашылығы кооперациясы үшін кадрларды даярлауға, қайта даярлауға және біліктілігін арттыруға және ауыл шаруашылығы кооперациясы мәселелері бойынша ғылыми зерттеулер жүргізуге жәрдемдеседі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="429"/>
-    <w:p>
-[...51 lines deleted...]
-      369) ауыл шаруашылығы кооперациясы үшін кадрларды даярлауға, қайта даярлауға және біліктілігін арттыруға және ауыл шаруашылығы кооперациясы мәселелері бойынша ғылыми зерттеулер жүргізуге жәрдемдеседі;</w:t>
+    <w:bookmarkStart w:name="z1057" w:id="430"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      370) ауыл шаруашылығы кооперативінің үлгілік жарғысын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="430"/>
-    <w:bookmarkStart w:name="z1057" w:id="431"/>
-[...15 lines deleted...]
-      370) ауыл шаруашылығы кооперативінің үлгілік жарғысын әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z1058" w:id="431"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      371) ветеринариялық-санитариялық бақылануға және қадағалануға тиісті тамақ өнімдерінің қауіпсіздігін қамтамасыз ету жөніндегі халықаралық ұйымдарда Қазақстан Республикасының атынан өкілдік етеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="431"/>
-    <w:bookmarkStart w:name="z1058" w:id="432"/>
-[...15 lines deleted...]
-      371) ветеринариялық-санитариялық бақылануға және қадағалануға тиісті тамақ өнімдерінің қауіпсіздігін қамтамасыз ету жөніндегі халықаралық ұйымдарда Қазақстан Республикасының атынан өкілдік етеді;</w:t>
+    <w:bookmarkStart w:name="z1059" w:id="432"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      372) мыналарға:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="432"/>
-    <w:bookmarkStart w:name="z1059" w:id="433"/>
-[...15 lines deleted...]
-      372) мыналарға:</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының ветеринариялық-санитариялық бақылануға және қадағалануға тиісті тамақ өнімдерінің қауіпсіздігі туралы заңнамасында белгіленген талаптардың сақталуына;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тамақ өнімдерінің қауіпсіздігін айқындау бойынша оларға ветеринариялық-санитариялық сараптаманы жүзеге асыратын жеке және заңды тұлғалардың қызметін мемлекеттік бақылауды және қадағалауды ұйымдастырады, үйлестіреді және жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1060" w:id="433"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      373) ветеринариялық-санитариялық бақылау мен қадағалауға жататын тамақ өнімінің қауіпсіздігі саласындағы ветеринариялық (ветеринариялық-санитариялық) қағидалар мен нормативтерді, нормативтік құжаттарды, ветеринариялық-санитариялық бақылау мен қадағалауға жататын тамақ өнімінің қауіпсіздігі саласындағы техникалық регламенттерді әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="433"/>
-    <w:p>
-[...51 lines deleted...]
-      373) ветеринариялық-санитариялық бақылау мен қадағалауға жататын тамақ өнімінің қауіпсіздігі саласындағы ветеринариялық (ветеринариялық-санитариялық) қағидалар мен нормативтерді, нормативтік құжаттарды, ветеринариялық-санитариялық бақылау мен қадағалауға жататын тамақ өнімінің қауіпсіздігі саласындағы техникалық регламенттерді әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z1061" w:id="434"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      374) Қазақстан Республикасының аумағында алғаш рет өндірілетін (дайындалатын) және алғаш рет әкелінетін (импортталатын) азық қоспаларын мемлекеттік тіркеуді жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="434"/>
-    <w:bookmarkStart w:name="z1061" w:id="435"/>
-[...15 lines deleted...]
-      374) Қазақстан Республикасының аумағында алғаш рет өндірілетін (дайындалатын) және алғаш рет әкелінетін (импортталатын) азық қоспаларын мемлекеттік тіркеуді жүзеге асырады;</w:t>
+    <w:bookmarkStart w:name="z1062" w:id="435"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      375) Қазақстан Республикасының аумағында өндіруге (дайындауға), әкелуге (импорттауға), қолдануға және өткізуге рұқсат етілген азық қоспаларының мемлекеттік тізілімін жүргізеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="435"/>
-    <w:bookmarkStart w:name="z1062" w:id="436"/>
-[...15 lines deleted...]
-      375) Қазақстан Республикасының аумағында өндіруге (дайындауға), әкелуге (импорттауға), қолдануға және өткізуге рұқсат етілген азық қоспаларының мемлекеттік тізілімін жүргізеді;</w:t>
+    <w:bookmarkStart w:name="z1063" w:id="436"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      376) ветеринариялық-санитариялық бақылануға және қадағалануға тиісті тамақ өнімдерінің Қазақстан Республикасының заңнамасында белгіленген талаптарға сәйкестігі туралы ветеринариялық құжаттар береді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="436"/>
-    <w:bookmarkStart w:name="z1063" w:id="437"/>
-[...15 lines deleted...]
-      376) ветеринариялық-санитариялық бақылануға және қадағалануға тиісті тамақ өнімдерінің Қазақстан Республикасының заңнамасында белгіленген талаптарға сәйкестігі туралы ветеринариялық құжаттар береді;</w:t>
+    <w:bookmarkStart w:name="z1064" w:id="437"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      377) ветеринариялық-санитариялық бақылануға және қадағалануға тиісті тамақ өнімдерін әзірлеу (жасау), өндіру (дайындау), айналымы, кәдеге жарату және жою процестерінің (сатыларының) Қазақстан Республикасының заңнамасында белгіленген талаптарға сәйкестігіне ветеринариялық-санитариялық бақылауды мен қадағалауды ұйымдастырады және жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="437"/>
-    <w:bookmarkStart w:name="z1064" w:id="438"/>
-[...15 lines deleted...]
-      377) ветеринариялық-санитариялық бақылануға және қадағалануға тиісті тамақ өнімдерін әзірлеу (жасау), өндіру (дайындау), айналымы, кәдеге жарату және жою процестерінің (сатыларының) Қазақстан Республикасының заңнамасында белгіленген талаптарға сәйкестігіне ветеринариялық-санитариялық бақылауды мен қадағалауды ұйымдастырады және жүзеге асырады;</w:t>
+    <w:bookmarkStart w:name="z1065" w:id="438"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      378) ветеринариялық-санитариялық бақылануға және қадағалануға тиісті қауіпті тамақ өнімдерін анықтау және өткізуге жол бермеу жөніндегі шараларды әзірлеу мақсатында ішкі сауда объектілеріне ветеринариялық-санитариялық бақылауды және қадағалауды және мониторингті жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="438"/>
-    <w:bookmarkStart w:name="z1065" w:id="439"/>
-[...15 lines deleted...]
-      378) ветеринариялық-санитариялық бақылануға және қадағалануға тиісті қауіпті тамақ өнімдерін анықтау және өткізуге жол бермеу жөніндегі шараларды әзірлеу мақсатында ішкі сауда объектілеріне ветеринариялық-санитариялық бақылауды және қадағалауды және мониторингті жүзеге асырады;</w:t>
+    <w:bookmarkStart w:name="z1066" w:id="439"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      379) тамақ өнімдерін өндіру (дайындау) және айналымы процестерінде (сатыларында) ветеринариялық-санитариялық бақылануға және қадағалануға тиісті тамақ өнімдерінің қауіпсіздігіне ветеринариялық-санитариялық бақылауды және қадағалауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="439"/>
-    <w:bookmarkStart w:name="z1066" w:id="440"/>
-[...15 lines deleted...]
-      379) тамақ өнімдерін өндіру (дайындау) және айналымы процестерінде (сатыларында) ветеринариялық-санитариялық бақылануға және қадағалануға тиісті тамақ өнімдерінің қауіпсіздігіне ветеринариялық-санитариялық бақылауды және қадағалауды жүзеге асырады;</w:t>
+    <w:bookmarkStart w:name="z1067" w:id="440"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      380) мыналарды:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="440"/>
-    <w:bookmarkStart w:name="z1067" w:id="441"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="441"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тамақ өнімдерінің қауіпсіздігін айқындау бойынша ветеринариялық-санитариялық сараптама жүргізу;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының аумағында алғаш рет өндірілетін (дайындалатын) және аумағына алғаш рет әкелінетін (импортталатын) жемшөп қоспаларын мемлекеттік тіркеу тәртібін бекітеді; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1068" w:id="442"/>
+    <w:bookmarkStart w:name="z1068" w:id="441"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       381) "Тамақ өнімдерінің қауіпсіздігі туралы" Қазақстан Республикасы Заңының талаптарын бұзушылықтарды жою туралы нұсқамалар береді;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="441"/>
+    <w:bookmarkStart w:name="z1069" w:id="442"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      382) ветеринариялық-санитариялық бақылануға және қадағалануға тиісті тамақ өнімдерін өндіру объектілеріне есептік нөмірлер беру және олардың тізілімін жүргізеді;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="442"/>
-    <w:bookmarkStart w:name="z1069" w:id="443"/>
-[...15 lines deleted...]
-      382) ветеринариялық-санитариялық бақылануға және қадағалануға тиісті тамақ өнімдерін өндіру объектілеріне есептік нөмірлер беру және олардың тізілімін жүргізеді;</w:t>
+    <w:bookmarkStart w:name="z1070" w:id="443"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      383) ветеринариялық-санитариялық бақылау мен қадағалауға жататын тамақ өнімдерінің қауіпсіздігі саласындағы нормативтік-техникалық құжаттаманың жобаларын келіседі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="443"/>
-    <w:bookmarkStart w:name="z1070" w:id="444"/>
-[...15 lines deleted...]
-      383) ветеринариялық-санитариялық бақылау мен қадағалауға жататын тамақ өнімдерінің қауіпсіздігі саласындағы нормативтік-техникалық құжаттаманың жобаларын келіседі;</w:t>
+    <w:bookmarkStart w:name="z1071" w:id="444"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      384) тиісті саладағы мемлекеттік мүлікті басқару жөніндегі мемлекеттік саясатты іске асыруды жүзеге асырады, өз құзыреті шегінде тиісті салада мемлекеттік мүлікті басқару аясындағы нормативтік құқықтық актілерді әзірлейді, бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="444"/>
-    <w:bookmarkStart w:name="z1071" w:id="445"/>
-[...15 lines deleted...]
-      384) тиісті саладағы мемлекеттік мүлікті басқару жөніндегі мемлекеттік саясатты іске асыруды жүзеге асырады, өз құзыреті шегінде тиісті салада мемлекеттік мүлікті басқару аясындағы нормативтік құқықтық актілерді әзірлейді, бекітеді;</w:t>
+    <w:bookmarkStart w:name="z1072" w:id="445"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      385) республикалық мемлекеттік кәсіпорындар және Қазақстан Республикасының заңдарында көзделген жағдайларда коммуналдық мемлекеттік кәсіпорындар қызметінің басым бағыттарын және бюджеттен қаржыландырылатын жұмыстарының (көрсететін қызметтерінің) міндетті көлемдерін айқындайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="445"/>
-    <w:bookmarkStart w:name="z1072" w:id="446"/>
-[...15 lines deleted...]
-      385) республикалық мемлекеттік кәсіпорындар және Қазақстан Республикасының заңдарында көзделген жағдайларда коммуналдық мемлекеттік кәсіпорындар қызметінің басым бағыттарын және бюджеттен қаржыландырылатын жұмыстарының (көрсететін қызметтерінің) міндетті көлемдерін айқындайды;</w:t>
+    <w:bookmarkStart w:name="z1073" w:id="446"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      386) республикалық мемлекеттік мекеме қызметінің нысанасы мен мақсатын айқындайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="446"/>
-    <w:bookmarkStart w:name="z1073" w:id="447"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z1074" w:id="448"/>
+    <w:bookmarkStart w:name="z1074" w:id="447"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       387) мемлекеттік мүлік жөніндегі уәкілетті органға республикалық мемлекеттік кәсіпорын қызметінің нысанасы мен мақсатын айқындау бойынша, сондай-ақ осындай қызметті жүзеге асыратын республикалық мемлекеттік кәсіпорынның түрін (шаруашылық жүргізу құқығындағы немесе қазыналық кәсіпорын) айқындау жөнінде ұсыныстар енгізеді; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="447"/>
+    <w:bookmarkStart w:name="z1075" w:id="448"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      388) республикалық мемлекеттік кәсіпорындардың даму жоспарларын және оларды орындау жөніндегі есептерін қарайды, "Мемлекеттік мүлік туралы" Қазақстан Республикасының Заңында көзделген жағдайларда келіседі және бекітеді;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="448"/>
-    <w:bookmarkStart w:name="z1075" w:id="449"/>
-[...15 lines deleted...]
-      388) республикалық мемлекеттік кәсіпорындардың даму жоспарларын және оларды орындау жөніндегі есептерін қарайды, "Мемлекеттік мүлік туралы" Қазақстан Республикасының Заңында көзделген жағдайларда келіседі және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z1076" w:id="449"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      389) республикалық заңды тұлғалар мүлкінің сақталуын және республикалық мемлекеттік кәсіпорындардың даму жоспарларының орындауын бақылауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="449"/>
-    <w:bookmarkStart w:name="z1076" w:id="450"/>
-[...15 lines deleted...]
-      389) республикалық заңды тұлғалар мүлкінің сақталуын және республикалық мемлекеттік кәсіпорындардың даму жоспарларының орындауын бақылауды жүзеге асырады;</w:t>
+    <w:bookmarkStart w:name="z1077" w:id="450"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      390) ұлттық басқарушы холдингтердің, ұлттық холдингтердің және ұлттық компаниялардың даму жоспарларының және акционері мемлекет болып табылатын тиісті саладағы ұлттық басқарушы холдингтердің, ұлттық холдингтердің, ұлттық компаниялардың іс-шаралар жоспарларының орындалуын бақылауды және талдауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="450"/>
-    <w:bookmarkStart w:name="z1077" w:id="451"/>
-[...15 lines deleted...]
-      390) ұлттық басқарушы холдингтердің, ұлттық холдингтердің және ұлттық компаниялардың даму жоспарларының және акционері мемлекет болып табылатын тиісті саладағы ұлттық басқарушы холдингтердің, ұлттық холдингтердің, ұлттық компаниялардың іс-шаралар жоспарларының орындалуын бақылауды және талдауды жүзеге асырады;</w:t>
+    <w:bookmarkStart w:name="z1078" w:id="451"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      391) тиісті саладағы республикалық мемлекеттік кәсіпорындардың, мемлекет бақылайтын акционерлік қоғамдар мен жауапкершілігі шектеулі серіктестіктердің даму жоспарларының орындалуын бақылауды және талдауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="451"/>
-    <w:bookmarkStart w:name="z1078" w:id="452"/>
-[...15 lines deleted...]
-      391) тиісті саладағы республикалық мемлекеттік кәсіпорындардың, мемлекет бақылайтын акционерлік қоғамдар мен жауапкершілігі шектеулі серіктестіктердің даму жоспарларының орындалуын бақылауды және талдауды жүзеге асырады;</w:t>
+    <w:bookmarkStart w:name="z1079" w:id="452"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      392) мемлекеттік мүлік жөніндегі уәкілетті органға республикалық заңды тұлғаға берілген немесе ол өзінің шаруашылық қызметінің нәтижесінде сатып алған мүлікті алып қоюға немесе қайта бөлуге келісімін береді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="452"/>
-    <w:bookmarkStart w:name="z1079" w:id="453"/>
-[...15 lines deleted...]
-      392) мемлекеттік мүлік жөніндегі уәкілетті органға республикалық заңды тұлғаға берілген немесе ол өзінің шаруашылық қызметінің нәтижесінде сатып алған мүлікті алып қоюға немесе қайта бөлуге келісімін береді;</w:t>
+    <w:bookmarkStart w:name="z1080" w:id="453"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      393) республикалық заңды тұлғаларды басқаруды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="453"/>
-    <w:bookmarkStart w:name="z1080" w:id="454"/>
-[...15 lines deleted...]
-      393) республикалық заңды тұлғаларды басқаруды жүзеге асырады;</w:t>
+    <w:bookmarkStart w:name="z1081" w:id="454"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      394) республикалық мемлекеттік мекемелердің жарғысын (ережесін), оған енгізілетін өзгерістер мен толықтыруларды бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="454"/>
-    <w:bookmarkStart w:name="z1081" w:id="455"/>
-[...15 lines deleted...]
-      394) республикалық мемлекеттік мекемелердің жарғысын (ережесін), оған енгізілетін өзгерістер мен толықтыруларды бекітеді;</w:t>
+    <w:bookmarkStart w:name="z1082" w:id="455"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      395) республикалық заңды тұлғаның жылдық қаржылық есептілігін бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="455"/>
-    <w:bookmarkStart w:name="z1082" w:id="456"/>
-[...15 lines deleted...]
-      395) республикалық заңды тұлғаның жылдық қаржылық есептілігін бекітеді;</w:t>
+    <w:bookmarkStart w:name="z1083" w:id="456"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      396) республикалық қазыналық кәсіпорындар өндіретін және сататын тауарларға (жұмыстарға, көрсетілетін қызметтерге) баға белгілейді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="456"/>
-    <w:bookmarkStart w:name="z1083" w:id="457"/>
-[...15 lines deleted...]
-      396) республикалық қазыналық кәсіпорындар өндіретін және сататын тауарларға (жұмыстарға, көрсетілетін қызметтерге) баға белгілейді;</w:t>
+    <w:bookmarkStart w:name="z1084" w:id="457"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      397) республикалық мемлекеттік мекемелерді республикалық бюджеттен қаржыландыру жоспарларын бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="457"/>
-    <w:bookmarkStart w:name="z1084" w:id="458"/>
-[...15 lines deleted...]
-      397) республикалық мемлекеттік мекемелерді республикалық бюджеттен қаржыландыру жоспарларын бекітеді;</w:t>
+    <w:bookmarkStart w:name="z1085" w:id="458"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      398) республикалық мемлекеттік мекемелердің филиалдар мен өкілдіктер құруына келісім береді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="458"/>
-    <w:bookmarkStart w:name="z1085" w:id="459"/>
-[...15 lines deleted...]
-      398) республикалық мемлекеттік мекемелердің филиалдар мен өкілдіктер құруына келісім береді;</w:t>
+    <w:bookmarkStart w:name="z1086" w:id="459"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      399) мемлекеттік мүлік жөніндегі уәкілетті органмен келісім бойынша республикалық заңды тұлғаны қайта ұйымдастыруды және таратуды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="459"/>
-    <w:bookmarkStart w:name="z1086" w:id="460"/>
-[...15 lines deleted...]
-      399) мемлекеттік мүлік жөніндегі уәкілетті органмен келісім бойынша республикалық заңды тұлғаны қайта ұйымдастыруды және таратуды жүзеге асырады;</w:t>
+    <w:bookmarkStart w:name="z1087" w:id="460"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      400) Қазақстан Республикасы Үкіметінің стратегиялық объектіге ие болудың басым құқығын іске асыру туралы шешімінің жобасын әзірлейді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="460"/>
-    <w:bookmarkStart w:name="z1087" w:id="461"/>
-[...15 lines deleted...]
-      400) Қазақстан Республикасы Үкіметінің стратегиялық объектіге ие болудың басым құқығын іске асыру туралы шешімінің жобасын әзірлейді;</w:t>
+    <w:bookmarkStart w:name="z1088" w:id="461"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      401) акциялардың мемлекеттік пакетін (жарғылық капиталға қатысу үлестерін) иелену және пайдалану құқықтары өзіне берілген жағдайларда, мемлекет жалғыз акционері (қатысушысы) болып табылатын акционерлік қоғамдардың (жауапкершілігі шектеулі серіктестіктердің) тиісті директорлар кеңесінің (байқау кеңесінің) құрамына өз өкілін тағайындайды, ал мемлекет қатысатын өзге де акционерлік қоғамдарда және жауапкершілігі шектеулі серіктестіктерде директорлар кеңестеріне немесе байқау кеңестеріне кандидатураны акционерлердің немесе жауапкершілігі шектеулі серіктестік қатысушыларының жалпы жиналысына бекітуге ұсынады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="461"/>
-    <w:bookmarkStart w:name="z1088" w:id="462"/>
-[...15 lines deleted...]
-      401) акциялардың мемлекеттік пакетін (жарғылық капиталға қатысу үлестерін) иелену және пайдалану құқықтары өзіне берілген жағдайларда, мемлекет жалғыз акционері (қатысушысы) болып табылатын акционерлік қоғамдардың (жауапкершілігі шектеулі серіктестіктердің) тиісті директорлар кеңесінің (байқау кеңесінің) құрамына өз өкілін тағайындайды, ал мемлекет қатысатын өзге де акционерлік қоғамдарда және жауапкершілігі шектеулі серіктестіктерде директорлар кеңестеріне немесе байқау кеңестеріне кандидатураны акционерлердің немесе жауапкершілігі шектеулі серіктестік қатысушыларының жалпы жиналысына бекітуге ұсынады;</w:t>
+    <w:bookmarkStart w:name="z1089" w:id="462"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      402) мемлекеттік мүлік жөніндегі уәкілетті органның өкілін мемлекет қатысатын акционерлік қоғамның директорлар кеңесінің немесе мемлекет қатысатын жауапкершілігі шектеулі серіктестіктің байқау кеңесінің құрамына енгізу үшін қажетті шараларды қамтамасыз етеді немесе қабылдайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="462"/>
-    <w:bookmarkStart w:name="z1089" w:id="463"/>
-[...15 lines deleted...]
-      402) мемлекеттік мүлік жөніндегі уәкілетті органның өкілін мемлекет қатысатын акционерлік қоғамның директорлар кеңесінің немесе мемлекет қатысатын жауапкершілігі шектеулі серіктестіктің байқау кеңесінің құрамына енгізу үшін қажетті шараларды қамтамасыз етеді немесе қабылдайды;</w:t>
+    <w:bookmarkStart w:name="z1090" w:id="463"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      403) мәліметтерді, оның ішінде өзінің басқаруындағы мемлекеттік заңды тұлғалардың және оларға қатысты мемлекеттің акционер (қатысушы) ретінде басқаруға қатысу құқығын өзі жүзеге асыратын мемлекет қатысатын заңды тұлғалардың атаулы тізбесін, бұл мәліметтерді мемлекеттік мүліктің тізілімінде көрсету үшін дайындайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="463"/>
-    <w:bookmarkStart w:name="z1090" w:id="464"/>
-[...15 lines deleted...]
-      403) мәліметтерді, оның ішінде өзінің басқаруындағы мемлекеттік заңды тұлғалардың және оларға қатысты мемлекеттің акционер (қатысушы) ретінде басқаруға қатысу құқығын өзі жүзеге асыратын мемлекет қатысатын заңды тұлғалардың атаулы тізбесін, бұл мәліметтерді мемлекеттік мүліктің тізілімінде көрсету үшін дайындайды;</w:t>
+    <w:bookmarkStart w:name="z1091" w:id="464"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      404) мемлекеттік мүлік жөніндегі уәкілетті органға республикалық мемлекеттік кәсіпорынның өзіне бекітіп берілген мүлікті (өзі өндірген өнімді сатуын қоспағанда) иеліктен шығаруына немесе оған өзгеше тәсілмен билік етуіне, филиалдарды (өкілдіктерді) құруына келісім беру жөнінде ұсыныстар енгізеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="464"/>
-    <w:bookmarkStart w:name="z1091" w:id="465"/>
-[...15 lines deleted...]
-      404) мемлекеттік мүлік жөніндегі уәкілетті органға республикалық мемлекеттік кәсіпорынның өзіне бекітіп берілген мүлікті (өзі өндірген өнімді сатуын қоспағанда) иеліктен шығаруына немесе оған өзгеше тәсілмен билік етуіне, филиалдарды (өкілдіктерді) құруына келісім беру жөнінде ұсыныстар енгізеді;</w:t>
+    <w:bookmarkStart w:name="z1092" w:id="465"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      405) Қазақстан Республикасы акционері (қатысушысы) болып табылатын акционерлік қоғамдардың акцияларын және жауапкершілігі шектеулі серіктестіктерге қатысу үлестерін және республикалық меншіктегі стратегиялық объектілерді қоспағанда, республикалық мемлекеттік мүлікті акционерлік қоғамның акцияларын төлеуге не жауапкершілігі шектеулі серіктестіктің жарғылық капиталына беру туралы шешімді келіседі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="465"/>
-    <w:bookmarkStart w:name="z1092" w:id="466"/>
-[...15 lines deleted...]
-      405) Қазақстан Республикасы акционері (қатысушысы) болып табылатын акционерлік қоғамдардың акцияларын және жауапкершілігі шектеулі серіктестіктерге қатысу үлестерін және республикалық меншіктегі стратегиялық объектілерді қоспағанда, республикалық мемлекеттік мүлікті акционерлік қоғамның акцияларын төлеуге не жауапкершілігі шектеулі серіктестіктің жарғылық капиталына беру туралы шешімді келіседі;</w:t>
+    <w:bookmarkStart w:name="z1093" w:id="466"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      406) үкіметтік емес ұйымдармен өзара іс-қимыл саласындағы уәкілетті орган айқындайтын тәртіппен мемлекеттік әлеуметтік тапсырысты қалыптастыруды, оның іске асырылу мониторингін және нәтижелерін бағалауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="466"/>
-    <w:bookmarkStart w:name="z1093" w:id="467"/>
-[...15 lines deleted...]
-      406) үкіметтік емес ұйымдармен өзара іс-қимыл саласындағы уәкілетті орган айқындайтын тәртіппен мемлекеттік әлеуметтік тапсырысты қалыптастыруды, оның іске асырылу мониторингін және нәтижелерін бағалауды жүзеге асырады;</w:t>
+    <w:bookmarkStart w:name="z1094" w:id="467"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      407) үкіметтік емес ұйымдармен өзара іс-қимыл және ынтымақтастық жөніндегі кеңестерді құрады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="467"/>
-    <w:bookmarkStart w:name="z1094" w:id="468"/>
-[...15 lines deleted...]
-      407) үкіметтік емес ұйымдармен өзара іс-қимыл және ынтымақтастық жөніндегі кеңестерді құрады;</w:t>
+    <w:bookmarkStart w:name="z1095" w:id="468"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      408) үкіметтік емес ұйымдармен өзара іс-қимыл саласындағы уәкілетті органға мемлекеттік әлеуметтік тапсырыстың іске асырылуы жөнінде ақпарат береді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="468"/>
-    <w:bookmarkStart w:name="z1095" w:id="469"/>
-[...15 lines deleted...]
-      408) үкіметтік емес ұйымдармен өзара іс-қимыл саласындағы уәкілетті органға мемлекеттік әлеуметтік тапсырыстың іске асырылуы жөнінде ақпарат береді;</w:t>
+    <w:bookmarkStart w:name="z1096" w:id="469"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      409) мемлекеттік әлеуметтік тапсырыстың жоспарланатын тақырыптарын және іске асырылуы жөніндегі ақпаратты, сондай-ақ мемлекеттік әлеуметтік тапсырыстың нәтижелерін бағалауды өзінің интернет-ресурсында орналастырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="469"/>
-    <w:bookmarkStart w:name="z1096" w:id="470"/>
-[...15 lines deleted...]
-      409) мемлекеттік әлеуметтік тапсырыстың жоспарланатын тақырыптарын және іске асырылуы жөніндегі ақпаратты, сондай-ақ мемлекеттік әлеуметтік тапсырыстың нәтижелерін бағалауды өзінің интернет-ресурсында орналастырады;</w:t>
+    <w:bookmarkStart w:name="z1097" w:id="470"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      410) мемлекеттік әлеуметтік тапсырысты жүзеге асыратын үкіметтік емес ұйымдарға ақпараттық, консультациялық, әдістемелік қолдау көрсетеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="470"/>
-    <w:bookmarkStart w:name="z1097" w:id="471"/>
-[...15 lines deleted...]
-      410) мемлекеттік әлеуметтік тапсырысты жүзеге асыратын үкіметтік емес ұйымдарға ақпараттық, консультациялық, әдістемелік қолдау көрсетеді;</w:t>
+    <w:bookmarkStart w:name="z1098" w:id="471"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      411) ғылыми және (немесе) ғылыми-техникалық қызмет саласында ұсыныстар әзірлеуге және мемлекеттік саясатты, ғылым және ғылыми және (немесе) ғылыми-техникалық қызмет нәтижелерін коммерцияландыру саласындағы ғылыми-технологиялық саясатты іске асыруға, тиісті салада ғылыми зерттеулер жүргізу жөніндегі жұмысты үйлестіруге қатысады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="471"/>
-    <w:bookmarkStart w:name="z1098" w:id="472"/>
-[...15 lines deleted...]
-      411) ғылыми және (немесе) ғылыми-техникалық қызмет саласында ұсыныстар әзірлеуге және мемлекеттік саясатты, ғылым және ғылыми және (немесе) ғылыми-техникалық қызмет нәтижелерін коммерцияландыру саласындағы ғылыми-технологиялық саясатты іске асыруға, тиісті салада ғылыми зерттеулер жүргізу жөніндегі жұмысты үйлестіруге қатысады;</w:t>
+    <w:bookmarkStart w:name="z1099" w:id="472"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      412) тиісті салада іргелі және (немесе) қолданбалы ғылыми зерттеулердің басым бағыттарын қалыптастыруға қатысады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="472"/>
-    <w:bookmarkStart w:name="z1099" w:id="473"/>
-[...15 lines deleted...]
-      412) тиісті салада іргелі және (немесе) қолданбалы ғылыми зерттеулердің басым бағыттарын қалыптастыруға қатысады;</w:t>
+    <w:bookmarkStart w:name="z1100" w:id="473"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      413) бюджет қаражаты есебінен қаржыландырылатын ғылыми, ғылыми-техникалық жобалар мен бағдарламаларды әзірлеуді ұйымдастырады және олардың тиісті салада іске асырылуын жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="473"/>
-    <w:bookmarkStart w:name="z1100" w:id="474"/>
-[...15 lines deleted...]
-      413) бюджет қаражаты есебінен қаржыландырылатын ғылыми, ғылыми-техникалық жобалар мен бағдарламаларды әзірлеуді ұйымдастырады және олардың тиісті салада іске асырылуын жүзеге асырады;</w:t>
+    <w:bookmarkStart w:name="z1101" w:id="474"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      414) бюджет қаражаты есебінен қаржыландырылатын, тиісті салада орындалған ғылыми, ғылыми-техникалық жобалар мен бағдарламалар жөніндегі есептерді бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="474"/>
-    <w:bookmarkStart w:name="z1101" w:id="475"/>
-[...15 lines deleted...]
-      414) бюджет қаражаты есебінен қаржыландырылатын, тиісті салада орындалған ғылыми, ғылыми-техникалық жобалар мен бағдарламалар жөніндегі есептерді бекітеді;</w:t>
+    <w:bookmarkStart w:name="z1102" w:id="475"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      415) мемлекеттік ғылыми-техникалық сараптаманы ұйымдастыру және жүргізу қағидаларын әзірлеуге қатысады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="475"/>
-    <w:bookmarkStart w:name="z1102" w:id="476"/>
-[...15 lines deleted...]
-      415) мемлекеттік ғылыми-техникалық сараптаманы ұйымдастыру және жүргізу қағидаларын әзірлеуге қатысады;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">416) алып тасталды - ҚР Үкіметінің 29.04.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 286</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1104" w:id="476"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      417) ұлттық ғылыми кеңестердің құрамдарына қосу үшін кандидатуралар бойынша ұсыныстарды ғылым саласындағы уәкілетті органға енгізеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="476"/>
-    <w:p>
-[...87 lines deleted...]
-      417) ұлттық ғылыми кеңестердің құрамдарына қосу үшін кандидатуралар бойынша ұсыныстарды ғылым саласындағы уәкілетті органға енгізеді;</w:t>
+    <w:bookmarkStart w:name="z1105" w:id="477"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      418) ұлттық ғылыми кеңестер туралы ережені әзірлеуге қатысады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="477"/>
-    <w:bookmarkStart w:name="z1105" w:id="478"/>
-[...15 lines deleted...]
-      418) ұлттық ғылыми кеңестер туралы ережені әзірлеуге қатысады;</w:t>
+    <w:bookmarkStart w:name="z1454" w:id="478"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      418-1) ғылыми-техникалық кеңесті құрады және оның ережесін бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="478"/>
-    <w:bookmarkStart w:name="z1454" w:id="479"/>
-[...15 lines deleted...]
-      418-1) ғылыми-техникалық кеңесті құрады және оның ережесін бекітеді;</w:t>
+    <w:bookmarkStart w:name="z1106" w:id="479"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      419) базалық қаржыландыру субъектілері мен іргелі ғылыми зерттеулерді жүзеге асыратын ғылыми ұйымдардың тізбелерін қалыптастыру жөніндегі ұсыныстарды ғылым саласындағы уәкілетті органға енгізеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="479"/>
-    <w:bookmarkStart w:name="z1106" w:id="480"/>
-[...15 lines deleted...]
-      419) базалық қаржыландыру субъектілері мен іргелі ғылыми зерттеулерді жүзеге асыратын ғылыми ұйымдардың тізбелерін қалыптастыру жөніндегі ұсыныстарды ғылым саласындағы уәкілетті органға енгізеді;</w:t>
+    <w:bookmarkStart w:name="z1107" w:id="480"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      420) ғылымды қаржыландыру қағидаларын әзірлеуге қатысады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="480"/>
-    <w:bookmarkStart w:name="z1107" w:id="481"/>
-[...15 lines deleted...]
-      420) ғылымды қаржыландыру қағидаларын әзірлеуге қатысады;</w:t>
+    <w:bookmarkStart w:name="z1455" w:id="481"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      420-1) тиісті саладағы ғылыми және (немесе) ғылыми-техникалық қызмет нәтижелерін коммерцияландыруға жәрдемдесу бағдарламаларының іске асырылуына мониторингті жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="481"/>
-    <w:bookmarkStart w:name="z1455" w:id="482"/>
-[...15 lines deleted...]
-      420-1) тиісті саладағы ғылыми және (немесе) ғылыми-техникалық қызмет нәтижелерін коммерцияландыруға жәрдемдесу бағдарламаларының іске асырылуына мониторингті жүзеге асырады;</w:t>
+    <w:bookmarkStart w:name="z1108" w:id="482"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      421) облыстардың жергілікті атқарушы органдарымен бірлесіп, ауыл шаруашылығы өнімдерін өндірушілерге жеткізу үшін қажетті мұнай өнімдерінің көлемін айқындайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="482"/>
-    <w:bookmarkStart w:name="z1108" w:id="483"/>
-[...15 lines deleted...]
-      421) облыстардың жергілікті атқарушы органдарымен бірлесіп, ауыл шаруашылығы өнімдерін өндірушілерге жеткізу үшін қажетті мұнай өнімдерінің көлемін айқындайды;</w:t>
+    <w:bookmarkStart w:name="z1109" w:id="483"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      422) ауыл шаруашылығы өнімдерін өндірушілердің мұнай өнімдерімен қамтамасыз етілуіне талдау жүргізеді және оның нәтижелерін мұнай өнімдерін өндіру саласындағы уәкілетті органға ұсынады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="483"/>
-    <w:bookmarkStart w:name="z1109" w:id="484"/>
-[...15 lines deleted...]
-      422) ауыл шаруашылығы өнімдерін өндірушілердің мұнай өнімдерімен қамтамасыз етілуіне талдау жүргізеді және оның нәтижелерін мұнай өнімдерін өндіру саласындағы уәкілетті органға ұсынады;</w:t>
+    <w:bookmarkStart w:name="z1110" w:id="484"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      423) мемлекеттік құпияларды қорғау саласындағы заңнаманы сақтай отырып, ұлттық қауіпсіздіктің жай-күйі және оны қамтамасыз ету бойынша қабылданып жатқан шаралар туралы халықты хабардар етеді, насихаттау және насихаттауға қарсы қызметті жүргізеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="484"/>
-    <w:bookmarkStart w:name="z1110" w:id="485"/>
-[...15 lines deleted...]
-      423) мемлекеттік құпияларды қорғау саласындағы заңнаманы сақтай отырып, ұлттық қауіпсіздіктің жай-күйі және оны қамтамасыз ету бойынша қабылданып жатқан шаралар туралы халықты хабардар етеді, насихаттау және насихаттауға қарсы қызметті жүргізеді;</w:t>
+    <w:bookmarkStart w:name="z1111" w:id="485"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      424) ұлттық қауіпсіздік жүйесін жетілдіру бойынша ұсыныстар енгізеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="485"/>
-    <w:bookmarkStart w:name="z1111" w:id="486"/>
-[...15 lines deleted...]
-      424) ұлттық қауіпсіздік жүйесін жетілдіру бойынша ұсыныстар енгізеді;</w:t>
+    <w:bookmarkStart w:name="z1112" w:id="486"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      425) ұлттық қауіпсіздік саласындағы заңдардың және өзге де нормативтік құқықтық актілердің сақталуын қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="486"/>
-    <w:bookmarkStart w:name="z1112" w:id="487"/>
-[...15 lines deleted...]
-      425) ұлттық қауіпсіздік саласындағы заңдардың және өзге де нормативтік құқықтық актілердің сақталуын қамтамасыз етеді;</w:t>
+    <w:bookmarkStart w:name="z1113" w:id="487"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      426) мемлекеттік қызметтер көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актілерді әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="487"/>
-    <w:bookmarkStart w:name="z1113" w:id="488"/>
-[...15 lines deleted...]
-      426) мемлекеттік қызметтер көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актілерді әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z1114" w:id="488"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      427) мемлекеттік қызметтер көрсету сапасын арттыруды қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="488"/>
-    <w:bookmarkStart w:name="z1114" w:id="489"/>
-[...15 lines deleted...]
-      427) мемлекеттік қызметтер көрсету сапасын арттыруды қамтамасыз етеді;</w:t>
+    <w:bookmarkStart w:name="z1115" w:id="489"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      428) мемлекеттік қызметтер көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актілердің қолжетімділігін қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="489"/>
-    <w:bookmarkStart w:name="z1115" w:id="490"/>
-[...15 lines deleted...]
-      428) мемлекеттік қызметтер көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актілердің қолжетімділігін қамтамасыз етеді;</w:t>
+    <w:bookmarkStart w:name="z1116" w:id="490"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      429) көрсетілетін қызметті алушылардың мемлекеттік қызметтер көрсету тәртібі туралы қолжетімді нысанда хабардар болуын қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="490"/>
-    <w:bookmarkStart w:name="z1116" w:id="491"/>
-[...15 lines deleted...]
-      429) көрсетілетін қызметті алушылардың мемлекеттік қызметтер көрсету тәртібі туралы қолжетімді нысанда хабардар болуын қамтамасыз етеді;</w:t>
+    <w:bookmarkStart w:name="z1117" w:id="491"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      430) көрсетілетін қызметті алушылардың мемлекеттік қызметтер көрсету мәселелері жөніндегі жолданымдарын қарайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="491"/>
-    <w:bookmarkStart w:name="z1117" w:id="492"/>
-[...15 lines deleted...]
-      430) көрсетілетін қызметті алушылардың мемлекеттік қызметтер көрсету мәселелері жөніндегі жолданымдарын қарайды;</w:t>
+    <w:bookmarkStart w:name="z1118" w:id="492"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      431) көрсетілетін қызметті алушылардың бұзылған құқықтарын, бостандықтары мен заңды мүдделерін қалпына келтіруге бағытталған шаралар қабылдайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="492"/>
-    <w:bookmarkStart w:name="z1118" w:id="493"/>
-[...15 lines deleted...]
-      431) көрсетілетін қызметті алушылардың бұзылған құқықтарын, бостандықтары мен заңды мүдделерін қалпына келтіруге бағытталған шаралар қабылдайды;</w:t>
+    <w:bookmarkStart w:name="z1119" w:id="493"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      432) мемлекеттік қызметтер көрсету, мүгедектігі бар адамдармен қарым-қатынас жасау саласындағы жұмыскерлердің біліктілігін арттыруды қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="493"/>
-    <w:bookmarkStart w:name="z1119" w:id="494"/>
-[...15 lines deleted...]
-      432) мемлекеттік қызметтер көрсету, мүгедектігі бар адамдармен қарым-қатынас жасау саласындағы жұмыскерлердің біліктілігін арттыруды қамтамасыз етеді;</w:t>
+    <w:bookmarkStart w:name="z1120" w:id="494"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      433) ақпараттандыру саласындағы уәкілетті органмен келісу бойынша Қазақстан Республикасының заңнамасына сәйкес агроөнеркәсіптік кешен саласында мемлекеттік қызметтер көрсету процестерін оңтайландыру және автоматтандыру жөнінде шаралар қабылдайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="494"/>
-    <w:bookmarkStart w:name="z1120" w:id="495"/>
-[...15 lines deleted...]
-      433) ақпараттандыру саласындағы уәкілетті органмен келісу бойынша Қазақстан Республикасының заңнамасына сәйкес агроөнеркәсіптік кешен саласында мемлекеттік қызметтер көрсету процестерін оңтайландыру және автоматтандыру жөнінде шаралар қабылдайды;</w:t>
+    <w:bookmarkStart w:name="z1121" w:id="495"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      434) мемлекеттік көрсетілетін қызметтер тізіліміне жаңа мемлекеттік көрсетілетін қызмет енгізілгеннен кейін ақпараттандыру саласындағы уәкілетті органмен келісу бойынша Қазақстан Республикасының заңнамасына сәйкес оны электрондық форматта көрсетуге ауыстыру жөніндегі шаралар қабылдайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="495"/>
-    <w:bookmarkStart w:name="z1121" w:id="496"/>
-[...15 lines deleted...]
-      434) мемлекеттік көрсетілетін қызметтер тізіліміне жаңа мемлекеттік көрсетілетін қызмет енгізілгеннен кейін ақпараттандыру саласындағы уәкілетті органмен келісу бойынша Қазақстан Республикасының заңнамасына сәйкес оны электрондық форматта көрсетуге ауыстыру жөніндегі шаралар қабылдайды;</w:t>
+    <w:bookmarkStart w:name="z1122" w:id="496"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      435) мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органға мемлекеттік қызметтер көрсету сапасын бағалауды жүргізу үшін ақпараттың, сондай-ақ мемлекеттік қызметтер көрсету сапасын ішкі бақылау нәтижелері бойынша ақпараттың Қазақстан Республикасының заңнамасында белгіленген тәртіппен және мерзімдерде ұсынылуын қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="496"/>
-    <w:bookmarkStart w:name="z1122" w:id="497"/>
-[...15 lines deleted...]
-      435) мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органға мемлекеттік қызметтер көрсету сапасын бағалауды жүргізу үшін ақпараттың, сондай-ақ мемлекеттік қызметтер көрсету сапасын ішкі бақылау нәтижелері бойынша ақпараттың Қазақстан Республикасының заңнамасында белгіленген тәртіппен және мерзімдерде ұсынылуын қамтамасыз етеді;</w:t>
+    <w:bookmarkStart w:name="z1123" w:id="497"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      436) ақпараттандыру саласындағы уәкілетті органға электрондық нысанда көрсетілетін мемлекеттік қызметтер сапасына бағалау жүргізу үшін ақпараттың Қазақстан Республикасының заңнамасында белгіленген тәртіппен және мерзімдерде берілуін қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="497"/>
-    <w:bookmarkStart w:name="z1123" w:id="498"/>
-[...15 lines deleted...]
-      436) ақпараттандыру саласындағы уәкілетті органға электрондық нысанда көрсетілетін мемлекеттік қызметтер сапасына бағалау жүргізу үшін ақпараттың Қазақстан Республикасының заңнамасында белгіленген тәртіппен және мерзімдерде берілуін қамтамасыз етеді;</w:t>
+    <w:bookmarkStart w:name="z1124" w:id="498"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      437) егер Қазақстан Республикасының заңнамасында өзгеше көзделмесе, "Азаматтарға арналған үкімет" мемлекеттік корпорациясына агроөнеркәсіптік кешен саласында мемлекеттік қызметтер көрсету үшін қажетті мәліметтерді қамтитын ақпараттық жүйелерге қолжетімділік береді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="498"/>
-    <w:bookmarkStart w:name="z1124" w:id="499"/>
-[...15 lines deleted...]
-      437) егер Қазақстан Республикасының заңнамасында өзгеше көзделмесе, "Азаматтарға арналған үкімет" мемлекеттік корпорациясына агроөнеркәсіптік кешен саласында мемлекеттік қызметтер көрсету үшін қажетті мәліметтерді қамтитын ақпараттық жүйелерге қолжетімділік береді;</w:t>
+    <w:bookmarkStart w:name="z1125" w:id="499"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      438) Мемлекеттік қызметтер көрсету мәселелері жөніндегі бірыңғай байланыс орталығына реттелетін салада мемлекеттік қызметтер көрсету тәртібі туралы ақпарат береді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="499"/>
-    <w:bookmarkStart w:name="z1125" w:id="500"/>
-[...15 lines deleted...]
-      438) Мемлекеттік қызметтер көрсету мәселелері жөніндегі бірыңғай байланыс орталығына реттелетін салада мемлекеттік қызметтер көрсету тәртібі туралы ақпарат береді;</w:t>
+    <w:bookmarkStart w:name="z1126" w:id="500"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      439) Қазақстан Республикасының заңнамасына сәйкес мемлекеттік қызметтер көрсету сапасына ішкі бақылау жүргізеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="500"/>
-    <w:bookmarkStart w:name="z1126" w:id="501"/>
-[...15 lines deleted...]
-      439) Қазақстан Республикасының заңнамасына сәйкес мемлекеттік қызметтер көрсету сапасына ішкі бақылау жүргізеді;</w:t>
+    <w:bookmarkStart w:name="z1127" w:id="501"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      440) көрсетілетін қызметті берушілердің мемлекеттік қызметтер көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актілерді сақтауын қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="501"/>
-    <w:bookmarkStart w:name="z1127" w:id="502"/>
-[...15 lines deleted...]
-      440) көрсетілетін қызметті берушілердің мемлекеттік қызметтер көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актілерді сақтауын қамтамасыз етеді;</w:t>
+    <w:bookmarkStart w:name="z1128" w:id="502"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      441) мемлекеттік қызметтер көрсету сапасының қоғамдық мониторингі қорытындысын ескере отырып, мемлекеттік қызметтер көрсету сапасын арттыру жөніндегі шаралар қабылдайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="502"/>
-    <w:bookmarkStart w:name="z1128" w:id="503"/>
-[...15 lines deleted...]
-      441) мемлекеттік қызметтер көрсету сапасының қоғамдық мониторингі қорытындысын ескере отырып, мемлекеттік қызметтер көрсету сапасын арттыру жөніндегі шаралар қабылдайды;</w:t>
+    <w:bookmarkStart w:name="z1129" w:id="503"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      442) өз құзыреті шегінде мемлекеттік қызмет көрсету кезінде тұтынушылардың құқықтарын қорғау саласында мемлекеттік реттеуді жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="503"/>
-    <w:bookmarkStart w:name="z1129" w:id="504"/>
-[...15 lines deleted...]
-      442) өз құзыреті шегінде мемлекеттік қызмет көрсету кезінде тұтынушылардың құқықтарын қорғау саласында мемлекеттік реттеуді жүзеге асырады;</w:t>
+    <w:bookmarkStart w:name="z1130" w:id="504"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      443) агроөнеркәсіптік кешен саласында мемлекеттік қызмет көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органға Қазақстан Республикасының заңнамасында белгіленген тәртіппен және мерзімде мемлекеттік қызметтер көрсету сапасына бағалау жүргізу үшін ақпаратты, сондай-ақ мемлекеттік қызмет көрсету сапасын ішкі бақылаудың нәтижелері бойынша ақпаратты беруді қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="504"/>
-    <w:bookmarkStart w:name="z1130" w:id="505"/>
-[...15 lines deleted...]
-      443) агроөнеркәсіптік кешен саласында мемлекеттік қызмет көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органға Қазақстан Республикасының заңнамасында белгіленген тәртіппен және мерзімде мемлекеттік қызметтер көрсету сапасына бағалау жүргізу үшін ақпаратты, сондай-ақ мемлекеттік қызмет көрсету сапасын ішкі бақылаудың нәтижелері бойынша ақпаратты беруді қамтамасыз етеді;</w:t>
+    <w:bookmarkStart w:name="z1131" w:id="505"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      444) өз құзыреті шегінде тарифтік квотаны бөлу тәртібіне сәйкес сыртқы сауда қызметіне қатысушылардың арасында тарифтік квоталарды бөледі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="505"/>
-    <w:bookmarkStart w:name="z1131" w:id="506"/>
-[...15 lines deleted...]
-      444) өз құзыреті шегінде тарифтік квотаны бөлу тәртібіне сәйкес сыртқы сауда қызметіне қатысушылардың арасында тарифтік квоталарды бөледі;</w:t>
+    <w:bookmarkStart w:name="z1132" w:id="506"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      445) сауда қызметін реттеу саласындағы уәкілетті органмен келісу бойынша өз құзыреті шегінде жекелеген тауарларды әкетуге және (немесе) әкелуге тыйым салады және сандық шектеулер енгізеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="506"/>
-    <w:bookmarkStart w:name="z1132" w:id="507"/>
-[...15 lines deleted...]
-      445) сауда қызметін реттеу саласындағы уәкілетті органмен келісу бойынша өз құзыреті шегінде жекелеген тауарларды әкетуге және (немесе) әкелуге тыйым салады және сандық шектеулер енгізеді;</w:t>
+    <w:bookmarkStart w:name="z1133" w:id="507"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      446) сауда қызметiн реттеу саласындағы уәкілетті органмен келісу бойынша өз құзыреті шегінде сыртқы сауда қызметіне қатысушылардың арасында жекелеген тауарларды әкетуге және (немесе) әкелуге сандық шектеулерді бөлуді жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="507"/>
-    <w:bookmarkStart w:name="z1133" w:id="508"/>
-[...15 lines deleted...]
-      446) сауда қызметiн реттеу саласындағы уәкілетті органмен келісу бойынша өз құзыреті шегінде сыртқы сауда қызметіне қатысушылардың арасында жекелеген тауарларды әкетуге және (немесе) әкелуге сандық шектеулерді бөлуді жүзеге асырады;</w:t>
+    <w:bookmarkStart w:name="z1134" w:id="508"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      447) сауда қызметiн реттеу саласындағы уәкілетті органмен келісу бойынша өз құзыреті шегінде квоталардың мөлшерін және квоталардың қолданылу мерзімін айқындайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="508"/>
-    <w:bookmarkStart w:name="z1134" w:id="509"/>
-[...15 lines deleted...]
-      447) сауда қызметiн реттеу саласындағы уәкілетті органмен келісу бойынша өз құзыреті шегінде квоталардың мөлшерін және квоталардың қолданылу мерзімін айқындайды;</w:t>
+    <w:bookmarkStart w:name="z1266" w:id="509"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      447-1) сауда қызметін реттеу саласындағы уәкілетті органмен келісу бойынша өз құзыреті шегінде сандық шектеулер (квоталар) енгізілген кезде жекелеген тауарлар түрлерінің экспортына және (немесе) импортына лицензиялар береді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="509"/>
-    <w:bookmarkStart w:name="z1266" w:id="510"/>
-[...15 lines deleted...]
-      447-1) сауда қызметін реттеу саласындағы уәкілетті органмен келісу бойынша өз құзыреті шегінде сандық шектеулер (квоталар) енгізілген кезде жекелеген тауарлар түрлерінің экспортына және (немесе) импортына лицензиялар береді;</w:t>
+    <w:bookmarkStart w:name="z1281" w:id="510"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      447-2) өзіндік ерекшелігі бар тауарларды бақылау саласындағы мемлекеттік саясатты іске асыруға қатысады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="510"/>
-    <w:bookmarkStart w:name="z1281" w:id="511"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z1282" w:id="512"/>
+    <w:bookmarkStart w:name="z1282" w:id="511"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       447-3) "Өзіндік ерекшелігі бар тауарларды бақылау туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және Қазақстан Республикасының заңнамасында белгіленген құзыреті шегінде өзіндік ерекшелігі бар тауарларды бақылауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="511"/>
+    <w:bookmarkStart w:name="z1299" w:id="512"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      447-4) өз құзыреті шегінде тауарлардың нысаналы мақсатына растама береді;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="512"/>
-    <w:bookmarkStart w:name="z1299" w:id="513"/>
-[...15 lines deleted...]
-      447-4) өз құзыреті шегінде тауарлардың нысаналы мақсатына растама береді;</w:t>
+    <w:bookmarkStart w:name="z1300" w:id="513"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      447-5) сауда қызметін реттеу саласындағы уәкілетті органмен келісу бойынша өз құзыреті шегінде тауарлардың нысаналы мақсатын растау тәртібі мен нысанын айқындайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="513"/>
-    <w:bookmarkStart w:name="z1300" w:id="514"/>
-[...15 lines deleted...]
-      447-5) сауда қызметін реттеу саласындағы уәкілетті органмен келісу бойынша өз құзыреті шегінде тауарлардың нысаналы мақсатын растау тәртібі мен нысанын айқындайды;</w:t>
+    <w:bookmarkStart w:name="z1333" w:id="514"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      447-6) өз құзыреті шегінде сауда қызметін реттеу саласындағы уәкілетті органмен келісу бойынша квоталарды бөлу тәртібін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="514"/>
-    <w:bookmarkStart w:name="z1333" w:id="515"/>
-[...15 lines deleted...]
-      447-6) өз құзыреті шегінде сауда қызметін реттеу саласындағы уәкілетті органмен келісу бойынша квоталарды бөлу тәртібін әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z1334" w:id="515"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      447-7) өз құзыреті шегінде жекелеген тауар түрлерін Қазақстан Республикасының аумағынан экспорттауға және (немесе) импорттауға лицензия беру тәртібін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="515"/>
-    <w:bookmarkStart w:name="z1334" w:id="516"/>
-[...15 lines deleted...]
-      447-7) өз құзыреті шегінде жекелеген тауар түрлерін Қазақстан Республикасының аумағынан экспорттауға және (немесе) импорттауға лицензия беру тәртібін әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z1135" w:id="516"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      448) өз құзыреті шегінде экспортына және (немесе) импортына ерекше құқық берілетін тауарлардың жекелеген түрлерінің тізбесіне ұсыныстар енгізеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="516"/>
-    <w:bookmarkStart w:name="z1135" w:id="517"/>
-[...15 lines deleted...]
-      448) өз құзыреті шегінде экспортына және (немесе) импортына ерекше құқық берілетін тауарлардың жекелеген түрлерінің тізбесіне ұсыныстар енгізеді;</w:t>
+    <w:bookmarkStart w:name="z1136" w:id="517"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      449) өз құзыреті шегінде Министрлік айқындаған тәртіпке сәйкес тауарларды таңбалау мен олардың қадағалануын жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="517"/>
-    <w:bookmarkStart w:name="z1136" w:id="518"/>
-[...15 lines deleted...]
-      449) өз құзыреті шегінде Министрлік айқындаған тәртіпке сәйкес тауарларды таңбалау мен олардың қадағалануын жүзеге асырады;</w:t>
+    <w:bookmarkStart w:name="z1137" w:id="518"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      450) ақпараттық-коммуникациялық технологиялар және ақпараттық қауіпсіздікті қамтамасыз ету саласындағы бірыңғай талаптардың, сондай-ақ ақпараттандырудың сервистік моделін іске асыру қағидаларының сақталуын қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="518"/>
-    <w:bookmarkStart w:name="z1137" w:id="519"/>
-[...15 lines deleted...]
-      450) ақпараттық-коммуникациялық технологиялар және ақпараттық қауіпсіздікті қамтамасыз ету саласындағы бірыңғай талаптардың, сондай-ақ ақпараттандырудың сервистік моделін іске асыру қағидаларының сақталуын қамтамасыз етеді;</w:t>
+    <w:bookmarkStart w:name="z1138" w:id="519"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      451) "электрондық үкiметтiң" архитектурасын дамыту жөніндегі талаптардың және Министрліктің архитектурасын әзірлеу, іске асыру, іске асырылуын қолдап отыру, мониторингтеу және дамыту қағидаларының сақталуын қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="519"/>
-    <w:bookmarkStart w:name="z1138" w:id="520"/>
-[...15 lines deleted...]
-      451) "электрондық үкiметтiң" архитектурасын дамыту жөніндегі талаптардың және Министрліктің архитектурасын әзірлеу, іске асыру, іске асырылуын қолдап отыру, мониторингтеу және дамыту қағидаларының сақталуын қамтамасыз етеді;</w:t>
+    <w:bookmarkStart w:name="z1139" w:id="520"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      452) "электрондық үкіметтің" ақпараттандыру объектілерін құрады және дамытады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="520"/>
-    <w:bookmarkStart w:name="z1139" w:id="521"/>
-[...15 lines deleted...]
-      452) "электрондық үкіметтің" ақпараттандыру объектілерін құрады және дамытады;</w:t>
+    <w:bookmarkStart w:name="z1140" w:id="521"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      453) электрондық ақпараттық ресурстардың толықтырылуын жүзеге асырады, олардың анықтығы мен өзектілігін қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="521"/>
-    <w:bookmarkStart w:name="z1140" w:id="522"/>
-[...15 lines deleted...]
-      453) электрондық ақпараттық ресурстардың толықтырылуын жүзеге асырады, олардың анықтығы мен өзектілігін қамтамасыз етеді;</w:t>
+    <w:bookmarkStart w:name="z1141" w:id="522"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      454) Министрліктің архитектурасын бекітеді және оны іске асыру мен дамытуды қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="522"/>
-    <w:bookmarkStart w:name="z1141" w:id="523"/>
-[...15 lines deleted...]
-      454) Министрліктің архитектурасын бекітеді және оны іске асыру мен дамытуды қамтамасыз етеді;</w:t>
+    <w:bookmarkStart w:name="z1142" w:id="523"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      455) "электрондық үкiметтi" дамытуға қатысады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="523"/>
-    <w:bookmarkStart w:name="z1142" w:id="524"/>
-[...15 lines deleted...]
-      455) "электрондық үкiметтi" дамытуға қатысады;</w:t>
+    <w:bookmarkStart w:name="z1143" w:id="524"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      456) өз құзыреті шегінде жергілікті атқарушы органдардың Министрліктің қарауындағы ақпараттық жүйелерге қол жеткізуін қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="524"/>
-    <w:bookmarkStart w:name="z1143" w:id="525"/>
-[...15 lines deleted...]
-      456) өз құзыреті шегінде жергілікті атқарушы органдардың Министрліктің қарауындағы ақпараттық жүйелерге қол жеткізуін қамтамасыз етеді;</w:t>
+    <w:bookmarkStart w:name="z1144" w:id="525"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      457) ашық деректердің интернет-порталында қазақ және орыс тілдерінде ашық деректерді орналастырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="525"/>
-    <w:bookmarkStart w:name="z1144" w:id="526"/>
-[...15 lines deleted...]
-      457) ашық деректердің интернет-порталында қазақ және орыс тілдерінде ашық деректерді орналастырады;</w:t>
+    <w:bookmarkStart w:name="z1145" w:id="526"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      458) "электрондық үкіметтің" архитектуралық порталында "электрондық үкіметтің" ақпараттандыру объектілері туралы мәліметтерді және "электрондық үкіметтің" ақпараттандыру объектілері техникалық құжаттамасының электрондық көшірмелерін есепке алуды және өзектілендіруді жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="526"/>
-    <w:bookmarkStart w:name="z1145" w:id="527"/>
-[...15 lines deleted...]
-      458) "электрондық үкіметтің" архитектуралық порталында "электрондық үкіметтің" ақпараттандыру объектілері туралы мәліметтерді және "электрондық үкіметтің" ақпараттандыру объектілері техникалық құжаттамасының электрондық көшірмелерін есепке алуды және өзектілендіруді жүзеге асырады;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">459) алып тасталды - ҚР Үкіметінің 26.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1149</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1147" w:id="527"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      460) техникалық құжаттаманың қағаз жеткізгіштердегі түпнұсқаларын сақтауды қамтамасыз етеді және оларды "электрондық үкiметтiң" сервистік интеграторына оның сұрау салуы бойынша ұсынады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="527"/>
-    <w:bookmarkStart w:name="z1146" w:id="528"/>
-[...15 lines deleted...]
-      459) "электрондық үкіметтің" ақпараттандыру объектілерінің әзірленген бағдарламалық қамтылымын, бастапқы бағдарламалық кодтарын (бар болса), лицензиялық бағдарламалық қамтылымының баптау кешенін есепке алу және сақтау үшін "электрондық үкіметтің" сервистік интеграторына беруді қамтамасыз етеді;</w:t>
+    <w:bookmarkStart w:name="z1148" w:id="528"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      461) электрондық үкіметтің" ақпараттандыру объектілерін құру және дамыту кезінде стандартты шешімдерді пайдалануды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="528"/>
-    <w:bookmarkStart w:name="z1147" w:id="529"/>
-[...15 lines deleted...]
-      460) техникалық құжаттаманың қағаз жеткізгіштердегі түпнұсқаларын сақтауды қамтамасыз етеді және оларды "электрондық үкiметтiң" сервистік интеграторына оның сұрау салуы бойынша ұсынады;</w:t>
+    <w:bookmarkStart w:name="z1149" w:id="529"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      462) өз интернет-ресурстарында Министрліктің ақпараттық жүйелерін құру мен ақпараттық жүйелерін дамыту жоспарлары және нәтижелері туралы жалпыға қолжетімді ақпаратты орналастырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="529"/>
-    <w:bookmarkStart w:name="z1148" w:id="530"/>
-[...15 lines deleted...]
-      461) электрондық үкіметтің" ақпараттандыру объектілерін құру және дамыту кезінде стандартты шешімдерді пайдалануды жүзеге асырады;</w:t>
+    <w:bookmarkStart w:name="z1150" w:id="530"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      463) интернет-ресурсты Министрліктің интернет-ресурстарының бірыңғай платформасында орналастырады, сондай-ақ олардың анықтығын және өзектендірілуін қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="530"/>
-    <w:bookmarkStart w:name="z1149" w:id="531"/>
-[...15 lines deleted...]
-      462) өз интернет-ресурстарында Министрліктің ақпараттық жүйелерін құру мен ақпараттық жүйелерін дамыту жоспарлары және нәтижелері туралы жалпыға қолжетімді ақпаратты орналастырады;</w:t>
+    <w:bookmarkStart w:name="z1151" w:id="531"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      464) ақпараттық-коммуникациялық көрсетілетін қызметтердің каталогына сәйкес оператордан ақпараттық-коммуникациялық көрсетілетін қызметтерді сатып алады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="531"/>
-    <w:bookmarkStart w:name="z1150" w:id="532"/>
-[...15 lines deleted...]
-      463) интернет-ресурсты Министрліктің интернет-ресурстарының бірыңғай платформасында орналастырады, сондай-ақ олардың анықтығын және өзектендірілуін қамтамасыз етеді;</w:t>
+    <w:bookmarkStart w:name="z1152" w:id="532"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      465) кәсіби стандарттарды әзірлеу және бекіту кезінде тиісті қызмет салалары мамандарының цифрлық сауаттылық деңгейіне қойылатын талаптарды белгілейді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="532"/>
-    <w:bookmarkStart w:name="z1151" w:id="533"/>
-[...15 lines deleted...]
-      464) ақпараттық-коммуникациялық көрсетілетін қызметтердің каталогына сәйкес оператордан ақпараттық-коммуникациялық көрсетілетін қызметтерді сатып алады;</w:t>
+    <w:bookmarkStart w:name="z1153" w:id="533"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      466) операторға "электрондық үкімет" веб-порталын ақпараттық толықтырып отыру үшін қажетті электрондық ақпараттық ресурстарды береді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="533"/>
-    <w:bookmarkStart w:name="z1152" w:id="534"/>
-[...15 lines deleted...]
-      465) кәсіби стандарттарды әзірлеу және бекіту кезінде тиісті қызмет салалары мамандарының цифрлық сауаттылық деңгейіне қойылатын талаптарды белгілейді;</w:t>
+    <w:bookmarkStart w:name="z1154" w:id="534"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      467) өз құзыреті шегінде ақпараттық-коммуникациялық инфрақұрылымның аса маңызды объектілеріне жататын объектілерді айқындайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="534"/>
-    <w:bookmarkStart w:name="z1153" w:id="535"/>
-[...15 lines deleted...]
-      466) операторға "электрондық үкімет" веб-порталын ақпараттық толықтырып отыру үшін қажетті электрондық ақпараттық ресурстарды береді;</w:t>
+    <w:bookmarkStart w:name="z1155" w:id="535"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      468) қаржы нарығы мен қаржы ұйымдарын реттеу, бақылау және қадағалау жөніндегі уәкілетті органды және Қазақстан Республикасының арнаулы мемлекеттік органдарын қоспағанда, Ақпараттық қауіпсіздікті ұлттық үйлестіру орталығының жұмыскерлерін ақпараттандыру объектілеріне қолжетімділік бере отырып, жұмыс орындарымен қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="535"/>
-    <w:bookmarkStart w:name="z1154" w:id="536"/>
-[...15 lines deleted...]
-      467) өз құзыреті шегінде ақпараттық-коммуникациялық инфрақұрылымның аса маңызды объектілеріне жататын объектілерді айқындайды;</w:t>
+    <w:bookmarkStart w:name="z1156" w:id="536"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      469) Қазақстан Республикасының Мемлекеттік күзет қызметін қоспағанда, операторға уәкілетті орган айқындаған тәртіппен функцияларды мемлекеттік органдардың іске асыруы мақсатында деректерді талдауды жүзеге асыру үшін электрондық ақпараттық ресурстарға қолжетімділік береді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="536"/>
-    <w:bookmarkStart w:name="z1155" w:id="537"/>
-[...15 lines deleted...]
-      468) қаржы нарығы мен қаржы ұйымдарын реттеу, бақылау және қадағалау жөніндегі уәкілетті органды және Қазақстан Республикасының арнаулы мемлекеттік органдарын қоспағанда, Ақпараттық қауіпсіздікті ұлттық үйлестіру орталығының жұмыскерлерін ақпараттандыру объектілеріне қолжетімділік бере отырып, жұмыс орындарымен қамтамасыз етеді;</w:t>
+    <w:bookmarkStart w:name="z1157" w:id="537"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      470) ерлер мен әйелдердің тең құқықтарын және тең мүмкіндіктерін қамтамасыз ету жөніндегі мемлекеттік саясатты іске асыруға қатысады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="537"/>
-    <w:bookmarkStart w:name="z1156" w:id="538"/>
-[...15 lines deleted...]
-      469) Қазақстан Республикасының Мемлекеттік күзет қызметін қоспағанда, операторға уәкілетті орган айқындаған тәртіппен функцияларды мемлекеттік органдардың іске асыруы мақсатында деректерді талдауды жүзеге асыру үшін электрондық ақпараттық ресурстарға қолжетімділік береді;</w:t>
+    <w:bookmarkStart w:name="z1158" w:id="538"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      471) бақылау мен қадағалау субъектілерін (объектілерін) іріктеу үшін тәуекел дәрежесін бағалау өлшемшарттарына, тексеру парақтарына қатысты актілерді әзірлейді және кәсіпкерлік жөніндегі уәкілетті органмен бірлесіп бекітеді, олар "электрондық үкімет" ақпараттық-коммуникациялық инфрақұрылым объектісінде орналастырылады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="538"/>
-    <w:bookmarkStart w:name="z1157" w:id="539"/>
-[...15 lines deleted...]
-      470) ерлер мен әйелдердің тең құқықтарын және тең мүмкіндіктерін қамтамасыз ету жөніндегі мемлекеттік саясатты іске асыруға қатысады;</w:t>
+    <w:bookmarkStart w:name="z1431" w:id="539"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      471-1) мемлекеттік қаржылай емес қолдау тәртібін, нысандарын, мемлекеттік қаржылай емес қолдауға жататын жеке кәсіпкерлік субъектілері қызметін жүзеге асыратын экономика саласын (салаларын), мемлекеттік қаржылай емес қолдау көрсету үшін тартылатын заңды тұлғаны (тұлғаларды) және мемлекеттік қаржылай емес қолдау көрсетуге қажетті басқа да шарттарды әзірлейді және кәсіпкерлік жөніндегі уәкілетті органмен келісу бойынша бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="539"/>
-    <w:bookmarkStart w:name="z1158" w:id="540"/>
-[...15 lines deleted...]
-      471) бақылау мен қадағалау субъектілерін (объектілерін) іріктеу үшін тәуекел дәрежесін бағалау өлшемшарттарына, тексеру парақтарына қатысты актілерді әзірлейді және кәсіпкерлік жөніндегі уәкілетті органмен бірлесіп бекітеді, олар "электрондық үкімет" ақпараттық-коммуникациялық инфрақұрылым объектісінде орналастырылады;</w:t>
+    <w:bookmarkStart w:name="z1159" w:id="540"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      472) Қазақстан Республикасының Кәсіпкерлік кодексіне сәйкес өз құзыреті шегінде жеке кәсіпкерлік мәселелері жөніндегі сараптамалық кеңестің құрамын бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="540"/>
-    <w:bookmarkStart w:name="z1431" w:id="541"/>
-[...15 lines deleted...]
-      471-1) мемлекеттік қаржылай емес қолдау тәртібін, нысандарын, мемлекеттік қаржылай емес қолдауға жататын жеке кәсіпкерлік субъектілері қызметін жүзеге асыратын экономика саласын (салаларын), мемлекеттік қаржылай емес қолдау көрсету үшін тартылатын заңды тұлғаны (тұлғаларды) және мемлекеттік қаржылай емес қолдау көрсетуге қажетті басқа да шарттарды әзірлейді және кәсіпкерлік жөніндегі уәкілетті органмен келісу бойынша бекітеді;</w:t>
+    <w:bookmarkStart w:name="z1160" w:id="541"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      473) кәсіпкерлік жөніндегі уәкілетті орган айқындайтын тәртіппен Қазақстан Республикасы Кәсіпкерлік кодексінің 82-бабының 2-тармағында көзделген, әзірленіп жатқан құжаттар мен нормативтік құқықтық актілердің жобаларына қатысты реттеушілік әсерге талдау жүргізеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="541"/>
-    <w:bookmarkStart w:name="z1159" w:id="542"/>
-[...15 lines deleted...]
-      472) Қазақстан Республикасының Кәсіпкерлік кодексіне сәйкес өз құзыреті шегінде жеке кәсіпкерлік мәселелері жөніндегі сараптамалық кеңестің құрамын бекітеді;</w:t>
+    <w:bookmarkStart w:name="z1161" w:id="542"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      474) кәсіпкерлік жөніндегі уәкілетті органға кәсіпкерлік қызметті реттеудің жай-күйі туралы есептерді ұсынады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="542"/>
-    <w:bookmarkStart w:name="z1160" w:id="543"/>
-[...15 lines deleted...]
-      473) кәсіпкерлік жөніндегі уәкілетті орган айқындайтын тәртіппен Қазақстан Республикасы Кәсіпкерлік кодексінің 82-бабының 2-тармағында көзделген, әзірленіп жатқан құжаттар мен нормативтік құқықтық актілердің жобаларына қатысты реттеушілік әсерге талдау жүргізеді;</w:t>
+    <w:bookmarkStart w:name="z1162" w:id="543"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      475) реттелетін салада мемлекеттік бақылау және қадағалау тиімділігінің мониторингін жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="543"/>
-    <w:bookmarkStart w:name="z1161" w:id="544"/>
-[...15 lines deleted...]
-      474) кәсіпкерлік жөніндегі уәкілетті органға кәсіпкерлік қызметті реттеудің жай-күйі туралы есептерді ұсынады;</w:t>
+    <w:bookmarkStart w:name="z1163" w:id="544"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      476) ашық бюджеттердің интернет-порталында бюджеттік есептілікті, шоғырландырылған қаржылық есептілікті, мемлекеттік аудит және қаржылық бақылау нәтижелерін орналастыруды, сондай-ақ бюджеттік бағдарламалардың жобаларға және бюджеттік бағдарламаларды іске асыру туралы есептерге жария талқылау жүргізуді жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="544"/>
-    <w:bookmarkStart w:name="z1162" w:id="545"/>
-[...15 lines deleted...]
-      475) реттелетін салада мемлекеттік бақылау және қадағалау тиімділігінің мониторингін жүзеге асырады;</w:t>
+    <w:bookmarkStart w:name="z1164" w:id="545"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      477) ашық нормативтік құқықтық актілер интернет-порталында заң жобалары тұжырымдамаларының және нормативтік құқықтық актілердің жобаларын оларға түсіндірме жазбалармен және салыстырма кестелермен бірге (заңнамалық актілерге өзгерістер және (немесе) толықтырулар енгізілген жағдайларда) олар мүдделі мемлекеттік органдарға келісуге жіберілгенге дейін жария талқылау үшін орналастыруды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="545"/>
-    <w:bookmarkStart w:name="z1163" w:id="546"/>
-[...15 lines deleted...]
-      476) ашық бюджеттердің интернет-порталында бюджеттік есептілікті, шоғырландырылған қаржылық есептілікті, мемлекеттік аудит және қаржылық бақылау нәтижелерін орналастыруды, сондай-ақ бюджеттік бағдарламалардың жобаларға және бюджеттік бағдарламаларды іске асыру туралы есептерге жария талқылау жүргізуді жүзеге асырады;</w:t>
+    <w:bookmarkStart w:name="z1165" w:id="546"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      478) ақпарат берудің сапасы мен уақтылылығына ішкі бақылау жүргізеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="546"/>
-    <w:bookmarkStart w:name="z1164" w:id="547"/>
-[...15 lines deleted...]
-      477) ашық нормативтік құқықтық актілер интернет-порталында заң жобалары тұжырымдамаларының және нормативтік құқықтық актілердің жобаларын оларға түсіндірме жазбалармен және салыстырма кестелермен бірге (заңнамалық актілерге өзгерістер және (немесе) толықтырулар енгізілген жағдайларда) олар мүдделі мемлекеттік органдарға келісуге жіберілгенге дейін жария талқылау үшін орналастыруды жүзеге асырады;</w:t>
+    <w:bookmarkStart w:name="z1166" w:id="547"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      479) реттелетін салада біліктілік талаптары мен оларға сәйкестікті растайтын құжаттар тізбесін бекіту туралы нормативтік құқықтық актілерді әзірлейді, рұқсаттар мен хабарламалар саласындағы уәкілетті органмен және ақпараттандыру саласындағы уәкілетті органмен келіседі және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="547"/>
-    <w:bookmarkStart w:name="z1165" w:id="548"/>
-[...15 lines deleted...]
-      478) ақпарат берудің сапасы мен уақтылылығына ішкі бақылау жүргізеді;</w:t>
+    <w:bookmarkStart w:name="z1167" w:id="548"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      480) екінші санаттағы рұқсаттарды беруге уәкілетті органдарды, екінші санаттағы рұқсаттар беруді келісуді жүзеге асыратын мемлекеттік органдарды айқындау туралы нормативтік құқықтық актілердің жобаларын әзірлейді және рұқсаттар мен хабарламалар саласындағы уәкілетті органмен және ақпараттандыру саласындағы уәкілетті органмен келіседі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="548"/>
-    <w:bookmarkStart w:name="z1166" w:id="549"/>
-[...15 lines deleted...]
-      479) реттелетін салада біліктілік талаптары мен оларға сәйкестікті растайтын құжаттар тізбесін бекіту туралы нормативтік құқықтық актілерді әзірлейді, рұқсаттар мен хабарламалар саласындағы уәкілетті органмен және ақпараттандыру саласындағы уәкілетті органмен келіседі және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z1168" w:id="549"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      481) екінші санаттағы рұқсатты алуға арналған өтініштердің нысандарын, екінші санаттағы рұқсаттардың нысандарын әзірлейді, оларды рұқсаттар мен хабарламалар саласындағы уәкілетті органмен және ақпараттандыру саласындағы уәкілетті органмен келіседі және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="549"/>
-    <w:bookmarkStart w:name="z1167" w:id="550"/>
-[...15 lines deleted...]
-      480) екінші санаттағы рұқсаттарды беруге уәкілетті органдарды, екінші санаттағы рұқсаттар беруді келісуді жүзеге асыратын мемлекеттік органдарды айқындау туралы нормативтік құқықтық актілердің жобаларын әзірлейді және рұқсаттар мен хабарламалар саласындағы уәкілетті органмен және ақпараттандыру саласындағы уәкілетті органмен келіседі;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">482) алып тасталды - ҚР Үкіметінің 29.04.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 286</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1170" w:id="550"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      483) кәсіптік біліктілікті тану саласындағы уәкілетті орган айқындаған тәртіппен салалық біліктілік шеңберлерін әзірлейді және (немесе) жаңартады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="550"/>
-    <w:bookmarkStart w:name="z1168" w:id="551"/>
-[...15 lines deleted...]
-      481) екінші санаттағы рұқсатты алуға арналған өтініштердің нысандарын, екінші санаттағы рұқсаттардың нысандарын әзірлейді, оларды рұқсаттар мен хабарламалар саласындағы уәкілетті органмен және ақпараттандыру саласындағы уәкілетті органмен келіседі және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z1456" w:id="551"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      483-1) кәсіптік біліктілік жөніндегі салалық кеңестермен келісу бойынша жыл сайынғы негізде кәсіптік біліктілікті тану саласындағы уәкілетті органға кәсіптер тізіліміне өзгерістер мен толықтырулар енгізу жөнінде ұсыныстар енгізеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="551"/>
+    <w:bookmarkStart w:name="z1457" w:id="552"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      483-2) кәсіптік біліктілік жөніндегі салалық кеңестермен келісу бойынша жыл сайынғы негізде кәсіптік стандарттарды әзірлеу және (немесе) жаңарту жөнінде ұсыныстар әзірлейді және оларды кәсіптік біліктілікті тану саласындағы уәкілетті органға жібереді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="552"/>
+    <w:bookmarkStart w:name="z1458" w:id="553"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      483-3) облыстардың, республикалық маңызы бар қалалардың және астананың жергілікті атқарушы органдарымен келісу бойынша жыл сайынғы негізде ағымдағы және болашақ кезеңдерде кәсіптердің өзектілігін ескере отырып, еңбек нарығының кәсіптік біліктілікті танудағы қажеттілігін кәсіптік біліктілікті тану саласындағы уәкілетті орган айқындаған тәртіппен қалыптастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="553"/>
+    <w:bookmarkStart w:name="z1459" w:id="554"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      483-4) кәсіптік біліктілік жөніндегі салалық кеңестермен келісу бойынша кәсіптік біліктілікті тану саласындағы уәкілетті органға кәсіптік біліктілікті тану шарттары бойынша ұсыныстар енгізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="554"/>
+    <w:bookmarkStart w:name="z1460" w:id="555"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      483-5) реттелетін салалардағы кәсіптік стандарттарды әзірлейді және (немесе) жаңартады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="555"/>
+    <w:bookmarkStart w:name="z1461" w:id="556"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      483-6) кәсіптік біліктілік жөніндегі салалық кеңеспен және кәсіптік біліктілікті тану саласындағы уәкілетті органмен келісу бойынша кәсіптік стандарттарды бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="556"/>
+    <w:bookmarkStart w:name="z1462" w:id="557"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      483-7) кәсіптік біліктілік жөніндегі салалық кеңестер туралы ережені әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="557"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">482) алып тасталды - ҚР Үкіметінің 29.04.2025 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 286</w:t>
+        <w:t xml:space="preserve">484) алып тасталды - ҚР Үкіметінің 26.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1149</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1170" w:id="552"/>
-[...135 lines deleted...]
-      483-6) кәсіптік біліктілік жөніндегі салалық кеңеспен және кәсіптік біліктілікті тану саласындағы уәкілетті органмен келісу бойынша кәсіптік стандарттарды бекітеді;</w:t>
+    <w:bookmarkStart w:name="z1172" w:id="558"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      485) Қазақстан Республикасының заңнамасында белгіленген тәртіппен ұлттық, мемлекетаралық стандарттарды, ұлттық техникалық-экономикалық ақпарат сыныптауыштарын, стандарттау жөніндегі ұсынымдарды әзірлеу, өзгерістер енгізу, қайта қарау және күшін жою туралы ұсыныстар дайындауды және уәкілетті органға енгізуді жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="558"/>
-    <w:bookmarkStart w:name="z1462" w:id="559"/>
-[...15 lines deleted...]
-      483-7) кәсіптік біліктілік жөніндегі салалық кеңестер туралы ережені әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z1173" w:id="559"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      486) стандарттау саласындағы уәкілетті органмен келісу бойынша ұлттық стандарттарды және ұлттық техникалық-экономикалық ақпарат сыныптауыштарын әзірлеуді жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="559"/>
-    <w:bookmarkStart w:name="z1171" w:id="560"/>
-[...15 lines deleted...]
-      484) еңбек жөніндегі уәкілетті органмен келісу бойынша мемлекеттік заңды тұлғалар көрсететін қызметтерге кәсіптік стандарттарды әзірлейді, бекітеді, ауыстырады және қайта қарайды;</w:t>
+    <w:bookmarkStart w:name="z1174" w:id="560"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      487) стандарттау жөніндегі құжаттар мен ұлттық стандарттау жоспарының жобаларын қарайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="560"/>
-    <w:bookmarkStart w:name="z1172" w:id="561"/>
-[...15 lines deleted...]
-      485) Қазақстан Республикасының заңнамасында белгіленген тәртіппен ұлттық, мемлекетаралық стандарттарды, ұлттық техникалық-экономикалық ақпарат сыныптауыштарын, стандарттау жөніндегі ұсынымдарды әзірлеу, өзгерістер енгізу, қайта қарау және күшін жою туралы ұсыныстар дайындауды және уәкілетті органға енгізуді жүзеге асырады;</w:t>
+    <w:bookmarkStart w:name="z1175" w:id="561"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      488) стандарттау жөніндегі техникалық комитеттерді құру жөнінде ұсыныстар дайындауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="561"/>
-    <w:bookmarkStart w:name="z1173" w:id="562"/>
-[...15 lines deleted...]
-      486) стандарттау саласындағы уәкілетті органмен келісу бойынша ұлттық стандарттарды және ұлттық техникалық-экономикалық ақпарат сыныптауыштарын әзірлеуді жүзеге асырады;</w:t>
+    <w:bookmarkStart w:name="z1176" w:id="562"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      489) стандарттау жөніндегі техникалық комитеттердің және стандарттау жөніндегі ұлттық органның, стандарттау жөніндегі халықаралық ұйымдардың жұмысына қатысады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="562"/>
-    <w:bookmarkStart w:name="z1174" w:id="563"/>
-[...15 lines deleted...]
-      487) стандарттау жөніндегі құжаттар мен ұлттық стандарттау жоспарының жобаларын қарайды;</w:t>
+    <w:bookmarkStart w:name="z1177" w:id="563"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      490) қоғамдық кеңестердің ұсынымдарын қарайды, Қазақстан Республикасының заңнамасында көзделген шешімдерді қабылдайды және уәжді жауаптар береді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="563"/>
-    <w:bookmarkStart w:name="z1175" w:id="564"/>
-[...15 lines deleted...]
-      488) стандарттау жөніндегі техникалық комитеттерді құру жөнінде ұсыныстар дайындауды жүзеге асырады;</w:t>
+    <w:bookmarkStart w:name="z1178" w:id="564"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      491) қоғамдық кеңестің қызметін ұйымдық қамтамасыз етуді жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="564"/>
-    <w:bookmarkStart w:name="z1176" w:id="565"/>
-[...15 lines deleted...]
-      489) стандарттау жөніндегі техникалық комитеттердің және стандарттау жөніндегі ұлттық органның, стандарттау жөніндегі халықаралық ұйымдардың жұмысына қатысады;</w:t>
+    <w:bookmarkStart w:name="z1179" w:id="565"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      492) биоотын өндірісі бойынша өндірістік қуаттардың шекті көлемдерін айқындайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="565"/>
-    <w:bookmarkStart w:name="z1177" w:id="566"/>
-[...15 lines deleted...]
-      490) қоғамдық кеңестердің ұсынымдарын қарайды, Қазақстан Республикасының заңнамасында көзделген шешімдерді қабылдайды және уәжді жауаптар береді;</w:t>
+    <w:bookmarkStart w:name="z1180" w:id="566"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      493) биоотын өндірушілердің биоотын өндірісінің мониторингін жүзеге асыру үшін қажетті есептердің нысандары мен оларды облыстың, республикалық маңызы бар қалалардың және астананың жергілікті атқарушы органына ұсыну тәртібін әзiрлейдi және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="566"/>
-    <w:bookmarkStart w:name="z1178" w:id="567"/>
-[...15 lines deleted...]
-      491) қоғамдық кеңестің қызметін ұйымдық қамтамасыз етуді жүзеге асырады;</w:t>
+    <w:bookmarkStart w:name="z1181" w:id="567"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      494) өз құзыреті шегінде биоотын өндірісін мемлекеттік реттеу саласындағы нормативтік құқықтық актілерді әзiрлейдi және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="567"/>
-    <w:bookmarkStart w:name="z1179" w:id="568"/>
-[...15 lines deleted...]
-      492) биоотын өндірісі бойынша өндірістік қуаттардың шекті көлемдерін айқындайды;</w:t>
+    <w:bookmarkStart w:name="z1182" w:id="568"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      495) биоотын өндірісі паспортын бекіту үшін қажетті мәліметтер тізбесін әзiрлейдi және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="568"/>
-    <w:bookmarkStart w:name="z1180" w:id="569"/>
-[...15 lines deleted...]
-      493) биоотын өндірушілердің биоотын өндірісінің мониторингін жүзеге асыру үшін қажетті есептердің нысандары мен оларды облыстың, республикалық маңызы бар қалалардың және астананың жергілікті атқарушы органына ұсыну тәртібін әзiрлейдi және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z1183" w:id="569"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      496) биоотын өндіру көлемі туралы ақпаратты автоматтандырылған түрде беруді қамтамасыз ететін есепке алуды бақылау аспаптарын қолдану қағидаларын әзiрлейдi және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="569"/>
-    <w:bookmarkStart w:name="z1181" w:id="570"/>
-[...15 lines deleted...]
-      494) өз құзыреті шегінде биоотын өндірісін мемлекеттік реттеу саласындағы нормативтік құқықтық актілерді әзiрлейдi және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z1184" w:id="570"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      497) азық-түлік қауіпсіздігі қатері болған жағдайда, биоотынға кейіннен өңдеу үшін пайдаланылатын тамақ шикізатына квоталар белгілеу тәртібін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="570"/>
-    <w:bookmarkStart w:name="z1182" w:id="571"/>
-[...15 lines deleted...]
-      495) биоотын өндірісі паспортын бекіту үшін қажетті мәліметтер тізбесін әзiрлейдi және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z1185" w:id="571"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      498) биоотын өндірісі саласындағы техникалық регламенттерді әзірлейді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="571"/>
-    <w:bookmarkStart w:name="z1183" w:id="572"/>
-[...15 lines deleted...]
-      496) биоотын өндіру көлемі туралы ақпаратты автоматтандырылған түрде беруді қамтамасыз ететін есепке алуды бақылау аспаптарын қолдану қағидаларын әзiрлейдi және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z1186" w:id="572"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      499) Қазақстан Республикасының заңнамасына сәйкес тауарларды өңдеу шарттары туралы қорытынды береді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="572"/>
-    <w:bookmarkStart w:name="z1184" w:id="573"/>
-[...15 lines deleted...]
-      497) азық-түлік қауіпсіздігі қатері болған жағдайда, биоотынға кейіннен өңдеу үшін пайдаланылатын тамақ шикізатына квоталар белгілеу тәртібін әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z1187" w:id="573"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      500) өлшем бірлігін қамтамасыз ету саласындағы бірыңғай мемлекеттік саясатты іске асыруға қатысады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="573"/>
-    <w:bookmarkStart w:name="z1185" w:id="574"/>
-[...15 lines deleted...]
-      498) биоотын өндірісі саласындағы техникалық регламенттерді әзірлейді;</w:t>
+    <w:bookmarkStart w:name="z1188" w:id="574"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      501) техникалық реттеу және метрология саласындағы уәкілетті органмен бірлесіп, мемлекеттік реттеуге жатқызылатын өлшемдер тізбесін бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="574"/>
-    <w:bookmarkStart w:name="z1186" w:id="575"/>
-[...15 lines deleted...]
-      499) Қазақстан Республикасының заңнамасына сәйкес тауарларды өңдеу шарттары туралы қорытынды береді;</w:t>
+    <w:bookmarkStart w:name="z1189" w:id="575"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      502) өндірілетін және (немесе) өткізілетін тауарлар (жұмыстар, көрсетілетін қызметтер) бағаларын келіседі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="575"/>
-    <w:bookmarkStart w:name="z1187" w:id="576"/>
-[...15 lines deleted...]
-      500) өлшем бірлігін қамтамасыз ету саласындағы бірыңғай мемлекеттік саясатты іске асыруға қатысады;</w:t>
+    <w:bookmarkStart w:name="z1190" w:id="576"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      503) өз құзыреті шегінде кәсiпкерлік субъектілерінің мүдделерiн қозғайтын нормативтiк құқықтық актiлердің жобаларына, Қазақстан Республикасының халықаралық шарттарының, сондай-ақ Қазақстан Республикасы қатысушысы болуға ниеттенетін халықаралық шарттардың жобаларына сараптама жүргізуге қатысуға үміткер жеке кәсіпкерлік субъектілерінің бірлестіктерін аккредиттеуді жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="576"/>
-    <w:bookmarkStart w:name="z1188" w:id="577"/>
-[...15 lines deleted...]
-      501) техникалық реттеу және метрология саласындағы уәкілетті органмен бірлесіп, мемлекеттік реттеуге жатқызылатын өлшемдер тізбесін бекітеді;</w:t>
+    <w:bookmarkStart w:name="z1191" w:id="577"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      504) Қазақстан Республикасының Қырғыз Республикасымен және Ресей Федерациясымен шекаралас аумақтарында автомобиль қатынасы шегінде агроөнеркәсіптік кешен өнімдерін мемлекеттік бақылау мен қадағалау жүзеге асырылатын бақылау пункттерінің тізбесін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="577"/>
-    <w:bookmarkStart w:name="z1189" w:id="578"/>
-[...15 lines deleted...]
-      502) өндірілетін және (немесе) өткізілетін тауарлар (жұмыстар, көрсетілетін қызметтер) бағаларын келіседі;</w:t>
+    <w:bookmarkStart w:name="z1192" w:id="578"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      505) Қазақстан Республикасының Қырғыз Республикасымен және Ресей Федерациясымен шекаралас аумақтарындағы бақылау пункттерінде автомобиль қатынасы шегінде агроөнеркәсіптік кешен өнімдерін мемлекеттік бақылау мен қадағалауды жүзеге асыру тәртібін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="578"/>
-    <w:bookmarkStart w:name="z1190" w:id="579"/>
-[...15 lines deleted...]
-      503) өз құзыреті шегінде кәсiпкерлік субъектілерінің мүдделерiн қозғайтын нормативтiк құқықтық актiлердің жобаларына, Қазақстан Республикасының халықаралық шарттарының, сондай-ақ Қазақстан Республикасы қатысушысы болуға ниеттенетін халықаралық шарттардың жобаларына сараптама жүргізуге қатысуға үміткер жеке кәсіпкерлік субъектілерінің бірлестіктерін аккредиттеуді жүзеге асырады;</w:t>
+    <w:bookmarkStart w:name="z1193" w:id="579"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      506) жартыжылдықтың қорытындысы бойынша – есепті жылдың 15 шілдесіне дейін, жылдың қорытындысы бойынша есепті жылдан кейінгі жылдың 15 қаңтарына дейін жергілікті атқарушы органдар қалыптастыратын азық-түлік тауарларын есепке алу жөніндегі ақпаратты жұмылдыру дайындығы саласындағы уәкілетті органға ұсынады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="579"/>
-    <w:bookmarkStart w:name="z1191" w:id="580"/>
-[...15 lines deleted...]
-      504) Қазақстан Республикасының Қырғыз Республикасымен және Ресей Федерациясымен шекаралас аумақтарында автомобиль қатынасы шегінде агроөнеркәсіптік кешен өнімдерін мемлекеттік бақылау мен қадағалау жүзеге асырылатын бақылау пункттерінің тізбесін әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z1503" w:id="580"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      506-1) жұмылдыру дайындығы саласындағы уәкiлеттi органға жұмылдыру дайындығы мен жұмылдыру жөнiндегi iс-шараларды қаржыландыру көлемдерi жөнiнде ұсыныстар енгiзедi;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="580"/>
-    <w:bookmarkStart w:name="z1192" w:id="581"/>
-[...15 lines deleted...]
-      505) Қазақстан Республикасының Қырғыз Республикасымен және Ресей Федерациясымен шекаралас аумақтарындағы бақылау пункттерінде автомобиль қатынасы шегінде агроөнеркәсіптік кешен өнімдерін мемлекеттік бақылау мен қадағалауды жүзеге асыру тәртібін әзірлейді және бекітеді;</w:t>
+    <w:bookmarkStart w:name="z1504" w:id="581"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      506-2) мемлекеттік басқарудың тиісті саласында ұйымдардың жұмылдыру дайындығын жоспарлайды, ұйымдастырады және оған басшылық етеді, Қазақстан Республикасындағы жұмылдыру дайындығы мен жұмылдыру қағидаларында белгіленген тәртіппен жұмылдыру тапсырыстары бар ұйымдардың жұмылдыру әзірлігін бағалауды жүргізеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="581"/>
-    <w:bookmarkStart w:name="z1193" w:id="582"/>
-[...15 lines deleted...]
-      506) жартыжылдықтың қорытындысы бойынша – есепті жылдың 15 шілдесіне дейін, жылдың қорытындысы бойынша есепті жылдан кейінгі жылдың 15 қаңтарына дейін жергілікті атқарушы органдар қалыптастыратын азық-түлік тауарларын есепке алу жөніндегі ақпаратты жұмылдыру дайындығы саласындағы уәкілетті органға ұсынады;</w:t>
+    <w:bookmarkStart w:name="z1505" w:id="582"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      506-3) ұйымдармен жұмылдыру тапсырыстарын орындауға арналған шарттар жасасады, жұмылдыру дайындығы саласындағы уәкілетті органға жұмылдыру тапсырыстары бар ұйымдар банкрот болған, қайта ұйымдастырылған, таратылған, олардың жұмыс бейіні өзгертілген кезде белгіленген жұмылдыру тапсырыстарын алып тастау және басқаға беру туралы ұсыныстар енгізеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="582"/>
-    <w:bookmarkStart w:name="z1194" w:id="583"/>
+    <w:bookmarkStart w:name="z1506" w:id="583"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      506-4) Қазақстан Республикасының жергiлiктi атқарушы органдарымен өзара iс-қимыл жасай отырып, жұмылдыру жоспарларын орындауға дайындық жөнiндегi шараларды жүргiзедi;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="583"/>
+    <w:bookmarkStart w:name="z1507" w:id="584"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      506-5) жұмылдыру тапсырыстарын белгілеу үшін ұйымдардың өндірістік, қаржылық, қоймалық мүмкіндіктері туралы ақпаратты жұмылдыру дайындығы саласындағы уәкілетті органға береді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="584"/>
+    <w:bookmarkStart w:name="z1508" w:id="585"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      506-6) әскери міндеттілерді бекітіп қою бойынша жұмысты ұйымдастырады және жүргізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="585"/>
+    <w:bookmarkStart w:name="z1509" w:id="586"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      506-7) жұмылдыру дайындығы мен жұмылдыру саласында Қазақстан Республикасының заңдары мен өзге де нормативтiк құқықтық актiлерiнiң орындалуын қамтамасыз етедi;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="586"/>
+    <w:bookmarkStart w:name="z1510" w:id="587"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      506-8) жұмылдыру жарияланған кезде Қазақстан Республикасының жергiлiктi атқарушы органдарымен өзара iс-қимыл жасай отырып, ұйымдарды соғыс жағдайы режимiне көшiру жөнiндегi шаралар кешенiн жүргiзудi ұйымдастырады және қамтамасыз етедi;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="587"/>
+    <w:bookmarkStart w:name="z1511" w:id="588"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      506-9) мемлекеттік басқарудың тиісті саласында жұмылдыру дайындығы мен жұмылдыру саласындағы нормативтік құқықтық актілерді әзірлейді және (немесе) бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="588"/>
+    <w:bookmarkStart w:name="z1512" w:id="589"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      506-10) жұмылдыру жоспарларын әзірлейді, жұмылдыру дайындығы саласындағы уәкілетті органмен келіседі және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="589"/>
+    <w:bookmarkStart w:name="z1513" w:id="590"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      506-11) жұмылдыру дайындығы саласындағы уәкiлеттi органға жұмылдыру дайындығы мен жұмылдыруды жетiлдiру жөнiнде ұсыныстар енгiзедi;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="590"/>
+    <w:bookmarkStart w:name="z1514" w:id="591"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      506-12) әскери-экономикалық және командалық-штабтық оқулар өткізуге қатысады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="591"/>
+    <w:bookmarkStart w:name="z1515" w:id="592"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      506-13) жұмылдыру, соғыс жағдайы кезеңінде және соғыс уақытында Қарулы Күштердің, басқа да әскерлер мен әскери құралымдардың, арнаулы мемлекеттік органдардың мүдделеріне сай міндеттерді орындау үшін, сондай-ақ Қазақстан Республикасы экономикасының іркіліссіз жұмыс істеуін және халқының тыныс-тіршілігін қамтамасыз ету үшін мемлекеттік басқарудың тиісті саласында арнайы құралымдарды ұйымдастырады және олардың қызметін қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="592"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      15-тармақты 506-14), 506-15) және 506-16) тармақшалармен толықтыру көзделген - ҚР Үкіметінің 26.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1149</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2027 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1194" w:id="593"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       507) Қазақстан Республикасының заңнамасына сәйкес тауарларды кедендік аумақта/аумақтан тыс өңдеу және ішкі тұтыным үшін өңдеу шарттары туралы құжат береді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="583"/>
-    <w:bookmarkStart w:name="z1195" w:id="584"/>
+    <w:bookmarkEnd w:id="593"/>
+    <w:bookmarkStart w:name="z1195" w:id="594"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508) сәйкестікті растау жөніндегі органдар беретін деректер негізінде органикалық өнім өндірушілер тізілімін жүргізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="584"/>
-    <w:bookmarkStart w:name="z1240" w:id="585"/>
+    <w:bookmarkEnd w:id="594"/>
+    <w:bookmarkStart w:name="z1240" w:id="595"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-1) өздерінің құзыреті шегінде үкіметтік емес ұйымдарды гранттық қаржыландыру саласындағы оператор арқылы мемлекеттік гранттар беру және оператордың мемлекеттік гранттардың іске асырылу нәтижелері туралы есебін қарайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="585"/>
-    <w:bookmarkStart w:name="z1244" w:id="586"/>
+    <w:bookmarkEnd w:id="595"/>
+    <w:bookmarkStart w:name="z1244" w:id="596"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-1) өсімдіктер карантині саласында пайдаланылатын патогенді және өнеркәсіптік микроорганизмдердің жұмыс коллекцияларын қалыптастыру, жүргізу және күтіп-бағу қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="586"/>
-    <w:bookmarkStart w:name="z1241" w:id="587"/>
+    <w:bookmarkEnd w:id="596"/>
+    <w:bookmarkStart w:name="z1241" w:id="597"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-2) мемлекеттік гранттарды қалыптастыру, беру, мониторингтеу және олардың тиімділігін бағалау қағидаларына сәйкес азаматтық қоғам өкілдерін тарта отырып, мемлекеттік гранттардың тиімділігін бағалауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="587"/>
-    <w:bookmarkStart w:name="z1245" w:id="588"/>
+    <w:bookmarkEnd w:id="597"/>
+    <w:bookmarkStart w:name="z1245" w:id="598"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-2) биологиялық қауіпсіздік саласындағы мемлекеттік саясатты іске асыруға қатысады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="588"/>
-    <w:bookmarkStart w:name="z1242" w:id="589"/>
+    <w:bookmarkEnd w:id="598"/>
+    <w:bookmarkStart w:name="z1242" w:id="599"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-3) үкіметтік емес ұйымдармен өзара іс-қимыл саласындағы уәкілетті орган жанындағы Үкіметтік емес ұйымдармен өзара іс-қимыл жөніндегі үйлестіру кеңесінің ұсынымдары негізінде бағыттары мен қаржыландыру көлемі бойынша мемлекеттік гранттарды қалыптастырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="589"/>
-    <w:bookmarkStart w:name="z1239" w:id="590"/>
+    <w:bookmarkEnd w:id="599"/>
+    <w:bookmarkStart w:name="z1239" w:id="600"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-3) Қазақстан Республикасының ақпаратқа қол жеткізу туралы заңнамасына сәйкес жұртшылыққа биологиялық қатерлердің тәуекелдеріне алып келетін жағдайлар туралы хабар береді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="590"/>
-    <w:bookmarkStart w:name="z1246" w:id="591"/>
+    <w:bookmarkEnd w:id="600"/>
+    <w:bookmarkStart w:name="z1246" w:id="601"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-4) биологиялық қауіпсіздік саласындағы есепке алуды, мониторингтеуді жүргізу және болжау (модельдеу) қағидаларына сәйкес биологиялық қауіпсіздік саласындағы статистикалық ақпаратты және өзге де есепке алу мен есептік құжаттаманы (ақпаратты) береді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="591"/>
-    <w:bookmarkStart w:name="z1263" w:id="592"/>
+    <w:bookmarkEnd w:id="601"/>
+    <w:bookmarkStart w:name="z1263" w:id="602"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-4) стратегиялық әріптестерді конкурстық іріктеуді жүргізу және стратегиялық әріптестікті іске асыруға арналған мемлекеттік тапсырысты жүзеге асыру қағидаларына сәйкес олармен шарттар жасасады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="592"/>
-    <w:bookmarkStart w:name="z1247" w:id="593"/>
+    <w:bookmarkEnd w:id="602"/>
+    <w:bookmarkStart w:name="z1247" w:id="603"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-5) биологиялық қауіпсіздік саласындағы уәкілетті органмен биологиялық қауіпсіздікті қамтамасыз ету мәселелеріне байланысты нормативтік құқықтық актілердің, нормативтік техникалық құжаттардың, ұлттық және (немесе) мемлекетаралық стандарттардың жобаларын келіседі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="593"/>
-    <w:bookmarkStart w:name="z1264" w:id="594"/>
+    <w:bookmarkEnd w:id="603"/>
+    <w:bookmarkStart w:name="z1264" w:id="604"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-5) стратегиялық әріптестердің жасалған шарттарға және стратегиялық әріптестікті іске асыруға арналған мемлекеттік тапсырысты жүзеге асыру қағидаларына сәйкес міндеттемелерді орындауын бағалауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="594"/>
-    <w:bookmarkStart w:name="z1248" w:id="595"/>
+    <w:bookmarkEnd w:id="604"/>
+    <w:bookmarkStart w:name="z1248" w:id="605"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-6) биологиялық тәуекелдерді басқару әдістемелерін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="595"/>
-    <w:bookmarkStart w:name="z1265" w:id="596"/>
+    <w:bookmarkEnd w:id="605"/>
+    <w:bookmarkStart w:name="z1265" w:id="606"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-6) жыл сайын 1 желтоқсанға дейін үкіметтік емес ұйымдармен өзара іс-қимыл саласындағы уәкілетті органға стратегиялық әріптестікті іске асыруға арналған мемлекеттік тапсырысты жүзеге асыру қағидаларына сәйкес стратегиялық әріптестікті іске асыруға арналған мемлекеттік тапсырыстың нәтижелері туралы ақпарат ұсынады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="596"/>
-    <w:bookmarkStart w:name="z1249" w:id="597"/>
+    <w:bookmarkEnd w:id="606"/>
+    <w:bookmarkStart w:name="z1249" w:id="607"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-7) патогенді биологиялық агенттермен жұмыс істеуді жүзеге асыратын субъектілердің, ықтимал қауіпті биологиялық объектілердің тізілімдерін жүргізуді жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="597"/>
-    <w:bookmarkStart w:name="z1250" w:id="598"/>
+    <w:bookmarkEnd w:id="607"/>
+    <w:bookmarkStart w:name="z1250" w:id="608"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-8) патогендігі I және II топтардағы патогенді биологиялық агенттердің, патогендігі I және II топтардағы патогенді биологиялық агенттермен жұмыс істеуді жүзеге асыратын мамандардың тізілімдерін жүргізуді жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="598"/>
-    <w:bookmarkStart w:name="z1251" w:id="599"/>
+    <w:bookmarkEnd w:id="608"/>
+    <w:bookmarkStart w:name="z1251" w:id="609"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       508-9) "Қазақстан Республикасының биологиялық қауіпсіздігі туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және Қазақстан Республикасының заңнамасына сәйкес биологиялық қауіпсіздік саласындағы профилактикалық іс-шараларды жүргізуді жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="599"/>
-    <w:bookmarkStart w:name="z1252" w:id="600"/>
+    <w:bookmarkEnd w:id="609"/>
+    <w:bookmarkStart w:name="z1252" w:id="610"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       508-10) "Қазақстан Республикасының биологиялық қауіпсіздігі туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және Қазақстан Республикасының заңнамасына сәйкес биологиялық қауіпсіздік саласындағы есепке алуды және мониторингтеуді жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="600"/>
-    <w:bookmarkStart w:name="z1253" w:id="601"/>
+    <w:bookmarkEnd w:id="610"/>
+    <w:bookmarkStart w:name="z1253" w:id="611"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-11) биологиялық қауіпсіздік саласындағы талаптардың сақталуын мемлекеттік бақылауды және қадағалауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="601"/>
-    <w:bookmarkStart w:name="z1254" w:id="602"/>
+    <w:bookmarkEnd w:id="611"/>
+    <w:bookmarkStart w:name="z1254" w:id="612"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-12) биологиялық қауіпсіздік саласындағы кадрларды кәсіптік даярлаудың, қайта даярлаудың және олардың біліктілігін арттырудың үлгілік бағдарламаларын әзірлеуді және бекітуді жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="602"/>
-    <w:bookmarkStart w:name="z1255" w:id="603"/>
+    <w:bookmarkEnd w:id="612"/>
+    <w:bookmarkStart w:name="z1255" w:id="613"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-13) шаруашылық жүргізу құқығындағы мемлекеттік кәсіпорындардың патогендігі I және II топтардағы патогенді биологиялық агенттермен жұмыс істеуді жүзеге асыратын (жұмыс істеуді жүзеге асыру кезінде қосалқы функцияны орындайтын) мамандары мен көмекші персоналының еңбегіне ақы төлеудің үлгілік жүйесін әзірлеуді және бекітуді жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="603"/>
-    <w:bookmarkStart w:name="z1256" w:id="604"/>
+    <w:bookmarkEnd w:id="613"/>
+    <w:bookmarkStart w:name="z1256" w:id="614"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-14) Қазақстан Республикасының заңнамасында белгіленген тәртіппен биологиялық қауіпсіздік саласында ғылыми зерттеулер ұйымдастыруды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="604"/>
-    <w:bookmarkStart w:name="z1257" w:id="605"/>
+    <w:bookmarkEnd w:id="614"/>
+    <w:bookmarkStart w:name="z1257" w:id="615"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-15) биологиялық тәуекелдерді сыртқы бағалауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="605"/>
-    <w:bookmarkStart w:name="z1258" w:id="606"/>
+    <w:bookmarkEnd w:id="615"/>
+    <w:bookmarkStart w:name="z1258" w:id="616"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-16) коллекциялық қызметті есепке алуды және мониторингтеуді жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="606"/>
-    <w:bookmarkStart w:name="z1259" w:id="607"/>
+    <w:bookmarkEnd w:id="616"/>
+    <w:bookmarkStart w:name="z1259" w:id="617"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-17) референттік (референс-) зерттеулерді жүзеге асыру және жүзеге асыруға рұқсат беру қағидаларын әзірлеуді және бекітуді жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="607"/>
-    <w:bookmarkStart w:name="z1260" w:id="608"/>
+    <w:bookmarkEnd w:id="617"/>
+    <w:bookmarkStart w:name="z1260" w:id="618"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-18) патогенді және өнеркәсіптік микроорганизмдердің ұлттық коллекцияларын қалыптастыруға, жүргізуге және күтіп-бағуға уәкілеттік берілген ұйымдардың қызметін бюджет қаражатының есебінен қамтамасыз етуді жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="608"/>
-    <w:bookmarkStart w:name="z1261" w:id="609"/>
+    <w:bookmarkEnd w:id="618"/>
+    <w:bookmarkStart w:name="z1261" w:id="619"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-19) патогенді биологиялық агенттермен жұмыс істеуді жүзеге асыратын ықтимал қауіпті биологиялық объектілерге қатысты мемлекеттік фитосанитариялық бақылау және қадағалау Қазақстан Республикасының биологиялық қауіпсіздік саласындағы заңнамасында көзделген ерекшеліктер ескеріле отырып жүзеге асырылады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="609"/>
-    <w:bookmarkStart w:name="z1262" w:id="610"/>
+    <w:bookmarkEnd w:id="619"/>
+    <w:bookmarkStart w:name="z1262" w:id="620"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-20) патогенді биологиялық агенттермен жұмыс істеуді жүзеге асыратын ықтимал қауіпті биологиялық объектілерге қатысты мемлекеттік ветеринариялық-санитариялық бақылау және қадағалау Қазақстан Республикасының биологиялық қауіпсіздік саласындағы заңнамасында көзделген ерекшеліктер ескеріле отырып жүзеге асырылады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="610"/>
-    <w:bookmarkStart w:name="z1269" w:id="611"/>
+    <w:bookmarkEnd w:id="620"/>
+    <w:bookmarkStart w:name="z1269" w:id="621"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-21) облигациялар бойынша купондық сыйақыны субсидиялауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="611"/>
-    <w:bookmarkStart w:name="z1270" w:id="612"/>
+    <w:bookmarkEnd w:id="621"/>
+    <w:bookmarkStart w:name="z1270" w:id="622"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-22) индекстік бағалау жүргізу қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="612"/>
-    <w:bookmarkStart w:name="z1271" w:id="613"/>
+    <w:bookmarkEnd w:id="622"/>
+    <w:bookmarkStart w:name="z1271" w:id="623"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-23) молекулалық генетикалық сараптама жүргізу қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="613"/>
-    <w:bookmarkStart w:name="z1272" w:id="614"/>
+    <w:bookmarkEnd w:id="623"/>
+    <w:bookmarkStart w:name="z1272" w:id="624"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-24) мамандандырылған зертханаларға қойылатын біліктілік талаптарын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="614"/>
-    <w:bookmarkStart w:name="z1273" w:id="615"/>
+    <w:bookmarkEnd w:id="624"/>
+    <w:bookmarkStart w:name="z1273" w:id="625"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-25) асыл тұқымды тұқымдық жануарларға ұрпағының сапасы бойынша бағалау жүргізу қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="615"/>
-    <w:bookmarkStart w:name="z1274" w:id="616"/>
+    <w:bookmarkEnd w:id="625"/>
+    <w:bookmarkStart w:name="z1274" w:id="626"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-26) асыл тұқымды жануарларға өз өнімділігі бойынша бағалау (сынақтар) жүргізу қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="616"/>
-    <w:bookmarkStart w:name="z1275" w:id="617"/>
+    <w:bookmarkEnd w:id="626"/>
+    <w:bookmarkStart w:name="z1275" w:id="627"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-27) геномдық бағалау жүргізу қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="617"/>
-    <w:bookmarkStart w:name="z1276" w:id="618"/>
+    <w:bookmarkEnd w:id="627"/>
+    <w:bookmarkStart w:name="z1276" w:id="628"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-28) бонитерді (сыныптаушыны), техник-ұрықтандырушыны және эмбриондарды транспланттау (ауыстырып салу) жөніндегі маманды оқыту курстарының үлгілік бағдарламаларын және олардың сағат көлемін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="618"/>
-    <w:bookmarkStart w:name="z1277" w:id="619"/>
+    <w:bookmarkEnd w:id="628"/>
+    <w:bookmarkStart w:name="z1277" w:id="629"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-29) бонитердің (сыныптаушының), техник-ұрықтандырушының және эмбриондарды транспланттау (ауыстырып салу) жөніндегі маманның біліктілігін арттыру курстарының үлгілік бағдарламаларын және олардың сағат көлемін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="619"/>
-    <w:bookmarkStart w:name="z1278" w:id="620"/>
+    <w:bookmarkEnd w:id="629"/>
+    <w:bookmarkStart w:name="z1278" w:id="630"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-30) ауыл шаруашылығы жануарлары мен өсімдіктерінің генетикалық ресурстары саласындағы генетикалық ресурстарға және пайданы бірлесіп пайдалануға қолжетімділікті, сондай-ақ генетикалық ресурстармен байланысты дәстүрлі білімдерге қолжетімділікті ұйымдастырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="620"/>
-    <w:bookmarkStart w:name="z1279" w:id="621"/>
+    <w:bookmarkEnd w:id="630"/>
+    <w:bookmarkStart w:name="z1279" w:id="631"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-31) генетикалық ресурстарға байланысты өзінің құзыреті және дәстүрлі білімдер шегінде генетикалық ресурстардың пайдаланылуын мониторингтеуді жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="621"/>
-    <w:bookmarkStart w:name="z1280" w:id="622"/>
+    <w:bookmarkEnd w:id="631"/>
+    <w:bookmarkStart w:name="z1280" w:id="632"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-32) ауыл шаруашылығы жануарлары мен өсімдіктерінің генетикалық ресурстарына қол жеткізу үшін негізделген қорытынды береді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="622"/>
+    <w:bookmarkEnd w:id="632"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -17037,190 +17789,190 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1336" w:id="623"/>
+    <w:bookmarkStart w:name="z1336" w:id="633"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-34) балықтар мен басқа да су жануарларының сирек кездесетін және құрып кету қаупі төнген түрлерінің тізбесін әзірлейді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="623"/>
-    <w:bookmarkStart w:name="z1337" w:id="624"/>
+    <w:bookmarkEnd w:id="633"/>
+    <w:bookmarkStart w:name="z1337" w:id="634"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-35) Қазақстан Республикасының заңнамасына сәйкес балық ресурстарын және басқа да су жануарларын қорғау, өсімін молайту және пайдалану саласындағы нормативтік құқықтық актілерді әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="624"/>
-    <w:bookmarkStart w:name="z1338" w:id="625"/>
+    <w:bookmarkEnd w:id="634"/>
+    <w:bookmarkStart w:name="z1338" w:id="635"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-36) балық ресурстарының және басқа су жануарларының санын реттеу қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="625"/>
-    <w:bookmarkStart w:name="z1339" w:id="626"/>
+    <w:bookmarkEnd w:id="635"/>
+    <w:bookmarkStart w:name="z1339" w:id="636"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-37) Қазақстан Республикасының Үкіметіне балықтар мен басқа да су жануарларының сирек кездесетін және құрып кету қаупі төнген түрлерін, олардың бөліктерін немесе дериваттарын алып қою және оларды алып қою көлемін бекіту жөнінде ұсыныстар енгізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="626"/>
-    <w:bookmarkStart w:name="z1340" w:id="627"/>
+    <w:bookmarkEnd w:id="636"/>
+    <w:bookmarkStart w:name="z1340" w:id="637"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-38) балық ресурстарын және басқа да су жануарларын қорғау, өсімін молайту және пайдалану саласында құрметті атақтар, төсбелгілер және құрмет грамоталарын беру қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="627"/>
-    <w:bookmarkStart w:name="z1341" w:id="628"/>
+    <w:bookmarkEnd w:id="637"/>
+    <w:bookmarkStart w:name="z1341" w:id="638"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-39) су айдындарына балық жіберу, су объектілерінің балық шаруашылығы мелиорациясы жөніндегі жұмыстарды жүргізу қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="628"/>
-    <w:bookmarkStart w:name="z1342" w:id="629"/>
+    <w:bookmarkEnd w:id="638"/>
+    <w:bookmarkStart w:name="z1342" w:id="639"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-40) балық шаруашылығы су айдындарын және (немесе) учаскелерін бекітіп беру жөнінде конкурс өткізу қағидаларын және конкурсқа қатысушыларға қойылатын біліктілік талаптарын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="629"/>
+    <w:bookmarkEnd w:id="639"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -17249,70 +18001,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1344" w:id="630"/>
+    <w:bookmarkStart w:name="z1344" w:id="640"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-42) ихтиологиялық байқаулар қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="630"/>
+    <w:bookmarkEnd w:id="640"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -17395,210 +18147,210 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1347" w:id="631"/>
+    <w:bookmarkStart w:name="z1347" w:id="641"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-45) сирек кездесетіндерден және құрып кету қаупі төнгендерден басқа балықтар мен басқа да су жануарларын эпизоотияны болғызбау мақсатында пайдалану қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="631"/>
-    <w:bookmarkStart w:name="z1348" w:id="632"/>
+    <w:bookmarkEnd w:id="641"/>
+    <w:bookmarkStart w:name="z1348" w:id="642"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-46) балықтар мен басқа да су жануарлары мониторингінің қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="632"/>
-    <w:bookmarkStart w:name="z1349" w:id="633"/>
+    <w:bookmarkEnd w:id="642"/>
+    <w:bookmarkStart w:name="z1349" w:id="643"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-47) балық аулауды жүргізу үшін бекітіп берілген балық шаруашылығы су айдындарын және (немесе) учаскелерін балық өсіруді жүргізуге арналған балық шаруашылығы су айдындарына және (немесе) учаскелеріне ауыстыру қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="633"/>
-    <w:bookmarkStart w:name="z1350" w:id="634"/>
+    <w:bookmarkEnd w:id="643"/>
+    <w:bookmarkStart w:name="z1350" w:id="644"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-48) үшінші елдермен саудада Еуразиялық экономикалық одаққа мүше мемлекеттердің әкелуіне немесе әкетуіне тыйым салулар немесе шектеулер қолданылатын тауарлардың бірыңғай тізбесіне енгізілген жабайы тірі жануарларды (балықтарды және басқа да су жануарларын), оның ішінде сирек кездесетіндері мен жойылып кету қаупі төнгендерін Еуразиялық экономикалық одақтың кедендік аумағынан экспорттауға арналған лицензияны береді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="634"/>
-    <w:bookmarkStart w:name="z1351" w:id="635"/>
+    <w:bookmarkEnd w:id="644"/>
+    <w:bookmarkStart w:name="z1351" w:id="645"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-49) кәсіпшілік күш-жігер нормативтерін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="635"/>
-    <w:bookmarkStart w:name="z1352" w:id="636"/>
+    <w:bookmarkEnd w:id="645"/>
+    <w:bookmarkStart w:name="z1352" w:id="646"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-50) балық ресурстарын және басқа да су жануарларын қорғау жөніндегі мемлекеттік инспекторлардың және жануарлар дүниесін қорғау жөніндегі мамандандырылған ұйымдар инспекторларының арнайы құралдар мен қызметтік қаруды қолдану, сондай-ақ қорықшылардың қызметтік қаруды қолдану қағидаларын әзірлейді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="636"/>
-    <w:bookmarkStart w:name="z1353" w:id="637"/>
+    <w:bookmarkEnd w:id="646"/>
+    <w:bookmarkStart w:name="z1353" w:id="647"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-51) әкімшілік органның Құрып кету қаупі төнген жабайы фауна мен флора түрлерімен халықаралық сауда туралы конвенцияның күші қолданылатын балықтар мен басқа да су жануарлары түрлерінің Қазақстан Республикасының аумағына импортына, Қазақстан Республикасының аумағынан экспортына және (немесе) реэкспортына рұқсаттар беру қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="637"/>
-    <w:bookmarkStart w:name="z1354" w:id="638"/>
+    <w:bookmarkEnd w:id="647"/>
+    <w:bookmarkStart w:name="z1354" w:id="648"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-52) балық ресурстарын және басқа да су жануарларын қорғау, өсімін молайту және пайдалану саласындағы нормалар мен нормативтерді әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="638"/>
+    <w:bookmarkEnd w:id="648"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -17627,131 +18379,131 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1356" w:id="639"/>
+    <w:bookmarkStart w:name="z1356" w:id="649"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-54) қорықшы төсбелгісінің және балық шаруашылығы субъектілерінің айырым белгілері бар арнайы киімінің нысанын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="639"/>
-    <w:bookmarkStart w:name="z1357" w:id="640"/>
+    <w:bookmarkEnd w:id="649"/>
+    <w:bookmarkStart w:name="z1357" w:id="650"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-55) балық ресурстарын және басқа да су жануарларын қорғау, өсімін молайту және пайдалану саласындағы мемлекеттік бақылауды және қадағалауды жүзеге асыратын уәкілетті орган ведомствосының және оның аумақтық бөлімшелерінің лауазымды адамдарының, сондай-ақ балық ресурстарын және басқа да су жануарларын қорғауды тікелей жүзеге асыратын, айырым белгілері бар нысанды киім (погонсыз) киіп жүруге құқығы бар мемлекеттік мекемелер мен ұйымдар жұмыскерлерінің тізбесін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="640"/>
-    <w:bookmarkStart w:name="z1358" w:id="641"/>
+    <w:bookmarkEnd w:id="650"/>
+    <w:bookmarkStart w:name="z1358" w:id="651"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-56) балық шаруашылықтары субъектілерінің қорықшылық қызметі туралы үлгілік ережені әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="641"/>
-    <w:bookmarkStart w:name="z1359" w:id="642"/>
+    <w:bookmarkEnd w:id="651"/>
+    <w:bookmarkStart w:name="z1359" w:id="652"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-57) жолдаманың үлгілік нысанын, сондай-ақ оны балық шаруашылықтары субъектілеріне беру тәртібін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="642"/>
-    <w:bookmarkStart w:name="z1360" w:id="643"/>
+    <w:bookmarkEnd w:id="652"/>
+    <w:bookmarkStart w:name="z1360" w:id="653"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       508-58) "Жануарлар дүниесін қорғау, өсімін молайту және пайдалану туралы" Қазақстан Республикасы Заңының 3-бабы 1-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -17786,171 +18538,171 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6) тармақшаларында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген санаттарға жатқызылған балықтар мен басқа да су жануарлары түрлерінің тізбелерін айқындайды және сирек кездесетін және құрып кету қаупі төнген санатқа жатқызуды қоспағанда, оларды бір санаттан басқа санатқа ауыстырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="643"/>
-    <w:bookmarkStart w:name="z1361" w:id="644"/>
+    <w:bookmarkEnd w:id="653"/>
+    <w:bookmarkStart w:name="z1361" w:id="654"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-59) балық ресурстарын және басқа да су жануарларын интродукциялау, реинтродукциялау және будандастыру қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="644"/>
-    <w:bookmarkStart w:name="z1362" w:id="645"/>
+    <w:bookmarkEnd w:id="654"/>
+    <w:bookmarkStart w:name="z1362" w:id="655"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-60) балық ресурстары және басқа да су жануарлары дериваттарының тізбесін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="645"/>
-    <w:bookmarkStart w:name="z1363" w:id="646"/>
+    <w:bookmarkEnd w:id="655"/>
+    <w:bookmarkStart w:name="z1363" w:id="656"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-61) балықшылар мен балық шаруашылығы субъектілерінің қоғамдық бірлестіктерінің республикалық қауымдастықтарын аккредиттеу қағидаларын әзірлейді және бекітеді, оларды аккредиттеуді жүргізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="646"/>
-    <w:bookmarkStart w:name="z1364" w:id="647"/>
+    <w:bookmarkEnd w:id="656"/>
+    <w:bookmarkStart w:name="z1364" w:id="657"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-62) балық ресурстарын және басқа да су жануарларын алып қою лимиттерін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="647"/>
-    <w:bookmarkStart w:name="z1365" w:id="648"/>
+    <w:bookmarkEnd w:id="657"/>
+    <w:bookmarkStart w:name="z1365" w:id="658"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-63) балық аулау объектілерін алып қою квоталарын бөлу қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="648"/>
-    <w:bookmarkStart w:name="z1366" w:id="649"/>
+    <w:bookmarkEnd w:id="658"/>
+    <w:bookmarkStart w:name="z1366" w:id="659"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-64) халықаралық және республикалық маңызы бар балық шаруашылығы су айдындарының тізбесін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="649"/>
+    <w:bookmarkEnd w:id="659"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -17979,950 +18731,950 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1368" w:id="650"/>
+    <w:bookmarkStart w:name="z1368" w:id="660"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-66) мемлекеттік монополия субъектісінің бекіре тұқымдас балық түрлері өнімін қайта өңдеуі кезіндегі шикізат қалдықтарының, ысыраптары мен шығыстарының нормаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="650"/>
-    <w:bookmarkStart w:name="z1369" w:id="651"/>
+    <w:bookmarkEnd w:id="660"/>
+    <w:bookmarkStart w:name="z1369" w:id="661"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-67) бюджеттік жоспарлау жөніндегі орталық уәкілетті органмен келісу бойынша уәкілетті орган ведомствосының аумақтық бөлімшелерін, балық ресурстарын және басқа да су жануарларын қорғау, өсімін молайту және пайдалану саласындағы қызметті жүзеге асыратын жергілікті атқарушы органдарды және мамандандырылған ұйымдарды материалдық-техникалық құралдармен жарақтандыру нормаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="651"/>
-    <w:bookmarkStart w:name="z1370" w:id="652"/>
+    <w:bookmarkEnd w:id="661"/>
+    <w:bookmarkStart w:name="z1370" w:id="662"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-68) балық аулау қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="652"/>
-    <w:bookmarkStart w:name="z1371" w:id="653"/>
+    <w:bookmarkEnd w:id="662"/>
+    <w:bookmarkStart w:name="z1371" w:id="663"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-69) балық шаруашылығын жүргізу қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="653"/>
-    <w:bookmarkStart w:name="z1372" w:id="654"/>
+    <w:bookmarkEnd w:id="663"/>
+    <w:bookmarkStart w:name="z1372" w:id="664"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-70) Қазақстан Республикасының балық ресурстарын және басқа да су жануарларын қорғау, өсімін молайту және пайдалану саласындағы заңнамасын бұзудан келтірілген зиянның орнын толтыру мөлшерін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="654"/>
-    <w:bookmarkStart w:name="z1373" w:id="655"/>
+    <w:bookmarkEnd w:id="664"/>
+    <w:bookmarkStart w:name="z1373" w:id="665"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-71) табиғи мекендеу ортасынан алынған бекіре тұқымдас балықтарды және олардың уылдырығын мемлекеттік монополия субъектісі болып табылатын мемлекеттік кәсіпорынның өткізу қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="655"/>
-    <w:bookmarkStart w:name="z1374" w:id="656"/>
+    <w:bookmarkEnd w:id="665"/>
+    <w:bookmarkStart w:name="z1374" w:id="666"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-72) балық ресурстарын және басқа да су жануарларын пайдалануға рұқсаттар беру қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="656"/>
-    <w:bookmarkStart w:name="z1375" w:id="657"/>
+    <w:bookmarkEnd w:id="666"/>
+    <w:bookmarkStart w:name="z1375" w:id="667"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-73) балық ресурстарын және басқа да су жануарларын мемлекеттік қорғау туралы ережені әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="657"/>
-    <w:bookmarkStart w:name="z1376" w:id="658"/>
+    <w:bookmarkEnd w:id="667"/>
+    <w:bookmarkStart w:name="z1376" w:id="668"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-74) балық ресурстарын және басқа да су жануарларын, олардың бөліктері мен дериваттарын пайдалануға шектеулер мен тыйым салуларды белгілеу қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="658"/>
-    <w:bookmarkStart w:name="z1377" w:id="659"/>
+    <w:bookmarkEnd w:id="668"/>
+    <w:bookmarkStart w:name="z1377" w:id="669"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-75) балық ресурстарын және басқа да су жануарларын мемлекеттік есепке алуды, оның кадастры мен мониторингін жүргізу қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="659"/>
-    <w:bookmarkStart w:name="z1378" w:id="660"/>
+    <w:bookmarkEnd w:id="669"/>
+    <w:bookmarkStart w:name="z1378" w:id="670"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-76) балық аулау объектілері болып табылатын балықтар мен басқа да су жануарлары түрлерінің тізбесін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="660"/>
-    <w:bookmarkStart w:name="z1379" w:id="661"/>
+    <w:bookmarkEnd w:id="670"/>
+    <w:bookmarkStart w:name="z1379" w:id="671"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-77) балықтардың және басқа да су жануарларының сирек кездесетін және құрып кету қаупі төнген түрлерін, оның ішінде Құрып кету қаупі төнген жабайы фауна мен флора түрлерімен халықаралық сауда туралы конвенцияның қолданылу аясына кіретін түрлерін еріксіз және жартылай ерікті жағдайларда ұстау, көбейту қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="661"/>
-    <w:bookmarkStart w:name="z1380" w:id="662"/>
+    <w:bookmarkEnd w:id="671"/>
+    <w:bookmarkStart w:name="z1380" w:id="672"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-78) балық ресурстарын және басқа да су жануарларын пайдалануға арналған биологиялық негіздеме дайындаудың тәртібін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="662"/>
-    <w:bookmarkStart w:name="z1381" w:id="663"/>
+    <w:bookmarkEnd w:id="672"/>
+    <w:bookmarkStart w:name="z1381" w:id="673"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-79) балық ресурстарын және басқа да су жануарларын қорғау жөніндегі мемлекеттік инспектор актілерінің нысандарын, оларды жасау мен берудің тәртібін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="663"/>
-    <w:bookmarkStart w:name="z1382" w:id="664"/>
+    <w:bookmarkEnd w:id="673"/>
+    <w:bookmarkStart w:name="z1382" w:id="674"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-80) балық ресурстарын және басқа да су жануарларын қорғау, өсімін молайту және пайдалану саласындағы мемлекеттік бақылау мен қадағалауды жүзеге асыратын уәкілетті орган ведомствосының және оның аумақтық бөлімшелерінің лауазымды адамдарының, сондай-ақ балық ресурстарын және басқа да су жануарларын қорғауды тікелей жүзеге асыратын мемлекеттік мекемелер мен ұйымдар жұмыскерлерінің айырым белгілері бар нысанды киім (погонсыз) үлгілерін, оны киіп жүру тәртібін және онымен қамтамасыз ету нормаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="664"/>
-    <w:bookmarkStart w:name="z1383" w:id="665"/>
+    <w:bookmarkEnd w:id="674"/>
+    <w:bookmarkStart w:name="z1383" w:id="675"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-81) балық ресурстарын және басқа да су жануарларын пайдаланғаны үшін төлемақы мөлшерлемелерін және Қазақстан Республикасының балық ресурстарын және басқа да су жануарларын қорғау, өсімін молайту және пайдалану саласындағы заңнамасын бұзудан келтірілген зиянның орнын толтыру мөлшерлерін айқындау, сондай-ақ шаруашылық қызметі нәтижесінде балық ресурстарына және басқа да су жануарларына келтірілетін және келтірілген зиянды, оның ішінде болмай қоймайтын зиянды өтеу мөлшерін есептеу әдістемелерін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="665"/>
-    <w:bookmarkStart w:name="z1384" w:id="666"/>
+    <w:bookmarkEnd w:id="675"/>
+    <w:bookmarkStart w:name="z1384" w:id="676"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-82) балықшы және қорықшы куәліктерінің нысанын және оларды беру тәртібін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="666"/>
-    <w:bookmarkStart w:name="z1385" w:id="667"/>
+    <w:bookmarkEnd w:id="676"/>
+    <w:bookmarkStart w:name="z1385" w:id="677"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-83) балық шаруашылықтарын жүргізуге арналған шарттардың үлгілік нысандарын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="667"/>
-    <w:bookmarkStart w:name="z1386" w:id="668"/>
+    <w:bookmarkEnd w:id="677"/>
+    <w:bookmarkStart w:name="z1386" w:id="678"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-84) балық шаруашылықтары субъектілерін дамыту жоспарының үлгілік нысанын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="668"/>
-    <w:bookmarkStart w:name="z1387" w:id="669"/>
+    <w:bookmarkEnd w:id="678"/>
+    <w:bookmarkStart w:name="z1387" w:id="679"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-85) су тарту және ағызу құрылыстарының балықтарды қорғау құрылғыларына қойылатын талаптарды әзірлейді және бекітеді, оларды орнатуды келіседі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="669"/>
-    <w:bookmarkStart w:name="z1388" w:id="670"/>
+    <w:bookmarkEnd w:id="679"/>
+    <w:bookmarkStart w:name="z1388" w:id="680"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-86) ғылыми ұйымның ұсынымдары негізінде балық шаруашылығы су айдындарына балық жіберу жоспарын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="670"/>
-    <w:bookmarkStart w:name="z1389" w:id="671"/>
+    <w:bookmarkEnd w:id="680"/>
+    <w:bookmarkStart w:name="z1389" w:id="681"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-87) уылдырық шашу кезеңінде балық аулауға тыйым салынған, сондай-ақ балық аулауға тыйым салынған су айдындарында және (немесе) учаскелерде су көлігі қозғалысының тәртібін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="671"/>
-    <w:bookmarkStart w:name="z1390" w:id="672"/>
+    <w:bookmarkEnd w:id="681"/>
+    <w:bookmarkStart w:name="z1390" w:id="682"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-88) ішкі және сыртқы нарықтардағы сауда үшін бекіре тұқымдас балық түрлерінің уылдырығын таңбалау тәртібін, сыртқы нарықта бекіре тұқымдас балық түрлерінің уылдырығымен сауда жасауға арналған таңба нысанын әзірлеп, бекітеді және ішкі нарықта саудалауға таңба беруді жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="672"/>
-    <w:bookmarkStart w:name="z1391" w:id="673"/>
+    <w:bookmarkEnd w:id="682"/>
+    <w:bookmarkStart w:name="z1391" w:id="683"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-89) балық шаруашылығы су айдындарының және (немесе) учаскелерінің шекаралары аншлагтарының үлгілерін, сондай-ақ балық аулау үшін тыйым салынған мерзімдер мен орындарды, балық ресурстарын және басқа да су жануарларын аулауды есепке алу журналының (кәсіпшілік журналдың) нысанын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="673"/>
-    <w:bookmarkStart w:name="z1392" w:id="674"/>
+    <w:bookmarkEnd w:id="683"/>
+    <w:bookmarkStart w:name="z1392" w:id="684"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-90) Құрып кету қаупі төнген жабайы фауна мен флора түрлерімен халықаралық сауда туралы конвенцияның І және ІІ қосымшаларына түрлері енгізілген жануарларды (балықтар мен басқа да су жануарларын) қолдан өсіру жөніндегі қызметті жүзеге асыру басталғаны немесе тоқтатылғаны туралы хабарламаларды қабылдауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="674"/>
-    <w:bookmarkStart w:name="z1393" w:id="675"/>
+    <w:bookmarkEnd w:id="684"/>
+    <w:bookmarkStart w:name="z1393" w:id="685"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-91) балықтың қайдан ауланғаны туралы анықтама нысанын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="675"/>
-    <w:bookmarkStart w:name="z1394" w:id="676"/>
+    <w:bookmarkEnd w:id="685"/>
+    <w:bookmarkStart w:name="z1394" w:id="686"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-92) мемлекеттік монополия субъектілері өндіретін және (немесе) өткізетін тауарлардың (жұмыстардың, көрсетілетін қызметтердің) бағасын монополияға қарсы органмен келісу бойынша белгілейді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="676"/>
-    <w:bookmarkStart w:name="z1395" w:id="677"/>
+    <w:bookmarkEnd w:id="686"/>
+    <w:bookmarkStart w:name="z1395" w:id="687"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       508-93) өз құзыреті шегінде Қазақстан Республикасы Кәсіпкерлік кодексінің 143-бабының 1-тармағында көзделген нормативтік құқықтық актілерді, сондай-ақ "Рұқсаттар және хабарламалар туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес берілген рұқсаттар бойынша біліктілік немесе рұқсат беру талаптарына, жіберілген хабарламалар бойынша талаптарға сәйкестігіне жүргізілетін тексерулер жүргізу графиктерін және бақылау мен қадағалау субъектісіне (объектісіне) бару арқылы жүргізілетін профилактикалық бақылаудың жартыжылдық тізімдерін әзірлейді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="677"/>
-    <w:bookmarkStart w:name="z1396" w:id="678"/>
+    <w:bookmarkEnd w:id="687"/>
+    <w:bookmarkStart w:name="z1396" w:id="688"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-94) балық ресурстарын және басқа да су жануарларын қорғау, өсімін молайту және пайдалану саласындағы әкімшілік құқық бұзушылық туралы істерді қарайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="678"/>
-    <w:bookmarkStart w:name="z1397" w:id="679"/>
+    <w:bookmarkEnd w:id="688"/>
+    <w:bookmarkStart w:name="z1397" w:id="689"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-95) Құрып кету қаупі төнген жабайы фауна мен флора түрлерімен халықаралық сауда туралы конвенцияның күші қолданылатын балықтар мен басқа да су жануарларын түрлерінің Қазақстан Республикасының аумағына импортына, Қазақстан Республикасының аумағынан экспортына және (немесе) реэкспортына рұқсаттар беруді жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="679"/>
-    <w:bookmarkStart w:name="z1398" w:id="680"/>
+    <w:bookmarkEnd w:id="689"/>
+    <w:bookmarkStart w:name="z1398" w:id="690"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-96) интродукциялау, реинтродукциялау және будандастыру мақсатында аулауды, өсімін молайту мақсатында аулауды, балықтың қырылу қаупі бар су айдындарында және (немесе) учаскелерінде аулауды жүзеге асырады және (немесе) ұйымдастырады, сондай-ақ бақылау үшін аулауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="680"/>
-    <w:bookmarkStart w:name="z1399" w:id="681"/>
+    <w:bookmarkEnd w:id="690"/>
+    <w:bookmarkStart w:name="z1399" w:id="691"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-97) балықтар мен басқа да су жануарларын интродукциялауды, реинтродукциялауды, будандастыруды жүргізуге рұқсаттар береді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="681"/>
-    <w:bookmarkStart w:name="z1400" w:id="682"/>
+    <w:bookmarkEnd w:id="691"/>
+    <w:bookmarkStart w:name="z1400" w:id="692"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-98) екі және одан көп облыста орналасқан балық шаруашылығы су айдындарында балық ресурстары мен басқа да су жануарларын қорғау, өсімін молайту және пайдалану саласында ғылыми зерттеулер мен жобалау-іздестіру жұмыстарын жүргізуді ұйымдастырады және (немесе) қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="682"/>
-    <w:bookmarkStart w:name="z1401" w:id="683"/>
+    <w:bookmarkEnd w:id="692"/>
+    <w:bookmarkStart w:name="z1401" w:id="693"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-99) балықтар мен басқа да су жануарларын мемлекеттік есепке алуды, оның кадастры мен мониторингін жүргізуді ұйымдастырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="683"/>
-    <w:bookmarkStart w:name="z1402" w:id="684"/>
+    <w:bookmarkEnd w:id="693"/>
+    <w:bookmarkStart w:name="z1402" w:id="694"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-100) балықтардың қырылуына сөзсіз әкеп соғатын қырылу қаупі туындаған және су объектілеріне немесе олардың бөліктеріне ағымдағы балық шаруашылық мелиорациялауды жүргізу жолымен мұндай қатердің бетін қайтару мүмкін болмаған жағдайларда ғылыми ұсынымдар негізінде балықтарды мелиорациялық аулау туралы шешім қабылдайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="684"/>
-    <w:bookmarkStart w:name="z1403" w:id="685"/>
+    <w:bookmarkEnd w:id="694"/>
+    <w:bookmarkStart w:name="z1403" w:id="695"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-101) су тарту және ағызу құрылыстарын балықтарды қорғау құрылғыларының бар-жоғына және олардың белгіленген талаптарға сәйкестігіне қарап-тексеруді жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="685"/>
-    <w:bookmarkStart w:name="z1404" w:id="686"/>
+    <w:bookmarkEnd w:id="695"/>
+    <w:bookmarkStart w:name="z1404" w:id="696"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-102) балықтар мен басқа да су жануарларын интродукциялауды, реинтродукциялауды және будандастыруды жүзеге асыру тәртібінің сақталуын мемлекеттік бақылауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="686"/>
-    <w:bookmarkStart w:name="z1405" w:id="687"/>
+    <w:bookmarkEnd w:id="696"/>
+    <w:bookmarkStart w:name="z1405" w:id="697"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-103) Қазақстан Республикасының балық ресурстарын және басқа да су жануарларын қорғау, өсімін молайту және пайдалану саласындағы заңнамасы талаптарының сақталуын айқындау мақсатында жануарлар дүниесін пайдаланушылардың қызметін тексереді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="687"/>
-    <w:bookmarkStart w:name="z1406" w:id="688"/>
+    <w:bookmarkEnd w:id="697"/>
+    <w:bookmarkStart w:name="z1406" w:id="698"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-104) балық ресурстарын және басқа да су жануарларын қорғау, өсімін молайту және пайдалану саласында мемлекеттік бақылауды және қадағалауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="688"/>
-    <w:bookmarkStart w:name="z1407" w:id="689"/>
+    <w:bookmarkEnd w:id="698"/>
+    <w:bookmarkStart w:name="z1407" w:id="699"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-105) балық шаруашылығын жүргізу қағидаларының сақталуын бақылауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="689"/>
-    <w:bookmarkStart w:name="z1408" w:id="690"/>
+    <w:bookmarkEnd w:id="699"/>
+    <w:bookmarkStart w:name="z1408" w:id="700"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-106) балық аулау қағидаларының сақталуын бақылауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="690"/>
-    <w:bookmarkStart w:name="z1409" w:id="691"/>
+    <w:bookmarkEnd w:id="700"/>
+    <w:bookmarkStart w:name="z1409" w:id="701"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-107) балық ресурстарын және басқа да су жануарларын қорғау, өсімін молайту және пайдалану саласындағы нормалар мен нормативтердің сақталуын бақылауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="691"/>
-    <w:bookmarkStart w:name="z1410" w:id="692"/>
+    <w:bookmarkEnd w:id="701"/>
+    <w:bookmarkStart w:name="z1410" w:id="702"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-108) балық ресурстарын және басқа да су жануарларын қорғау, өсімін молайту және пайдалану жөніндегі іс-шаралардың орындалуын бақылауды және қадағалауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="692"/>
-    <w:bookmarkStart w:name="z1411" w:id="693"/>
+    <w:bookmarkEnd w:id="702"/>
+    <w:bookmarkStart w:name="z1411" w:id="703"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-109) балық ресурстарын және басқа да су жануарларын пайдалану үшін белгіленген шектеулер мен тыйым салудың сақталуын бақылауды және қадағалауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="693"/>
+    <w:bookmarkEnd w:id="703"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -18951,51 +19703,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1413" w:id="694"/>
+    <w:bookmarkStart w:name="z1413" w:id="704"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       508-111) "Жануарлар дүниесін қорғау, өсімін молайту және пайдалану туралы" Қазақстан Республикасының Заңы 17-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -19010,331 +19762,331 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармақтарында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> балық ресурстары және басқа да су жануарлары бөлігінде көрсетілген шаруашылық және өзге де қызметті жүзеге асыратын субъектілер әзірлейтін техникалық-экономикалық негіздемені және жобалау-сметалық құжаттаманы келіседі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="694"/>
-    <w:bookmarkStart w:name="z1414" w:id="695"/>
+    <w:bookmarkEnd w:id="704"/>
+    <w:bookmarkStart w:name="z1414" w:id="705"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-112) үшінші елдермен саудада Еуразиялық экономикалық одаққа мүше мемлекеттердің әкелуіне немесе әкетуіне тыйым салулар немесе шектеулер қолданылатын тауарлардың бірыңғай тізбесіне енгізілген жабайы тірі жануарларды (балықтарды және басқа да су жануарларын), оның ішінде сирек кездесетіндері мен жойылып кету қаупі төнгендерін Еуразиялық экономикалық одақтың кедендік аумағынан әкетуге арналған қорытындыны (рұқсат беру құжатын) береді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="695"/>
-    <w:bookmarkStart w:name="z1415" w:id="696"/>
+    <w:bookmarkEnd w:id="705"/>
+    <w:bookmarkStart w:name="z1415" w:id="706"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-113) балық шаруашылығы су айдындарының және (немесе) учаскелерінің резервтік қорында балық ресурстары мен басқа да су жануарларының өсімін молайтуды және оларды мемлекеттік есепке алуды ұйымдастырады және қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="696"/>
-    <w:bookmarkStart w:name="z1416" w:id="697"/>
+    <w:bookmarkEnd w:id="706"/>
+    <w:bookmarkStart w:name="z1416" w:id="707"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-114) балық шаруашылығы су айдындарында және (немесе) учаскелерінде балық аулауға тыйым салынған кезеңде, сондай-ақ балық аулауға тыйым салынған жерлерде қозғалтқыштары қосылған су көлігінің барлық түрлерінің жүруін келіседі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="697"/>
-    <w:bookmarkStart w:name="z1417" w:id="698"/>
+    <w:bookmarkEnd w:id="707"/>
+    <w:bookmarkStart w:name="z1417" w:id="708"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-115) балық ресурстарын және басқа да су жануарларын, олардың бөліктері мен дериваттарын пайдалануға шектеулер мен тыйым салуларды енгізу туралы шешім қабылдайды, тиісті ғылыми ұйымдар берген биологиялық негіздеме негізінде оларды пайдалану орындары мен мерзімдерін белгілейді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="698"/>
-    <w:bookmarkStart w:name="z1418" w:id="699"/>
+    <w:bookmarkEnd w:id="708"/>
+    <w:bookmarkStart w:name="z1418" w:id="709"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-116) халықаралық, республикалық және жергілікті маңызы бар балық шаруашылығы су айдындарын және (немесе) учаскелерін бекітіп беру жөнінде конкурс өткізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="699"/>
-    <w:bookmarkStart w:name="z1419" w:id="700"/>
+    <w:bookmarkEnd w:id="709"/>
+    <w:bookmarkStart w:name="z1419" w:id="710"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-117) балық ресурстарын және басқа да су жануарларын қорғау, өсімін молайту және пайдалану саласындағы жергілікті атқарушы органдарды мемлекеттік бақылауды және қадағалауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="700"/>
-    <w:bookmarkStart w:name="z1420" w:id="701"/>
+    <w:bookmarkEnd w:id="710"/>
+    <w:bookmarkStart w:name="z1420" w:id="711"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-118) балық ресурстарын және басқа да су жануарларын қорғау, өсімін молайту және пайдалану саласындағы аккредиттелген ғылыми ұйымдардың ұсынымы бойынша тыйым салудың жалпы ұзақтығын өзгертпестен, жануарлар дүниесі объектілерін алып қоюға тыйым салу мерзімін табиғи-климаттық жағдайларға байланысты қайсыбір жағына күнтізбелік он бес күнге ауыстыру туралы шешім қабылдайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="701"/>
-    <w:bookmarkStart w:name="z1421" w:id="702"/>
+    <w:bookmarkEnd w:id="711"/>
+    <w:bookmarkStart w:name="z1421" w:id="712"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-119) балық аулау аймағында және ортақ су кеңістігінде су биологиялық ресурстарын аулау мақсатында балық ресурстарын және басқа да су жануарларын пайдалануға рұқсат береді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="702"/>
-    <w:bookmarkStart w:name="z1422" w:id="703"/>
+    <w:bookmarkEnd w:id="712"/>
+    <w:bookmarkStart w:name="z1422" w:id="713"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-120) ерекше қорғалатын табиғи аумақтар саласындағы уәкілетті органға республикалық маңызы бар ерекше қорғалатын табиғи аумақтарды құру және кеңейту жөнінде ұсыныстар енгізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="703"/>
-    <w:bookmarkStart w:name="z1428" w:id="704"/>
+    <w:bookmarkEnd w:id="713"/>
+    <w:bookmarkStart w:name="z1428" w:id="714"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-121) агроөнеркәсіптік кешен субъектілеріне кредит беру және лизинг кезінде қаржы институттарының сыйақы мөлшерлемелерін тікелей субсидиялауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="704"/>
-    <w:bookmarkStart w:name="z1429" w:id="705"/>
+    <w:bookmarkEnd w:id="714"/>
+    <w:bookmarkStart w:name="z1429" w:id="715"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-122) ауыл шаруашылығы саласында табиғи сипаттағы төтенше жағдайлар нәтижесінде жеке және заңды тұлғаларға келтірілген залалды өтеу қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="705"/>
-    <w:bookmarkStart w:name="z1438" w:id="706"/>
+    <w:bookmarkEnd w:id="715"/>
+    <w:bookmarkStart w:name="z1438" w:id="716"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-123) балықтар мен басқа да су жануарларын қорғау, өсімін молайту және пайдалану мәселелері бойынша сотқа талап қою дайындайды және ұсынады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="706"/>
-    <w:bookmarkStart w:name="z1439" w:id="707"/>
+    <w:bookmarkEnd w:id="716"/>
+    <w:bookmarkStart w:name="z1439" w:id="717"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-124) балық өнімдерін қайта өңдеуді субсидиялау қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="707"/>
-    <w:bookmarkStart w:name="z1440" w:id="708"/>
+    <w:bookmarkEnd w:id="717"/>
+    <w:bookmarkStart w:name="z1440" w:id="718"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-125) аквашаруашылық саласында техника мен технологиялық жабдық сатып алуға кредит беру, сондай-ақ лизинг кезінде сыйақы мөлшерлемелерін субсидиялау қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="708"/>
+    <w:bookmarkEnd w:id="718"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -19363,186 +20115,186 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1442" w:id="709"/>
+    <w:bookmarkStart w:name="z1442" w:id="719"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-127) халықаралық, республикалық және жергілікті маңызы бар балық шаруашылығы су айдындарын және (немесе) учаскелерін бекітіп беру және (немесе) бекітіп беру мерзімдерін ұзарту жөнінде шешімдер қабылдайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="709"/>
+    <w:bookmarkEnd w:id="719"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-128) балық аулауды жүргізу үшін бекітіп берілген балық шаруашылығы су айдындарын және (немесе) учаскелерін балық өсіруді жүргізуге арналған балық шаруашылығы су айдындарына және (немесе) учаскелеріне ауыстыру жөнінде шешімдер қабылдайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1443" w:id="710"/>
+    <w:bookmarkStart w:name="z1443" w:id="720"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-129) балық шаруашылығы саласындағы инвестициялық жобаларды іске асыру үшін балық шаруашылығы су айдындарын және (немесе) учаскелерін бекітіп беру туралы шешімдер қабылдайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="710"/>
-    <w:bookmarkStart w:name="z1444" w:id="711"/>
+    <w:bookmarkEnd w:id="720"/>
+    <w:bookmarkStart w:name="z1444" w:id="721"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-130) бұзылуы жедел ден қою шараларын қолдануға алып келетін талаптардың тізбесін айқындайды, сондай-ақ талаптардың нақты бұзылуына қатысты жедел ден қою шарасының нақты түрін, осы шараны қолдану мерзімін (қажет болған кезде) көрсете отырып айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="711"/>
+    <w:bookmarkEnd w:id="721"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Бұзылуы жедел ден қою шараларын қолдануға алып келетін талаптардың тізбесіне Қазақстан Республикасы Кәсіпкерлік кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>143-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес мемлекеттік бақылау нысанасы болып табылатын талаптар енгізіледі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1445" w:id="712"/>
+    <w:bookmarkStart w:name="z1445" w:id="722"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-131) мына:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="712"/>
+    <w:bookmarkEnd w:id="722"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       өсімдіктер карантині;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -19553,440 +20305,440 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       өсімдіктерді қорғау;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ветеринария салаларында тергеп-тексеру жүргізу тәртібін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1446" w:id="713"/>
+    <w:bookmarkStart w:name="z1446" w:id="723"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-132) облыстардың, республикалық маңызы бар қалалардың, астананың жергілікті атқарушы органдарының қызметіне балық ресурстарын және басқа да су жануарларын қорғау, өсiмiн молайту және пайдалану саласында мерзімді тексеру жүргізудің жартыжылдық жоспарларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="713"/>
-    <w:bookmarkStart w:name="z1447" w:id="714"/>
+    <w:bookmarkEnd w:id="723"/>
+    <w:bookmarkStart w:name="z1447" w:id="724"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>508-133) жедел ден қою шараларын қолдану туралы қаулының нысанын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="714"/>
-    <w:bookmarkStart w:name="z1449" w:id="715"/>
+    <w:bookmarkEnd w:id="724"/>
+    <w:bookmarkStart w:name="z1449" w:id="725"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-134) еңбек жөніндегі уәкілетті мемлекеттік органмен келісуі бойынша ұйымдардың еңбек жөніндегі үлгілік нормалар мен нормативтерді әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="715"/>
-    <w:bookmarkStart w:name="z1450" w:id="716"/>
+    <w:bookmarkEnd w:id="725"/>
+    <w:bookmarkStart w:name="z1450" w:id="726"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-135) дәрілік заттар мен медициналық бұйымдардың айналысы саласындағы мемлекеттік орган айқындайтын азаматтарға құрамында есірткі, психотроптық заттар мен прекурсорлар бар дәрілік препараттарды босату құқығы берілген лауазымдар мен ұйымдар тізбесін келіседі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="716"/>
-    <w:bookmarkStart w:name="z1463" w:id="717"/>
+    <w:bookmarkEnd w:id="726"/>
+    <w:bookmarkStart w:name="z1463" w:id="727"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-135) мемлекеттiк табиғи-қорық қоры объектiлерiнiң тiзбесi, ерекше қорғалатын табиғи аумақтар жүйесi мен экологиялық желiлердi дамыту жөніндегі ұсыныстарды дайындайды және ерекше қорғалатын табиғи аумақтар саласындағы уәкiлеттi органға ұсынады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="717"/>
-    <w:bookmarkStart w:name="z1464" w:id="718"/>
+    <w:bookmarkEnd w:id="727"/>
+    <w:bookmarkStart w:name="z1464" w:id="728"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-136) ерекше қорғалатын табиғи аумақтар саласындағы уәкiлеттi органмен келiсу бойынша өздерінің қарауындағы ерекше қорғалатын табиғи аумақтардың паспорттарын әзірлейді және бекiтедi, паспорттардың ерекше қорғалатын табиғи аумақтар саласындағы уәкiлеттi органда тiркелуiн (қайта тiркелуiн) жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="718"/>
-    <w:bookmarkStart w:name="z1465" w:id="719"/>
+    <w:bookmarkEnd w:id="728"/>
+    <w:bookmarkStart w:name="z1465" w:id="729"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-137) Қазақстан Республикасының заңнамасында белгiленген тәртiппен ерекше қорғалатын табиғи аумақтар құру және өздерінің қарауындағы осындай аумақтарды кеңейту жөнiндегi жаратылыстану-ғылыми және техникалық-экономикалық негiздемелердің жобаларын мемлекеттiк экологиялық сараптама жүргiзудi қамтамасыз етіп және осы негiздемелердi кейiннен ерекше қорғалатын табиғи аумақтар саласындағы уәкiлеттi органның бекiтуiне енгiзе отырып әзiрлеудi ұйымдастырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="719"/>
-    <w:bookmarkStart w:name="z1466" w:id="720"/>
+    <w:bookmarkEnd w:id="729"/>
+    <w:bookmarkStart w:name="z1466" w:id="730"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-138) ерекше қорғалатын табиғи аумақтар саласындағы уәкiлеттi органмен келiсу бойынша өздерінің қарауындағы ерекше қорғалатын табиғи аумақтарды басқару жоспарларын әзiрлеудi ұйымдастырады және бекiтедi;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="720"/>
-    <w:bookmarkStart w:name="z1467" w:id="721"/>
+    <w:bookmarkEnd w:id="730"/>
+    <w:bookmarkStart w:name="z1467" w:id="731"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-139) өздерінің қарауындағы ерекше қорғалатын табиғи аумақтарға басшылықты жүзеге асырады, оларды күзетудi, қорғауды және қалпына келтiрудi, сондай-ақ ғылыми зерттеулер жүргiзудi қамтамасыз етедi;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="721"/>
-    <w:bookmarkStart w:name="z1468" w:id="722"/>
+    <w:bookmarkEnd w:id="731"/>
+    <w:bookmarkStart w:name="z1468" w:id="732"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-140) ерекше қорғалатын табиғи аумақтардың мемлекеттiк кадастрын жүргiзуге қатысады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="722"/>
-    <w:bookmarkStart w:name="z1469" w:id="723"/>
+    <w:bookmarkEnd w:id="732"/>
+    <w:bookmarkStart w:name="z1469" w:id="733"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-141) ерекше қорғалатын табиғи аумақтар саласындағы уәкілетті органға ғылыми табиғи объектілерге "Ғылыми табиғи объект – ұлттық игілік" мәртебесін беру туралы ұсыныстар енгізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="723"/>
-    <w:bookmarkStart w:name="z1470" w:id="724"/>
+    <w:bookmarkEnd w:id="733"/>
+    <w:bookmarkStart w:name="z1470" w:id="734"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-142) "Ақпаратқа қол жеткізу туралы" Қазақстан Республикасының Заңына сәйкес өздерінің қарауындағы ерекше қорғалатын табиғи аумақтар және мемлекеттік табиғи-қорық қорының объектілері саласындағы ашық ақпаратқа еркін қол жеткізуді қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="724"/>
-    <w:bookmarkStart w:name="z1471" w:id="725"/>
+    <w:bookmarkEnd w:id="734"/>
+    <w:bookmarkStart w:name="z1471" w:id="735"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-143) ауыл шаруашылығы саласында көлеңкелі экономикаға қарсы іс-қимыл бойынша мемлекеттік саясатты қалыптастыруға қатысады және шаралар қабылдайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="725"/>
-    <w:bookmarkStart w:name="z1472" w:id="726"/>
+    <w:bookmarkEnd w:id="735"/>
+    <w:bookmarkStart w:name="z1472" w:id="736"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-144) өз құзыреті шегінде өндіріс шарттарын, өндірістік және технологиялық операцияларды әзірлеуге қатысады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="726"/>
-    <w:bookmarkStart w:name="z1475" w:id="727"/>
+    <w:bookmarkEnd w:id="736"/>
+    <w:bookmarkStart w:name="z1475" w:id="737"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       508-145) "Аквашаруашылық туралы" Қазақстан Республикасы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мақсаттары мен міндеттеріне және Қазақстан Республикасының заңнамасына сәйкес аквашаруашылық саласындағы Қазақстан Республикасының нормативтік құқықтық актілерін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="727"/>
-    <w:bookmarkStart w:name="z1476" w:id="728"/>
+    <w:bookmarkEnd w:id="737"/>
+    <w:bookmarkStart w:name="z1476" w:id="738"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-146) аквашаруашылықты дамытудың жай-күйін бағалауды жүргізу қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="728"/>
-    <w:bookmarkStart w:name="z1477" w:id="729"/>
+    <w:bookmarkEnd w:id="738"/>
+    <w:bookmarkStart w:name="z1477" w:id="739"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-147) бюджет қаражаты есебінен аквашаруашылықты дамыту жай-күйіне бағалау жүргізуді ұйымдастырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="729"/>
-    <w:bookmarkStart w:name="z1478" w:id="730"/>
+    <w:bookmarkEnd w:id="739"/>
+    <w:bookmarkStart w:name="z1478" w:id="740"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-148) аквашаруашылық саласындағы мемлекеттік бақылауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="730"/>
+    <w:bookmarkEnd w:id="740"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -20059,430 +20811,430 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1481" w:id="731"/>
+    <w:bookmarkStart w:name="z1481" w:id="741"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-151) аквашаруашылық субъектілерінің тізілімін жүргізу қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="731"/>
-    <w:bookmarkStart w:name="z1482" w:id="732"/>
+    <w:bookmarkEnd w:id="741"/>
+    <w:bookmarkStart w:name="z1482" w:id="742"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-152) аквашаруашылық субъектілерінің тізілімін жүргізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="732"/>
-    <w:bookmarkStart w:name="z1483" w:id="733"/>
+    <w:bookmarkEnd w:id="742"/>
+    <w:bookmarkStart w:name="z1483" w:id="743"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-153) көл-тауар және (немесе) тор қоршама шаруашылық қызметін жүзеге асыруға арналған шарттар талаптарының және аквашаруашылық субъектісін дамыту жоспарының орындалуына мониторинг жүргізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="733"/>
-    <w:bookmarkStart w:name="z1484" w:id="734"/>
+    <w:bookmarkEnd w:id="743"/>
+    <w:bookmarkStart w:name="z1484" w:id="744"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-154) көл-тауар және (немесе) тор қоршама шаруашылық қызметін жүзеге асыру үшін балық шаруашылығы су айдындарын және (немесе) учаскелерін паспорттау қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="734"/>
-    <w:bookmarkStart w:name="z1485" w:id="735"/>
+    <w:bookmarkEnd w:id="744"/>
+    <w:bookmarkStart w:name="z1485" w:id="745"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-155) аквашаруашылық саласындағы балық өсіру-биологиялық негiздемені әзірлеу қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="735"/>
-    <w:bookmarkStart w:name="z1486" w:id="736"/>
+    <w:bookmarkEnd w:id="745"/>
+    <w:bookmarkStart w:name="z1486" w:id="746"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-156) көл-тауар және (немесе) тор қоршама шаруашылық қызметін жүзеге асыру шарттарының үлгілік нысанын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="736"/>
-    <w:bookmarkStart w:name="z1487" w:id="737"/>
+    <w:bookmarkEnd w:id="746"/>
+    <w:bookmarkStart w:name="z1487" w:id="747"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-157) жобаны іске асыру үшін халықаралық және (немесе) республикалық маңызы бар балық шаруашылығы су айдындарының учаскелерінде тор қоршама шаруашылық қызметін жүзеге асыру шарттарының үлгілік нысанын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="737"/>
-    <w:bookmarkStart w:name="z1488" w:id="738"/>
+    <w:bookmarkEnd w:id="747"/>
+    <w:bookmarkStart w:name="z1488" w:id="748"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-158) аквашаруашылық субъектілерін дамыту жоспарының үлгілік нысанын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="738"/>
-    <w:bookmarkStart w:name="z1489" w:id="739"/>
+    <w:bookmarkEnd w:id="748"/>
+    <w:bookmarkStart w:name="z1489" w:id="749"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-159) тор қоршама шаруашылық қызметін жүзеге асыру үшін халықаралық және (немесе) республикалық маңызы бар балық шаруашылығы су айдындарының учаскелерін бекітіп беру қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="739"/>
-    <w:bookmarkStart w:name="z1490" w:id="740"/>
+    <w:bookmarkEnd w:id="749"/>
+    <w:bookmarkStart w:name="z1490" w:id="750"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-160) аквашаруашылық саласына су беру бойынша көрсетілетін қызметтер құнын субсидиялау қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="740"/>
-    <w:bookmarkStart w:name="z1491" w:id="741"/>
+    <w:bookmarkEnd w:id="750"/>
+    <w:bookmarkStart w:name="z1491" w:id="751"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-161) көл-тауар және (немесе) тор қоршама шаруашылық қызметін жүзеге асыру үшін халықаралық және республикалық маңызы бар балық шаруашылығы су айдындарының және (немесе) учаскелерiнің тiзбесiн әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="741"/>
-    <w:bookmarkStart w:name="z1492" w:id="742"/>
+    <w:bookmarkEnd w:id="751"/>
+    <w:bookmarkStart w:name="z1492" w:id="752"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-162) балықтар мен басқа да су жануарларының жаппай қырылу қаупін болғызбау, сондай-ақ қырылып қалу салдарын жою үшін көмек көрсету қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="742"/>
-    <w:bookmarkStart w:name="z1493" w:id="743"/>
+    <w:bookmarkEnd w:id="752"/>
+    <w:bookmarkStart w:name="z1493" w:id="753"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-163) мемлекеттік статистика саласындағы уәкілетті органмен келісу бойынша бекітілген аквашаруашылық саласындағы әкімшілік деректерді жинауға арналған нысандарды әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="743"/>
-    <w:bookmarkStart w:name="z1494" w:id="744"/>
+    <w:bookmarkEnd w:id="753"/>
+    <w:bookmarkStart w:name="z1494" w:id="754"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-164) балық шаруашылығы су айдындарын және (немесе) учаскелерін көл-тауар және (немесе) тор қоршама шаруашылық қызметін жүргізу үшін бекітіп беру жөнінде конкурс өткізу қағидаларын және конкурсқа қатысушыларға қойылатын біліктілік талаптарын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="744"/>
-    <w:bookmarkStart w:name="z1495" w:id="745"/>
+    <w:bookmarkEnd w:id="754"/>
+    <w:bookmarkStart w:name="z1495" w:id="755"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-165) балық ресурстары мен басқа да су жануарларының биоәртүрлілігі шығынының орнын толтыруды орындау қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="745"/>
-    <w:bookmarkStart w:name="z1496" w:id="746"/>
+    <w:bookmarkEnd w:id="755"/>
+    <w:bookmarkStart w:name="z1496" w:id="756"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-166) жабайы жануарлар (балық ресурстары және басқа да су жануарлары) тіршілігінің өнімдерін алу мақсатында оларды пайдалану қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="746"/>
-    <w:bookmarkStart w:name="z1497" w:id="747"/>
+    <w:bookmarkEnd w:id="756"/>
+    <w:bookmarkStart w:name="z1497" w:id="757"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-167) сирек кездесетін және жойылып кету қатері төнген түрлерге жатқызылған жануарлардың (балық ресурстарының және басқа да су жануарларының) қырылу жағдайларын тергеп-тексеру қағидаларын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="747"/>
-    <w:bookmarkStart w:name="z1498" w:id="748"/>
+    <w:bookmarkEnd w:id="757"/>
+    <w:bookmarkStart w:name="z1498" w:id="758"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       508-168) қолдануға рұқсат етілген кәсіпшілік және кәсіпшілік емес балық аулау құралдарының түрлері мен тәсілдерінің тізбесін әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="748"/>
-    <w:bookmarkStart w:name="z1196" w:id="749"/>
+    <w:bookmarkEnd w:id="758"/>
+    <w:bookmarkStart w:name="z1196" w:id="759"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       509) Қазақстан Республикасының заңдарында, Қазақстан Республикасы Президентінің және Қазақстан Республикасы Үкіметінің актілерінде көзделген өзге де өкілеттіктерді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="749"/>
+    <w:bookmarkEnd w:id="759"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -21044,613 +21796,653 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">; 15.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 862</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">; 25.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1141</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 26.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1149</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> қаулыларымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1197" w:id="750"/>
+    <w:bookmarkStart w:name="z1197" w:id="760"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Мемлекеттік органның бірінші басшысының мәртебесі, өкілеттіктері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="750"/>
-    <w:bookmarkStart w:name="z1198" w:id="751"/>
+    <w:bookmarkEnd w:id="760"/>
+    <w:bookmarkStart w:name="z1198" w:id="761"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16. Министрлікке басшылықты бірінші басшы жүзеге асырады, ол Министрлікке жүктелген міндеттердің орындалуына және оның өз өкілеттіктерін жүзеге асыруына дербес жауаптылықта болады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="751"/>
-    <w:bookmarkStart w:name="z1199" w:id="752"/>
+    <w:bookmarkEnd w:id="761"/>
+    <w:bookmarkStart w:name="z1199" w:id="762"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Министрліктің бірінші басшысы Қазақстан Республикасының заңнамасына сәйкес лауазымға тағайындалады және лауазымнан босатылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="752"/>
-    <w:bookmarkStart w:name="z1200" w:id="753"/>
+    <w:bookmarkEnd w:id="762"/>
+    <w:bookmarkStart w:name="z1200" w:id="763"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Министрліктің бірінші басшысының Қазақстан Республикасының заңнамасына сәйкес лауазымға тағайындалатын және лауазымнан босатылатын орынбасарлары болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="753"/>
-    <w:bookmarkStart w:name="z1201" w:id="754"/>
+    <w:bookmarkEnd w:id="763"/>
+    <w:bookmarkStart w:name="z1201" w:id="764"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Министрліктің бірінші басшысының өкілеттіктері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="754"/>
-    <w:bookmarkStart w:name="z1202" w:id="755"/>
+    <w:bookmarkEnd w:id="764"/>
+    <w:bookmarkStart w:name="z1202" w:id="765"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) реттелетін салада мемлекеттік саясатты қалыптастыру бойынша ұсыныстар тұжырымдайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="755"/>
-    <w:bookmarkStart w:name="z1203" w:id="756"/>
+    <w:bookmarkEnd w:id="765"/>
+    <w:bookmarkStart w:name="z1203" w:id="766"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) өз орынбасарларының міндеттері мен өкілеттіктерін айқындайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="756"/>
-    <w:bookmarkStart w:name="z1204" w:id="757"/>
+    <w:bookmarkEnd w:id="766"/>
+    <w:bookmarkStart w:name="z1204" w:id="767"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) ведомстволардың құзыретін және өзге мемлекеттік органдармен өзара іс-қимыл жасау тәртібін айқындайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="757"/>
-    <w:bookmarkStart w:name="z1205" w:id="758"/>
+    <w:bookmarkEnd w:id="767"/>
+    <w:bookmarkStart w:name="z1205" w:id="768"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) ведомстволар актілерінің толық немесе бір бөлігінің қолданысын жояды немесе тоқтата тұрады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="758"/>
-    <w:bookmarkStart w:name="z1206" w:id="759"/>
+    <w:bookmarkEnd w:id="768"/>
+    <w:bookmarkStart w:name="z1206" w:id="769"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) Министрдің бұйрықтарына қол қояды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="759"/>
-    <w:bookmarkStart w:name="z1207" w:id="760"/>
+    <w:bookmarkEnd w:id="769"/>
+    <w:bookmarkStart w:name="z1207" w:id="770"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) Қазақстан Республикасының Парламентінде, мемлекеттік органдарда және өзге де ұйымдарда Министрлік атынан өкілдік етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="760"/>
-    <w:bookmarkStart w:name="z1208" w:id="761"/>
+    <w:bookmarkEnd w:id="770"/>
+    <w:bookmarkStart w:name="z1208" w:id="771"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) Министрлікке келісуге келіп түскен нормативтік құқықтық актілердің жобаларын келіседі және оларға қолбелгі қояды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="761"/>
-    <w:bookmarkStart w:name="z1209" w:id="762"/>
+    <w:bookmarkEnd w:id="771"/>
+    <w:bookmarkStart w:name="z1209" w:id="772"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) Министрлікте сыбайлас жемқорлыққа қарсы іс-қимыл жасауға бағытталған шаралар қабылдайды және сыбайлас жемқорлыққа қарсы шаралардың қабылдануына дербес жауаптылықта болады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="762"/>
-    <w:bookmarkStart w:name="z1210" w:id="763"/>
+    <w:bookmarkEnd w:id="772"/>
+    <w:bookmarkStart w:name="z1210" w:id="773"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) Қоғамдық кеңес құрады және оның құрамын бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="763"/>
-    <w:bookmarkStart w:name="z1211" w:id="764"/>
+    <w:bookmarkEnd w:id="773"/>
+    <w:bookmarkStart w:name="z1211" w:id="774"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) Қоғамдық кеңесті қалыптастыру жөніндегі жұмыс тобының құрамын бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="764"/>
-    <w:bookmarkStart w:name="z1212" w:id="765"/>
+    <w:bookmarkEnd w:id="774"/>
+    <w:bookmarkStart w:name="z1212" w:id="775"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) Қазақстан Республикасының заңдарына сәйкес өзге де өкілеттіктерді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="765"/>
+    <w:bookmarkEnd w:id="775"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Министрліктің бірінші басшысы болмаған кезеңде оның өкілеттіктерін қолданыстағы заңнамаға сәйкес оны алмастыратын адам жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1213" w:id="766"/>
+    <w:bookmarkStart w:name="z1213" w:id="776"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Бірінші басшы өз орынбасарларының өкілеттіктерін қолданыстағы заңнамаға сәйкес айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="766"/>
-    <w:bookmarkStart w:name="z1214" w:id="767"/>
+    <w:bookmarkEnd w:id="776"/>
+    <w:bookmarkStart w:name="z1214" w:id="777"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Министрліктің аппаратын Қазақстан Республикасының қолданыстағы заңнамасына сәйкес лауазымға тағайындалатын және лауазымнан босатылатын аппарат басшысы басқарады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="767"/>
-    <w:bookmarkStart w:name="z1215" w:id="768"/>
+    <w:bookmarkEnd w:id="777"/>
+    <w:bookmarkStart w:name="z1215" w:id="778"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Қазақстан Республикасы Ауыл шаруашылығы министрлігінің мүлкі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="768"/>
-    <w:bookmarkStart w:name="z1216" w:id="769"/>
+    <w:bookmarkEnd w:id="778"/>
+    <w:bookmarkStart w:name="z1216" w:id="779"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Министрліктің заңнамада көзделген жағдайларда жедел басқару құқығында оқшауланған мүлкі болуы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="769"/>
+    <w:bookmarkEnd w:id="779"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Министрліктің мүлкі оған меншік иесі берген мүлік, сондай-ақ өз қызметі нәтижесінде сатып алынған мүлік (ақшалай кірістерді қоса алғанда) және Қазақстан Республикасының заңнамасында тыйым салынбаған өзге де көздер есебінен қалыптастырылады. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Министрлік өзіне бекітіп берілген, өзінің теңгерімінде тұрған мүлікті иелену, пайдалану және оған билік ету құқығын Қазақстан Республикасының атынан өз бетінше жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1217" w:id="770"/>
+    <w:bookmarkStart w:name="z1217" w:id="780"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Министрлікке бекітіп берілген мүлік республикалық меншікке жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="770"/>
-    <w:bookmarkStart w:name="z1218" w:id="771"/>
+    <w:bookmarkEnd w:id="780"/>
+    <w:bookmarkStart w:name="z1218" w:id="781"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Егер заңнамада өзгеше көзделмесе, Министрлік өзіне бекітіп берілген мүлікті және қаржыландыру жоспары бойынша өзіне берілген қаражат есебінен сатып алынған мүлікті өз бетінше иеліктен шығаруға немесе оған өзгедей тәсілмен билік етуге құқылы емес.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="771"/>
-    <w:bookmarkStart w:name="z1219" w:id="772"/>
+    <w:bookmarkEnd w:id="781"/>
+    <w:bookmarkStart w:name="z1219" w:id="782"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-тарау. Қазақстан Республикасының Ауыл шаруашылығы министрлігін қайта ұйымдастыру және тарату</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="772"/>
-    <w:bookmarkStart w:name="z1220" w:id="773"/>
+    <w:bookmarkEnd w:id="782"/>
+    <w:bookmarkStart w:name="z1220" w:id="783"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Министрлікті қайта ұйымдастыру және тарату Қазақстан Республикасының заңнамасына сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="773"/>
-    <w:bookmarkStart w:name="z1221" w:id="774"/>
+    <w:bookmarkEnd w:id="783"/>
+    <w:bookmarkStart w:name="z1221" w:id="784"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министрліктің және оның ведомстволарының қарамағындағы ұйымдардың тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="774"/>
+    <w:bookmarkEnd w:id="784"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Тізбеге өзгерістер енгізілді - ҚР Үкіметінің 25.11.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -21685,328 +22477,328 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">; 05.02.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 68</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулыларымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1222" w:id="775"/>
+    <w:bookmarkStart w:name="z1222" w:id="785"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Қазақстан Республикасы Ауыл шаруашылығы министрлігі Агроөнеркәсіптік кешендегі мемлекеттік инспекция комитетінің "Фитосанитария" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="775"/>
-    <w:bookmarkStart w:name="z1223" w:id="776"/>
+    <w:bookmarkEnd w:id="785"/>
+    <w:bookmarkStart w:name="z1223" w:id="786"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасы Ауыл шаруашылығы министрлiгi Ветеринариялық бақылау және қадағалау комитетiнiң "Республикалық ветеринариялық зертхана" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="776"/>
-    <w:bookmarkStart w:name="z1224" w:id="777"/>
+    <w:bookmarkEnd w:id="786"/>
+    <w:bookmarkStart w:name="z1224" w:id="787"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Қазақстан Республикасы Ауыл шаруашылығы министрлiгi Ветеринариялық бақылау және қадағалау комитетiнiң "Ветеринариядағы ұлттық референттік орталық" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="777"/>
-    <w:bookmarkStart w:name="z1225" w:id="778"/>
+    <w:bookmarkEnd w:id="787"/>
+    <w:bookmarkStart w:name="z1225" w:id="788"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Қазақстан Республикасы Ауыл шаруашылығы министрлігі Жер ресурстарын басқару комитетінің "Ауыл шаруашылығы аэрофотогеодезиялық іздестіру мемлекеттік институты (АШАІМИ)" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="778"/>
-    <w:bookmarkStart w:name="z1301" w:id="779"/>
+    <w:bookmarkEnd w:id="788"/>
+    <w:bookmarkStart w:name="z1301" w:id="789"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4-1. "Қазақстан Республикасы Ауыл шаруашылығы министрлігі Жер ресурстарын басқару комитетінің "Жерлерге зерттеп-қарау жұмыстарын жүргізу мемлекеттік институты" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="779"/>
-    <w:bookmarkStart w:name="z1423" w:id="780"/>
+    <w:bookmarkEnd w:id="789"/>
+    <w:bookmarkStart w:name="z1423" w:id="790"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4-2. Қазақстан Республикасы Ауыл шаруашылығы министрлігі Балық шаруашылығы комитетінің "Петропавл балық питомнигі" республикалық мемлекеттік қазыналық кәсіпорны.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="780"/>
-    <w:bookmarkStart w:name="z1424" w:id="781"/>
+    <w:bookmarkEnd w:id="790"/>
+    <w:bookmarkStart w:name="z1424" w:id="791"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4-3. Қазақстан Республикасы Ауыл шаруашылығы министрлігі Балық шаруашылығы комитетінің "Қамыстыбас балық питомнигі" республикалық мемлекеттік қазыналық кәсіпорны.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="781"/>
-    <w:bookmarkStart w:name="z1425" w:id="782"/>
+    <w:bookmarkEnd w:id="791"/>
+    <w:bookmarkStart w:name="z1425" w:id="792"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4-4. Қазақстан Республикасы Ауыл шаруашылығы министрлігі Балық шаруашылығы комитетінің "Атырау бекіре балық өсіру зауыты" республикалық мемлекеттік қазыналық кәсіпорны.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="782"/>
-    <w:bookmarkStart w:name="z1226" w:id="783"/>
+    <w:bookmarkEnd w:id="792"/>
+    <w:bookmarkStart w:name="z1226" w:id="793"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. "Қазагрэкс" акционерлік қоғамы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="783"/>
-    <w:bookmarkStart w:name="z1227" w:id="784"/>
+    <w:bookmarkEnd w:id="793"/>
+    <w:bookmarkStart w:name="z1227" w:id="794"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. "Ұлттық аграрлық ғылыми-білім беру орталығы" коммерциялық емес акционерлік қоғамы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="784"/>
-    <w:bookmarkStart w:name="z1228" w:id="785"/>
+    <w:bookmarkEnd w:id="794"/>
+    <w:bookmarkStart w:name="z1228" w:id="795"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. "Азық-түлік келісімшарт корпорациясы" ұлттық компаниясы" акционерлік қоғамы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="785"/>
-    <w:bookmarkStart w:name="z1267" w:id="786"/>
+    <w:bookmarkEnd w:id="795"/>
+    <w:bookmarkStart w:name="z1267" w:id="796"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. "Агроөнеркәсіптік кешендегі экономикалық саясаттың талдау орталығы" жауапкершілігі шектеулі серіктестігі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="786"/>
-    <w:bookmarkStart w:name="z1426" w:id="787"/>
+    <w:bookmarkEnd w:id="796"/>
+    <w:bookmarkStart w:name="z1426" w:id="797"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. "Балық шаруашылығының ғылыми-өндірістік орталығы" жауапкершілігі шектеулі серіктестігі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="787"/>
-    <w:bookmarkStart w:name="z1229" w:id="788"/>
+    <w:bookmarkEnd w:id="797"/>
+    <w:bookmarkStart w:name="z1229" w:id="798"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министрліктің және оның ведомстволарының аумақтық бөлімшелерінің қарамағындағы аумақтық органдардың тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="788"/>
+    <w:bookmarkEnd w:id="798"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Тізбеге өзгерістер енгізілді – ҚР Үкіметінің 11.07.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -30331,232 +31123,286 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       471. "Қазақстан Республикасы Ауыл шаруашылығы министрлігі Балық шаруашылығы комитетінің Тобыл-Торғай облысаралық бассейндік балық шаруашылығы инспекциясы" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       472. "Қазақстан Республикасы Ауыл шаруашылығы министрлігі Балық шаруашылығы комитетінің Шу-Талас облысаралық бассейндік балық шаруашылығы инспекциясы" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1230" w:id="789"/>
+    <w:bookmarkStart w:name="z1230" w:id="799"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министрліктің және оның ведомстволарының қарамағындағы мемлекеттік мекемелердің тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="789"/>
+    <w:bookmarkEnd w:id="799"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Тізбе жаңа редакцияда - ҚР Үкіметінің 01.09.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 755</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> қаулысымен; өзгеріс енгізілді - ҚР Үкіметінің 24.10.2024 </w:t>
+        <w:t xml:space="preserve"> қаулысымен; өзгерістер енгізілді - ҚР Үкіметінің 24.10.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 884</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">; 13.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулыларымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1231" w:id="800"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасы Ауыл шаруашылығы министрлігінің "Ауыл шаруашылығы дақылдарын сорттық сынау жөніндегі мемлекеттік комиссия" республикалық мемлекеттік мекемесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="800"/>
+    <w:bookmarkStart w:name="z1302" w:id="801"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Қазақстан Республикасы Ауыл шаруашылығы министрлiгi Ветеринариялық бақылау және қадағалау комитетiнiң "Республикалық эпизоотияға қарсы отряд" республикалық мемлекеттік мекемесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="801"/>
+    <w:bookmarkStart w:name="z1303" w:id="802"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Қазақстан Республикасы Ауыл шаруашылығы министрлігі Агроөнеркәсіптік кешендегі мемлекеттік инспекция комитетінің "Республикалық өсімдіктер карантині орталығы" мемлекеттік мекемесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="802"/>
+    <w:bookmarkStart w:name="z1304" w:id="803"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Қазақстан Республикасы Ауыл шаруашылығы министрлігі Агроөнеркәсіптік кешендегі мемлекеттік инспекция комитетінің "Республикалық фитосанитариялық диагностика және болжамдар әдістемелік орталығы" республикалық мемлекеттік мекемесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="803"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. Алып тасталды - ҚР Үкіметінің 13.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> қаулысымен.</w:t>
       </w:r>
-    </w:p>
-[...105 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -30687,90 +31533,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1436" w:id="795"/>
+    <w:bookmarkStart w:name="z1436" w:id="804"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Қазақстан Республикасы Ауыл шаруашылығы министрлігі Балық шаруашылығы комитетінің "Каспий итбалығы" мемлекеттік табиғи резерваты" республикалық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="795"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z655" w:id="796"/>
+    <w:bookmarkEnd w:id="804"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z655" w:id="805"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="796"/>
+    <w:bookmarkEnd w:id="805"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Үкiметiнiң</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -30801,74 +31647,74 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бекiтiлген</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z42" w:id="797"/>
+      <w:bookmarkStart w:name="z42" w:id="806"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Ауыл шаруашылығы министрлігінiң</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="797"/>
+    <w:bookmarkEnd w:id="806"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>аумақтық органдары - мемлекеттiк мекемелерiнiң</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -30968,70 +31814,70 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z43" w:id="798"/>
+          <w:bookmarkStart w:name="z43" w:id="807"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қазақстан Республикасы</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="798"/>
+          <w:bookmarkEnd w:id="807"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Үкіметінің</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -31069,74 +31915,74 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z44" w:id="799"/>
+      <w:bookmarkStart w:name="z44" w:id="808"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="799"/>
+    <w:bookmarkEnd w:id="808"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ауыл шаруашылығы министрлігінiң қарамағындағы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -31335,74 +32181,74 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 бекiтiлген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z66" w:id="800"/>
+      <w:bookmarkStart w:name="z66" w:id="809"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Ауыл шаруашылығы министрлігінiң</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="800"/>
+    <w:bookmarkEnd w:id="809"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Орман және аңшылық шаруашылығы комитетi туралы ереже</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -31584,74 +32430,74 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 бекiтiлген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z45" w:id="801"/>
+      <w:bookmarkStart w:name="z45" w:id="810"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Ауыл шаруашылығы министрлігі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="801"/>
+    <w:bookmarkEnd w:id="810"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Орман және аңшылық шаруашылығы комитетiнiң</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -31731,70 +32577,70 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z8" w:id="802"/>
+          <w:bookmarkStart w:name="z8" w:id="811"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қазақстан Республикасы</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="802"/>
+          <w:bookmarkEnd w:id="811"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Yкiметiнiң</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -31832,74 +32678,74 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 бекiтiлген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z67" w:id="803"/>
+      <w:bookmarkStart w:name="z67" w:id="812"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Ауыл шаруашылығы министрлігі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="803"/>
+    <w:bookmarkEnd w:id="812"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Орман және аңшылық шаруашылығы комитетiнiң аумақтық</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -32016,70 +32862,70 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z9" w:id="804"/>
+          <w:bookmarkStart w:name="z9" w:id="813"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қазақстан Республикасы</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="804"/>
+          <w:bookmarkEnd w:id="813"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Yкiметiнiң</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -32117,74 +32963,74 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 бекiтiлген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z68" w:id="805"/>
+      <w:bookmarkStart w:name="z68" w:id="814"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Ауыл шаруашылығы министрлігі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="805"/>
+    <w:bookmarkEnd w:id="814"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Орман және аңшылық шаруашылығы комитетінiң</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -32383,74 +33229,74 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 бекiтiлген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z95" w:id="806"/>
+      <w:bookmarkStart w:name="z95" w:id="815"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Ауыл шаруашылығы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="806"/>
+    <w:bookmarkEnd w:id="815"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>министрлігінiң Cу ресурстары комитетi туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -32649,74 +33495,74 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 бекiтiлген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z46" w:id="807"/>
+      <w:bookmarkStart w:name="z46" w:id="816"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасының Ауыл шаруашылығы министрлігі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="807"/>
+    <w:bookmarkEnd w:id="816"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Cу ресурстары комитетiнiң құрылымы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -32799,70 +33645,70 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z10" w:id="808"/>
+          <w:bookmarkStart w:name="z10" w:id="817"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қазақстан Республикасы</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="808"/>
+          <w:bookmarkEnd w:id="817"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Yкiметiнiң</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -32900,74 +33746,74 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 бекiтiлген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z96" w:id="809"/>
+      <w:bookmarkStart w:name="z96" w:id="818"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасының Ауыл шаруашылығы министрлiгi</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="809"/>
+    <w:bookmarkEnd w:id="818"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Су ресурстары комитетiнiң аумақтық органдары -</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -33067,70 +33913,70 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z11" w:id="810"/>
+          <w:bookmarkStart w:name="z11" w:id="819"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қазақстан Республикасы</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="810"/>
+          <w:bookmarkEnd w:id="819"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Yкiметiнiң</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -33168,74 +34014,74 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 бекiтiлген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z97" w:id="811"/>
+      <w:bookmarkStart w:name="z97" w:id="820"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Ауыл шаруашылығы министрлігі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="811"/>
+    <w:bookmarkEnd w:id="820"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Cу ресурстары комитетiнiң қарамағындағы ұйымдардың</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -33434,74 +34280,74 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 бекiтiлген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z125" w:id="812"/>
+      <w:bookmarkStart w:name="z125" w:id="821"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Ауыл шаруашылығы министрлігінiң</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="812"/>
+    <w:bookmarkEnd w:id="821"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Балық шаруашылығы комитетi туралы ереже</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -33683,74 +34529,74 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 бекiтiлген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z176" w:id="813"/>
+      <w:bookmarkStart w:name="z176" w:id="822"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Ауыл шаруашылығы министрлiгi</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="813"/>
+    <w:bookmarkEnd w:id="822"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Балық шаруашылығы комитетiнiң құрылымы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -33833,70 +34679,70 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z12" w:id="814"/>
+          <w:bookmarkStart w:name="z12" w:id="823"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қазақстан Республикасы</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="814"/>
+          <w:bookmarkEnd w:id="823"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Yкiметiнiң</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -33928,80 +34774,80 @@
               <w:t>
 N 310 қаулысымен</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 бекiтiлген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z126" w:id="815"/>
+    <w:bookmarkStart w:name="z126" w:id="824"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Ауыл шаруашылығы министрлігі Балық шаруашылығы комитетінің аумақтық органдары — мемлекеттік мекемелерінің тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="815"/>
+    <w:bookmarkEnd w:id="824"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -34067,70 +34913,70 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z13" w:id="816"/>
+          <w:bookmarkStart w:name="z13" w:id="825"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қазақстан Республикасы</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="816"/>
+          <w:bookmarkEnd w:id="825"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Yкiметiнiң</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -34168,74 +35014,74 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 бекiтiлген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z127" w:id="817"/>
+      <w:bookmarkStart w:name="z127" w:id="826"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Ауыл шаруашылығы министрлігі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="817"/>
+    <w:bookmarkEnd w:id="826"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Балық шаруашылығы комитетiнiң қарамағындағы ұйымдардың</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -34434,158 +35280,158 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 бекiтiлген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z128" w:id="818"/>
+      <w:bookmarkStart w:name="z128" w:id="827"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Ауыл шаруашылығы министрлігінiң</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="818"/>
+    <w:bookmarkEnd w:id="827"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ауылдық аумақтар iстерi комитетi туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ереже</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z152" w:id="819"/>
+    <w:bookmarkStart w:name="z152" w:id="828"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Ескерту. Ереже алынып тасталды - ҚР Үкіметінің 28.10.2007 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>N 995</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қол қойылған күнінен бастап отыз күнтізбелік күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="819"/>
+    <w:bookmarkEnd w:id="828"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
@@ -34702,74 +35548,74 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 бекiтiлген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z153" w:id="820"/>
+      <w:bookmarkStart w:name="z153" w:id="829"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы ауыл шаруашылығы министрлігі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="820"/>
+    <w:bookmarkEnd w:id="829"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ауылдық аумақтар істері комитетінің</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -34968,985 +35814,985 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z154" w:id="821"/>
+      <w:bookmarkStart w:name="z154" w:id="830"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Yкiметiнiң күші</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="821"/>
+    <w:bookmarkEnd w:id="830"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>жойылған кейбiр шешiмдерiнiң тiзбесi</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z155" w:id="822"/>
+    <w:bookmarkStart w:name="z155" w:id="831"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Қазақстан Республикасы Ауыл шаруашылығы министрлiгiнiң кейбiр мәселелері" туралы Қазақстан Республикасы Үкiметiнiң 2002 жылғы 7 қазандағы N 1096 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1 және 3-тармақтары (Қазақстан Республикасының ПҮКЖ-ы, 2002 ж., N 33, 357-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="822"/>
-    <w:bookmarkStart w:name="z156" w:id="823"/>
+    <w:bookmarkEnd w:id="831"/>
+    <w:bookmarkStart w:name="z156" w:id="832"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. "Қазақстан Республикасы Үкiметінiң 2002 жылғы 11 қаңтардағы N 39 және 2002 жылғы 7 қазандағы N 1096 қаулыларына өзгерiстер мен толықтырулар енгiзу туралы" Қазақстан Республикасы Үкiметiнiң 2002 жылғы 15 қарашадағы N 1216 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тармағы 2) тармақшасының бесiншi, алтыншы, жетінші, сегiзiншi, тоғызыншы, оныншы, он бiрiншi, он екiншi, он үшiншi абзацтары.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="823"/>
-    <w:bookmarkStart w:name="z157" w:id="824"/>
+    <w:bookmarkEnd w:id="832"/>
+    <w:bookmarkStart w:name="z157" w:id="833"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. "Қазақстан Республикасының Ауыл шаруашылығы министрлігі Орман және аңшылық шаруашылығы комитетiнiң кейбiр мәселелерi" туралы Қазақстан Республикасы Үкiметiнiң 2002 жылғы 22 қарашадағы N 1239 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тармағының 1), 2), 3) тармақшалары (Қазақстан Республикасының ПҮКЖ-ы, 2002 ж., N 42, 423-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="824"/>
-    <w:bookmarkStart w:name="z158" w:id="825"/>
+    <w:bookmarkEnd w:id="833"/>
+    <w:bookmarkStart w:name="z158" w:id="834"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. "Қазақстан Республикасы Ауыл шаруашылығы министрлiгi Су ресурстары комитетiнің мәселелерi" туралы Қазақстан Республикасы Үкiметiнiң 2002 жылғы 28 қарашадағы N 1267 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тармағы (Қазақстан Республикасының ПҮКЖ-ы, 2002 ж., N 43, 429-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="825"/>
-    <w:bookmarkStart w:name="z159" w:id="826"/>
+    <w:bookmarkEnd w:id="834"/>
+    <w:bookmarkStart w:name="z159" w:id="835"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. "Қазақстан Республикасының Ауыл шаруашылығы министрлігіне ведомстволық бағыныстағы жекелеген ұйымдардың мәселелерi" туралы Қазақстан Республикасы Үкіметінiң 2002 жылғы 29 желтоқсандағы N 1431 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 8-тармағының 3) тармақшасы (Қазақстан Республикасының ПҮКЖ-ы, 2002 ж., N 49, 486-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="826"/>
-    <w:bookmarkStart w:name="z160" w:id="827"/>
+    <w:bookmarkEnd w:id="835"/>
+    <w:bookmarkStart w:name="z160" w:id="836"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. "Қазақстан Республикасының Ауыл шаруашылығы министрлiгi Орман және аңшылық шаруашылығы комитетiнiң жекелеген мемлекеттiк мекемелерiн қайта ұйымдастыру туралы" Қазақстан Республикасы Үкiметінiң 2003 жылғы 22 қаңтардағы N 75 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 7-тармағы (Қазақстан Республикасының ПҮКЖ-ы, 2003 ж., N 2, 33-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="827"/>
-    <w:bookmarkStart w:name="z161" w:id="828"/>
+    <w:bookmarkEnd w:id="836"/>
+    <w:bookmarkStart w:name="z161" w:id="837"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. "Қазақстан Республикасы Ауыл шаруашылығы министрлігінiң "Қазоңтүстiкгипросушар" жобалау-іздестіру институты" республикалық мемлекеттiк кәсіпорнын қайта ұйымдастыру туралы" Қазақстан Республикасы Үкiметiнiң 2003 жылғы 24 қаңтардағы N 89 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-тармағы (Қазақстан Республикасының ПҮКЖ-ы, 2003 ж., N 3, 43-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="828"/>
-    <w:bookmarkStart w:name="z162" w:id="829"/>
+    <w:bookmarkEnd w:id="837"/>
+    <w:bookmarkStart w:name="z162" w:id="838"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. "Қазақстан Республикасының Ауыл шаруашылығы министрлiгi Су ресурстары жөнiндегі комитетінiң Оңтүстiк Қазақстан гидрогеологиялық-мелиоративтік экспедициясы" және "Қазақстан Республикасының Ауыл шаруашылығы министрлiгi Су ресурстары жөнiндегi комитетiнiң Қызылорда гидрогеологиялық-мелиоративтiк экспедициясы" республикалық мемлекеттік кәсiпорындарын қайта ұйымдастыру туралы" Қазақстан Республикасы Үкiметiнiң 2003 жылғы 24 ақпандағы N 189 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тармағының 3) тармақшасы (Қазақстан Республикасының ПҮКЖ-ы, 2003 ж., N 9, 95-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="829"/>
-    <w:bookmarkStart w:name="z163" w:id="830"/>
+    <w:bookmarkEnd w:id="838"/>
+    <w:bookmarkStart w:name="z163" w:id="839"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. "Қазақстан Республикасының Ауыл шаруашылығы министрлігі Балық шаруашылығы комитетiнiң кейбiр мәселелерi" туралы Қазақстан Республикасы Үкiметiнiң 2003 жылғы 18 шiлдедегi N 714 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тармағының 1), 2), 2-1), 3) тармақшалары, осы қаулымен бекiтілген Қазақстан Республикасы Үкiметiнiң кейбiр шешiмдерiне енгiзiлетiн өзгерiстер мен толықтырулардың 2 және 3-тармақтары (Қазақстан Республикасының ПҮКЖ-ы, 2003 ж., N 30, 291-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="830"/>
-    <w:bookmarkStart w:name="z164" w:id="831"/>
+    <w:bookmarkEnd w:id="839"/>
+    <w:bookmarkStart w:name="z164" w:id="840"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. "Қазақстан Республикасы Үкiметiнiң 2002 жылғы 7 қазандағы N 1096 қаулысына өзгерiс пен толықтырулар енгiзу туралы" Қазақстан Республикасы Үкiметiнiң 2003 жылғы 4 тамыздағы N 780 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮКЖ-ы, 2003 ж., N 31, 315-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="831"/>
-    <w:bookmarkStart w:name="z165" w:id="832"/>
+    <w:bookmarkEnd w:id="840"/>
+    <w:bookmarkStart w:name="z165" w:id="841"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. "Қазақстан Республикасы Үкiметiнiң 2002 жылғы 7 қазандағы N 1096 қаулысына өзгерiстер мен толықтыру енгiзу туралы" Қазақстан Республикасы Үкiметiнiң 2003 жылғы 19 тамыздағы N 827 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮКЖ-ы, 2003 ж., N 34, 337-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="832"/>
-    <w:bookmarkStart w:name="z166" w:id="833"/>
+    <w:bookmarkEnd w:id="841"/>
+    <w:bookmarkStart w:name="z166" w:id="842"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. "Мемлекеттік орман қоры учаскелерiнде орман пайдаланушылар жүзеге асыратын сүрек дайындау жөнiндегi қызметті лицензиялаудың кейбiр мәселелерi және Қазақстан Республикасы Үкiметiнiң кейбiр шешiмдерiне толықтырулар енгізу туралы" Қазақстан Республикасы Үкiметiнiң 2003 жылғы 2 қазандағы N 1018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тармағының 3) тармақшасы (Қазақстан Республикасының ПҮКЖ-ы, 2003 ж., N 40, 421-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="833"/>
-    <w:bookmarkStart w:name="z167" w:id="834"/>
+    <w:bookmarkEnd w:id="842"/>
+    <w:bookmarkStart w:name="z167" w:id="843"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. "Қазақстан Республикасы Үкiметiнiң 2002 жылғы 7 қазандағы N 1096 қаулысына толықтыру енгiзу туралы" Қазақстан Республикасы Үкiметiнiң 2003 жылғы 8 қарашадағы N 1119 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮКЖ-ы, 2003 ж., N 43, 458-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="834"/>
-    <w:bookmarkStart w:name="z168" w:id="835"/>
+    <w:bookmarkEnd w:id="843"/>
+    <w:bookmarkStart w:name="z168" w:id="844"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14. "Қазақстан Республикасының Ауыл шаруашылығы министрлiгi Орман және аңшылық шаруашылығы комитетiнiң "Шарын мемлекеттiк ұлттық табиғи паркi" мемлекеттік мекемесiн құру туралы" Қазақстан Республикасы Үкiметiнiң 2004 жылғы 23 ақпандағы N 213 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 7-тармағы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="835"/>
-    <w:bookmarkStart w:name="z169" w:id="836"/>
+    <w:bookmarkEnd w:id="844"/>
+    <w:bookmarkStart w:name="z169" w:id="845"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15. "Қазақстан Республикасының Ауыл шаруашылығы министрлігі Орман және аңшылық шаруашылығы комитетiнiң "Қаратау мемлекеттiк табиғи қорығы" мемлекеттік мекемесiн құру туралы" Қазақстан Республикасы Үкiметінiң 2004 жылғы 1 наурыздағы N 249 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 7-тармағы (Қазақстан Республикасының ПҮКЖ-ы, 2004 ж., N 11, 135-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="836"/>
-    <w:bookmarkStart w:name="z170" w:id="837"/>
+    <w:bookmarkEnd w:id="845"/>
+    <w:bookmarkStart w:name="z170" w:id="846"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16. "Қазақстан Республикасының Ауыл шаруашылығы министрлiгi Балық шаруашылығы комитетiнiң кейбiр мәселелерi туралы" Қазақстан Республикасы Үкіметінің 2004 жылғы 7 мамырдағы N 517 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тармағы (Қазақстан Республикасының ПҮКЖ-ы, 2004 ж., N 21 268-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="837"/>
-    <w:bookmarkStart w:name="z171" w:id="838"/>
+    <w:bookmarkEnd w:id="846"/>
+    <w:bookmarkStart w:name="z171" w:id="847"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       17. "Қазақстан Республикасы Ауыл шаруашылығы министрлігі Ауылдық аумақтар iстерi жөнiндегi комитетiнiң кейбiр мәселелерi туралы" Қазақстан Республикасы Үкiметiнiң 2004 жылғы 16 маусымдағы N 662 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2 және 5-тармақтары (Қазақстан Республикасының ПҮКЖ-ы, 2004 ж., N 24, 314-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="838"/>
-    <w:bookmarkStart w:name="z172" w:id="839"/>
+    <w:bookmarkEnd w:id="847"/>
+    <w:bookmarkStart w:name="z172" w:id="848"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       18. "Қазақстан Республикасы Үкiметiнiң 2002 жылғы 7 қазандағы N 1096 қаулысына толықтырулар енгiзу туралы" Қазақстан Республикасы Үкiметiнiң 2004 жылғы 25 маусымдағы N 704 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮКЖ-ы, 2004 ж., N 26, 335-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="839"/>
-    <w:bookmarkStart w:name="z173" w:id="840"/>
+    <w:bookmarkEnd w:id="848"/>
+    <w:bookmarkStart w:name="z173" w:id="849"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       19. "Қазақстан Республикасы Үкіметінің 2002 жылғы 28 қарашадағы N 1267 қаулысына өзгерiстер мен толықтырулар енгiзу туралы" Қазақстан Республикасы Үкiметiнiң 2004 жылғы 12 шілдедегi N 759 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының ПҮКЖ-ы, 2004 ж., N 27, 357-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="840"/>
-    <w:bookmarkStart w:name="z174" w:id="841"/>
+    <w:bookmarkEnd w:id="849"/>
+    <w:bookmarkStart w:name="z174" w:id="850"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       20. "Қазақстан Республикасының Ауыл шаруашылығы министрлiгі Балық шаруашылығы комитетiнiң жекелеген мемлекеттік мекемелерiн қайта ұйымдастыру мен қайта атау туралы" Қазақстан Республикасы Үкiметiнiң 2004 жылғы 7 қыркүйектегi N 938 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тармағы (Қазақстан Республикасының ПҮКЖ-ы, 2004 ж., N 33, 450-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="841"/>
-    <w:bookmarkStart w:name="z652" w:id="842"/>
+    <w:bookmarkEnd w:id="850"/>
+    <w:bookmarkStart w:name="z652" w:id="851"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       21. "Қазақстан Республикасы Ауыл шаруашылығы министрлiгi Су ресурстары комитетінiң "Жамбылсушар" шаруашылық жүргiзу құқығындағы су шаруашылығы жөнiндегі республикалық мемлекеттік кәсіпорнын қайта ұйымдастыру туралы" Қазақстан Республикасы Үкiметiнiң 2004 жылғы 14 желтоқсандағы N 1318 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-тармағының 2) тармақшасы (Қазақстан Республикасының ПҮКЖ-ы, 2004 ж., N 49, 625-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="842"/>
+    <w:bookmarkEnd w:id="851"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>