--- v0 (2025-11-06)
+++ v1 (2026-03-06)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="f5beaba" w14:textId="f5beaba">
+    <w:p w14:paraId="8a78973" w14:textId="8a78973">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -250,91 +250,71 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. Құрам жаңа редакцияда – ҚР Президентінің 03.01.2024 </w:t>
+        <w:t xml:space="preserve">      Ескерту. Құрам жаңа редакцияда – ҚР Президентінің 08.01.2026 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 429</w:t>
+        <w:t>№ 1152</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн қолданысқа енгізіледі); өзгеріс енгізілді – ҚР Президентінің 29.06.2024 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> Жарлықтарымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) Жарлығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -373,68 +353,51 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Бектенов</w:t>
-[...16 lines deleted...]
-              <w:t>Олжас Абайұлы</w:t>
+              <w:t>Бектенов Олжас Абайұлы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -636,68 +599,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Байбазаров</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">Нұрлан Серікұлы </w:t>
+Асылов Берік Ноғайұлы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -725,109 +671,92 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Республикасы Премьер-Министрінің орынбасары – Ұлттық экономика министрі</w:t>
+Қазақстан Республикасының Бас Прокуроры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Такиев</w:t>
-[...16 lines deleted...]
-              <w:t>Мәди Төкешұлы</w:t>
+Жұманғарин Серік Мақашұлы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -855,110 +784,92 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Республикасының Қаржы министрі</w:t>
+Қазақстан Республикасы Премьер-Министрінің орынбасары – Ұлттық экономика министрі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...18 lines deleted...]
-Берік Ноғайұлы</w:t>
+              <w:t>
+Досаев Ерболат Асқарбекұлы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -986,110 +897,92 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Республикасының Бас Прокуроры</w:t>
+Қазақстан Республикасы Президентінің Әкімшілігі Басшысының орынбасары</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сапаров</w:t>
-[...17 lines deleted...]
-Айдарбек Сейпілұлы</w:t>
+Сапаров Айдарбек Сейпілұлы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1157,70 +1050,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...18 lines deleted...]
-Азамат Несіпбайұлы</w:t>
+              <w:t>
+Такиев Мәди Төкешұлы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1248,110 +1123,92 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Республикасының Әділет министрі</w:t>
+Қазақстан Республикасының Қаржы министрі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...18 lines deleted...]
-Қанат Бисимбайұлы</w:t>
+              <w:t>
+Шаққалиев Арман Абайұлы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1379,110 +1236,92 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Республикасының Өнеркәсіп және құрылыс министрі</w:t>
+Қазақстан Республикасының Сауда және интеграция министрі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...18 lines deleted...]
-Арман Абайұлы</w:t>
+              <w:t>
+Сәрсембаев Ерлан Жақсылықұлы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1510,110 +1349,92 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Республикасының Сауда және интеграция министрі</w:t>
+Қазақстан Республикасының Әділет министрі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жамаубаев</w:t>
-[...17 lines deleted...]
-Ерұлан Кенжебекұлы</w:t>
+Нағаспаев Ерсайын Қайырғазыұлы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1641,110 +1462,92 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Республикасы Президентінің әлеуметтік-экономикалық мәселелерге жетекшілік ететін кеңесшісі</w:t>
+Қазақстан Республикасының Өнеркәсіп және құрылыс министрі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...18 lines deleted...]
-Асхат Әбдірахманұлы</w:t>
+              <w:t>
+Әбдіразақов Елдар Советұлы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1772,110 +1575,92 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Атамекен" Қазақстан Республикасы Ұлттық кәсіпкерлер палатасының төралқа мүшесі, Ақтөбе облысы өңірлік кеңесінің төрағасы (келісім бойынша)</w:t>
+"Коммеск-Өмір" сақтандыру компаниясы" акционерлік қоғамы директорлар кеңесінің төрағасы (келісім бойынша)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...18 lines deleted...]
-Елдар Советұлы</w:t>
+              <w:t>
+Айтжанов Асхат Әбдірахманұлы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1903,110 +1688,92 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Коммеск-Өмір" сақтандыру компаниясы" акционерлік қоғамы директорлар кеңесінің төрағасы (келісім бойынша)</w:t>
+"Атамекен" Қазақстан Республикасы Ұлттық кәсіпкерлер палатасының төралқа мүшесі, Ақтөбе облысы бойынша өңірлік кеңесінің төрағасы (келісім бойынша)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...18 lines deleted...]
-Қанат Алтынбекұлы</w:t>
+              <w:t>
+Ақшолақов Болат Оралұлы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2034,110 +1801,92 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"DD21" жауапкершілігі шектеулі серіктестігінің директоры (келісім бойынша)</w:t>
+"KAZENERGY" Қазақстан мұнай-газ және энергетика кешені ұйымдарының қауымдастығы заңды тұлғалар бірлестігінің және "Қазақстанның инвесторлар қауымдастығы" заңды тұлғалар бірлестігінің төрағасы (келісім бойынша)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...18 lines deleted...]
-Дулат Бекманапұлы</w:t>
+              <w:t>
+Әкпар Дулат Бекманапұлы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2205,70 +1954,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...18 lines deleted...]
-Райымбек Әнуарұлы</w:t>
+              <w:t>
+Баталов Райымбек Әнуарұлы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2336,70 +2067,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...18 lines deleted...]
-Сергей Николаевич</w:t>
+              <w:t>
+Богачев Сергей Николаевич</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2467,70 +2180,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...18 lines deleted...]
-Жигули Молдақалықұлы</w:t>
+              <w:t>
+Болатжан Әсем</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2558,110 +2253,92 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Атамекен" Қазақстан Республикасы Ұлттық кәсіпкерлер палатасының төралқа мүшесі, Агроөнеркәсіптік кешен комитетінің төрағасы (келісім бойынша)</w:t>
+"Атамекен" Қазақстан Республикасы Ұлттық кәсіпкерлер палатасының төралқа мүшесі, Ақпараттық-коммуникациялық технологиялар, білім және инновациялар комитетінің төрағасы (келісім бойынша)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...18 lines deleted...]
-Талғат Каскенұлы</w:t>
+              <w:t>
+Дайрабаев Жигули Молдақалықұлы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2689,110 +2366,92 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Атамекен" Қазақстан Республикасы Ұлттық кәсіпкерлер палатасының төралқа мүшесі (келісім бойынша)</w:t>
+"Атамекен" Қазақстан Республикасы Ұлттық кәсіпкерлер палатасының төралқа мүшесі, Агроөнеркәсіптік кешен комитетінің төрағасы (келісім бойынша)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ескендіров</w:t>
-[...17 lines deleted...]
-Мұқаш Зұлқарнайұлы</w:t>
+Доскенов Талғат Қаскенұлы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2820,110 +2479,92 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Атамекен" Қазақстан Республикасы Ұлттық кәсіпкерлер палатасының төралқа мүшесі, Жамбыл облысы өңірлік кеңесінің төрағасы (келісім бойынша)</w:t>
+"Атамекен" Қазақстан Республикасы Ұлттық кәсіпкерлер палатасының төралқа мүшесі (келісім бойынша)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көкенов</w:t>
-[...17 lines deleted...]
-Қайрат Нұрадинұлы</w:t>
+Ескендіров Мұқаш Зұлқарнайұлы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2951,110 +2592,92 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Атамекен" Қазақстан Республикасы Ұлттық кәсіпкерлер палатасының төралқа мүшесі, Астана қаласы өңірлік кеңесінің төрағасы (келісім бойынша)</w:t>
+"Атамекен" Қазақстан Республикасы Ұлттық кәсіпкерлер палатасының төралқа мүшесі, Жамбыл облысы бойынша өңірлік кеңесінің төрағасы (келісім бойынша)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...18 lines deleted...]
-Бахытбек Русланұлы</w:t>
+              <w:t>
+Ибраев Қанат Сұлтанұлы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3082,110 +2705,92 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Атамекен" Қазақстан Республикасы Ұлттық кәсіпкерлер палатасының төралқа мүшесі (келісім бойынша)</w:t>
+"Атамекен" Қазақстан Республикасы Ұлттық кәсіпкерлер палатасының төралқа мүшесі, Өңдеу өнеркәсібі комитетінің төрағасы, "DD21" жауапкершілігі шектеулі серіктестігінің директоры (келісім бойынша)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қаниев</w:t>
-[...17 lines deleted...]
-Берік Серәліұлы</w:t>
+Қаниев Берік Серәліұлы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3253,70 +2858,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...18 lines deleted...]
-Ирина Рихардовна</w:t>
+              <w:t>
+Овсянников Владимир Вячеславович</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3344,110 +2931,92 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Атамекен" Қазақстан Республикасы Ұлттық кәсіпкерлер палатасының төралқа мүшесі (келісім бойынша)</w:t>
+"Method" жауапкершілігі шектеулі серіктестігінің директоры (келісім бойынша)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Нагуманова</w:t>
-[...17 lines deleted...]
-Тахмина Утагалиевна</w:t>
+Подвалов Александр Юрьевич</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3475,110 +3044,92 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Атамекен" Қазақстан Республикасы Ұлттық кәсіпкерлер палатасының төралқа мүшесі, Өңдеу өнеркәсібі комитетінің төрағасы (келісім бойынша)</w:t>
+"Атамекен" Қазақстан Республикасы Ұлттық кәсіпкерлер палатасының төралқа мүшесі, Астана қаласы бойынша өңірлік кеңесінің төрағасы, "AG TECH" жауапкершілігі шектеулі серіктестігінің бас директоры (келісім бойынша)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Овсянников</w:t>
-[...17 lines deleted...]
-Владимир Вячеславович</w:t>
+Радостовец Николай Владимирович</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3606,110 +3157,92 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Method" жауапкершілігі шектеулі серіктестігінің директоры (келісім бойынша)</w:t>
+"Атамекен" Қазақстан Республикасы Ұлттық кәсіпкерлер палатасының төралқа мүшесі, Геология саласы, тау-кен, көмір өндіру және металлургия өнеркәсібі комитетінің төрағасы (келісім бойынша)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Радостовец</w:t>
-[...17 lines deleted...]
-Николай Владимирович</w:t>
+Рахымбаев Айдын Жұмаділұлы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3737,110 +3270,92 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Атамекен" Қазақстан Республикасы Ұлттық кәсіпкерлер палатасының төралқа мүшесі, Геология саласы, тау-кен, көмір өндіру және металлургия өнеркәсібі комитетінің төрағасы (келісім бойынша)</w:t>
+"BI Group" акционерлік қоғамы директорлар кеңесінің төрағасы (келісім бойынша)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Рахымбаев</w:t>
-[...17 lines deleted...]
-Айдын Жұмаділұлы</w:t>
+Смағұлов Нұрлан Еркебұланұлы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3868,110 +3383,92 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"BI Group" акционерлік қоғамы директорлар кеңесінің төрағасы (келісім бойынша)</w:t>
+"Astana Group" жауапкершілігі шектеулі серіктестігінің президенті (келісім бойынша)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Смағұлов</w:t>
-[...17 lines deleted...]
-Нұрлан Еркебұланұлы</w:t>
+Шаяхметова Үміт Болатханқызы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3999,372 +3496,92 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Astana Group" жауапкершілігі шектеулі серіктестігінің президенті (келісім бойынша)</w:t>
+"Қазақстан халық банкі" акционерлік қоғамының басқарма төрағасы (келісім бойынша)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Туреханов</w:t>
-[...279 lines deleted...]
-Еркебұлан Сайдоллаұлы</w:t>
+Ілиясов Еркебұлан Сайдоллаұлы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4620,55 +3837,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -4994,31 +4211,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>