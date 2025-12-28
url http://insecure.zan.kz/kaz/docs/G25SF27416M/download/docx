--- v0 (2025-11-10)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="7c6f4b6" w14:textId="7c6f4b6">
+    <w:p w14:paraId="06643a5" w14:textId="06643a5">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -252,754 +252,794 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Солтүстік Қазақстан облысы Есіл ауданы Амангелді ауылдық округінің 2025-2027 жылдарға арналған бюджеті сәйкесінше 1, 2, 3 - қосымшаларға сәйкес, соның ішінде 2025 жылға келесі көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z7" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер - 51 484 мың теңге:</w:t>
+      1) кірістер - 51 697 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z8" w:id="4"/>
+    <w:bookmarkStart w:name="z9" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер - 3 684 мың теңге;</w:t>
+      салықтық түсімдер - 3 881 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z9" w:id="5"/>
+    <w:bookmarkStart w:name="z10" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық емес түсімдер - 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z10" w:id="6"/>
+    <w:bookmarkStart w:name="z11" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      негізгі капиталды сатудан түсетін түсімдер - 1 554 мың теңге;</w:t>
+      негізгі капиталды сатудан түсетін түсімдер - 1 770 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z11" w:id="7"/>
+    <w:bookmarkStart w:name="z12" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімі - 46 246 мың теңге;</w:t>
+      трансферттер түсімі - 46 046 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z12" w:id="8"/>
+    <w:bookmarkStart w:name="z13" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар - 53 054,7 мың теңге;</w:t>
+      2) шығындар - 53 267,7 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z13" w:id="9"/>
+    <w:bookmarkStart w:name="z14" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу - 0 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z14" w:id="10"/>
+    <w:bookmarkStart w:name="z15" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттер - 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z15" w:id="11"/>
+    <w:bookmarkStart w:name="z16" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттерді өтеу - 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z16" w:id="12"/>
+    <w:bookmarkStart w:name="z17" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) қаржы активтерімен операциялар бойынша сальдо - 0 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z17" w:id="13"/>
+    <w:bookmarkStart w:name="z18" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қаржы активтерін сатып алу - 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z18" w:id="14"/>
+    <w:bookmarkStart w:name="z19" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттің қаржы активтерін сатудан түсетін түсімдер - 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z19" w:id="15"/>
+    <w:bookmarkStart w:name="z20" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) бюджет тапшылығы (профициті) - - 1 570,7 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z20" w:id="16"/>
+    <w:bookmarkStart w:name="z21" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) бюджеттің мұнайға қатысты емес тапшылығы (профициті) - - 1 570,7 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z21" w:id="17"/>
+    <w:bookmarkStart w:name="z22" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) бюджет тапшылығын қаржыландыру (профицитін пайдалану) - 1 570,7 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z22" w:id="18"/>
+    <w:bookmarkStart w:name="z23" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздар түсімі - 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z23" w:id="19"/>
+    <w:bookmarkStart w:name="z24" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздарды өтеу - 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z24" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджет қаражатының пайдаланылатын қалдықтары - 1 570,7 мың теңге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z25" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Ескерту. 1-тармақ жаңа редакцияда – Солтүстік Қазақстан облысы Есіл ауданы мәслихатының 23.10.2025 № 34/500 (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z25" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-1. Амангелді ауылдық округінің бюджетінде аудандық бюджеттен 0,8 мың теңге сомасында берілетін нысаналы трансферттердің қайтарылуы 4-қосымшаға сәйкес қарастырылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z26" w:id="22"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z26" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-2. Амангелді ауылдық округінің бюджетінде қаржы жылының басына қалыптасқан қаражаттың бос қалдықтары есебінен 1 570,7 мың теңге сомасында шығыстар 4-қосымшаға сәйкес қарастырылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z27" w:id="23"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z27" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Амангелді ауылдық округінің 2025 жылға арналған бюджетінің кірістері Қазақстан Республикасының Бюджет кодексінің 27-бабына сәйкес құрылатындығы белгіленсін. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z28" w:id="24"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z28" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. 2025 жылға аудандық бюджеттен Амангелді ауылдық округінің бюджетіне 26 860 мың теңге сомада бюджеттік субвенциялар көлемдері қарастырылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z29" w:id="25"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z29" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Солтүстік Қазақстан облысы Есіл ауданы Амангелді ауылдық округінің 2025 жылға арналған бюджетінде республикалық бюджеттен берілетін нысаналы ағымдағы трансферттердің көлемдері қарастырылсын, соның ішінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z30" w:id="26"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z30" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       азаматтық қызметшілердің жекелеген санаттарының, мемлекеттік бюджет қаражаты есебінен ұсталатын ұйымдар қызметкерлерінің, қазыналық кәсіпорындар қызметкерлерінің жалақысын арттыруға.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z31" w:id="27"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z31" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Республикалық бюджеттен көрсетілген нысаналы трансферттерді бөлу "Солтүстік Қазақстан облысы Есіл ауданы Амангелді ауылдық округінің 2025-2027 жылдарға арналған бюджетін бекіту туралы" Есіл ауданы мәслихатының шешімін жүзеге асыру туралы" Солтүстік Қазақстан облысы Есіл ауданы Амангелді ауылдық округі әкімінің шешімімен анықталады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z32" w:id="28"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z32" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Солтүстік Қазақстан облысы Есіл ауданы Амангелді ауылдық округінің 2025 жылға арналған бюджетінде аудандық бюджеттен берілетін нысаналы ағымдағы трансферттердің көлемдері қарастырылсын, соның ішінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z33" w:id="29"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z33" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       еңбекақы төлеу қорына және ағымдағы шығыстарға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z34" w:id="30"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z34" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       елді мекенде көшелерді жарықтандыруға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z35" w:id="31"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z35" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       елді мекендерді абаттандыру мен көгалдандыруға.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z36" w:id="32"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z36" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Аудандық бюджеттен көрсетілген нысаналы трансферттерді бөлу "Солтүстік Қазақстан облысы Есіл ауданы Амангелді ауылдық округінің 2025-2027 жылдарға арналған бюджетін бекіту туралы" Есіл ауданы мәслихатының шешімін жүзеге асыру туралы" Солтүстік Қазақстан облысы Есіл ауданы Амангелді ауылдық округі әкімінің шешімімен айқындалады".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z37" w:id="33"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z37" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Солтүстік Қазақстан облысы Есіл ауданы мәслихатының келесі шешімдерінің:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z38" w:id="34"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z38" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) "Солтүстік Қазақстан облысы Есіл ауданы Амангелді ауылдық округінің 2025-2027 жылдарға арналған бюджетін бекіту туралы" Солтүстік Қазақстан облысы Есіл ауданы мәслихатының 2024 жылғы 27 желтоқсандағы № 23/362 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімінің</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z39" w:id="35"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z39" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) "Солтүстік Қазақстан облысы Есіл ауданы Амангелді ауылдық округінің 2025-2027 жылдарға арналған бюджетін бекіту туралы" Есіл ауданы мәслихатының 2024 жылғы 27 желтоқсандағы № 23/362 шешіміне өзгерістер мен толықтырулар енгізу туралы" Солтүстік Қазақстан облысы Есіл ауданы мәслихатының 2025 жылғы 4 наурыздағы № 24/380 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімінің</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> күші жойылды деп танылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z40" w:id="36"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z40" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Осы шешім 2025 жылғы 1 қаңтардан бастап қолданысқа енгізіледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkEnd w:id="35"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1437,129 +1477,149 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z47" w:id="37"/>
+    <w:bookmarkStart w:name="z47" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Солтүстік Қазақстан облысы Есіл ауданы Амангелді ауылдық округінің 2025 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескерту. 1-қосымша жаңа редакцияда – Солтүстік Қазақстан облысы Есіл ауданы мәслихатының 23.10.2025 № 34/500 (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z51" w:id="37"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="37"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -1585,51 +1645,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Кіші сыныбы</w:t>
+ішкі сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1642,70 +1702,68 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z48" w:id="38"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="38"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -1814,87 +1872,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) Кірістер</w:t>
-[...35 lines deleted...]
-51 484</w:t>
+1)Кірістер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+51 697</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2027,51 +2085,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 684</w:t>
+3 881</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2168,87 +2226,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Табыс салығы</w:t>
-[...35 lines deleted...]
-800</w:t>
+Жеке табыс салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 117</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2309,123 +2367,141 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жеке табыс салығы</w:t>
-[...35 lines deleted...]
-800</w:t>
+Төлем көзінен салық салынбайтын табыстардан алынатын жеке табыс салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 117</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2522,87 +2598,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Меншiкке салынатын салықтар</w:t>
-[...35 lines deleted...]
-2 846</w:t>
+Меншікке салынатын салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 757</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2735,51 +2811,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-102</w:t>
+89</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2912,51 +2988,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-87</w:t>
+89</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3053,87 +3129,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көлік құралдарына салынатын салық</w:t>
-[...35 lines deleted...]
-2 285</w:t>
+Көлік құралдарына салынатын cалық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 382</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3266,51 +3342,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-372</w:t>
+197</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3339,50 +3415,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -3443,51 +3537,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-38</w:t>
+7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3584,87 +3678,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Табиғи және басқа да ресурстарды пайдаланғаны үшін түсетін түсімдер</w:t>
-[...35 lines deleted...]
-38</w:t>
+Табиғи және басқа ресурстарды пайдаланғаны үшін түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3797,51 +3891,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 554</w:t>
+1 770</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3938,87 +4032,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жерді және материалдық емес активдерді сату</w:t>
-[...35 lines deleted...]
-1 554</w:t>
+Жер және материалдық емес активтерді сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 770</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4151,51 +4245,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 554</w:t>
+1 770</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4328,51 +4422,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-46 246</w:t>
+46 046</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4401,50 +4495,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -4505,51 +4617,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-46 246</w:t>
+46 046</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4610,50 +4722,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -4681,52 +4811,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-46 246 </w:t>
+              <w:t>
+46 046</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4759,87 +4889,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджеттік бағдарламалардың әкімшісі</w:t>
-[...35 lines deleted...]
-Бағдарлама</w:t>
+кіші функция</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+бюджеттік бағдарламалардың Әкімшісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4852,86 +4982,66 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z49" w:id="39"/>
-[...34 lines deleted...]
-(мың теңге)</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5060,51 +5170,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-53 054,7</w:t>
+53 267,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5237,51 +5347,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-50 838,9</w:t>
+50 638,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5310,50 +5420,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -5378,87 +5506,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округі әкімінің аппараты</w:t>
-[...35 lines deleted...]
-50 838,9</w:t>
+Аудандық маңызы бар қала , ауыл, кент, ауылдық округі әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50 638,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5519,123 +5647,141 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімі қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
-[...35 lines deleted...]
-50 838,9</w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50 638,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5732,87 +5878,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тұрғын үй - коммуналдық шаруашылық</w:t>
-[...35 lines deleted...]
-1 865</w:t>
+Тұрғын үй-коммуналдық шаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 015</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5841,50 +5987,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -5909,87 +6073,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округі әкімінің аппараты</w:t>
-[...35 lines deleted...]
-1 865</w:t>
+Аудандық маңызы бар қала , ауыл, кент, ауылдық округі әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 015</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6122,51 +6286,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 278</w:t>
+1 428</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6227,50 +6391,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -6475,52 +6657,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-350 </w:t>
+              <w:t>
+613</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6617,87 +6799,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округі әкімінің аппараты</w:t>
-[...35 lines deleted...]
-350</w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+613</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6794,87 +6976,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандық маңыздағы қалаларда, ауылдарда, кентттерде, ауылдық округтерде автомобиль жолдарының қызмет етуін қамтамасыз ету</w:t>
-[...35 lines deleted...]
-350</w:t>
+Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+613</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7148,51 +7330,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округі әкімінің аппараты</w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7325,51 +7507,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Пайдаланылмаған ( толық пайдаланылмаған) нысаналы трансферттерді қайтару</w:t>
+Пайдаланылмаған (толық пайдаланылмаған) нысаналы трансферттерді қайтару</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9059,51 +9241,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қарыздар түсімдері</w:t>
+Қарыздар түсімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9349,87 +9531,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сыныбы</w:t>
-[...35 lines deleted...]
-Кіші сыныбы</w:t>
+сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ішкі сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9442,86 +9624,66 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z50" w:id="40"/>
-[...34 lines deleted...]
-(мың теңге)</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9618,51 +9780,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджет қаражатының пайдаланатын қалдықтары</w:t>
+Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9795,51 +9957,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджет қаражаты қалдықтары</w:t>
+Бюджет қаражатының қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9972,51 +10134,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджет қаражатының бос қалдықтары</w:t>
+Есептік кезеңнің соңындағы бюджет қаражатының қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10357,68 +10519,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z56" w:id="41"/>
+    <w:bookmarkStart w:name="z56" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Солтүстік Қазақстан облысы Есіл ауданы Амангелді ауылдық округінің 2026 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkEnd w:id="38"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -10562,70 +10724,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z57" w:id="42"/>
+          <w:bookmarkStart w:name="z57" w:id="39"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="42"/>
+          <w:bookmarkEnd w:id="39"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -13772,70 +13934,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z58" w:id="43"/>
+          <w:bookmarkStart w:name="z58" w:id="40"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="43"/>
+          <w:bookmarkEnd w:id="40"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -17300,70 +17462,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z59" w:id="44"/>
+          <w:bookmarkStart w:name="z59" w:id="41"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="44"/>
+          <w:bookmarkEnd w:id="41"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -18215,68 +18377,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z65" w:id="45"/>
+    <w:bookmarkStart w:name="z65" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Солтүстік Қазақстан облысы Есіл ауданы Амангелді ауылдық округінің 2027 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkEnd w:id="42"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -18420,70 +18582,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z66" w:id="46"/>
+          <w:bookmarkStart w:name="z66" w:id="43"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="46"/>
+          <w:bookmarkEnd w:id="43"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -21630,70 +21792,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z67" w:id="47"/>
+          <w:bookmarkStart w:name="z67" w:id="44"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="47"/>
+          <w:bookmarkEnd w:id="44"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -25158,70 +25320,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z68" w:id="48"/>
+          <w:bookmarkStart w:name="z68" w:id="45"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="48"/>
+          <w:bookmarkEnd w:id="45"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -26073,68 +26235,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z74" w:id="49"/>
+    <w:bookmarkStart w:name="z74" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылғы 1 қаңтарға қалыптасқан бюджет қаражатының бос қалдықтарын бағыттау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkEnd w:id="46"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -26278,70 +26440,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z75" w:id="50"/>
+          <w:bookmarkStart w:name="z75" w:id="47"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="50"/>
+          <w:bookmarkEnd w:id="47"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -28155,55 +28317,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>