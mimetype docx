--- v0 (2025-11-10)
+++ v1 (2026-03-16)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="2dcd42a" w14:textId="2dcd42a">
+    <w:p w14:paraId="fe531c8" w14:textId="fe531c8">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,51 +93,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Астана қаласы әкімдігінің "Elorda Aqua" шаруашылық жүргізу құқығындағы мемлекеттік коммуналдық кәсіпорнының жер учаскесіне жария сервитут белгілеу туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қарағанды облысы Осакаров ауданының әкімдігінің 2025 жылғы 13 маусымдағы № 55/03 қаулысы</w:t>
+        <w:t>Қарағанды облысы Осакаров ауданының әкімдігінің 2025 жылғы 13 маусымдағы № 55/03 қаулысы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z4" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасы Жер кодексінің 17-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -192,74 +192,136 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және Астана қаласы әкімдігінің "Elorda Aqua" шаруашылық жүргізу құқығындағы мемлекеттік қазыналық кәсіпорнының 2025 жылғы 16 мамырдағы №125 хатына сәйкес, Осакаров ауданының әкімдігі ҚАУЛЫ ЕТЕДІ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Жер учаскелерін орналастыру және пайдалану схемасына және осы қаулының </w:t>
+      1. Қарағанды облысының Осакаров ауданында орналасқан Қ.И.Сәтпаев атындағы каналынан Астана қаласына су құбырын тарту үшін жер учаскесін орналастыру және пайдалану схемасына және осы қаулының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес, шекаралар шегінде Қарағанды облысының Осакаров ауданында орналасқан Қ.И. Сәтбаев атындағы каналдан Астана қаласына дейін су құбырын салу мақсатында пайдалану үшін Астана қаласы әкімдігінің "Elorda Aqua" шаруашылық жүргізу құқығындағы болжамды ауданы 188,2739 гектар мемлекеттік коммуналдық кәсіпорнына 2025 жылғы 31 желтоқсанға дейінгі мерзімге жер учаскесіне жария сервитут белгіленсін.</w:t>
+        <w:t xml:space="preserve"> сәйкес шекара шегінде пайдалану үшін Астана қаласы әкімдігінің "Elorda Aqua" шаруашылық жүргізу құқығындағы мемлекеттік коммуналдық кәсіпорны үшін 2028 жылдың 31 желтоқсанына дейінгі мерзімге, болжамды ауданы 1153,01 гектар болатын жер учаскесіне қауымдық сервитут белгіленсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Қарағанды облысы Осакаров ауданының әкімдігінің 25.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 120/03</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін он күнтізбелік күн өткен соң күшіне енеді) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z6" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Астана қаласы әкімдігінің "Elorda Aqua" шаруашылық жүргізу құқығындағы коммуналдық кәсіпорны (келісім бойынша) жер учаскелерінің меншік иелері мен жер пайдаланушылардың шығындарын толық көлемде өтесін, залалдардың мөлшері мен оларды өтеу тәртібі Қазақстан Республикасының қолданыстағы заңнамасына сәйкес тараптардың келісімімен айқындалсын.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z7" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -12004,55 +12066,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -12378,31 +12440,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>