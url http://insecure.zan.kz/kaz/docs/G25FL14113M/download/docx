--- v0 (2025-11-08)
+++ v1 (2025-12-25)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="378a383" w14:textId="378a383">
+    <w:p w14:paraId="5c9613e" w14:textId="5c9613e">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -268,51 +268,51 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Жаңасемей аудандық мәслихаты ШЕШТІ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z6" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Абай облысы Жаңасемей ауданы Шүлбі кентінің 2025-2027 жылдарға арналған бюджеті тиісінше </w:t>
+      1. 2025-2027 жылдарға арналған Абай облысы Жаңасемей ауданы Шүлбі кентінің бюджеті тиісінше </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -347,51 +347,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, соның ішінде 2025 жылға келесідей көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 31 718,0 мың теңге, соның ішінде:</w:t>
+      1) кірістер – 51955, мың теңге, соның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық түсімдер – 10 558,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -419,69 +419,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       негізгі капиталды сатудан түсетін түсімдер – 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімі – 21 312,0 мың теңге;</w:t>
+      трансферттер түсімі – 41397,9 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2)шығындар – 66 230,4 мың теңге;</w:t>
+      2)шығындар – 86468,3 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3)таза бюджеттік кредиттеу - 0,0 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -563,69 +563,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттің қаржы активтерін сатудан түсетін түсімдер - 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5)бюджет тапшылығы (профициті) – -34 512,4 мың теңге;</w:t>
+      5)бюджет тапшылығы (профициті) – -34 512,4 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6)бюджет тапшылығын қаржыландыру (профицитін пайдалану)  –34 512,4 мың теңге:</w:t>
+      6)бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 34 512,4 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздар түсімі - 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -635,89 +635,89 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздарды өтеу - 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бюджет қаражатының пайдаланылатын қалдықтары – 34 512,4 мың теңге;</w:t>
+      бюджет қаражатының пайдаланылатын қалдықтары – 34 512,4 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Абай облысы Жаңасемей ауданы мәслихатының 17.09.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Абай облысы Жаңасемей ауданы мәслихатының 02.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 19/217-VIII</w:t>
+        <w:t>№ 22/266-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1012,61 +1012,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Шүлбі кентінің 2025 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда - Абай облысы Жаңасемей ауданы мәслихатының 17.09.2025 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - Абай облысы Жаңасемей ауданы мәслихатының 02.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 19/217-VIII</w:t>
+        <w:t>№ 22/266-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1845,51 +1845,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-31 718,0</w:t>
+51955,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2517,51 +2517,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Меншiкке салынатын салықтар</w:t>
+Меншiк кесалынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2694,51 +2694,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мүлiкке салынатын салықтар</w:t>
+Мүлiк кесалынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3264,68 +3264,50 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 400,0</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -3459,68 +3441,50 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 400,0</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -3651,51 +3615,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-21 160,0</w:t>
+41397,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3828,51 +3792,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-21 160,0</w:t>
+41397,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4005,51 +3969,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-21 160,0</w:t>
+41397,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -4099,50 +4063,51 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4208,79 +4173,60 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кіші функция</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...27 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -4346,80 +4292,60 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік бағдарламалардың әкімшісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...28 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -4699,79 +4625,60 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...27 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -5151,51 +5058,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-66 230,4</w:t>
+86 468,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5323,88 +5230,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...36 lines deleted...]
-55 733,0</w:t>
+              <w:t>
+Жалпы сипаттағы мемлекеттiк көрсетілетін қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+72 587,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5533,87 +5440,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттiк басқарудың жалпы функцияларын орындайтын өкiлдi, атқарушы және басқа органдар</w:t>
-[...35 lines deleted...]
-55 733,0</w:t>
+Мемлекеттiк басқарудың жалпы функцияларын орындайтын өкiлді, атқарушы және басқа органдар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+72 587,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5778,51 +5685,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-55 7335,0</w:t>
+72 587,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5987,87 +5894,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-39 763,0</w:t>
-[...35 lines deleted...]
- </w:t>
+56 311,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6232,51 +6103,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15 970,0</w:t>
+16 276,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6441,51 +6312,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 815,0</w:t>
+6 883,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6614,87 +6485,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Елді-мекендерді көркейту</w:t>
-[...35 lines deleted...]
-5 815,0</w:t>
+Елді - мекендерді көркейту</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 883,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6859,51 +6730,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 815,0</w:t>
+6 883,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7068,51 +6939,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 315,0</w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7240,52 +7111,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Елді мекендердің санитариясын қамтамасыз ету</w:t>
+              <w:t xml:space="preserve">
+Елді мекендердің санитариясын қамтамасыз </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7309,437 +7180,437 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-4 682,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді абаттандыру және көгалдандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 383,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-4 682,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлiк және коммуникация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 997,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7759,196 +7630,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-4 682,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Автомобиль көлiгi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 997,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8000,447 +7871,447 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-4 682,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 997,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-0,4</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қалаларда, ауылдарда , кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 997,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...41 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -8595,160 +8466,160 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8836,128 +8707,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-Пайдаланылмаған (толық пайдаланылмаған) нысаналы трансферттерді қайтару</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9077,128 +8948,132 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-0,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пайдаланылмаған (толықпайдаланылмаған) нысаналытрансферттердіқайтару</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9323,51 +9198,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджеттік кредиттер</w:t>
+ІII. Таза бюджеттік кредит беру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9423,160 +9298,156 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...108 lines deleted...]
-Бюджеттік кредиттерді өтеу</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9632,156 +9503,160 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...104 lines deleted...]
-IV. Қаржы активтерімен жасалатын операциялар бойынша сальдо</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттерді өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9942,51 +9817,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қаржылық активтерді сатып алу</w:t>
+IV. Қаржы активтері мен жасалатын операциялар бойынша сальдо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10147,51 +10022,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қаржылық активтерді сатудан түсетін түсім</w:t>
+Қаржылық активтерді сатыпалу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10352,87 +10227,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-V. Бюджет тапшылығы (профициті)</w:t>
-[...35 lines deleted...]
--34 512,4</w:t>
+Мемлекеттік қаржылық активтерді сатудан түсетін түсім</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10557,87 +10432,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-VІ. Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
-[...35 lines deleted...]
-34 512,4</w:t>
+V. Бюджет тапшылығы (профициті)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-34 512,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10762,87 +10637,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қарыздар түсімі</w:t>
-[...35 lines deleted...]
-0,0</w:t>
+VІ. Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+34 512,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10967,256 +10842,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қарыздарды өтеу</w:t>
-[...204 lines deleted...]
-Пайдаланылған бюджет қалдықтары</w:t>
+Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -31276,55 +30946,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>