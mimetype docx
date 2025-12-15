--- v0 (2025-10-15)
+++ v1 (2025-12-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="159bc8d" w14:textId="159bc8d">
+    <w:p w14:paraId="0a5fc38" w14:textId="0a5fc38">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -236,453 +236,449 @@
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3 - қосымшаларға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, оның ішінде 2025 жылға келесі көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z5" w:id="2"/>
+    <w:bookmarkStart w:name="z7" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 46 669 мың теңге:</w:t>
+      1) кірістер – 47 869 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z6" w:id="3"/>
+    <w:bookmarkStart w:name="z8" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық түсімдер – 5 300 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z7" w:id="4"/>
+    <w:bookmarkStart w:name="z9" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық емес түсімдер – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z8" w:id="5"/>
+    <w:bookmarkStart w:name="z10" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       негізгі капиталды сатудан түсетін түсімдер – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z9" w:id="6"/>
+    <w:bookmarkStart w:name="z11" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттердің түсімдері – 41 369 мың теңге;</w:t>
+      трансферттердің түсімдері – 42 569 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z10" w:id="7"/>
+    <w:bookmarkStart w:name="z12" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 46 701 мың теңге;</w:t>
+      2) шығындар – 47 901 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z11" w:id="8"/>
+    <w:bookmarkStart w:name="z13" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – 0 теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z12" w:id="9"/>
+    <w:bookmarkStart w:name="z14" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттер – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z13" w:id="10"/>
+    <w:bookmarkStart w:name="z15" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттерді өтеу – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z14" w:id="11"/>
+    <w:bookmarkStart w:name="z16" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) қаржы активтерімен операциялар бойынша сальдо – 0 теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z15" w:id="12"/>
+    <w:bookmarkStart w:name="z17" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қаржы активтерін сатып алу – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z16" w:id="13"/>
+    <w:bookmarkStart w:name="z18" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттің қаржы активтерін сатудан түсетін түсімдер – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z17" w:id="14"/>
+    <w:bookmarkStart w:name="z19" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) бюджет тапшылығы (профициті) – - 32 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z18" w:id="15"/>
+    <w:bookmarkStart w:name="z20" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 32 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z19" w:id="16"/>
+    <w:bookmarkStart w:name="z21" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздар түсімі – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z20" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздарды өтеу – 0 теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z21" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджет қаражатының пайдаланылатын қалдықтары – 32 мың теңге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Батыс Қазақстан облысы Казталов аудандық мәслихатының 31.03.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Батыс Қазақстан облысы Казталов аудандық мәслихатының 18.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 28-3</w:t>
+        <w:t>№ 31-3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа еңгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z22" w:id="19"/>
+    <w:bookmarkStart w:name="z22" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. 2024 жылға арналған Бостандық ауылдық округінің бюджет түсімдері Қазақстан Республикасының Бюджет </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -697,131 +693,131 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, Казталов аудандық мәслихатының 2024 жылғы 20 желтоқсандағы №25 - 2 "2025 – 2027 жылдарға арналған аудандық бюджеті туралы" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешіміне</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес қалыптастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z23" w:id="20"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z23" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. 2025 жылға арналған Бостандық ауылдық округінің бюджетіне аудандық бюджеттен берілетін субвенциялар түсімдерінің сомасы 34 542 мың теңге ескерілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z24" w:id="21"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z24" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Жергілікті атқарушы органдарға қарасты мемлекеттік мекемелер ұсынатын қызметтер мен тауарларды өткізуден түсетін ақшалар Қазақстан Республикасының Бюджет </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>кодексі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және Қазақстан Республикасының Үкіметі анықтаған тәртіпте пайдаланылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z25" w:id="22"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z25" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Осы шешім 2025 жылдың 1 қаңтарынан бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkEnd w:id="20"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1006,126 +1002,16099 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Аудандық мәслихатының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2024 жылғы 25 желтоқсандағы</w:t>
+              <w:t xml:space="preserve"> 2024 жылғы 25 желтоқсандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№ 26 – 3 шешіміне № 1 қосымша</w:t>
+              <w:t xml:space="preserve">№ 26 – 3 шешіміне № 1 </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z28" w:id="23"/>
+    <w:bookmarkStart w:name="z28" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Бостандық ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkEnd w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1- қосымша жаңа редакцияда - Батыс Қазақстан облысы Казталов аудандық мәслихатының 31.03.2025 </w:t>
+      Ескерту. 1- қосымша жаңа редакцияда - Батыс Қазақстан облысы Казталов аудандық мәслихатының 18.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 28-3</w:t>
+        <w:t>№ 31-3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа еңгізіледі).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z29" w:id="24"/>
+    <w:bookmarkStart w:name="z29" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мың тенге</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кішi сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ерекшелiгi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) Кірістер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+47 869</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Салықтық түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Табыс салығы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 900</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жеке табыс салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 900</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Меншiкке салынатын салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 395</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мүлiкке салынатын салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+65</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жер салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлiк құралдарына салынатын салық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 900</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бірыңғай жер салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+420</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тауарларға, жұмыстарға және көрсетілетін қызметтерге салынатын iшкi салықтар </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Табиғи және басқа да ресурстарды пайдаланғаны үшiн түсетiн түсiмдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Салықтық емес түсiмдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+06</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Басқа да салықтық емес түсiмдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Басқа да салықтық емес түсiмдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Негізгі капиталды сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттердің түсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+42 569</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+42 569</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+42 569</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші функция</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалардың әкiмшiсi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарлама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) Шығындар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+47 901</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Жалпы сипаттағы мемлекеттiк қызметтер </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+43 175</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттiк басқарудың жалпы функцияларын орындайтын өкiлдi, атқарушы және басқа органдар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+43 175</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+43 175</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+43 175</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Денсаулық сақтау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+82</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Денсаулық сақтау саласындағы өзге де қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+82</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+82</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+002</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шұғыл жағдайларда сырқаты ауыр адамдарды дәрігерлік көмек көрсететін ең жақын денсаулық сақтау ұйымына дейін жеткізуді ұйымдастыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+82</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғын үй - коммуналдық шаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 193</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді көркейту</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 193</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 193</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердегі көшелерді жарықтандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 679</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердің санитариясын қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 607</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді абаттандыру мен көгалдандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+907</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлiк және коммуникация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+450</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Автомобиль көлiгi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+450</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+450</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+450</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пайдаланылмаған (толық пайдаланылмаған) нысаналы трансферттерді қайтару</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) Таза бюджеттік кредиттеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ерекшелiгi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттерді өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші функция</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалардың әкiмшiсi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарлама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) Қаржы активтерімен жасалатын операциялар бойынша сальдо</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қаржы активтерін сатып алу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ерекшелiгi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттің қаржы активтерін сатудан түсетін түсімдер </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+5) Бюджет тапшылығы (профициті) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- 32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+6) Бюджет тапшылығын қаржыландыру (профицитін пайдалану) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздар түсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші функция</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалардың әкiмшiсi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарлама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздарды өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ерекшелiгi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражаты қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының бос қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының бос қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Аудандық мәслихатының</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2024 жылғы 25 желтоқсандағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 26 – 3 шешіміне № 2 қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z31" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2026 жылға арналған Бостандық ауылдық округінің бюджеті</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z32" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мың тенге</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
@@ -1942,51 +17911,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-46 669</w:t>
+45 659</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5077,51 +21046,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-41 369</w:t>
+40 359</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5286,51 +21255,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-41 369</w:t>
+40 359</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5495,51 +21464,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-41 369</w:t>
+40 359</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -6318,51 +22287,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-44 659</w:t>
+45 659</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6527,51 +22496,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-41 734</w:t>
+42 316</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6736,51 +22705,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-41 734</w:t>
+42 316</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6945,51 +22914,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-41 734</w:t>
+42 316</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7154,51 +23123,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-41 734</w:t>
+42 316</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7363,51 +23332,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-82</w:t>
+100</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7572,51 +23541,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-82</w:t>
+100</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7781,51 +23750,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-82</w:t>
+100</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7990,51 +23959,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-82</w:t>
+100</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8199,51 +24168,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 343</w:t>
+2 643</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8408,51 +24377,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 343</w:t>
+2 643</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8617,51 +24586,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 343</w:t>
+2 643</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8826,51 +24795,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 738</w:t>
+1 938</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8998,88 +24967,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...36 lines deleted...]
-1 800</w:t>
+              <w:t xml:space="preserve">
+Елді мекендердің санитариясын қамтамасыз ету </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9244,51 +25213,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-605</w:t>
+705</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9453,51 +25422,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-500</w:t>
+600</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9662,51 +25631,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-500</w:t>
+600</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9871,51 +25840,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-500</w:t>
+600</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10080,260 +26049,256 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-500</w:t>
+600</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) Таза бюджеттік кредиттеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10353,616 +26318,360 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-1</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...167 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -10991,183 +26700,97 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...131 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -11228,572 +26851,639 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...99 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ерекшелiгi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...68 lines deleted...]
-          </w:p>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...56 lines deleted...]
-          <w:p/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттерді өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...62 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...44 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...62 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...29 lines deleted...]
-Ерекшелiгi</w:t>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші функция</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
@@ -11837,535 +27527,635 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...93 lines deleted...]
-Атауы</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалардың әкiмшiсi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...178 lines deleted...]
-          </w:p>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарлама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...68 lines deleted...]
-          </w:p>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...45 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) Қаржы активтерімен жасалатын операциялар бойынша сальдо</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -12394,415 +28184,334 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...45 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қаржы активтерін сатып алу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...94 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...44 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...125 lines deleted...]
-Атауы</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
@@ -12846,183 +28555,97 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...131 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -13083,317 +28706,488 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...99 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ерекшелiгi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...68 lines deleted...]
-          </w:p>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...56 lines deleted...]
-          <w:p/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттің қаржы активтерін сатудан түсетін түсімдер </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -13422,97 +29216,183 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...45 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+5) Бюджет тапшылығы (профициті) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -13573,693 +29453,526 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...45 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+6) Бюджет тапшылығын қаржыландыру (профицитін пайдалану) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...151 lines deleted...]
-          <w:p/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздар түсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-0</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...163 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші функция</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -14288,813 +30001,790 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...131 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалардың әкiмшiсi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...178 lines deleted...]
-          </w:p>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарлама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...68 lines deleted...]
-          </w:p>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...56 lines deleted...]
-          <w:p/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздарды өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...62 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...44 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...62 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...29 lines deleted...]
-Бағдарлама</w:t>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
@@ -15138,535 +30828,639 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...93 lines deleted...]
-Атауы</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...178 lines deleted...]
-          </w:p>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ерекшелiгi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...68 lines deleted...]
-          </w:p>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...56 lines deleted...]
-          <w:p/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -15684,108 +31478,198 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...56 lines deleted...]
-          <w:p/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражаты қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -15835,108 +31719,166 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...56 lines deleted...]
-          <w:p/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының бос қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -16018,941 +31960,132 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...325 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...271 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының бос қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-32</w:t>
-[...208 lines deleted...]
-32</w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -17017,15227 +32150,103 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2024 жылғы 25 желтоқсандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№ 26 – 3 шешіміне № 2 қосымша</w:t>
+              <w:t>№ 26 – 3 шешіміне № 3 қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z31" w:id="25"/>
-[...15123 lines deleted...]
-    <w:bookmarkStart w:name="z36" w:id="27"/>
+    <w:bookmarkStart w:name="z36" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>2027 жылға арналған Бостандық ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z35" w:id="28"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z35" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мың тенге</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkEnd w:id="26"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -47241,55 +47250,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>