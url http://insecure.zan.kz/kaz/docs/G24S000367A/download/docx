--- v0 (2025-11-03)
+++ v1 (2025-12-21)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="ae9dc38" w14:textId="ae9dc38">
+    <w:p w14:paraId="0c978ee" w14:textId="0c978ee">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -895,50 +895,88 @@
               </w:rPr>
               <w:t>бекітілді</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z21" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Солтүстiк Қазақстан облысы әкiмдiгiнiң мемлекеттік сатып алу және коммуналдық меншік басқармасы" коммуналдық мемлекеттiк мекемесi туралы ЕРЕЖЕ</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Қосымша жаңа редакцияда - Солтүстік Қазақстан облысы әкімдігінің 03.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 232</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z22" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Петропавл қаласы, 2024 ж.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:bookmarkStart w:name="z23" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -953,1596 +991,1576 @@
         </w:rPr>
         <w:t xml:space="preserve"> 1. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkStart w:name="z24" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. "Солтүстік Қазақстан облысы әкімдігінің мемлекеттік сатып алу және коммуналдық меншік басқармасы" коммуналдық мемлекеттік мекемесі (бұдан әрі - Басқарма) Солтүстік Қазақстан облысы әкімдігі айқындайтын тауарлар, жұмыстар, көрсетілетін қызметтер бойынша мемлекеттік сатып алуды бірыңғай ұйымдастырушының функциясын жергілікті атқарушы органның құзыреті шегінде мемлекеттік сатып алу саласында және коммуналдық меншікті басқару саласында басшылықты жүзеге асыратын Қазақстан Республикасының мемлекеттік органы болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z25" w:id="15"/>
+    <w:bookmarkStart w:name="z27" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Басқарма өз қызметін Қазақстан Республикасының Конституциясына және заңдарына, Қазақстан Республикасының Президенті мен Үкіметінің актілеріне, өзге де нормативтік құқықтық актілерге, сондай-ақ осы Ережеге сәйкес жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z26" w:id="16"/>
+    <w:bookmarkStart w:name="z28" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Басқарма коммуналдық мемлекеттік мекеменің ұйымдық-құқықтық нысанындағы заңды тұлға болып табылады, Қазақстан Республикасының Мемлекеттік Елтаңбасы бейнеленген мөрі және мемлекеттік тілде өзінің атауы жазылған мөртабандары, белгіленген үлгідегі бланкілері, Қазақстан Республикасының заңнамасына сәйкес қазынашылық органдарында шоттары бар.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z27" w:id="17"/>
+    <w:bookmarkStart w:name="z29" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Басқарма азаматтық-құқықтық қатынастарды өз атынан жасайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z28" w:id="18"/>
+    <w:bookmarkStart w:name="z30" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Басқарма, Қазақстан Республикасы заңнамасына сәйкес осыған уәкілеттік берілген болса, мемлекеттің атынан азаматтық-құқықтық қатынастардың тарапы болуға құқығы бар.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z29" w:id="19"/>
+    <w:bookmarkStart w:name="z31" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Басқарма өз құзыретіндегі мәселелері бойынша заңнамада белгіленген тәртіппен Басқарма басшысының бұйрықтарымен және Қазақстан Республикасының заңнамасында көзделген басқа да актілермен ресімделетін шешімдер қабылдайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z30" w:id="20"/>
+    <w:bookmarkStart w:name="z32" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Басқарманың құрылымы мен штат санының лимиті Қазақстан Республикасы қолданыстағы заңнамаға сәйкес бекітіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z31" w:id="21"/>
+    <w:bookmarkStart w:name="z33" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Басқарманың орналасқан жері: 150011 Қазақстан Республикасы Солтүстік Қазақстан облысы Петропавл қаласы Парковая көшесі, 57В.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z32" w:id="22"/>
+    <w:bookmarkStart w:name="z34" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Осы Ереже Басқарманың құрылтай құжаты болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z33" w:id="23"/>
+    <w:bookmarkStart w:name="z35" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Басқарманың қызметін қаржыландыру жергілікті бюджеттен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z34" w:id="24"/>
+    <w:bookmarkStart w:name="z36" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Басқармаға кәсіпкерлік субъектілерімен Басқарманың өкілеттігі болып табылатын міндеттерді орындау тұрғысында шарттық қарым-қатынас жасауға тыйым салынады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z35" w:id="25"/>
+    <w:bookmarkStart w:name="z37" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Егер Басқармаға заңнамалық актілермен кіріс әкелетін қызметті жүзеге асыру құқығы берілсе, онда осындай қызметтен алынған кірістер, егер Қазақстан Республикасының бюджеттік заңнамасында өзгеше белгіленбесе, мемлекеттік бюджеттің кірісіне жіберіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z36" w:id="26"/>
+    <w:bookmarkStart w:name="z38" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2. Мемлекеттік органның мақсаттары мен өкілеттіктері</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z37" w:id="27"/>
+    <w:bookmarkStart w:name="z39" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Мақсаттары:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z38" w:id="28"/>
+    <w:bookmarkStart w:name="z40" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Мемлекеттік сатып алуды, оның ішінде Солтүстік Қазақстан облысының әкімдігі айқындайтын бюджеттік бағдарламалар және (немесе) тауарлар, жұмыстар, көрсетілетін қызметтер бойынша, сондай-ақ Қазақстан Республикасының қолданыстағы мемлекеттік сатып алу заңнамасы шеңберінде мемлекеттік сатып алуды ұйымдастыруды және өткізуді қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z39" w:id="29"/>
+    <w:bookmarkStart w:name="z41" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) мемлекеттік сатып алу саласындағы мемлекеттік саясатты іске асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z40" w:id="30"/>
-[...15 lines deleted...]
-      3) мемлекеттік сатып алу үшін пайдаланылатын бюджет қаражатының оңтайлы және тиімді жұмсалуын қамтамасыз ету;</w:t>
+    <w:bookmarkStart w:name="z42" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) облыстық коммуналдық меншікті басқару.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z41" w:id="31"/>
-[...15 lines deleted...]
-      4) облыстық коммуналдық меншікті басқару.</w:t>
+    <w:bookmarkStart w:name="z43" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Өкілеттіктер:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z42" w:id="32"/>
-[...15 lines deleted...]
-      13. Өкілеттіктер:</w:t>
+    <w:bookmarkStart w:name="z44" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) құқықтар:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z43" w:id="33"/>
-[...15 lines deleted...]
-      1) құқықтар:</w:t>
+    <w:bookmarkStart w:name="z45" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Солтүстік Қазақстан облысы аумағында дамытудың негізгі бағыттары, мемлекеттік сатып алу және коммуналдық меншікті басқару салаларындағы мәселелерді шешу бойынша облыс әкімдігі мен әкімінің қарауына ұсыныстар енгізеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z44" w:id="34"/>
-[...15 lines deleted...]
-      Солтүстік Қазақстан облысы аумағында дамытудың негізгі бағыттары, мемлекеттік сатып алу және коммуналдық меншікті басқару салаларындағы мәселелерді шешу бойынша облыс әкімдігі мен әкімінің қарауына ұсыныстар енгізеді;</w:t>
+    <w:bookmarkStart w:name="z46" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      басқарманың алдына қойылған міндеттерді орындауға байланысты мәселелер бойынша мемлекеттік органдармен, лауазымды адамдармен, ұйымдармен және азаматтармен келісім бойынша белгіленген тәртіпте ақпаратты сұратады және алады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z45" w:id="35"/>
-[...15 lines deleted...]
-      басқарманың алдына қойылған міндеттерді орындауға байланысты мәселелер бойынша мемлекеттік органдармен, лауазымды адамдармен, ұйымдармен және азаматтармен келісім бойынша белгіленген тәртіпте ақпаратты сұратады және алады;</w:t>
+    <w:bookmarkStart w:name="z47" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасы заңнамасында белгіленген тәртіпте Басқарманың, оның ішінде соттарда құқықтары мен мүдделерін қорғауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z46" w:id="36"/>
-[...15 lines deleted...]
-      Қазақстан Республикасы заңнамасында белгіленген тәртіпте Басқарманың, оның ішінде соттарда құқықтары мен мүдделерін қорғауды жүзеге асырады;</w:t>
+    <w:bookmarkStart w:name="z48" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өз құзыреті шегінде шарттар, келісімдер жасасады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z47" w:id="37"/>
-[...15 lines deleted...]
-      өз құзыреті шегінде шарттар, келісімдер жасасады.</w:t>
+    <w:bookmarkStart w:name="z49" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) міндеттері:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z48" w:id="38"/>
-[...15 lines deleted...]
-      2) міндеттері:</w:t>
+    <w:bookmarkStart w:name="z50" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      орталықтандырылған мемлекеттік сатып алуды ұйымдастыру және коммуналдық меншікті басқаруды өткізу рәсімдерін орындауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z49" w:id="39"/>
-[...15 lines deleted...]
-      орталықтандырылған мемлекеттік сатып алуды ұйымдастыру және коммуналдық меншікті басқаруды өткізу рәсімдерін орындауды жүзеге асырады;</w:t>
+    <w:bookmarkStart w:name="z51" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мемлекеттік орган қызметінің ашықтығы мен мөлдірлігі, оның ішінде "Ашық деректер", "Ашық бюджет", "Ашық нормативтік құқықтық актілер", "Ашық диалог" порталдарын толықтыру және сүйемелдеу жөніндегі жұмысты жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z50" w:id="40"/>
-[...15 lines deleted...]
-      мемлекеттік орган қызметінің ашықтығы мен мөлдірлігі, оның ішінде "Ашық деректер", "Ашық бюджет", "Ашық нормативтік құқықтық актілер", "Ашық диалог" порталдарын толықтыру және сүйемелдеу жөніндегі жұмысты жүзеге асырады;</w:t>
+    <w:bookmarkStart w:name="z52" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасы Президентінің, Үкіметінің және өзге де орталық атқарушы органдардың, сондай-ақ Солтүстік Қазақстан облысы әкімі мен әкімдігінің актілері мен тапсырмаларын сапалы және уақытылы орындайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z51" w:id="41"/>
-[...15 lines deleted...]
-      Қазақстан Республикасы Президентінің, Үкіметінің және өзге де орталық атқарушы органдардың, сондай-ақ Солтүстік Қазақстан облысы әкімі мен әкімдігінің актілері мен тапсырмаларын сапалы және уақытылы орындайды;</w:t>
+    <w:bookmarkStart w:name="z53" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жеке және заңды тұлғалардың өтініштерін белгіленген тәртіпте қарайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z52" w:id="42"/>
-[...15 lines deleted...]
-      жеке және заңды тұлғалардың өтініштерін белгіленген тәртіпте қарайды;</w:t>
+    <w:bookmarkStart w:name="z54" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жеке тұлғаларды және заңды тұлғалар өкілдерін қабылдауды ұйымдастырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z53" w:id="43"/>
-[...15 lines deleted...]
-      жеке тұлғаларды және заңды тұлғалар өкілдерін қабылдауды ұйымдастырады;</w:t>
+    <w:bookmarkStart w:name="z55" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының қолданыстағы заңнамасының нормаларын сақтайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z54" w:id="44"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z55" w:id="45"/>
+    <w:bookmarkStart w:name="z56" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14. Функциялар: </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z57" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) мемлекеттік сатып алу саласындағы функциялар:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z56" w:id="46"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z57" w:id="47"/>
+    <w:bookmarkStart w:name="z58" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       мемлекеттік сатып алуды бірыңғай ұйымдастырушы Қазақстан Республикасының уәкілетті органы бекіткен мемлекеттік сатып алуды облыстың мемлекеттік сатып алуды бірыңғай ұйымдастырушысы жүзеге асыратын тауарлардың, жұмыстардың, көрсетілетін қызметтердің тізбесі, сондай-ақ Қазақстан Республикасының уәкілетті органы айқындаған тауарлардың, жұмыстардың, көрсетілетін қызметтердің тізбесі аясында біртекті тауарларды, жұмыстарды, көрсетілетін қызметтерді оларды жеткізу (орындау,көрсету) орнына қарамастан бір лотқа біріктіру жолымен тауарларды, жұмыстарды, көрсетілетін қызметтерді мемлекеттік сатып алуды ұйымдастыруды және өткізуді жүзеге асырады; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z58" w:id="48"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z59" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       мемлекеттік сатып алуды жүзеге асыру қағидаларында белгіленген құжаттарды қамтитын, мемлекеттік сатып алуды ұйымдастыруға және өткізуге тапсырыс беруші ұсынған тапсырмаларды қарауды; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z60" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тапсырыс беруші ұсынған, мемлекеттік сатып алуды жүзеге асыру қағидаларында белгіленген құжаттарды қамтитын тапсырма негізінде конкурстық құжаттаманы (аукциондық құжаттаманы) әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z59" w:id="49"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z60" w:id="50"/>
+    <w:bookmarkStart w:name="z61" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       конкурстық құжаттамаға (аукциондық құжаттамаға) өзгерістер және (немесе) толықтырулар енгізеді; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z61" w:id="51"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z62" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       конкурстық комиссияның (аукциондық комиссияның) құрамын айқындайды және бекітеді; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z62" w:id="52"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z63" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       мемлекеттік сатып алу веб-порталында мемлекеттік сатып алуды өткізу туралы хабарландыруды орналастырады; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z64" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      конкурстық құжаттаманың (аукциондық құжаттаманың) ережелерін түсіндіреді;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z63" w:id="53"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z64" w:id="54"/>
+    <w:bookmarkStart w:name="z65" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       тапсырыс берушіге олар туралы мәліметтер мемлекеттік сатып алу туралы шарттың жобасына конкурстық құжаттаманы (аукциондық құжаттаманы) және (немесе) конкурстық құжаттаманың (аукциондық құжаттаманың) техникалық ерекшелігін алған адамдарды тіркеу журналына енгізілген, мемлекеттік сатып алу веб-порталында автоматты түрде тіркелген адамдар тарапынан ұсыныстар мен ескертулер жібереді; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z66" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      әлеуетті өнім берушілердің конкурсқа қатысуға өтінімдерін қарайды;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z65" w:id="55"/>
-[...15 lines deleted...]
-      әлеуетті өнім берушілердің конкурсқа қатысуға өтінімдерін қарайды;</w:t>
+    <w:bookmarkStart w:name="z67" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасы заңнамасында көзделген жағдайларда тиісті бюджеттің кірісіне есепке жатқызуды қамтамасыз етеді не конкурс (аукцион) тәсілімен электрондық мемлекеттік сатып алуға қатысуға өтінімді қамтамасыз етуді әлеуетті өнім берушіге қайтарады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z66" w:id="56"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z67" w:id="57"/>
+    <w:bookmarkStart w:name="z68" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасы заңнамасында көзделген жағдайларда әлеуетті өнім берушілерді мемлекеттік сатып алуға жосықсыз қатысушылар деп тану туралы сотқа талап-арыз жібереді, сот процестеріне қатысады; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z68" w:id="58"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z69" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       мемлекеттік сатып алу мониторингін жүргізуді жүзеге асырады; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z70" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бірыңғай ұйымдастырушының әрекеттеріне (әрекетсіздігіне), шешімдеріне шағымдарды қарау;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z69" w:id="59"/>
+    <w:bookmarkStart w:name="z71" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Облыстық коммуналдық мүлікті басқару саласындағы функциялар:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z70" w:id="60"/>
-[...15 lines deleted...]
-      облыстық коммуналдық мүлікті, сондай-ақ мүліктік кешен ретінде кәсіпорындарды жекешелендіруді жүзеге асыру, оның ішінде жекешелендіру процесін ұйымдастыру үшін делдалды тартады, жекешелендіру объектісін бағалауды қамтамасыз етеді, жекешелендіру объектісінің сатып алу-сату шарттарын дайындау мен жасасуды және сатып алу-сату шарттары талаптарының сақталуын бақылауды жүзеге асырады;</w:t>
+    <w:bookmarkStart w:name="z72" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тұрғын үй қорының объектілерін қоспағанда, облыстық коммуналдық мүлікті, сондай-ақ мүліктік кешен ретінде кәсіпорындарды жекешелендіруді жүзеге асыру, оның ішінде жекешелендіру процесін ұйымдастыру үшін делдалды тартады, жекешелендіру объектісін бағалауды қамтамасыз етеді, жекешелендіру объектісінің сатып алу-сату шарттарын дайындау мен жасасуды және сатып алу-сату шарттары талаптарының сақталуын бақылауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z71" w:id="61"/>
+    <w:bookmarkStart w:name="z73" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       облыстық коммуналдық мүлікті сенімгерлік басқаруға немесе жалға беру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z72" w:id="62"/>
-[...15 lines deleted...]
-      даму жоспарларын және олардың облыстық мемлекеттік кәсіпорындармен, мемлекет бақылайтын акционерлік қоғамдармен және жауапкершілігі шектеулі серіктестіктермен орындалуы туралы есептерді қабылдау, таза табыстың бір бөлігі мен дивидендтерді аудару;</w:t>
+    <w:bookmarkStart w:name="z74" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      облыстық коммуналдық мүлікті республикалық меншікке, облыстардың, астананың және республикалық маңызы бар қаланың коммуналдық меншігіне беру жөніндегі облыс әкімдігінің қаулыларын дайындау және әзірлеу бойынша жұмысты ұйымдастыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z73" w:id="63"/>
-[...15 lines deleted...]
-      облыстық коммуналдық мүлікті республикалық меншікке, облыстардың, астананың және республикалық маңызы бар қаланың коммуналдық меншігіне беру жөніндегі облыс әкімдігінің қаулыларын дайындау және әзірлеу бойынша жұмысты ұйымдастыру;</w:t>
+    <w:bookmarkStart w:name="z75" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мүлікті облыстың коммуналдық меншігінен аудандар мен Петропавл қаласының коммуналдық меншігіне беру туралы шешім қабылдау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z74" w:id="64"/>
-[...15 lines deleted...]
-      мүлікті облыстың коммуналдық меншігінен аудандар мен Петропавл қаласының коммуналдық меншігіне беру туралы шешім қабылдау;</w:t>
+    <w:bookmarkStart w:name="z76" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мемлекеттік мүлікті басқару жөніндегі уәкілетті органның шешімі негізінде мүлікті республикалық меншіктен облыстың коммуналдық меншігіне, сондай-ақ аудандар және Петропавл қаласы әкімдіктерінің коммуналдық меншігінен облыстың коммуналдық меншігіне қабылдау туралы шешім қабылдау және мүлікті жеке меншіктен қабылдау туралы облыс әкімігінің қаулыларын дайындау және әзірлеу жөніндегі жұмысты ұйымдастыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z75" w:id="65"/>
-[...15 lines deleted...]
-      мемлекеттік мүлікті басқару жөніндегі уәкілетті органның шешімі негізінде мүлікті республикалық меншіктен облыстың коммуналдық меншігіне, сондай-ақ аудандар және Петропавл қаласы әкімдіктерінің коммуналдық меншігінен облыстың коммуналдық меншігіне қабылдау туралы шешім қабылдау және мүлікті жеке меншіктен қабылдау туралы облыс әкімігінің қаулыларын дайындау және әзірлеу жөніндегі жұмысты ұйымдастыру;</w:t>
+    <w:bookmarkStart w:name="z77" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      коммуналдық мемлекеттік заңды тұлғаларға бекітіп берілген негізгі құралдарды есептен шығаруды келісу.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z76" w:id="66"/>
-[...15 lines deleted...]
-      коммуналдық мемлекеттік заңды тұлғаларға бекітіп берілген негізгі құралдарды есептен шығаруды келісу.</w:t>
+    <w:bookmarkStart w:name="z78" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Мемлекеттік органның, алқалы органдардың (бар болса) бірінші басшысының мәртебесі, өкілеттіктері</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z77" w:id="67"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 3. Мемлекеттік органның, алқалы органдардың (бар болса) бірінші басшысының мәртебесі, өкілеттіктері</w:t>
+    <w:bookmarkStart w:name="z79" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Басқармаға басшылықты Басқармаға жүктелген міндеттердің орындалуына және оның өз өкілеттіктерін жүзеге асыруға дербес жауапты болатын бірінші басшы жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z78" w:id="68"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z79" w:id="69"/>
+    <w:bookmarkStart w:name="z80" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16. Басқарманың бірінші басшысын Қазақстан Республикасының заңнамасына сәйкес Солтүстік Қазақстан облысының әкімі қызметке тағайындайды және қызметтен босатады. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z81" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Басқарманың бірінші басшысының Қазақстан Республикасының заңнамасына сәйкес қызметке тағайындалатын және қызметтен босатылатын орынбасарлары болады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z80" w:id="70"/>
-[...15 lines deleted...]
-      17. Басқарманың бірінші басшысының Қазақстан Республикасының заңнамасына сәйкес қызметке тағайындалатын және қызметтен босатылатын орынбасарлары болады.</w:t>
+    <w:bookmarkStart w:name="z82" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Басқарманың бірінші басшысының өкілеттіктері:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z81" w:id="71"/>
-[...15 lines deleted...]
-      18. Басқарманың бірінші басшысының өкілеттіктері:</w:t>
+    <w:bookmarkStart w:name="z83" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      басшы орынбасарларының, құрылымдық бөлімшелер басшыларының міндеттері мен өкілеттіктерін айқындайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z82" w:id="72"/>
-[...15 lines deleted...]
-      басшы орынбасарларының, құрылымдық бөлімшелер басшыларының міндеттері мен өкілеттіктерін айқындайды;</w:t>
+    <w:bookmarkStart w:name="z84" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Басқарма қызметкерлерін қызметке тағайындайды және қызметтен босатады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z83" w:id="73"/>
-[...15 lines deleted...]
-      Басқарма қызметкерлерін қызметке тағайындайды және қызметтен босатады;</w:t>
+    <w:bookmarkStart w:name="z85" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Басқарма қызметкерлерін көтермелеу және тәртіптік жаза қолдану мәселелерін шешеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z84" w:id="74"/>
-[...15 lines deleted...]
-      Басқарма қызметкерлерін көтермелеу және тәртіптік жаза қолдану мәселелерін шешеді;</w:t>
+    <w:bookmarkStart w:name="z86" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Басқарманың бұйрықтарына қол қояды, сондай-ақ Басқарма қызметкерлерінің орындауы үшін міндетті нұсқаулар береді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z85" w:id="75"/>
-[...15 lines deleted...]
-      Басқарманың бұйрықтарына қол қояды, сондай-ақ Басқарма қызметкерлерінің орындауы үшін міндетті нұсқаулар береді;</w:t>
+    <w:bookmarkStart w:name="z87" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Басқарманы мемлекеттік органдарда, өзге де ұйымдарда ұсынады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z86" w:id="76"/>
-[...15 lines deleted...]
-      Басқарманы мемлекеттік органдарда, өзге де ұйымдарда ұсынады;</w:t>
+    <w:bookmarkStart w:name="z88" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Басқармада Қазақстан Республикасы заңнамасының сақталуын қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z87" w:id="77"/>
-[...15 lines deleted...]
-      Басқармада Қазақстан Республикасы заңнамасының сақталуын қамтамасыз етеді;</w:t>
+    <w:bookmarkStart w:name="z89" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Басқарма қызметкерлерінің Қазақстан Республикасының сыбайлас жемқорлыққа қарсы заңнамасын сақтауы үшін дербес жауапты болады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z88" w:id="78"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z89" w:id="79"/>
+    <w:bookmarkStart w:name="z90" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Басшы жұмысты ұйымдастырады және оған басшылық жасайды, Қазақстан Республикасының ерлер мен әйелдердің тең құқықтарының және тең мүмкіндіктерінің мемлекеттік кепілдіктері туралы заңнамасының сақталуын қамтамасыз етеді, жүктелген міндеттердің орындалуы мен оның өз функцияларын жүзеге асыруы үшін дербес жауапты болады. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z91" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Басқарманың бірінші басшысы болмаған кезеңде оның өкілеттіктерін орындауды қолданыстағы заңнамаға сәйкес оны алмастыратын адам жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z90" w:id="80"/>
-[...15 lines deleted...]
-      Басқарманың бірінші басшысы болмаған кезеңде оның өкілеттіктерін орындауды қолданыстағы заңнамаға сәйкес оны алмастыратын адам жүзеге асырады.</w:t>
+    <w:bookmarkStart w:name="z92" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Бірінші басшы өз орынбасарларының өкілеттіктерін қолданыстағы заңнамаға сәйкес айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z91" w:id="81"/>
-[...15 lines deleted...]
-      19. Бірінші басшы өз орынбасарларының өкілеттіктерін қолданыстағы заңнамаға сәйкес айқындайды.</w:t>
+    <w:bookmarkStart w:name="z93" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4. Мемлекеттік органның мүлкі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z92" w:id="82"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 4. Мемлекеттік органның мүлкі</w:t>
+    <w:bookmarkStart w:name="z94" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Басқарманың заңнамада көзделген жағдайларда жедел басқару құқығында оқшауланған мүлкі болуы мүмкін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z93" w:id="83"/>
-[...15 lines deleted...]
-      20. Басқарманың заңнамада көзделген жағдайларда жедел басқару құқығында оқшауланған мүлкі болуы мүмкін.</w:t>
+    <w:bookmarkStart w:name="z95" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мүлік оған меншiк иесi берген мүлiк, сондай-ақ өз қызметi нәтижесiнде сатып алынған мүлiк (ақшалай кiрiстi қоса алғанда) және Қазақстан Республикасының заңнамасында тыйым салынбаған өзге де көздер есебiнен қалыптастырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z94" w:id="84"/>
-[...15 lines deleted...]
-      Мүлік оған меншiк иесi берген мүлiк, сондай-ақ өз қызметi нәтижесiнде сатып алынған мүлiк (ақшалай кiрiстi қоса алғанда) және Қазақстан Республикасының заңнамасында тыйым салынбаған өзге де көздер есебiнен қалыптастырылады.</w:t>
+    <w:bookmarkStart w:name="z96" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Басқармаға бекітілген мүлік коммуналдық меншікке жатады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z95" w:id="85"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z96" w:id="86"/>
+    <w:bookmarkStart w:name="z97" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       22. Егер заңнамада өзгеше көзделмесе, Басқарма өзіне бекітілген мүлікті және қаржыландыру жоспары бойынша өзіне бөлінген қаражат есебінен сатып алынған мүлікті өз бетімен иеліктен шығаруға немесе оған өзгедей тәсілмен билік етуге құқығы жоқ. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z98" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5. Мемлекеттік органды қайта ұйымдастыру және тарату</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z97" w:id="87"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 5. Мемлекеттік органды қайта ұйымдастыру және тарату</w:t>
+    <w:bookmarkStart w:name="z99" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Басқарманы қайта ұйымдастыру және тарату Қазақстан Республикасының заңнамасына сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z98" w:id="88"/>
-[...15 lines deleted...]
-      23. Басқарманы қайта ұйымдастыру және тарату Қазақстан Республикасының заңнамасына сәйкес жүзеге асырылады.</w:t>
+    <w:bookmarkStart w:name="z100" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Басқарманың ведомстволық бағынысты ұйымдары мен ведомстволары жоқ.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z99" w:id="89"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -2868,31 +2886,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>