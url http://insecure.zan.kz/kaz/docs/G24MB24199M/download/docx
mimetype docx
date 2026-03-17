--- v0 (2025-11-12)
+++ v1 (2026-03-17)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="ef1ac14" w14:textId="ef1ac14">
+    <w:p w14:paraId="69e5d2d" w14:textId="69e5d2d">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,631 +93,679 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2025 - 2027 жылдарға арналған Кендірлі ауылының бюджеті туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Маңғыстау облысы Жаңаөзен қалалық мәслихатының 2024 жылғы 30 желтоқсандағы № 24/199 шешімі</w:t>
+        <w:t>Маңғыстау облысы Жаңаөзен қалалық мәслихатының 2024 жылғы 30 желтоқсандағы № 24/199 шешімі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ескерту. 01.01.2025 бастап қолданысқа енгізіледі - осы шешімнің 3 - тармағымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1" w:id="0"/>
-[...139 lines deleted...]
-    <w:bookmarkStart w:name="z3" w:id="2"/>
+    <w:bookmarkStart w:name="z2" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 1 441 147,0 мың теңге, оның ішінде:</w:t>
+      Қазақстан Республикасының Бюджет кодексіне, "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" Қазақстан Республикасының Заңына сәйкес, Жаңаөзен қалалық мәслихаты </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ШЕШІМ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ҚАБЫЛДАДЫ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z4" w:id="3"/>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - Маңғыстау облысы Жанаозен қалалық мәслихатының 22.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 29/254</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z23" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер бойынша – 84 780,0 мың теңге;</w:t>
+      1. 2025 - 2027 жылдарға арналған Кендірлі ауылының бюджеті тиісінше осы шешімнің 1, 2 және 3 қосымшаларына сәйкес, оның ішінде 2025 жылға келесідей көлемдер бекітілсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z5" w:id="4"/>
+    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық емес түсімдер бойынша – 0 теңге;</w:t>
+      1) кірістер – 1 325 759,6 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z6" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      негізгі капиталды сатудан түсетін түсімдер бойынша – 0 теңге;</w:t>
+      салықтық түсімдер бойынша – 93 677,7 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z7" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттердің түсімдері бойынша – 1 356 367,0 мың теңге;</w:t>
+      салықтық емес түсімдер бойынша – 2,3 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z8" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 1 441 147,0 мың теңге;</w:t>
+      негізгі капиталды сатудан түсетін түсімдер бойынша – 6 084,0 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z9" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      трансферттердің түсімдері бойынша 1 225 995,6 мың теңге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) шығындар – 1 325 775,7 мың теңге;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – 0 теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z10" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттер – 0 теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z11" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттерді өтеу – 0 теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z12" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) қаржы активтерімен операциялар бойынша сальдо – 0 теңге, оның</w:t>
+      4) қаржы активтерімен операциялар бойынша сальдо – 0 теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z14" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қаржы активтерін сатып алу – 0 теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z15" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттің қаржы активтерін сатудан түсетін түсімдер – 0 теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z16" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) бюджет тапшылығы (профициті) – 0 теңге;</w:t>
+      5) бюджет тапшылығы (профициті) – -16,1 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z17" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) –</w:t>
+      6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 16,1 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z19" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздар түсімдері – 0 теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z20" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздарды өтеу – 0 теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z21" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бюджет қаражатының пайдаланылатын қалдықтары – 0 теңге.</w:t>
+      бюджет қаражатының пайдаланылатын қалдықтары – 16,1 мың теңге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z22" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1 - тармақ жаңа редакцияда - Маңғыстау облысы Жанаозен қалалық мәслихатының 26.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ 33/296 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. 2025 жылға арналған Кендірлі ауылының бюджетіне қалалық бюджеттен 1 355 844,0 мың теңге сомасында субвенция бөлінгені ескерілсін.</w:t>
+      2. 2025 жылға арналған Кендірлі ауылының бюджетіне қалалық бюджеттен 1 225 472,6 мың теңге сомасында субвенция бөлінгені ескерілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z23" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 2 - тармақ жаңа редакцияда - Маңғыстау облысы Жанаозен қалалық мәслихатының 26.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ 33/296 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы шешім 2025 жылдың 1 қаңтарынан бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1015,68 +1063,104 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 24/199 шешіміне 1 қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z27" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Кендірлі ауылының бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 1 - қосымша жаңа редакцияда - Маңғыстау облысы Жанаозен қалалық мәслихатының 26.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ 33/296 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -1663,51 +1747,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- 1 441 147,0</w:t>
+1 325 759,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1841,51 +1925,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-84 780,0</w:t>
+93 677,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2019,51 +2103,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9 158,0</w:t>
+14 500,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2197,51 +2281,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9 158,0</w:t>
+14 500,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2375,51 +2459,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-75 622,0</w:t>
+79 153,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2553,51 +2637,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 657,0</w:t>
+740,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2731,51 +2815,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-900,0</w:t>
+84,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2909,51 +2993,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-73 065,0</w:t>
+78 324,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2973,165 +3057,165 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-0,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бірыңғай жер салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3151,207 +3235,203 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+05</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...80 lines deleted...]
-0,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тауарларға, жұмыстарға және көрсетілетін қызметтерге салынатын ішкі салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -3366,202 +3446,206 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-0,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жер учаскелерін пайдаланғаны үшін төлемақы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...41 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3585,87 +3669,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жергілікті бюджетке түсетін басқа да салықтық емес түсімдер</w:t>
-[...35 lines deleted...]
-0,0</w:t>
+Салықтық емес түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3685,207 +3769,203 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+06</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...80 lines deleted...]
-0,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жергілікті бюджетке түсетін басқа да салықтық емес түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -3900,202 +3980,206 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
- 1 356 367,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Салықтық емес түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...41 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4119,87 +4203,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік басқарудың жоғары тұрған органдарынан түсетін трансферттер</w:t>
-[...35 lines deleted...]
-1 356 367,0</w:t>
+Негізгі капиталды сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 084,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4219,407 +4303,568 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...80 lines deleted...]
-1 356 367,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жерді және материалдық емес активтерді сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 084,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...103 lines deleted...]
-Сомасы, мың теңге</w:t>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жерді сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 077,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...57 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Материалдық емес активтерді сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 007,0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...13 lines deleted...]
-            <w:vMerge w:val="restart"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -4629,1329 +4874,1048 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...36 lines deleted...]
-          <w:p/>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттердің түсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 225 995,6</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vMerge/>
-[...114 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік басқарудың жоғары тұрған органдарынан түсетін трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ 1 225 995,6</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...95 lines deleted...]
-              <w:t xml:space="preserve"> 3</w:t>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 225 995,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...62 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...97 lines deleted...]
- 1 441 147,0</w:t>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
-            <w:tcBorders>
-[...198 lines deleted...]
-          </w:p>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші функция</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...199 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалар дың әкімшісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...199 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарлама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-60 920,0</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5982,603 +5946,568 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...133 lines deleted...]
-0,0</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2. Шығындар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 325 775,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-35 780,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жалпы сипаттағы мемлекеттік көрсетілетін қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+154 938,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
- 1 059 009,0 </w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттiк басқарудың жалпы функцияларын орындайтын өкiлдi, атқарушы және басқа органдар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+154 938,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6598,196 +6527,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
- 1 059 009,0 </w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+154 938,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6839,164 +6768,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
- 1 059 009,0 </w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+96 850,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7089,123 +7018,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-008</w:t>
-[...71 lines deleted...]
-160 000,0</w:t>
+022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік органның күрделі шығыстары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 243,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7298,541 +7227,541 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-009</w:t>
-[...71 lines deleted...]
-150 000,0 </w:t>
+032</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ведомстволық бағынысты мемлекеттік мекемелер мен ұйымдардың күрделі шығыстары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+51 845,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-749 009,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғын үй-коммуналдық шаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+789 962, 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-276 814,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғын үй шаруашылығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+789 962, 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7852,196 +7781,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-276 814,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+789 962, 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8093,164 +8022,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-276 814,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердегі көшелерді жарықтандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+160 000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8343,541 +8272,541 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-006</w:t>
-[...71 lines deleted...]
-276 814,0</w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердің санитариясын қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+150 000,0 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-8 624,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді абаттандыру мен көгалдандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+479 962,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-8 624,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мәдениет, спорт, туризм және ақпараттық кеңістік</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+341 452,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8897,196 +8826,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-8 624,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мәдениет саласындағы қызмет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+341 452,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9138,164 +9067,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-8 624,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+341 452,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9379,333 +9308,341 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-0,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жергілікті деңгейде мәдени–демалыс жұмысын қолдау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+341 452,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...172 lines deleted...]
-0,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлік және коммуникация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+39 423,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9725,192 +9662,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...140 lines deleted...]
-0,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Автомобиль көлігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+39 423,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9962,160 +9903,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-0,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+39 423,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10199,128 +10144,132 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-0,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қалалардың, ауылдардың, кенттердің, ауылдық округтердің автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+39 423,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10445,51 +10394,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
+3. Таза бюджетті кредиттеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10650,51 +10599,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5. Бюджет тапшылығы (профициті)</w:t>
+Бюджеттік кредиттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10855,51 +10804,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6. Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
+Бюджеттік кредиттерді өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11060,51 +11009,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қарыздар түсімдері</w:t>
+4. Қаржы активтерімен операциялар бойынша сальдо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11265,920 +11214,1349 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қарыздарды өтеу</w:t>
+Қаржы активтерін сатып алу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...104 lines deleted...]
-Сомасы, мың теңге</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
-[...90 lines deleted...]
-          <w:p/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5. Бюджет тапшылығы (профициті)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+-16,1 </w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...103 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6. Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16,1</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...96 lines deleted...]
-              <w:t xml:space="preserve"> 3</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздар түсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...109 lines deleted...]
-Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздарды өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...66 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...97 lines deleted...]
-0,0</w:t>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
-            <w:tcBorders>
-[...26 lines deleted...]
-          </w:p>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -12201,50 +12579,646 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+Кіші сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражаты қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -12273,56 +13247,91 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0,0</w:t>
+16,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -12492,68 +13501,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 24/199 шешіміне 2 қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z31" w:id="24"/>
+    <w:bookmarkStart w:name="z31" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2026 жылға арналған Кендірлі ауылының бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkEnd w:id="2"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -23551,68 +24560,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 24/199 шешіміне 3 қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z35" w:id="25"/>
+    <w:bookmarkStart w:name="z35" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2027 жылға арналған Кендірлі ауылының бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkEnd w:id="3"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -34467,55 +35476,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>