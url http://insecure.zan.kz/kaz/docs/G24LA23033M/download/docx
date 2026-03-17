--- v0 (2025-11-10)
+++ v1 (2026-03-17)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="bab82d1" w14:textId="bab82d1">
+    <w:p w14:paraId="dd868ba" w14:textId="dd868ba">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -174,68 +174,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, Қазақстан Республикасының "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" Заңының 6-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1) тармақшасына сәйкес Қызылорда қалалық мәслихаты ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. 2025-2027 жылдарға арналған Белкөл кентінің бюджеті </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -270,310 +253,311 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-қосымшаларға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, оның ішінде 2025 жылға мынадай көлемде бекітілсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z8" w:id="1"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z8" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) кірістер – 298 634,2 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z9" w:id="2"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z9" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық түсімдер –37 866,0 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z10" w:id="3"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z10" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық емес түсімдер – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z11" w:id="4"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z11" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       трансферттердің түсімдері – 260 768,2 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z12" w:id="5"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z12" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 315 124,2 мың теңге;</w:t>
+      2) шығындар – 317 894,2 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z13" w:id="6"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z13" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – 0, оның ішінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z14" w:id="7"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z14" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттер – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z15" w:id="8"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z15" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттерді өтеу – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z16" w:id="9"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z16" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) қаржы активтерімен операциялар бойынша сальдо – 0, оның ішінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z17" w:id="10"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z17" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қаржы активтерін сатып алу – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z18" w:id="11"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z18" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттің қаржы активтерін сатудан түсетін түсімдер - 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z19" w:id="12"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z19" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) бюджет тапшылығы (профициті) – - 16 490,0 мың теңге;</w:t>
+      5) бюджет тапшылығы (профициті) – - 19 260,0 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z20" w:id="13"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z20" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) бюджет тапшылығын қаржыландыру (профицитті пайдалану) – 16 490,0 мың теңге;</w:t>
+      6) бюджет тапшылығын қаржыландыру (профицитті пайдалану) – 19 260,0 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkEnd w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздар түсімі – 0;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -581,195 +565,195 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздарды өтеу – 0.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бюджет қаражатының пайдаланылатын қалдықтары – 16 490,0 мың теңге.</w:t>
+      бюджет қаражатының пайдаланылатын қалдықтары – 19 260,0 мың теңге.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Қызылорда қалалық мәслихатының 04.06.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Қызылорда қалалық мәслихатының 29.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 276-39/2</w:t>
+        <w:t>№ 297-42/3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z21" w:id="14"/>
+    <w:bookmarkStart w:name="z21" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қалалық бюджеттен Белкөл кенті бюджетіне берілетін субвенция көлемі 2025 жылғы – 74 127,0 мың теңге, 2026 жылға – 59 109,0 мың теңге, 2027 жылға – 58 994,0 мың теңге сомасында бекітілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z22" w:id="15"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z22" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. 2025 жылға арналған Белкөл кенті бюджетін атқару процесінде секвестрлеуге жатпайтын бюджеттік бағдарламалар тізбесі </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес бекітілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z23" w:id="16"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z23" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Осы шешім 2025 жылғы 1 қаңтардан бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkEnd w:id="17"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -967,126 +951,126 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2024 жылғы 24 желтоқсандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№230-33/2 шешіміне 1-қосымша</w:t>
+              <w:t>№ 230-33/2 шешіміне 1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z28" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2025 жылға арналған Белкөл кентінің бюджеті</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-</w:t>
+        <w:t xml:space="preserve">
+      Ескерту. 1-қосымша жаңа редакцияда - Қызылорда қалалық мәслихатының 29.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 297-42/3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Белкөл кентінің бюджеті</w:t>
-      </w:r>
-[...36 lines deleted...]
-        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
@@ -1141,70 +1125,69 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...18 lines deleted...]
-мың теңге</w:t>
+              <w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4032,51 +4015,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-260 767,2</w:t>
+260 768,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4210,51 +4193,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-260 767,2</w:t>
+260 768,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4388,51 +4371,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-260 767,2</w:t>
+260 768,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -5282,51 +5265,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-315 124,2</w:t>
+317 894,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5491,51 +5474,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-59 806,9</w:t>
+67 389,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5700,51 +5683,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-59 806,9</w:t>
+67 389,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5909,51 +5892,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-59 806,9</w:t>
+67 389,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6118,51 +6101,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-58 004,9</w:t>
+65 587,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6536,51 +6519,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-57 987,2</w:t>
+53 208,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6745,51 +6728,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-57 987,2</w:t>
+53 208,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6954,51 +6937,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-57 987,2</w:t>
+53 208,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7163,51 +7146,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-25 189,0</w:t>
+25 636,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7372,51 +7355,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 323,0</w:t>
+1 109,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7581,51 +7564,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-31 475,2</w:t>
+26 463,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7790,51 +7773,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-23 136,0</w:t>
+23 102,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8626,51 +8609,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-207,0</w:t>
+173,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8835,51 +8818,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-207,0</w:t>
+173,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9044,51 +9027,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-207,0</w:t>
+173,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12372,51 +12355,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
--16 490,0</w:t>
+-19 260,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12577,51 +12560,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-16 490,0</w:t>
+19 260,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13168,87 +13151,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
-[...35 lines deleted...]
-16 490,0</w:t>
+Бюджет қаражатыныңпайдаланылатынқалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19 260,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13377,51 +13360,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджет қаражаты қалдықтары</w:t>
+Бюджет қаражатықалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13622,51 +13605,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 770,7</w:t>
+0,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13831,51 +13814,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 770,7</w:t>
+0,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -13940,12574 +13923,71 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2024 жылғы 24 желтоқсандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№230-33/2 шешіміне 2-қосымша</w:t>
+              <w:t>№ 230-33/2 шешіміне 2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z33" w:id="17"/>
+    <w:bookmarkStart w:name="z33" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2026 жылға арналған Белкөл кентінің бюджеті</w:t>
-      </w:r>
-[...12501 lines deleted...]
-        <w:t xml:space="preserve"> 2027 жылға арналған Белкөл кентінің бюджеті</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
@@ -26549,51 +14029,51 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z39" w:id="20"/>
+          <w:bookmarkStart w:name="z34" w:id="20"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Сомасы, </w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="20"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -27320,51 +14800,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-100 743,0</w:t>
+98 868,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -27498,51 +14978,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-41 749,0</w:t>
+39 759,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -27676,51 +15156,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7 387,0</w:t>
+7 035,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -27854,51 +15334,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7 387,0</w:t>
+7 035,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -28032,51 +15512,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-33 725,0</w:t>
+32 118,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -28210,51 +15690,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 409,0</w:t>
+1 342,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -28388,51 +15868,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-17 334,0</w:t>
+16 508,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -28566,51 +16046,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-14 982,0</w:t>
+14 268,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -28922,51 +16402,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-637,0</w:t>
+606,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -29100,51 +16580,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-577,0</w:t>
+549,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -29278,51 +16758,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-60,0</w:t>
+57,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -29456,51 +16936,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-58 994,0</w:t>
+59 109,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -29634,51 +17114,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-58 994,0</w:t>
+59 109,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -29812,51 +17292,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-58 994,0</w:t>
+59 109,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -30706,51 +18186,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-100 743,0</w:t>
+98 868,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -30915,51 +18395,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-57 707,0</w:t>
+57 113,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -31124,51 +18604,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-57 707,0</w:t>
+57 113,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -31333,51 +18813,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-57 707,0</w:t>
+57 113,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -31542,51 +19022,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-57 707,0</w:t>
+57 113,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -31960,51 +19440,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-18 715,0</w:t>
+17 824,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -32169,51 +19649,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-18 715,0</w:t>
+17 824,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -32378,51 +19858,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-18 715,0</w:t>
+17 824,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -32587,51 +20067,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-16 635,0</w:t>
+15 842,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -32796,51 +20276,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 458,0</w:t>
+1 389,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -33005,51 +20485,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-622,4</w:t>
+593,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -33214,51 +20694,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-23 988,0</w:t>
+23 613,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -33423,51 +20903,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-23 760,0</w:t>
+23 396,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -33632,51 +21112,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-23 760,0</w:t>
+23 396,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -33841,51 +21321,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-23 760,0</w:t>
+23 396,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -34050,51 +21530,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-228,0</w:t>
+217,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -34259,51 +21739,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-228,0</w:t>
+217,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -34468,51 +21948,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-228,0</w:t>
+217,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -34677,51 +22157,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-333,0</w:t>
+318,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -34886,51 +22366,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-333,0</w:t>
+318,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -35095,51 +22575,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-333,0</w:t>
+318,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -35304,51 +22784,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-333,0</w:t>
+318,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -38946,74 +26426,12577 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2024 жылғы 24 желтоқсандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№230-33/2 шешіміне 4-қосымша</w:t>
+              <w:t>№ 230-33/2 шешіміне 3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z43" w:id="21"/>
+    <w:bookmarkStart w:name="z38" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2027 жылға арналған Белкөл кентінің бюджеті</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z39" w:id="22"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Сомасы, </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="22"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мың теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1. Кірістер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100 743,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Салықтық түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+41 749,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Табыс салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7 387,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жеке табыс салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7 387,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Меншiкке салынатын салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+33 725,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мүлiкке салынатын салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 409,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жер салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17 334,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлiк құралдарына салынатын салық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14 982,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бір реттік жер салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тауарларға, жұмыстарға және қызметтерге салынатын ішкі салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+637,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Табиғи және басқа ресурстарды пайдаланғаны үшін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+577,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кәсіпкерлік және кәсіптік қызметті жүргізгені үшін алымдар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+60,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттердің түсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+58 994,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+58 994,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+58 994,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалардың әкімшісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарлама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2. Шығындар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100 743,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жалпы сипаттағы мемлекеттік қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+57 707,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттiк басқарудың жалпы функцияларын орындайтын өкiлдi, атқарушы және басқа органдар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+57 707,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+57 707,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+57 707,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік органның күрделі шығыстары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғын үй-коммуналдық шаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18 715,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+'Елді-мекендерді көркейту</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18 715,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18 715,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елдi мекендердегі көшелердi жарықтандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16 635,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердің санитариясын қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 458,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елдi мекендердi абаттандыру мен көгалдандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+622,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мәдениет, спорт, туризм және ақпараттық кеңістiк</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23 988,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мәдениет саласындағы қызмет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23 760,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23 760,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жергілікті деңгейде мәдени-демалыс жұмысын қолдау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23 760,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Спорт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+228,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+228,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+028</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жергілікті деңгейде дене шынықтыру – сауықтыру және спорттық іс-шараларды іске асыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+228,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлік және коммуникация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+333,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Автомобиль көлігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+333,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+333,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+333,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пайдаланылмаған (толық пайдаланылмаған) нысаналы трансферттерді қайтару</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3. Таза бюджеттік кредиттеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттерді өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4. Қаржы активтерімен операциялар бойынша сальдо</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5. Бюджет тапшылығы (профициті)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6. Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыз түсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздарды өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатыныңпайдаланылатынқалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатықалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының бос қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Есепті кезең соңындағы бюджет қаражатының қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қызылорда қалалық мәслихатының</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2024 жылғы 24 желтоқсандағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 230-33/2 шешіміне 4-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z43" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Белкөл кенті бюджетін атқару процесінде секвестрлеуге жатпайтын бюджеттік бағдарламалар тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkEnd w:id="23"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="12300"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12300" w:type="dxa"/>
@@ -39182,55 +39165,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>