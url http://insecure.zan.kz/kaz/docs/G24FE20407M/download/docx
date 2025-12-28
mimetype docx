--- v0 (2025-11-11)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="ad86be2" w14:textId="ad86be2">
+    <w:p w14:paraId="870a6b2" w14:textId="870a6b2">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -409,69 +409,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, соның ішінде 2025 жылға келесі көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1) кірістер – 77165,5 мың теңге, соның ішінде: </w:t>
+      1) кірістер – 81265,3мың теңге, соның ішінде: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      салықтық түсімдер –11086,8 мың теңге; </w:t>
+      салықтық түсімдер –9944,2 мың теңге; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       салықтық емес түсімдер – 0,0 мың теңге; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -481,69 +481,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       негізгі капиталды сатудан түсетін түсімдер – 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімдері – 66078,7 мың теңге;</w:t>
+      трансферттер түсімдері – 71227,1 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 79007,8 мың теңге;</w:t>
+      2) шығындар – 83107,6 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – 0,0 мың теңге, соның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -725,61 +725,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">       Ескерту. 1-тармақ жаңа редакцияда - Абай облысы Аягөз аудандық мәслихатының 14.07.2025 </w:t>
+        <w:t xml:space="preserve">       Ескерту. 1-тармақ жаңа редакцияда - Абай облысы Аягөз аудандық мәслихатының 28.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 27/488-VIII</w:t>
+        <w:t>№ 29/520-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1061,61 +1061,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Тарлаулы ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда - Абай облысы Аягөз аудандық мәслихатының 14.07.2025 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - Абай облысы Аягөз аудандық мәслихатының 28.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 27/488-VIII</w:t>
+        <w:t>№ 29/520-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1180,51 +1180,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сома  (мың теңге)</w:t>
+Сома (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1709,51 +1709,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-77165,5</w:t>
+81265,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1886,69 +1886,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-11 086,8</w:t>
-[...17 lines deleted...]
- </w:t>
+9944,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2081,51 +2063,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1569,0</w:t>
+639,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2258,51 +2240,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1569,0</w:t>
+639,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2435,51 +2417,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4024,8</w:t>
+3166,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2612,51 +2594,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-74,0</w:t>
+40,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2789,51 +2771,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-50,0</w:t>
+30,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2966,51 +2948,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3581,8</w:t>
+2470,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3143,51 +3125,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-319,0</w:t>
+625,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3338,51 +3320,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5493,0</w:t>
+6138,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3533,51 +3515,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5493,0</w:t>
+6138,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4241,51 +4223,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0,0</w:t>
+94,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4418,51 +4400,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0,0</w:t>
+94,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4595,51 +4577,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0,0</w:t>
+94,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4772,51 +4754,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-66078,7</w:t>
+71227,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4949,51 +4931,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-66078,7</w:t>
+71227,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5126,51 +5108,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-66078,7</w:t>
+71227,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -5994,51 +5976,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-79007,8</w:t>
+83107,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6203,51 +6185,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-47776,5</w:t>
+50876,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6412,51 +6394,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-47776,5</w:t>
+50876,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6621,51 +6603,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-47776,5</w:t>
+50876,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6830,51 +6812,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-47276,5</w:t>
+50376,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9338,51 +9320,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6498,0</w:t>
+7498,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9547,51 +9529,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6498,0</w:t>
+7498,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9756,51 +9738,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6498,0</w:t>
+7498,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9965,51 +9947,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6498,0</w:t>
+7498,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>