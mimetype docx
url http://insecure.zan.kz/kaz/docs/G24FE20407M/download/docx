--- v1 (2025-12-28)
+++ v2 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="870a6b2" w14:textId="870a6b2">
+    <w:p w14:paraId="af5d1b2" w14:textId="af5d1b2">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -409,141 +409,141 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, соның ішінде 2025 жылға келесі көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1) кірістер – 81265,3мың теңге, соның ішінде: </w:t>
+      1) кірістер – 80396,3 мың теңге, соның ішінде: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      салықтық түсімдер –9944,2 мың теңге; </w:t>
+      салықтық түсімдер – 9835,7 мың теңге; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       салықтық емес түсімдер – 0,0 мың теңге; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      негізгі капиталды сатудан түсетін түсімдер – 0,0 мың теңге;</w:t>
+      негізгі капиталды сатудан түсетін түсімдер – 93,7 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімдері – 71227,1 мың теңге;</w:t>
+      трансферттер түсімдері – 70466,9 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 83107,6 мың теңге;</w:t>
+      2) шығындар – 82238,6 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – 0,0 мың теңге, соның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -697,89 +697,89 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздарды өтеу – 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бюджет қаражатының пайдаланылатын қалдықтары – 1842,3,0 мың теңге.</w:t>
+      бюджет қаражатының пайдаланылатын қалдықтары – 1842,3 мың теңге.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">       Ескерту. 1-тармақ жаңа редакцияда - Абай облысы Аягөз аудандық мәслихатының 28.10.2025 </w:t>
+        <w:t xml:space="preserve">       Ескерту. 1-тармақ жаңа редакцияда - Абай облысы Аягөз аудандық мәслихатының 18.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 29/520-VIII</w:t>
+        <w:t>№ 31/559-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1061,61 +1061,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Тарлаулы ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда - Абай облысы Аягөз аудандық мәслихатының 28.10.2025 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - Абай облысы Аягөз аудандық мәслихатының 18.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 29/520-VIII</w:t>
+        <w:t>№ 31/559-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1709,51 +1709,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-81265,3</w:t>
+80396,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1886,51 +1886,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9944,2</w:t>
+9835,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2063,51 +2063,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-639,0</w:t>
+681,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2240,51 +2240,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-639,0</w:t>
+681,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2417,51 +2417,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3166,4</w:t>
+3363,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2594,51 +2594,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-40,4</w:t>
+108,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2771,51 +2771,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-30,2</w:t>
+36,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2948,51 +2948,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2470,8</w:t>
+2545,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3125,51 +3125,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-625,0</w:t>
+672,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3320,51 +3320,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6138,8</w:t>
+5790,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3515,51 +3515,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6138,8</w:t>
+5790,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4223,51 +4223,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-94,0</w:t>
+93,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4400,51 +4400,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-94,0</w:t>
+93,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4577,51 +4577,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-94,0</w:t>
+93,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4754,51 +4754,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-71227,1</w:t>
+70466,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4931,51 +4931,69 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-71227,1</w:t>
+70466,9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5108,51 +5126,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-71227,1</w:t>
+70466,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -5976,51 +5994,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-83107,6</w:t>
+82238,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6185,51 +6203,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-50876,3</w:t>
+51274,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6394,51 +6412,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-50876,3</w:t>
+51274,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6603,51 +6621,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-50876,3</w:t>
+51274,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6812,51 +6830,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-50376,3</w:t>
+50860,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7021,51 +7039,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-500,0</w:t>
+413,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7230,51 +7248,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-24726,3</w:t>
+23459,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8066,51 +8084,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-24726,3</w:t>
+23459,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8275,51 +8293,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-24726,3</w:t>
+23459,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8484,51 +8502,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-24726,3</w:t>
+23459,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -37585,55 +37603,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>