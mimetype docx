--- v0 (2025-11-10)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="24ca9a7" w14:textId="24ca9a7">
+    <w:p w14:paraId="5e06f34" w14:textId="5e06f34">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -338,69 +338,69 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, оның ішінде, 2025 жылға мынадай көлемде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 198 355 мың теңге, оның ішінде:</w:t>
+      1) кірістер – 235 035 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер – 13 200 мың теңге;</w:t>
+      салықтық түсімдер – 17 200 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық емес түсімдер – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -410,69 +410,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       негізгі капиталды сатудан түсетін түсімдер – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімі – 185 155 мың теңге;</w:t>
+      трансферттер түсімі – 217 835 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 200 355 мың теңге;</w:t>
+      2) шығындар – 237 035 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – 0 теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -654,61 +654,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1 тармақ жаңа редакцияда – Ақтөбе облысы Хромтау аудандық мәслихатының 24.09.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1 тармақ жаңа редакцияда – Ақтөбе облысы Хромтау аудандық мәслихатының 12.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 370</w:t>
+        <w:t>№ 391</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1510,61 +1510,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Бөгетсай ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1 қосымша жаңа редакцияда – Ақтөбе облысы Хромтау аудандық мәслихатының 24.09.2025 </w:t>
+      Ескерту. 1 қосымша жаңа редакцияда – Ақтөбе облысы Хромтау аудандық мәслихатының 12.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 370</w:t>
+        <w:t>№ 391</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -2288,51 +2288,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-198 355</w:t>
+235 035</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2465,51 +2465,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-13 200</w:t>
+17 200</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2642,51 +2642,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6 000</w:t>
+8 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2819,51 +2819,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6 000</w:t>
+8 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2996,51 +2996,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6 100</w:t>
+8 100</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3173,51 +3173,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-250</w:t>
+160</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3350,51 +3350,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-150</w:t>
+200</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3527,51 +3527,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 200</w:t>
+6 740</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3704,51 +3704,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-500</w:t>
+1 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4235,51 +4235,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-185 155</w:t>
+217 835</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4412,51 +4412,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-185 155</w:t>
+217 835</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -5376,51 +5376,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-200 355</w:t>
+237 035</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5585,51 +5585,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-62 104</w:t>
+86 844</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5794,51 +5794,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-62 104</w:t>
+86 844</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6003,51 +6003,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-62 104</w:t>
+86 844</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6212,51 +6212,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-62 104</w:t>
+86 844</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6421,51 +6421,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-128 151</w:t>
+140 091</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6630,51 +6630,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-128 151 </w:t>
+140 091 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6839,51 +6839,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-128 151</w:t>
+140 091</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7048,51 +7048,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20 500</w:t>
+25 940</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7466,51 +7466,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-102 651</w:t>
+109 151</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8471,87 +8471,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-V.Бюджет тапшылығы (профициті)</w:t>
-[...35 lines deleted...]
--2000</w:t>
+V. Бюджет тапшылығы (профициті)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-2 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8676,87 +8676,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-VI.Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
-[...35 lines deleted...]
-2000</w:t>
+VI. Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8921,51 +8921,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2000</w:t>
+2 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9130,51 +9130,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2000</w:t>
+2 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9339,51 +9339,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2000</w:t>
+2 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>