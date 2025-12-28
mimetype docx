--- v0 (2025-11-10)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="0d4166f" w14:textId="0d4166f">
+    <w:p w14:paraId="bbde7f9" w14:textId="bbde7f9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -398,377 +398,377 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, оның ішінде 2025 жылға мынадай көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 328581,9 мың теңге,</w:t>
+      1) кірістер – 345468,9 мың теңге,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер – 101421,1 мың теңге;</w:t>
+      салықтық түсімдер – 94236,2 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      негізгі капиталды сатудан түсетін түсімдер -761,9 мың теңге;</w:t>
+      негізгі капиталды сатудан түсетін түсімдер – 761,9 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімдері – 226398,9 мың теңге;</w:t>
+      трансферттер түсімдері – 249285,9 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 347722,2 мың теңге;</w:t>
+      2) шығындар – 364609,2 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) таза бюджеттік кредит беру - 0 мың теңге,</w:t>
+      3) таза бюджеттік кредит беру – 0 мың теңге,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бюджеттік кредиттер - 0 мың теңге;</w:t>
+      бюджеттік кредиттер – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бюджеттік кредиттерді өтеу - 0 мың теңге;</w:t>
+      бюджеттік кредиттерді өтеу – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) қаржы активтерімен жасалатын</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      операциялар бойынша сальдо - 0 мың теңге;</w:t>
+      операциялар бойынша сальдо – 0 мың теңге,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      қаржы активтерін сатып алу - 0 мың теңге;</w:t>
+      қаржы активтерін сатып алу – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) бюджет тапшылығы (профицитi) - -19140,3 мың теңге;</w:t>
+      5) бюджет тапшылығы (профицитi) – -19140,3 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) бюджет тапшылығын қаржыландыру (профицитiн пайдалану) – 19140,3 мың теңге;</w:t>
+      6) бюджет тапшылығын қаржыландыру (профицитiн пайдалану) – 19140,3 мың теңге,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      оның ішінде: бюджет қаражатының пайдаланылатын қалдықтары 19140,3 мың теңге.</w:t>
+      оның ішінде: бюджет қаражатының пайдаланылатын қалдықтары –19140,3 мың теңге</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1 тармақ жаңа редакцияда - Ақтөбе облысы Қарғалы аудандық мәслихатының 30.09.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1 тармақ жаңа редакцияда - Ақтөбе облысы Қарғалы аудандық мәслихатының 24.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 370</w:t>
+        <w:t>№ 389</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1253,139 +1253,127 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Осы шешім 2025 жылғы 1 қаңтардан бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8040"/>
-        <w:gridCol w:w="4340"/>
+        <w:gridCol w:w="7795"/>
+        <w:gridCol w:w="4205"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcW w:w="7795" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      Қарғалы аудандық </w:t>
             </w:r>
-          </w:p>
-[...12 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">мәслихатының төрағасы </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4340" w:type="dxa"/>
+            <w:tcW w:w="4205" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -1546,210 +1534,216 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Бадамша ауылдық округ бюджеті</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1 қосымша жаңа редакцияда - Ақтөбе облысы Қарғалы аудандық мәслихатының 30.09.2025 </w:t>
+      Ескерту. 1 қосымша жаңа редакцияда - Ақтөбе облысы Қарғалы аудандық мәслихатының 24.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 370</w:t>
+        <w:t>№ 389</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2050"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="1027"/>
+        <w:gridCol w:w="1593"/>
+        <w:gridCol w:w="1027"/>
+        <w:gridCol w:w="225"/>
+        <w:gridCol w:w="3700"/>
+        <w:gridCol w:w="4728"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4728" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1027" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1778,79 +1772,86 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1593" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1892,79 +1893,86 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1027" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2019,83 +2027,90 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="225" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3700" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2105,3947 +2120,5028 @@
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1027" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1593" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1027" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="225" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3700" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 I. Кірістер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-328581,9</w:t>
+            <w:tcW w:w="4728" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+345468,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1027" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1593" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1027" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="225" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3700" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықтық түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-101421,1</w:t>
+            <w:tcW w:w="4728" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+94236,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1027" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1027" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="225" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3700" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-53981,9</w:t>
+            <w:tcW w:w="4728" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+56897,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1027" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1593" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1027" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="225" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3700" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеке табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-53981,9</w:t>
+            <w:tcW w:w="4728" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+56897,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1027" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1027" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="225" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3700" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Меншiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-20346</w:t>
+            <w:tcW w:w="4728" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17746,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1027" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1593" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1027" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="225" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3700" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мүлiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-402</w:t>
+            <w:tcW w:w="4728" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+402,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1027" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1593" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1027" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="225" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3700" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-429</w:t>
+            <w:tcW w:w="4728" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+429,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1027" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1593" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1027" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="225" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3700" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлiк құралдарына салынатын салық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-19392,6</w:t>
+            <w:tcW w:w="4728" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16792,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1027" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1593" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1027" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="225" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3700" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бірыңғай жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4728" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 122,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1027" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1027" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="225" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3700" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тауарларға, жұмыстарға және көрсетілетін қызметтерге салынатын iшкi салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-27093,2</w:t>
+            <w:tcW w:w="4728" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19593,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1027" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1593" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1027" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="225" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3700" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табиғи және басқа да ресурстарды пайдаланғаны үшiн түсетiн түсiмдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-26998,8</w:t>
+            <w:tcW w:w="4728" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19498,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1027" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1593" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1027" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="225" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3700" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кәсіпкерлік және кәсіби қызметті жүргізгені үшін алынатын алымдар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4728" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 94,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-761,9</w:t>
+            <w:tcW w:w="1027" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1593" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1027" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="225" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3700" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Салықтық емес түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4728" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1184,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-761,9</w:t>
+            <w:tcW w:w="1027" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1593" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+06</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1027" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="225" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3700" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Басқада салықтық емес түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4728" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1184,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1027" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1593" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1027" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...97 lines deleted...]
-761,9</w:t>
+            <w:tcW w:w="225" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3700" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Басқада салықтық емес түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4728" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1184,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-226398,9</w:t>
+            <w:tcW w:w="1027" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1593" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1027" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="225" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3700" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Негізгі капиталды сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4728" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+761,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-226398,9</w:t>
+            <w:tcW w:w="1027" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1593" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1027" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="225" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3700" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жер және материалдық емес активтерді сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4728" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+761,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1027" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1593" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1027" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="225" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3700" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жер учаскелерін сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4728" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+761,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1027" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1593" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1027" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="225" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3700" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттердің түсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4728" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+249285,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1027" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1593" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1027" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="225" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3700" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4728" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+249285,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1027" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1593" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1027" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="225" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3700" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-226398,9</w:t>
+            <w:tcW w:w="4728" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+249285,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2050"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="1173"/>
+        <w:gridCol w:w="756"/>
+        <w:gridCol w:w="1594"/>
+        <w:gridCol w:w="1594"/>
+        <w:gridCol w:w="3701"/>
+        <w:gridCol w:w="3482"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3482" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1173" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6074,79 +7170,86 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="756" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6188,79 +7291,86 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1594" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6315,83 +7425,90 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -6401,4831 +7518,5317 @@
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1173" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="756" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 II. Шығындар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-347722,2</w:t>
+            <w:tcW w:w="3482" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+364609,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1173" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="756" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жалпы сипаттағы мемлекеттiк көрсетілетін қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-135736,8</w:t>
+            <w:tcW w:w="3482" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+135361,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1173" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="756" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттiк басқарудың жалпы функцияларын орындайтын өкiлдi, атқарушы және басқа органдар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-135736,8</w:t>
+            <w:tcW w:w="3482" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+135361,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1173" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="756" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-135736,8</w:t>
+            <w:tcW w:w="3482" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+135361,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1173" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="756" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-114848</w:t>
+            <w:tcW w:w="3482" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+114072,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1173" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="756" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік органдардың күрделі</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 органының</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-20888,8</w:t>
+            <w:tcW w:w="3482" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+21288,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1173" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="756" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Әлеуметтiк көмек және әлеуметтiк қамсыздандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3482" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 567,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1173" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="756" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Әлеуметтік көмек</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3482" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 567,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1173" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="756" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3482" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 567,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1173" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="756" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 003</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мұқтаж азаматтарға үйде әлеуметтiк көмек көрсету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3482" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 567,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1173" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="756" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тұрғын үй-коммуналдық шаруашылық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-156025</w:t>
+            <w:tcW w:w="3482" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11200,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1173" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="756" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тұрғын үй шаруашылығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3482" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11200,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1173" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="756" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-11200</w:t>
+            <w:tcW w:w="3482" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11200,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1173" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="756" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 007</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қаланың, кенттің, ауылдың, ауылдық округтің мемлекеттік тұрғын үй қорының сақталуын ұйымдастыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-11200</w:t>
+            <w:tcW w:w="3482" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11200,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1173" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="756" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендерді абаттандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-144825</w:t>
+            <w:tcW w:w="3482" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+162087,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1173" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="756" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-144825</w:t>
+            <w:tcW w:w="3482" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+162087,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1173" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="756" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендердегі көшелерді жарықтандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-24947</w:t>
+            <w:tcW w:w="3482" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+28111,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1173" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="756" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендердің санитариясын қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3482" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8742,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1173" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="756" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендерді абаттандыру мен көгалдандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-111135,1</w:t>
+            <w:tcW w:w="3482" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+125233,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1173" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="756" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлік және коммуникация</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3482" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 55392,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1173" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="756" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Автомобиль көлігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3482" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 55392,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1173" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="756" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3482" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 55392,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1173" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="756" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3482" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11237,174 +12840,180 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2050"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="527"/>
+        <w:gridCol w:w="527"/>
+        <w:gridCol w:w="527"/>
+        <w:gridCol w:w="527"/>
+        <w:gridCol w:w="7129"/>
+        <w:gridCol w:w="3063"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3063" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="527" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11433,79 +13042,86 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="527" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11547,79 +13163,86 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="527" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11674,83 +13297,90 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="527" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7129" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11760,215 +13390,243 @@
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="527" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="527" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="527" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="527" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7129" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 III. Таза бюджеттiк кредиттеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3063" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11980,191 +13638,193 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2050"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="1861"/>
+        <w:gridCol w:w="2889"/>
+        <w:gridCol w:w="1862"/>
+        <w:gridCol w:w="409"/>
+        <w:gridCol w:w="3416"/>
+        <w:gridCol w:w="1863"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1863" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1861" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12193,79 +13853,86 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2889" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12307,79 +13974,86 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1862" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12434,83 +14108,90 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="409" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3416" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12520,637 +14201,700 @@
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1861" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2889" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1862" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="409" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3416" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік кредиттерді өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1863" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1861" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2889" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1862" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="409" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3416" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік кредиттерді өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1863" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1861" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2889" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1862" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="409" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3416" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік бюджеттен берілген бюджеттік кредиттерді өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1863" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13162,174 +14906,180 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2050"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="280"/>
+        <w:gridCol w:w="281"/>
+        <w:gridCol w:w="281"/>
+        <w:gridCol w:w="281"/>
+        <w:gridCol w:w="5535"/>
+        <w:gridCol w:w="5642"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="5642" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="280" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13358,79 +15108,86 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="281" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13472,79 +15229,86 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="281" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13599,83 +15363,90 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5535" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13685,830 +15456,942 @@
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="280" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5535" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 IV. Каржы активтерiмен операциялар бойынша сальдо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="5642" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="280" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5535" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қаржылық активтер сатып алу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="5642" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="280" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5535" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 V. Бюджет тапшылығы (профицитi)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="5642" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -19140,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="280" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5535" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 VI. Бюджет тапшылығын қаржыландыру (профицитiн пайдалану)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="5642" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -14520,191 +16403,193 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2050"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2097"/>
+        <w:gridCol w:w="3255"/>
+        <w:gridCol w:w="2098"/>
+        <w:gridCol w:w="461"/>
+        <w:gridCol w:w="2290"/>
+        <w:gridCol w:w="2099"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2099" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2097" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14733,79 +16618,86 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14847,79 +16739,86 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2098" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14974,83 +16873,90 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2290" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -15060,637 +16966,700 @@
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2097" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3255" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2098" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2290" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыздар түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2099" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2097" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3255" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2098" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2290" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік ішкі қарыздар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2099" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2097" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3255" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2098" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2290" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарызалу келісім-шарттары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2099" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -15702,174 +17671,180 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2050"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="3316"/>
+        <w:gridCol w:w="2137"/>
+        <w:gridCol w:w="771"/>
+        <w:gridCol w:w="780"/>
+        <w:gridCol w:w="2563"/>
+        <w:gridCol w:w="2733"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2733" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3316" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -15898,79 +17873,86 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2137" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16012,79 +17994,86 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="771" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16139,83 +18128,90 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2563" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -16225,428 +18221,470 @@
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3316" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2137" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="771" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2563" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыздарды өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2733" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3316" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2137" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="771" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2563" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыздарды өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2733" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -16658,191 +18696,193 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2050"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="1319"/>
+        <w:gridCol w:w="1319"/>
+        <w:gridCol w:w="1319"/>
+        <w:gridCol w:w="1319"/>
+        <w:gridCol w:w="1686"/>
+        <w:gridCol w:w="5338"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="5338" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1319" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16871,79 +18911,86 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1319" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16985,79 +19032,86 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1319" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -17112,83 +19166,90 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1319" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1686" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -17198,846 +19259,930 @@
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1319" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1319" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1319" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1319" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1686" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="5338" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 19140,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1319" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1319" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1319" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1319" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1686" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="5338" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 19140,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1319" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1319" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1319" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1319" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1686" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының бос қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="5338" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 19140,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1319" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1319" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1319" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1319" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1686" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының бос қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="5338" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -18180,191 +20325,193 @@
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2026 жылға арналған Бадамша ауылдық округ бюджеті</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2050"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="1104"/>
+        <w:gridCol w:w="1713"/>
+        <w:gridCol w:w="1104"/>
+        <w:gridCol w:w="242"/>
+        <w:gridCol w:w="3976"/>
+        <w:gridCol w:w="4161"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4161" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Сомасы, </w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1104" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -18393,79 +20540,86 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1713" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -18507,79 +20661,86 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1104" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -18634,83 +20795,90 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="242" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -18720,3350 +20888,3693 @@
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1104" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1713" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1104" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="242" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 I. Кірістер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4161" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 121600</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1104" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1713" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1104" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="242" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықтық түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4161" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 67408</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1104" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1713" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1104" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="242" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4161" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1104" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1713" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1104" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="242" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеке табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4161" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1104" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1713" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1104" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="242" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Меншiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4161" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15011</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1104" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1713" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1104" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="242" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мүлiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4161" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 402</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1104" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1713" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1104" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="242" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4161" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 429</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1104" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1713" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1104" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="242" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлiк құралдарына салынатын салық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4161" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14180</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1104" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1713" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1104" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="242" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тауарларға, жұмыстарға және көрсетілетін қызметтерге салынатын iшкi салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4161" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16898</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1104" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1713" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1104" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="242" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табиғи және басқа да ресурстарды пайдаланғаны үшiн түсетiн түсiмдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4161" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16898</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1104" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1713" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1104" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="242" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Негізгі капиталды сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4161" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 499</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1104" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1713" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1104" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="242" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жер және материалдық емес активтерді сату</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4161" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 499</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1104" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1713" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1104" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="242" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жер учаскелерін сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4161" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 499</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1104" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1713" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1104" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="242" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферттердің түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4161" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 54192</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1104" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1713" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1104" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="242" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4161" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 54192</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1104" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1713" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1104" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="242" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4161" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -22075,174 +24586,180 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2050"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="1237"/>
+        <w:gridCol w:w="797"/>
+        <w:gridCol w:w="1680"/>
+        <w:gridCol w:w="1680"/>
+        <w:gridCol w:w="3901"/>
+        <w:gridCol w:w="3005"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3005" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1237" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -22271,79 +24788,86 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="797" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -22385,79 +24909,86 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1680" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -22512,83 +25043,90 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3901" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -22598,3141 +25136,3463 @@
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1237" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="797" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3901" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 II. Шығындар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 121600</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1237" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="797" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3901" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жалпы сипаттағы мемлекеттiк көрсетілетін қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 78779</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1237" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="797" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3901" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттiк басқарудың жалпы функцияларын орындайтын өкiлдi, атқарушы және басқа органдар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 78779</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1237" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="797" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3901" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 78779</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1237" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="797" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3901" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 78779</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1237" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="797" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3901" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тұрғынүй-коммуналдық шаруашылық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 34785</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1237" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="797" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3901" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендерді абаттандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 34785</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1237" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="797" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3901" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 34785</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1237" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="797" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3901" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендердегі көшелерді жарықтандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17892</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1237" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="797" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3901" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендердің санитариясын қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1237" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="797" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3901" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендерді абаттандыру мен көгалдандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11893</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1237" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="797" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3901" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлік және коммуникация</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8036</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1237" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="797" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3901" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Автомобиль көлігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8036</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1237" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="797" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3901" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8036</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1237" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="797" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3901" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -25744,174 +28604,180 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2050"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="527"/>
+        <w:gridCol w:w="527"/>
+        <w:gridCol w:w="527"/>
+        <w:gridCol w:w="527"/>
+        <w:gridCol w:w="7129"/>
+        <w:gridCol w:w="3063"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3063" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="527" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -25940,79 +28806,86 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="527" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -26054,79 +28927,86 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="527" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -26181,83 +29061,90 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="527" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7129" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -26267,215 +29154,243 @@
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="527" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="527" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="527" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="527" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7129" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 III. Таза бюджеттiк кредиттеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3063" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -26487,191 +29402,193 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2050"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="1861"/>
+        <w:gridCol w:w="2889"/>
+        <w:gridCol w:w="1862"/>
+        <w:gridCol w:w="409"/>
+        <w:gridCol w:w="3416"/>
+        <w:gridCol w:w="1863"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1863" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1861" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -26700,79 +29617,86 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2889" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -26814,79 +29738,86 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1862" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -26941,83 +29872,90 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="409" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3416" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -27027,637 +29965,700 @@
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1861" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2889" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1862" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="409" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3416" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік кредиттерді өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1863" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1861" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2889" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1862" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="409" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3416" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік кредиттерді өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1863" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1861" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2889" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1862" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="409" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3416" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік бюджеттен берілген бюджеттік кредиттерді өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1863" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -27669,174 +30670,180 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2050"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="416"/>
+        <w:gridCol w:w="416"/>
+        <w:gridCol w:w="416"/>
+        <w:gridCol w:w="416"/>
+        <w:gridCol w:w="8213"/>
+        <w:gridCol w:w="2423"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2423" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="416" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -27865,79 +30872,86 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="416" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -27979,79 +30993,86 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="416" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -28106,83 +31127,90 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8213" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -28192,830 +31220,942 @@
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8213" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 IV. Каржы активтерiмен операциялар бойынша сальдо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2423" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8213" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қаржылық активтер сатып алу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2423" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8213" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 V. Бюджет тапшылығы (профицитi)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2423" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8213" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 VI. Бюджет тапшылығын қаржыландыру (профицитiн пайдалану)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2423" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -29027,191 +32167,193 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2050"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2002"/>
+        <w:gridCol w:w="3108"/>
+        <w:gridCol w:w="2003"/>
+        <w:gridCol w:w="440"/>
+        <w:gridCol w:w="2743"/>
+        <w:gridCol w:w="2004"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2004" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2002" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -29240,79 +32382,86 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3108" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -29354,79 +32503,86 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2003" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -29481,83 +32637,90 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2743" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -29567,637 +32730,700 @@
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2002" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3108" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2003" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2743" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыздар түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2002" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3108" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2003" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2743" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік ішкі қарыздар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2002" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3108" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2003" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2743" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыз алу келісім-шарттары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -30209,174 +33435,180 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2050"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="3316"/>
+        <w:gridCol w:w="2137"/>
+        <w:gridCol w:w="771"/>
+        <w:gridCol w:w="780"/>
+        <w:gridCol w:w="2563"/>
+        <w:gridCol w:w="2733"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2733" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3316" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -30405,79 +33637,86 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2137" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -30519,79 +33758,86 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="771" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -30646,83 +33892,90 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2563" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -30732,428 +33985,470 @@
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3316" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2137" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="771" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2563" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыздарды өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2733" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3316" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2137" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="771" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2563" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыздарды өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2733" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -31296,191 +34591,193 @@
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2027 жылға арналған Бадамша ауылдық округ бюджеті</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2050"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="1104"/>
+        <w:gridCol w:w="1713"/>
+        <w:gridCol w:w="1104"/>
+        <w:gridCol w:w="242"/>
+        <w:gridCol w:w="3976"/>
+        <w:gridCol w:w="4161"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4161" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Сомасы, </w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1104" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -31509,79 +34806,86 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1713" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -31623,79 +34927,86 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1104" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -31750,83 +35061,90 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="242" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -31836,3350 +35154,3693 @@
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1104" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1713" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1104" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="242" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 I. Кірістер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4161" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 125114</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1104" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1713" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1104" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="242" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықтық түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4161" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 67928</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1104" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1713" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1104" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="242" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4161" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35200</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1104" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1713" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1104" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="242" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеке табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4161" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35200</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1104" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1713" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1104" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="242" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Меншiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4161" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15331</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1104" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1713" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1104" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="242" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мүлiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4161" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 402</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1104" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1713" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1104" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="242" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4161" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 429</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1104" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1713" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1104" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="242" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлiк құралдарына салынатын салық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4161" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1104" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1713" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1104" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="242" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тауарларға, жұмыстарға және көрсетілетін қызметтерге салынатын iшкi салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4161" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16898</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1104" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1713" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1104" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="242" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табиғи және басқа да ресурстарды пайдаланғаны үшiн түсетiн түсiмдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4161" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16898</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1104" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1713" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1104" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="242" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Негізгі капиталды сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4161" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 499</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1104" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1713" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1104" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="242" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жер және материалдық емес активтерді сату</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4161" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 499</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1104" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1713" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1104" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="242" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жер учаскелерін сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4161" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 499</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1104" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1713" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1104" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="242" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферттердің түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4161" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 57186</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1104" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1713" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1104" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="242" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4161" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 57186</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1104" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1713" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1104" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="242" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4161" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -35191,174 +38852,180 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2050"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="1237"/>
+        <w:gridCol w:w="797"/>
+        <w:gridCol w:w="1680"/>
+        <w:gridCol w:w="1680"/>
+        <w:gridCol w:w="3901"/>
+        <w:gridCol w:w="3005"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3005" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1237" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -35387,79 +39054,86 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="797" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -35501,79 +39175,86 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1680" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -35628,83 +39309,90 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3901" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -35714,3141 +39402,3463 @@
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1237" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="797" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3901" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 II. Шығындар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 125114</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1237" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="797" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3901" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жалпы сипаттағы мемлекеттiк көрсетілетін қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 79779</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1237" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="797" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3901" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттiк басқарудың жалпы функцияларын орындайтын өкiлдi, атқарушы және басқа органдар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 79779</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1237" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="797" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3901" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 79779</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1237" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="797" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3901" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 79779</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1237" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="797" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3901" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тұрғынүй-коммуналдық шаруашылық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 36299</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1237" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="797" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3901" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендерді абаттандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 36299</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1237" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="797" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3901" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 36299</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1237" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="797" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3901" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендердегі көшелерді жарықтандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17892</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1237" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="797" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3901" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендердің санитариясын қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1237" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="797" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3901" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендерді абаттандыру мен көгалдандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12407</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1237" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="797" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3901" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлік және коммуникация</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9036</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1237" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="797" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3901" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Автомобиль көлігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9036</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1237" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="797" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3901" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9036</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1237" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="797" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3901" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -38860,174 +42870,180 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2050"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="527"/>
+        <w:gridCol w:w="527"/>
+        <w:gridCol w:w="527"/>
+        <w:gridCol w:w="527"/>
+        <w:gridCol w:w="7129"/>
+        <w:gridCol w:w="3063"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3063" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="527" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -39056,79 +43072,86 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="527" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -39170,79 +43193,86 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="527" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -39297,83 +43327,90 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="527" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7129" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -39383,215 +43420,243 @@
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="527" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="527" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="527" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="527" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7129" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 III. Таза бюджеттiк кредиттеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3063" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -39603,191 +43668,193 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2050"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="1861"/>
+        <w:gridCol w:w="2889"/>
+        <w:gridCol w:w="1862"/>
+        <w:gridCol w:w="409"/>
+        <w:gridCol w:w="3416"/>
+        <w:gridCol w:w="1863"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1863" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1861" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -39816,79 +43883,86 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2889" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -39930,79 +44004,86 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1862" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -40057,83 +44138,90 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="409" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3416" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -40143,637 +44231,700 @@
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1861" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2889" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1862" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="409" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3416" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік кредиттерді өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1863" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1861" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2889" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1862" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="409" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3416" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік кредиттерді өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1863" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1861" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2889" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1862" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="409" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3416" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік бюджеттен берілген бюджеттік кредиттерді өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1863" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -40785,174 +44936,180 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2050"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="416"/>
+        <w:gridCol w:w="416"/>
+        <w:gridCol w:w="416"/>
+        <w:gridCol w:w="416"/>
+        <w:gridCol w:w="8213"/>
+        <w:gridCol w:w="2423"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2423" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="416" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -40981,79 +45138,86 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="416" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -41095,79 +45259,86 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="416" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -41222,83 +45393,90 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8213" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -41308,830 +45486,942 @@
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8213" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 IV. Каржы активтерiмен операциялар бойынша сальдо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2423" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8213" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қаржылық активтер сатып алу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2423" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8213" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 V. Бюджет тапшылығы (профицитi)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2423" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8213" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 VI. Бюджет тапшылығын қаржыландыру (профицитiн пайдалану)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2423" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -42143,191 +46433,193 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2050"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2002"/>
+        <w:gridCol w:w="3108"/>
+        <w:gridCol w:w="2003"/>
+        <w:gridCol w:w="440"/>
+        <w:gridCol w:w="2743"/>
+        <w:gridCol w:w="2004"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2004" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2002" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -42356,79 +46648,86 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3108" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -42470,79 +46769,86 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2003" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -42597,83 +46903,90 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2743" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -42683,637 +46996,700 @@
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2002" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3108" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2003" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2743" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыздар түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2002" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3108" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2003" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2743" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік ішкі қарыздар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2002" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3108" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2003" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2743" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыз алу келісім-шарттары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -43325,174 +47701,180 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2050"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="3316"/>
+        <w:gridCol w:w="2137"/>
+        <w:gridCol w:w="771"/>
+        <w:gridCol w:w="780"/>
+        <w:gridCol w:w="2563"/>
+        <w:gridCol w:w="2733"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2733" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3316" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -43521,79 +47903,86 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2137" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -43635,79 +48024,86 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="771" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -43762,83 +48158,90 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2563" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -43848,428 +48251,470 @@
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3316" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2137" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="771" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2563" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыздарды өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2733" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3316" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2137" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="771" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2563" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыздарды өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2733" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -44317,55 +48762,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>