--- v0 (2025-11-11)
+++ v1 (2025-12-29)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="69fd848" w14:textId="69fd848">
+    <w:p w14:paraId="5bbd71c" w14:textId="5bbd71c">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -103,50 +103,51 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ақтөбе облысы Ырғыз аудандық мәслихатының 2024 жылғы 26 желтоқсандағы № 194 шешімі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
+    <w:bookmarkStart w:name="z2" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының Бюджет кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -171,50 +172,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6 бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, Ырғыз аудандық мәслихаты </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -326,141 +328,141 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, оның ішінде, 2025 жылға мынадай көлемде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 72 832 мың теңге, оның ішінде:</w:t>
+      1) кірістер – 73 132 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер – 8 146 мың теңге;</w:t>
+      салықтық түсімдер – 8 362 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық емес түсімдер – 10 мың теңге;</w:t>
+      салықтық емес түсімдер – 94 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      негізгі капиталды сатудан түсетін түсімдер – 528 теңге;</w:t>
+      негізгі капиталды сатудан түсетін түсімдер – 528 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       трансферттер түсімі – 64 148 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 73 106,4 мың теңге;</w:t>
+      2) шығындар – 73 406,4 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – 0 теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -542,207 +544,207 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттің қаржы активтерін сатудан түсетін түсімдер – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) бюджет тапшылығы (профициті) – -274,4 теңге;</w:t>
+      5) бюджет тапшылығы (профициті) – -274,4 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 274,4 теңге, оның ішінде:</w:t>
+      6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 274,4 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздар түсімі – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      қарыздарды өтеу – 0 теңге;</w:t>
+      қарыздарды өтеу – 0теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бюджет қаражатының пайдаланылатын қалдықтары – 274,4 теңге.</w:t>
+      бюджет қаражатының пайдаланылатын қалдықтары – 274,4 мың теңге.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1 тармақ жаңа редакцияда - Ақтөбе облысы Ырғыз аудандық мәслихатының 18.09.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1 тармақ жаңа редакцияда - Ақтөбе облысы Ырғыз аудандық мәслихатының 07.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 259</w:t>
+        <w:t>№ 275</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z4" w:id="0"/>
+    <w:bookmarkStart w:name="z4" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Ауылдық округ бюджетінің кірісіне мыналар есептелетін болып ескерілсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Салықтық түсімдер:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1059,146 +1061,146 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ауыл шаруашылығы мақсатындағы жер учаскелерін сатудан түсетін түсімдерді қоспағанда, жер учаскелерін сатудан түсетін түсімдер;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жер учаскелерін жалға беру құқығын сатқаны үшін төлемақы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z5" w:id="1"/>
+    <w:bookmarkStart w:name="z5" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Аудандық мәслихаттың 2024 жылғы "25" желтоқсандағы "2025–2027 жылдарға арналған Ырғыз аудандық бюджетін бекіту туралы" шешіміне сәйкес 2025 жылға аудандық бюджеттен Құмтоғай ауылдық округ бюджетіне берілетін субвенция 33 173 мың теңге сомасында көзделді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z6" w:id="2"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z6" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. 2025 жылға арналған Құмтоғай ауылдық округ бюджетінде аудандық бюджет арқылы республикалық бюджеттен ағымдағы нысаналы трансферттер түсетіні ескерілсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkEnd w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттік бюджет қаражаты есебінен ұсталатын азаматтық қызметшілердің жекелеген санаттарының, ұйымдар жұмыскерлерінің, қазыналық кәсіпорындар жұмыскерлерінің жалақысын арттыруға–133 мың теңге.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Аталған трансферттерінің сомасын бөлу ауылдық округ әкімінің шешімі негізінде айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z7" w:id="3"/>
+    <w:bookmarkStart w:name="z7" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. 2025 жылға арналған Құмтоғай ауылдық округ бюджетінде аудандық бюджеттен ағымдағы нысаналы трансферттер түсетіні ескерілсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       елді мекенді абаттандыруға – 27 182 мың теңге,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1289,70 +1291,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z8" w:id="4"/>
+    <w:bookmarkStart w:name="z8" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Осы шешім 2025 жылғы 1 қаңтардан бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkEnd w:id="5"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1614,61 +1616,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Құмтоғай ауылдық округ бюджеті</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1 қосымша жаңа редакцияда - Ақтөбе облысы Ырғыз аудандық мәслихатының 18.09.2025 </w:t>
+      Ескерту. 1 қосымша жаңа редакцияда - Ақтөбе облысы Ырғыз аудандық мәслихатының 07.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 259</w:t>
+        <w:t>№ 275</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1732,69 +1734,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...17 lines deleted...]
-              <w:t>(мың теңге)</w:t>
+              <w:t>
+Сомасы (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -2409,51 +2394,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-72 832</w:t>
+73 132</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2586,51 +2571,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8 146</w:t>
+8 362</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2763,51 +2748,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 343</w:t>
+993</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2940,51 +2925,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 343</w:t>
+993</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3117,51 +3102,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 803</w:t>
+5 046</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3294,51 +3279,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-108</w:t>
+51</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3471,51 +3456,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-22</w:t>
+15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3648,51 +3633,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 322</w:t>
+4 606</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3825,51 +3810,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-351</w:t>
+374</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4002,51 +3987,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 000</w:t>
+2 323</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4179,51 +4164,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-2 000 </w:t>
+2 323 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4356,51 +4341,405 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10</w:t>
+94</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік меншіктен түсетін кірістер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+84</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекет меншігіндегі мүлікті жалға беруден түсетін кірістер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+84</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5882,51 +6221,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Cомасы (мың теңге)</w:t>
+Сомасы (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -6736,51 +7075,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-73 106,4</w:t>
+73 406,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6945,51 +7284,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-40 509,4</w:t>
+40 908,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7154,51 +7493,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-40 509,4</w:t>
+40 908,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7363,51 +7702,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-40 509,4</w:t>
+40 908,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7572,51 +7911,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-40 349,4</w:t>
+40 748,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7990,51 +8329,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-32 597</w:t>
+32 497,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8199,51 +8538,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-32 597</w:t>
+32 497,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8408,51 +8747,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-32 597</w:t>
+32 497,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8826,51 +9165,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-503</w:t>
+403,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9204,51 +9543,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-ІІІ. Таза бюджеттік кредиттеу</w:t>
+ІІІ.Таза бюджеттік кредиттеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10373,69 +10712,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...17 lines deleted...]
-              <w:t>(мың теңге)</w:t>
+              <w:t>
+Сомасы (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>