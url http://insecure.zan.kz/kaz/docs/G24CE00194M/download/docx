--- v1 (2025-12-29)
+++ v2 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="5bbd71c" w14:textId="5bbd71c">
+    <w:p w14:paraId="a442821" w14:textId="a442821">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -100,60 +100,53 @@
         </w:rPr>
         <w:t>2025-2027 жылдарға арналған Құмтоғай ауылдық округ бюджетін бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ақтөбе облысы Ырғыз аудандық мәслихатының 2024 жылғы 26 желтоқсандағы № 194 шешімі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...6 lines deleted...]
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:bookmarkStart w:name="z2" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының Бюджет кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>96 бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -235,50 +228,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z3" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. 2025-2027 жылдарға арналған Құмтоғай ауылдық округ бюджеті тиісінше </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -313,84 +307,85 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3 қосымшаларға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, оның ішінде, 2025 жылға мынадай көлемде бекітілсін:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 73 132 мың теңге, оның ішінде:</w:t>
+      1) кірістер – 73 252 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер – 8 362 мың теңге;</w:t>
+      салықтық түсімдер – 8 482 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық емес түсімдер – 94 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -418,51 +413,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       трансферттер түсімі – 64 148 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 73 406,4 мың теңге;</w:t>
+      2) шығындар – 73 526,4 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – 0 теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -598,153 +593,153 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздар түсімі – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      қарыздарды өтеу – 0теңге;</w:t>
+      қарыздарды өтеу – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджет қаражатының пайдаланылатын қалдықтары – 274,4 мың теңге.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1 тармақ жаңа редакцияда - Ақтөбе облысы Ырғыз аудандық мәслихатының 07.11.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1 тармақ жаңа редакцияда - Ақтөбе облысы Ырғыз аудандық мәслихатының 22.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 275</w:t>
+        <w:t>№ 295</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z4" w:id="1"/>
+    <w:bookmarkStart w:name="z4" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Ауылдық округ бюджетінің кірісіне мыналар есептелетін болып ескерілсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkEnd w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Салықтық түсімдер:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1061,146 +1056,146 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ауыл шаруашылығы мақсатындағы жер учаскелерін сатудан түсетін түсімдерді қоспағанда, жер учаскелерін сатудан түсетін түсімдер;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жер учаскелерін жалға беру құқығын сатқаны үшін төлемақы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z5" w:id="2"/>
+    <w:bookmarkStart w:name="z5" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Аудандық мәслихаттың 2024 жылғы "25" желтоқсандағы "2025–2027 жылдарға арналған Ырғыз аудандық бюджетін бекіту туралы" шешіміне сәйкес 2025 жылға аудандық бюджеттен Құмтоғай ауылдық округ бюджетіне берілетін субвенция 33 173 мың теңге сомасында көзделді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z6" w:id="3"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z6" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. 2025 жылға арналған Құмтоғай ауылдық округ бюджетінде аудандық бюджет арқылы республикалық бюджеттен ағымдағы нысаналы трансферттер түсетіні ескерілсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттік бюджет қаражаты есебінен ұсталатын азаматтық қызметшілердің жекелеген санаттарының, ұйымдар жұмыскерлерінің, қазыналық кәсіпорындар жұмыскерлерінің жалақысын арттыруға–133 мың теңге.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Аталған трансферттерінің сомасын бөлу ауылдық округ әкімінің шешімі негізінде айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z7" w:id="4"/>
+    <w:bookmarkStart w:name="z7" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. 2025 жылға арналған Құмтоғай ауылдық округ бюджетінде аудандық бюджеттен ағымдағы нысаналы трансферттер түсетіні ескерілсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       елді мекенді абаттандыруға – 27 182 мың теңге,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1261,100 +1256,100 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 5 тармақ жаңа редакцияда - Ақтөбе облысы Ырғыз аудандық мәслихатының 11.07.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 240</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z8" w:id="5"/>
+    <w:bookmarkStart w:name="z8" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Осы шешім 2025 жылғы 1 қаңтардан бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkEnd w:id="6"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1616,61 +1611,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Құмтоғай ауылдық округ бюджеті</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1 қосымша жаңа редакцияда - Ақтөбе облысы Ырғыз аудандық мәслихатының 07.11.2025 </w:t>
+      Ескерту. 1 қосымша жаңа редакцияда - Ақтөбе облысы Ырғыз аудандық мәслихатының 22.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 275</w:t>
+        <w:t>№ 295</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1734,52 +1729,69 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Сомасы (мың теңге)</w:t>
+              <w:t xml:space="preserve">
+Cомасы </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -2394,51 +2406,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-73 132</w:t>
+73 252</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2571,51 +2583,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8 362</w:t>
+8 482</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4164,51 +4176,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-2 323 </w:t>
+2 443 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4518,51 +4530,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-84</w:t>
+94</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4695,405 +4707,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-84</w:t>
-[...353 lines deleted...]
-10</w:t>
+94</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6221,51 +5879,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы (мың теңге)</w:t>
+Cомасы (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -7075,51 +6733,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-73 406,4</w:t>
+73 526,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7284,51 +6942,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-40 908,9</w:t>
+41 028,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7493,51 +7151,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-40 908,9</w:t>
+41 028,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7702,51 +7360,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-40 908,9</w:t>
+41 028,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7911,51 +7569,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-40 748,9</w:t>
+40 868,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10712,52 +10370,69 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Сомасы (мың теңге)</w:t>
+              <w:t xml:space="preserve">
+Cомасы </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -27796,55 +27471,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>