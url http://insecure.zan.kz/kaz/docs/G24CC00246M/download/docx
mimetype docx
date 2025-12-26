--- v0 (2025-11-08)
+++ v1 (2025-12-26)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="ad3f5ce" w14:textId="ad3f5ce">
+    <w:p w14:paraId="fe59a34" w14:textId="fe59a34">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -378,159 +378,159 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, оның ішінде 2025 жылға мынадай көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 46 398,6 мың теңге:</w:t>
+      1) кірістер – 48 563,8 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер – 4 689,8 мың теңге;</w:t>
+      салықтық түсімдер – 4 843,9 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық емес түсімдер – 30,5 мың теңге;</w:t>
+      салықтық емес түсімдер – 217,1 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      негізгі капиталды сатудан түсетін түсімдер – 104,1 мың теңге;</w:t>
+      негізгі капиталды сатудан түсетін түсімдер – 928,6 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       арнаулы түсімдер – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімі - 41 574,2 мың теңге;</w:t>
+      трансферттер түсімі - 42 574,2 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар - 47 606,6 мың теңге;</w:t>
+      2) шығындар - 49 771,8 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу - 0 теңге:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -712,61 +712,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1 тармақ жаңа редакцияда - Ақтөбе облысы Алға аудандық мәслихатының 01.10.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1 тармақ жаңа редакцияда - Ақтөбе облысы Алға аудандық мәслихатының 12.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 317</w:t>
+        <w:t>№ 337</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1487,61 +1487,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Қарабұлақ ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1 қосымша жаңа редакцияда - Ақтөбе облысы Алға аудандық мәслихатының 01.10.2025 </w:t>
+      Ескерту. 1 қосымша жаңа редакцияда - Ақтөбе облысы Алға аудандық мәслихатының 12.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 317</w:t>
+        <w:t>№ 337</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -2265,51 +2265,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-46 398,6</w:t>
+48 563,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2442,51 +2442,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 689,8</w:t>
+4 843,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2619,51 +2619,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 573,5</w:t>
+1 641</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2796,51 +2796,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 573,5</w:t>
+1 641</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2973,51 +2973,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 684,3</w:t>
+2 733,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3150,51 +3150,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-25,9</w:t>
+38</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3504,51 +3504,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 177,1</w:t>
+2 214,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3858,51 +3858,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-432</w:t>
+469</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4035,51 +4035,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-432</w:t>
+469</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4212,51 +4212,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-30,5</w:t>
+217,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4598,196 +4598,196 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-104,1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+06</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Басқа салықтық емес түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+186,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4807,341 +4807,341 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-104,1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жергілікті бюджетке салықтық емес басқа да түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+186,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-104,1</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Негізгі капиталды сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+928,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5161,341 +5161,341 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жердi және материалдық емес активтердi сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+928,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-41 574,2</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жерді сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+928,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5515,195 +5515,549 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-41 574,2</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Материалдық емес активтерді сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттердің түсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+42 574,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік басқарудың жоғары тұрған органдарынан түсетін трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+42 574,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -5805,51 +6159,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-41 574,2</w:t>
+42 574,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -6733,87 +7087,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-II.Шығындар</w:t>
-[...35 lines deleted...]
-47 606,6</w:t>
+II. Шығындар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+49 771,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6978,51 +7332,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-32 823,3</w:t>
+35 269,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7187,51 +7541,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-32 823,3</w:t>
+35 269,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7396,51 +7750,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-32 823,3</w:t>
+35 269,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7605,51 +7959,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-32 823,3</w:t>
+34 269,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7814,51 +8168,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0</w:t>
+1 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8023,51 +8377,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-13 383,2</w:t>
+13 201,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8232,51 +8586,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-13 383,2</w:t>
+13 201,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8441,51 +8795,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-13 383,2</w:t>
+13 201,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8650,51 +9004,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 243,4</w:t>
+1 235,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9068,51 +9422,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8 989,8</w:t>
+8 816,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9277,51 +9631,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 400</w:t>
+1 300</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9486,51 +9840,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 400</w:t>
+1 300</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9695,51 +10049,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 400</w:t>
+1 300</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10113,51 +10467,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-100</w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>