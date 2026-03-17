--- v0 (2025-11-10)
+++ v1 (2026-03-17)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="8e62c8e" w14:textId="8e62c8e">
+    <w:p w14:paraId="7786988" w14:textId="7786988">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -171,105 +171,105 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, Бұланды аудандық мәслихаты ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 56973,0 мың теңге, соның ішінде:</w:t>
+      1) кірістер – 56 521,0 мың теңге, соның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер – 7855,0 мың теңге;</w:t>
+      салықтық түсімдер – 7 855,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімі – 49118,0 мың теңге;</w:t>
+      трансферттер түсімі – 48 666,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 58732,0 мың теңге;</w:t>
+      2) шығындар – 58 280,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -279,107 +279,107 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) қаржы активтерімен операциялар бойынша сальдо – 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) бюджет тапшылығы (профициті) – -1759,0 мың теңге;</w:t>
+      5) бюджет тапшылығы (профициті) – -1 759,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 1759,0 мың теңге.</w:t>
+      6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 1 759,0 мың теңге.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Ақмола облысы Бұланды аудандық мәслихатының 22.10.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Ақмола облысы Бұланды аудандық мәслихатының 12.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 8С-33/2</w:t>
+        <w:t>№ 8С-35/3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -827,61 +827,61 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Журавлевка ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда - Ақмола облысы Бұланды аудандық мәслихатының 22.10.2025 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - Ақмола облысы Бұланды аудандық мәслихатының 12.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 8С-33/2</w:t>
+        <w:t>№ 8С-35/3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -908,52 +908,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Санаты </w:t>
+              <w:t>
+Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -1678,51 +1678,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-56973,0</w:t>
+56 521,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1855,51 +1855,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7855,0</w:t>
+7 855,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2032,51 +2032,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1415,0</w:t>
+1 415,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2209,51 +2209,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1415,0</w:t>
+1 415,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2386,51 +2386,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6440,0</w:t>
+6 216,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2563,51 +2563,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-526,0</w:t>
+ 526,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2740,51 +2740,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-285,0</w:t>
+242,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2917,51 +2917,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5379,0</w:t>
+5 415,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3094,228 +3094,228 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-250,0</w:t>
+32,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-49118,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тауарларға, жұмыстарға және көрсетілетін қызметтерге салынатын iшкi салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+223,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3335,553 +3335,520 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-49118,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Табиғи және басқа да ресурстарды пайдаланғаны үшiн түсетiн түсiмдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+223,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...267 lines deleted...]
-Сома</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттер түсімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+48 666,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...45 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+48 666,0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -3910,432 +3877,321 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...45 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+48 666,0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...130 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vMerge/>
-[...7 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Функционалдық топ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сома</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...154 lines deleted...]
-          </w:p>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Бюджеттік бағдарламалардың әкiмшiсi </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -4364,503 +4220,430 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...99 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Бағдарлама </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...146 lines deleted...]
-          </w:p>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-54146,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4912,486 +4695,482 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...80 lines deleted...]
-45646,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+II. Шығындар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+58 280,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-8500,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жалпы сипаттағы мемлекеттiк қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+54 350,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-4586,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+54 350,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5411,164 +5190,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-4586,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+46 302,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5629,300 +5408,300 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-008</w:t>
-[...71 lines deleted...]
-1977,0</w:t>
+022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік органның күрделі шығыстары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8 048,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-2609,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғын үй-коммуналдық шаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 930,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5942,160 +5721,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-0,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 930,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6147,128 +5930,132 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-0,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердегі көшелерді жарықтандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 977,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6320,128 +6107,132 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
--1759,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді абаттандыру мен көгалдандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 953,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6533,88 +6324,607 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t xml:space="preserve">
+III. Таза бюджеттік кредиттеу </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+IV. Қаржы активтерiмен операциялар бойынша сальдо </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+V. Бюджет тапшылығы (профициті)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-1 759,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>
 VI. Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1759,0</w:t>
+1 759,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -18224,55 +18534,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>