--- v0 (2025-10-05)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="e4b9d24" w14:textId="e4b9d24">
+    <w:p w14:paraId="8087a79" w14:textId="8087a79">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -920,148 +920,90 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бұйрыққа 1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z20" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Қазақстан Республикасы Ішкі істер министрлігінің қалалық, аудандық (қалалардағы аудандар, көліктегі) аумақтық органдар қызметкерлерінің лауазымдарына қойылатын біліктілік талаптары</w:t>
+        <w:t xml:space="preserve"> Қазақстан Республикасы Ішкі істер министрлігінің орталық аппараты мен ведомстволары қызметкерлерінің лауазымдарына қойылатын біліктілік талаптары</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Тақырып жаңа редакцияда - ҚР Ішкі істер министрінің 22.09.2025 </w:t>
+      Ескерту. Біліктілік талаптары жаңа редакцияда – ҚР Ішкі істер министрінің 28.01.2026 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 700</w:t>
+        <w:t>№ 52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
-[...57 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі)  бұйрықтарымен.</w:t>
+        <w:t xml:space="preserve"> бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
@@ -1223,51 +1165,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жұмыс өтілі келесі талаптардың біріне сәйкес келуі қажет</w:t>
+Жұмыс өтілі мынадай талаптарға сәйкес келуі тиіс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1426,141 +1368,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-нақты лауазымның функционалдық бағыттарына сәйкес келетін жоғары білім</w:t>
-[...89 lines deleted...]
-4) аталған санаттағы нақты лауазымның функционалдық бағыттарына сәйкес келетін салалардағы жұмыс өтілі он екі жылдан кем емес, оның ішінде басшы лауазымдарда алты жылдан кем емес.</w:t>
+жоғары білім (мамандану) немесе нақты лауазымның функционалдық бағыттарына сәйкес келетін жоғары оқу орнынан кейінгі білім</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+құқық қорғау қызметінде жұмыс өтілі он жылдан кем емес, олардың ішінде осы санаттардағы нақты лауазымның тиісті бейіндік бағыты бойынша жұмыс өтілі бес жылдан кем емес, оның ішінде басшы лауазымдарда бес жылдан кем емес, оның ішінде нақты құрылымдық бөліністің штат кестесінде көзделген келесі төмен тұрған санаттағы немесе C-GP-2, C-OGP-3, C-AGP-3, C-KSGP-2, C-KAGP-2, C-VP-2, C-TP-3, C-SV-2, C-SVО-1, C-SVU-1, B-FM-2, B-FMО-1 санаттарынан төмен емес лауазымдарда екі жылдан кем емес</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1697,195 +1585,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-нақты лауазымның функционалдық бағыттарына сәйкес келетін жоғары білім</w:t>
-[...143 lines deleted...]
-Жедел-криминалистикалық қызметке криминалистикалық зерттеулер немесе сот сараптамалары өндірісіне құқығы бар біліктілік куәлігінің болуы.</w:t>
+жоғары білім (мамандану) немесе нақты лауазымның функционалдық бағыттарына сәйкес келетін жоғары оқу орнынан кейінгі білім</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+құқық қорғау қызметінде жұмыс өтілі тоғыз жылдан кем емес, олардың ішінде осы санаттардағы нақты лауазымның тиісті бейіндік бағыты бойынша жұмыс өтілі үш жылдан кем емес, оның ішінде басшы лауазымдарда үш жылдан кем емес, оның ішінде нақты құрылымдық бөліністің штат кестесінде көзделген келесі төмен тұрған санаттағы немесе C-GP-4, C-OGP-3, C-АGP-4, C-KSGP-3, C-ОKSGP-1, C-KАGP-3, C-VP-2, C-TP-3, B-FM-3, B- FMO-2, C-SV-3, C-SVO-2, C-SVU-2, C-SN-1 санаттарынан төмен емес лауазымдарда екі жылдан кем емес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жедел-криминалистикалық қызметке Қазақстан Республикасы ІІМ Біліктілік комиссиясы берген криминалистикалық зерттеулердің кемінде 6 түрін, оның ішінде арнайы зерттеу түрлерін жүргізу құқығына біліктілік куәліктерінің болуы.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ішкі аудит қызметі үшін мемлекеттік аудитор біліктілігін беру туралы сертификатының болуы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -2062,213 +1878,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) құқық қорғау қызметіндегі жұмыс өтілі жеті жылдан кем емес, оның ішінде C-GP-4, C-OGP-4, C-RGP-1, C-AGP-4, C-KGP-2, C-OKGP-2, В-PK-4, В-PKО-3, C-SV-4, С-SVО-3, C-SVR-1, C-SVU-3, C-SN-3, С-SSP-3, C-SGU-5, С-FM-3, С-FMО-3 санаттарынан төмен емес немесе нақты құрылымдық бөліністердің штаттық кестесінде көзделген келесі төмен тұрған санаттардан төмен емес лауазымдарда бір жылдан кем емес;</w:t>
-[...125 lines deleted...]
-Жедел-криминалистикалық қызметке криминалистикалық зерттеулер немесе сот сараптамалары өндірісіне құқығы бар біліктілік куәлігінің болуы.</w:t>
+құқық қорғау қызметінде жұмыс өтілі сегіз жылдан кем емес, олардың ішінде осы санаттардағы нақты лауазымның тиісті бейіндік бағыты бойынша басшы лауазымдарда жұмыс өтілі үш жылдан кем емес, оның ішінде нақты құрылымдық бөліністің штат кестесінде көзделген келесі төмен тұрған санаттағы немесе C-GP-4, C-AGP-5, C-VP-3, C-TP-4, C-OGP-4, C-KSGP-4, C-KAGP-4, C-OKSGP-2, C-RVP-1, C-GVP-1, C-RTP-1, C-RGP-1, B-FM-4, B-FMО-3, C-SV-4, C-SVО-3, C-SVR-1, C-SVU-3, C-SN-2, C-SGU-1, C-SGU-3, C-SGU-5 санаттарынан төмен емес басшы лауазымдарда екі жылдан кем емес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жедел-криминалистикалық қызметке Қазақстан Республикасы ІІМ Біліктілік комиссиясы берген криминалистикалық зерттеулердің кемінде 6 түрін, оның ішінде арнайы зерттеу түрлерін жүргізу құқығына біліктілік куәліктерінің болуы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасы Ішкі істер министрлігінің шетелдегі өкілі лауазымына орналасу үшін мемлекеттік және орыс тілдерін, сондай-ақ ағылшын тілін немесе келген елдің тілін білу қажет.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ішкі аудит қызметі үшін мемлекеттік аудитор біліктілігін беру туралы сертификатының болуы.</w:t>
-            </w:r>
-[...16 lines deleted...]
-Интерполға ресми төрт тілдің біреуін білу қажет: француз, ағылшын, испан немесе араб </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2336,52 +2062,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Комитеттің, департаменттің басқарма бастығы, Басқарма бастығының орынбасары, Орталық органның бірінші басшысының кеңесшісі, Автокөліктік қызмет көрсету мекемесінің бастығы</w:t>
+              <w:t xml:space="preserve">
+Комитеттің, департаменттің басқарма бастығы, </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Басқарма бастығының орынбасары</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Министрдің кеңесшісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2409,195 +2171,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) құқық қорғау қызметіндегі жұмыс өтілі алты жылдан кем емес, оның ішінде C-GP-5, C-OGP-5, C-RGP-2, C-AGP-6, C-KGP-3, C-OKGP-3, В-PK-5, В-PKО-4, C-SV-5, С-SVО-4, C-SVR-3, C-SVU-4, C-SN-4, С-SSP-4, C-SGU-7, С-FM-4, С-FMО-4 санатынан төмен емес немесе нақты құрылымдық бөліністердің штаттық кестесінде көзделген келесі төмен тұрған санаттардан төмен емес лауазымдарда бір жылдан кем емес;</w:t>
-[...125 lines deleted...]
-Ішкі аудит қызметі үшін мемлекеттік аудитор біліктілігін беру туралы сертификатының болуы.</w:t>
+құқық қорғау қызметінде жұмыс өтілі жеті жылдан кем емес, олардың ішінде осы санаттардағы нақты лауазымның тиісті бейіндік бағыты бойынша жұмыс өтілі үш жылдан кем емес, оның ішінде нақты құрылымдық бөліністің штат кестесінде көзделген келесі төмен тұрған санаттағы немесе C-GP-6, C-AGP-7, C-KSGP-4, C-KAGP-4, C-OKSGP-3, B-FM-5, B-FMО-4, C-SV-5, C-SVО-4, C-SVR-3, C-SVU-4, C-SN-3, С-SSP-2, C-SGU-6 санаттарынан төмен емес лауазымдарда екі жылдан кем емес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жедел-криминалистикалық қызметке Қазақстан Республикасы ІІМ Біліктілік комиссиясы берген криминалистикалық зерттеулердің кемінде 5 түрін, оның ішінде арнайы зерттеу түрлерін жүргізу құқығына біліктілік куәліктерінің болуы.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Интерполға ресми төрт тілдің біреуін білу қажет: француз, ағылшын, испан немесе араб </w:t>
+Ішкі аудит қызметі үшін мемлекеттік аудитор біліктілігін беру туралы сертификатының болуы. </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Интерполға ресми төрт тілдің біреуін білу қажет: француз, ағылшын, испан немесе араб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2665,52 +2355,70 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Комитеттің, департаменттің басқарма бастығының орынбасары, Аса маңызды істер жөніндегі бас инспекторы (тергеуші, жедел уәкіл) Бөлім бастығы Автокөліктік қызмет көрсету мекемесі бастығының орынбасары Кезекші бөлімнің бастығы</w:t>
+              <w:t xml:space="preserve">
+Комитеттің, департаменттің басқарма бастығының орынбасары, Аса маңызды істер жөніндегі бас инспекторы (тергеуші, жедел уәкіл) Бөлім бастығы </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кезекші бөлімінің бастығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2738,195 +2446,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) құқық қорғау қызметіндегі жұмыс өтілі бес жылдан кем емес, оның ішінде C-GP-6, C-OGP-6, C-RGP-3, C-AGP-7, C-KGP-4, C-OKGP-4, В-PK-6, В-PKО-5, C-SV-8, С-SVО-5, C-SVR-4, C-SVU-5, C-SN-6, С-SSP-5, C-SGU-8, С-FM-5 (аса маңызды істер жөніндегі тергеуші, аса маңызды істер жөніндегі жедел уәкіл (анықтаушы)) санаттарынан төмен емес немесе нақты құрылымдық бөліністердің штаттық кестесінде көзделген келесі төмен тұрған санаттардан төмен емес лауазымдарда бір жылдан кем емес;</w:t>
-[...125 lines deleted...]
-Ішкі аудит қызметі үшін мемлекеттік аудитор біліктілігін беру туралы сертификатының болуы.</w:t>
+құқық қорғау қызметінде жұмыс өтілі алты жылдан кем емес, олардың ішінде осы санаттардағы нақты лауазымның тиісті бейіндік бағыты бойынша жұмыс өтілі екі жылдан кем емес, оның ішінде нақты құрылымдық бөліністің штат кестесінде көзделген келесі төмен тұрған санаттағы немесе C-GP-7, C-AGP-8, C-KSGP-5, C-KAGP-5, C-VP-5, C-TP-7, C-OGP-7, C-OKSGP-5, B-FM-6, B-FMО-5, C-SV-8, C-SVО-5, C-SVR-4, C-SVU-5, C-SN-4, С-SSP-3, C-SGU-8 санаттарынан төмен емес лауазымдарда екі жылдан кем емес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жедел-криминалистикалық қызметке Қазақстан Республикасы ІІМ Біліктілік комиссиясы берген криминалистикалық зерттеулердің кемінде 5 түрін, оның ішінде арнайы зерттеу түрлерін жүргізу құқығына біліктілік куәліктерінің болуы.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Интерполға ресми төрт тілдің біреуін білу қажет: француз, ағылшын, испан немесе араб </w:t>
+Ішкі аудит қызметі үшін мемлекеттік аудитор біліктілігін беру туралы сертификатының болуы. </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Интерполға ресми төрт тілдің біреуін білу қажет: француз, ағылшын, испан немесе араб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2959,87 +2595,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-C-SVR-5</w:t>
-[...35 lines deleted...]
-Қалалық, аудандық аумақтық органның бөлім бастығының орынбасары Қалалық, аудандық, көліктегі, кенттік бөлімшелердің бастығы Облыстық аумақтық органның: бөлімшенің қабылдау-тарату орнының, арнайы қабылдау орнының, уақытша ұстау изоляторының, кинологиялық қызмет орталығының, автошаруашылығының, кәмелетке толмағандардың істері жөніндегі инспекциясының, кезекші бөлімінің, жылжымалы полиция пунктінің, штабының, көліктегі бөлімшесінің бастығы</w:t>
+C-SV-6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Комитет, департамент басқармасының бөлім бастығы </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бөлім бастығының орынбасары</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Орталық органның бірінші басшысының көмекшісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3067,148 +2739,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) құқық қорғау немесе арнайы мемлекеттік органдардағы немесе әскери қызметтегі немесе судья лауазымындағы жұмыс өтілі екі жылдан кем емес;</w:t>
-[...96 lines deleted...]
-Жедел-криминалистикалық қызметке криминалистикалық зерттеулер немесе сот сараптамалары өндірісіне құқығы бар біліктілік куәлігінің бар болуы. Туристік полиция үшін Қазақстан тарихы мен шет тілдерін білу қажет.</w:t>
+құқық қорғау қызметінде жұмыс өтілі алты жылдан кем емес, олардың ішінде осы санаттардағы нақты лауазымның тиісті бейіндік бағыты бойынша жұмыс өтілі екі жылдан кем емес, оның ішінде нақты құрылымдық бөліністің штат кестесінде көзделген келесі төмен тұрған санаттағы немесе C-GP-7, C-AGP-8, C-KSGP-5, C-KAGP-5, C-VP-5, C-TP-7, C-OGP-7, C-OKSGP-5, B-FM-6, B-FMО-5, C-SV-8, C-SVО-5, C-SVR-4, C-SVU-5, C-SN-4, С-SSP-3, C-SGU-8 санаттарынан төмен емес лауазымдарда екі жылдан кем емес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жедел-криминалистикалық қызметке Қазақстан Республикасы ІІМ Біліктілік комиссиясы берген криминалистикалық зерттеулердің кемінде 4 түрін, оның ішінде арнайы зерттеу түрлерін жүргізу құқығына біліктілік куәліктерінің болуы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Ішкі аудит қызметі үшін мемлекеттік аудитор біліктілігін беру туралы сертификатының болуы. </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Интерполға ресми төрт тілдің біреуін білу қажет: француз, ағылшын, испан немесе араб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3241,87 +2888,105 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-C-SVR-6</w:t>
-[...35 lines deleted...]
-Аумақтық органның: қалалық, аудандық, көліктегі, кенттік бөлімшесі бастығының орынбасары қалалық, аудандық аумақтық органның бас маманы, аға офицері, қабылдау-тарату орны, арнайы қабылдау орны, уақытша ұстау изоляторы, штаб бастығының орынбасары, полиция бөлімі бастығының кадр саясаты жөніндегі көмекшісі, кезекші бөлім бастығының көмекшісі-жедел кезекші</w:t>
+C-SV-7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Комитет, департамент басқармасы бөлім бастығының орынбасары</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Бөлімше бастығы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3349,145 +3014,124 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) құқық қорғау немесе арнайы мемлекеттік органдардағы немесе әскери қызметтегі немесе судья лауазымындағы жұмыс өтілі бір жылдан кем емес;</w:t>
-[...93 lines deleted...]
-            </w:pPr>
+құқық қорғау қызметінде жұмыс өтілі төрт жылдан кем емес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жедел-криминалистикалық қызметке Қазақстан Республикасы ІІМ Біліктілік комиссиясы берген криминалистикалық зерттеулердің кемінде 4 түрін, оның ішінде арнайы зерттеу түрлерін жүргізу құқығына біліктілік куәліктерінің болуы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Ішкі аудит қызметі үшін мемлекеттік аудитор біліктілігін беру туралы сертификатының болуы. </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Интерполға ресми төрт тілдің біреуін білу қажет: француз, ағылшын, испан немесе араб.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
@@ -3555,51 +3199,69 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аса маңызды істер жөніндегі аға тергеуші (жедел уәкіл, анықтаушы) Ерекше тапсырмалар жөніндегі аға инспектор Бас: криминалист, ревизор-аудитор, маман-дәрігер, маман-психолог, маман-полиграфолог, маман Кезекші бөлім бастығының көмекшісі – жедел кезекші, аға офицер</w:t>
+Аса маңызды істер жөніндегі аға тергеуші (жедел уәкіл, анықтаушы) Ерекше тапсырмалар жөніндегі аға инспектор</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бас криминалист, ревизор-аудитор, маман-дәрігер, маман-психолог, маман-полиграфолог, маман Кезекші бөлімі бастығының көмекшісі – жедел кезекші</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3627,195 +3289,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) құқық қорғау қызметіндегі жұмыс өтілі үш жылдан кем емес;</w:t>
-[...107 lines deleted...]
-Жедел-криминалистикалық қызметке криминалистикалық зерттеулер немесе сот сараптамалары өндірісіне құқығы бар біліктілік куәлігінің болуы.</w:t>
+құқық қорғау қызметінде жұмыс өтілі төрт жылдан кем емес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жедел-криминалистикалық қызметке Қазақстан Республикасы ІІМ Біліктілік комиссиясы берген криминалистикалық зерттеулердің кемінде 4 түрін, оның ішінде арнайы зерттеу түрлерін жүргізу құқығына біліктілік куәліктерінің болуы.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Интерполға ресми төрт тілдің біреуін білу қажет: француз, ағылшын, испан немесе араб. </w:t>
-[...17 lines deleted...]
-Ішкі аудит қызметі үшін мемлекеттік аудитор біліктілігін беру туралы сертификатының болуы.</w:t>
+Ішкі аудит қызметі үшін мемлекеттік аудитор біліктілігін беру туралы сертификатының болуы. </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Интерполға ресми төрт тілдің біреуін білу қажет: француз, ағылшын, испан немесе араб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3884,51 +3474,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Барлық атаулардағы аға: тергеуші, анықтаушы, жедел уәкіл, криминалист, ревизор-аудитор, инспектор және инженер, офицер</w:t>
+Барлық атаулардағы аға: тергеуші, анықтаушы, жедел уәкіл, криминалист, ревизор-аудитор, инспектор және инженер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3956,159 +3546,105 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) құқық қорғау немесе арнайы мемлекеттік органдардағы немесе әскери қызметтегі немесе судья лауазымындағы жұмыс өтілі екі жылдан кем емес;</w:t>
-[...107 lines deleted...]
- Интерполға ресми төрт тілдің біреуін білу қажет: француз, ағылшын, испан немесе араб </w:t>
+құқық қорғау не арнаулы мемлекеттік органдарда не әскери қызметте не судья лауазымында қызмет өтілі үш жылдан кем емес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жедел-криминалистикалық қызметке Қазақстан Республикасы ІІМ Біліктілік комиссиясы берген криминалистикалық зерттеулердің кемінде 3 түрін, оның ішінде арнайы зерттеу түрлерін жүргізу құқығына біліктілік куәліктерінің болуы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Интерполға ресми төрт тілдің біреуін білу қажет: француз, ағылшын, испан немесе араб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4249,141 +3785,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) құқық қорғау немесе арнайы мемлекеттік органдардағы немесе әскери қызметтегі немесе судья лауазымындағы жұмыс өтілі бір жылдан кем емес;</w:t>
-[...89 lines deleted...]
-Интерполға ресми төрт тілдің біреуін білу қажет: француз, ағылшын, испан немесе араб. </w:t>
+құқық қорғау қызметінде не арнаулы мемлекеттік органдарда не әскери қызметте не судья лауазымында қызмет өтілі екі жылдан кем емес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жедел-криминалистикалық қызметке Қазақстан Республикасы ІІМ Біліктілік комиссиясы берген криминалистикалық зерттеулердің кемінде 1 түрін, оның ішінде арнайы зерттеу түрлерін жүргізу құқығына біліктілік куәліктерінің болуы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кандидатта арнайы білімі (биология, химия, молекулярлық генетика саласында, IT-саласында) болған жағдайда біліктілік куәліктерінің болуына қойылатын талаптар белгіленбейді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Интерполға ресми төрт тілдің біреуін білу қажет: француз, ағылшын, испан немесе араб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4559,50 +4077,68 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Полицей-жүргізушілер үшін жүргізуші куәлігінің болуы.</w:t>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасы Қарулы Күштері қатарында міндетті қызмет өткеру немесе Әскери-техникалық мектебіндегі курстарды немесе Қазақстан Республикасының оқу орындары жанындағы Әскери кафедрада курстарды аяқтау (бұл талап əскерге шақырылушыларға қолданылады)</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -4764,95 +4300,12730 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасы Қарулы Күштері қатарында міндетті қызмет өткеру немесе Әскери-техникалық мектебіндегі курстарды немесе Қазақстан Республикасының оқу орындары жанындағы Әскери кафедрада курстарды аяқтау (бұл талап əскерге шақырылушыларға қолданылады)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Ескертпе: Осы біліктілік талаптарындағы әскери қызмет өтіліне сарбаздар (матростар) құрамының мерзімді әскери қызмет кезеңдері енгізілмейді.</w:t>
+      Ескертпе: жоғары кәсіби даярлығы бар, ерекше білімдері немесе нақты мамандықтар бойынша жұмыс өтілдері бар адамдар осы біліктілік талаптарында белгіленген қажетті жұмыс өтілдері ескерілмей, Қазақстан Республикасы Ішкі істер министрінің шешімімен не оның келісімімен лауазымға тағайындалуы мүмкін.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Жоғары кәсіби даярлығы бар, ерекше білімдері немесе нақты мамандықтар бойынша жұмыс өтілдері бар адамдар осы біліктілік талаптарында белгіленген қажетті жұмыс өтілдері ескерілмей, Қазақстан Республикасы Ішкі істер министрінің шешімімен не оның келісімімен лауазымға тағайындалуы мүмкін.</w:t>
+      Құқық қорғау органдарының қызметкерлері болып табылмайтын адамдарды лауазымға тағайындаған жағдайда құқық қорғау органдары лауазымдарының санаттарына қойылатын үлгілік біліктілік талаптарына сәйкес лауазымдардың тиісті санаттарына жұмыс өтілі бойынша талаптарды да басшылыққа алу қажет.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ішкі істер министрінің</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2020 жылғы 12. 06. № 463</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бұйрыққа 2-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z86" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қазақстан Республикасы Ішкі істер министрлігінің облыстық (республикалық маңызы бар қалалардың, көліктегі) аумақтық органдары қызметкерлерінің лауазымдарына қойылатын біліктілік талаптары</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Біліктілік талаптары жаңа редакцияда – ҚР Ішкі істер министрінің 28.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 52</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Лауазымның атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Біліміне қойылатын талаптар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жұмыс өтілі мынадай талаптарға сәйкес келуі тиіс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кәсіби қызметін тиімді орындау үшін қажет басқа да талаптар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+C-SVО-1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бастық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жоғары білім (мамандану) немесе нақты лауазымның функционалдық бағыттарына сәйкес келетін жоғары оқу орнынан кейінгі білім</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+құқық қорғау қызметінде жұмыс өтілі тоғыз жылдан кем емес, олардың ішінде осы санаттардағы нақты лауазымның тиісті бейіндік бағыты бойынша жұмыс өтілі үш жылдан кем емес, оның ішінде басшы лауазымдарда үш жылдан кем емес, оның ішінде нақты құрылымдық бөліністің штат кестесінде көзделген келесі төмен тұрған санаттағы немесе C-GP-4, C-OGP-3, C-АGP-4, C-KSGP-3, C-ОKSGP-1, C-KАGP-3, C-VP-2, C-TP-3, B-FM-3, B- FMO-2, C-SV-3, C-SVO-2, C-SVU-2, C-SN-1 санаттарынан төмен емес лауазымдарда екі жылдан кем емес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+C-SVО-2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бастықтың орынбасары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жоғары білім (мамандану) немесе нақты лауазымның функционалдық бағыттарына сәйкес келетін жоғары оқу орнынан кейінгі білім</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+құқық қорғау қызметінде жұмыс өтілі сегіз жылдан кем емес, олардың ішінде осы санаттардағы нақты лауазымның тиісті бейіндік бағыты бойынша басшы лауазымдарда жұмыс өтілі үш жылдан кем емес, оның ішінде нақты құрылымдық бөліністің штат кестесінде көзделген келесі төмен тұрған санаттағы немесе C-GP-4, C-AGP-5, C-VP-3, C-TP-4, C-OGP-4, C-KSGP-4, C-KAGP-4, C-OKSGP-2, C-RVP-1, C-GVP-1, C-RTP-1, C-RGP-1, B-FM-4, B-FMО-3, C-SV-4, C-SVО-3, C-SVR-2, C-SVU-3, C-SN-2, C-SGU-1, C-SGU-3, C-SGU-5 санаттарынан төмен емес басшы лауазымдарда екі жылдан кем емес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жеке құраммен жұмыс жөніндегі бастығының орынбасары лауазымына тағайындау жеке құраммен жұмыс жөніндегі бөліністерінде қызмет өтілі бар немесе адам ресурстарын басқару (HR) бойынша оқудан өткен адамдар арасынан жүзеге асырылады.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+C-SVО-3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Басқарма бастығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+нақты лауазымның функционалдық бағыттарына сәйкес келетін жоғары білім</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+құқық қорғау қызметінде жұмыс өтілі жеті жылдан кем емес, олардың ішінде осы санаттардағы нақты лауазымның тиісті бейіндік бағыты бойынша жұмыс өтілі үш жылдан кем емес, оның ішінде нақты құрылымдық бөліністің штат кестесінде көзделген келесі төмен тұрған санаттағы немесе C-GP-6, C-AGP-7, C-KSGP-4, C-KAGP-4, C-OKSGP-3, B-FM-5, B-FMО-4, C-SV-8, C-SVО-4, C-SVR-3, C-SVU-4, C-SN-3, С-SSP-2, C-SGU-6 санаттарынан төмен емес лауазымдарда екі жылдан кем емес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жедел-криминалистикалық қызметке Қазақстан Республикасы ІІМ Біліктілік комиссиясы берген криминалистикалық зерттеулердің кемінде 5 түрін, оның ішінде арнайы зерттеу түрлерін жүргізу құқығына біліктілік куәліктерінің болуы.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+C-SVО-4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Басқарма бастығының орынбасары </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бөлім бастығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+нақты лауазымның функционалдық бағыттарына сәйкес келетін жоғары білім</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+құқық қорғау қызметінде жұмыс өтілі алты жылдан кем емес, олардың ішінде осы санаттардағы нақты лауазымның тиісті бейіндік бағыты бойынша жұмыс өтілі екі жылдан кем емес, оның ішінде нақты құрылымдық бөліністің штат кестесінде көзделген келесі төмен тұрған санаттағы немесе C-GP-7, C-AGP-8, C-KSGP-5, C-KAGP-5, C-VP-5, C-TP-7, C-OGP-7, C-OKSGP-5, B-FM-6, B-FMО-5, C-SV-8, C-SVО-5, C-SVR-4, C-SVU-5, C-SN-4, С-SSP-3, C-SGU-8 санаттарынан төмен емес лауазымдарда екі жылдан кем емес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жедел-криминалистикалық қызметке Қазақстан Республикасы ІІМ Біліктілік комиссиясы берген криминалистикалық зерттеулердің кемінде 5 түрін, оның ішінде арнайы зерттеу түрлерін жүргізу құқығына біліктілік куәліктерінің болуы.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+C-SVО-5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Басқарма бөлімінің бастығы </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Бөлім бастығының орынбасары </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бастықтың көмекшісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+нақты лауазымның функционалдық бағыттарына сәйкес келетін жоғары білім</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+құқық қорғау қызметінде жұмыс өтілі төрт жылдан кем емес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жедел-криминалистикалық қызметке Қазақстан Республикасы ІІМ Біліктілік комиссиясы берген криминалистикалық зерттеулердің кемінде 4 түрін, оның ішінде арнайы зерттеу түрлерін жүргізу құқығына біліктілік куәліктерінің болуы.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+C-SVО-6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Басқарма бөлімі бастығының орынбасары</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Бөлімше, қызмет, кезекші бөлімінің, кинологиялық қызмет орталығының, уақытша ұстау изоляторының, қабылдау-бөлу, арнайы қабылдау орнының, автошаруашылық бастығы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+нақты лауазымның функционалдық бағыттарына сәйкес келетін жоғары білім</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+құқық қорғау не арнаулы мемлекеттік органдарда не әскери қызметте не судья лауазымында қызмет өтілі үш жылдан кем емес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жедел-криминалистикалық қызметке Қазақстан Республикасы ІІМ Біліктілік комиссиясы берген криминалистикалық зерттеулердің кемінде 4 түрін, оның ішінде арнайы зерттеу түрлерін жүргізу құқығына біліктілік куәліктерінің болуы.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+C-SVО-7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аса маңызды істер жөніндегі аға тергеуші (жедел уәкілі, анықтаушы), барлық атаулардағы ерекше тапсырмалар жөніндегі аға инспекторы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Барлық атаулардағы бас: криминалист, ревизор, маман</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Бастықтың орынбасары: кинологиялық қызмет орталығы, уақытша ұстау изоляторы, қабылдау-бөлу орны, арнайы қабылдау орны, автошаруашылық </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Бастықтың көмекшісі: бөлім, кезекші бөлімі– жедел кезекшісі </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жедел кезекшісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+нақты лауазымның функционалдық бағыттарына сәйкес келетін жоғары білім</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+құқық қорғау не арнаулы мемлекеттік органдарда не әскери қызметте не судья лауазымында қызмет өтілі үш жылдан кем емес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жедел-криминалистикалық қызметке Қазақстан Республикасы ІІМ Біліктілік комиссиясы берген криминалистикалық зерттеулердің кемінде 4 түрін, оның ішінде арнайы зерттеу түрлерін жүргізу құқығына біліктілік куәліктерінің болуы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ішкі аудит қызметі үшін мемлекеттік аудитор біліктілігін беру туралы сертификатының болуы.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+C-SVО-8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Барлық атаулардағы аға: тергеуші, анықтаушы, криминалисі, жедел уәкіл, ревизор, мемлекеттік автоинспектор, инспектор және инженер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) нақты лауазымның функционалдық бағыттарына сәйкес келетін жоғары білім;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) нақты лауазымның тиісті функционалдық бағыттары бойынша орта буын мамандарын даярлауды көздейтін орта білімнен кейінгі білім (облыстық аумақтық органдардың барлық түрлерінің бас инженерлері үшін ғана)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+құқық қорғау қызметінде не арнаулы мемлекеттік органдарда не әскери қызметте не судья лауазымында қызмет өтілі екі жылдан кем емес </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жедел-криминалистикалық қызметке Қазақстан Республикасы ІІМ Біліктілік комиссиясы берген криминалистикалық зерттеулердің кемінде 3 түрін, оның ішінде арнайы зерттеу түрлерін жүргізу құқығына біліктілік куәліктерінің болуы.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+C-SVО-9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Барлық атаулардағы: тергеуші, анықтаушы, криминалист, жедел уәкілі, ревизоры, мемлекеттік автоинспектор, инспектор және инженер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) нақты лауазымның функционалдық бағыттарына сәйкес келетін жоғары білім</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) нақты лауазымның тиісті функционалдық бағыттары бойынша орта білімнен кейінгі білім (тек инспектор-кинологтар, барлық түрдегі облыстық аумақтық органдардың инженерлері, қылмыстық-атқару жүйесі қызметкерлері үшін)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жедел-криминалистикалық қызметке Қазақстан Республикасы ІІМ Біліктілік комиссиясы берген криминалистикалық зерттеулердің кемінде 1 түрін, оның ішінде арнайы зерттеу түрлерін жүргізу құқығына біліктілік куәліктерінің болуы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кандидатта арнайы білімі (биология, химия, молекулярлық генетика саласында, IT-саласында) болған жағдайда біліктілік куәліктерінің болуына қойылатын талаптар белгіленбейді.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+C-SV-12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жедел кезекшінің көмекшісі.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бөлімше командирі, барлық атаулардағы полицей, старшина, кезекшінің көмекшісі, кіші жедел уәкіл, тергеушінің көмекшісі, барлық атаулардағы қойма меңгерушісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+орта білім</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Полицей-жүргізушілер үшін жүргізуші куәлігінің болуы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасы Қарулы Күштері қатарында міндетті қызмет өткеру немесе Әскери-техникалық мектебіндегі курстарды немесе Қазақстан Республикасының оқу орындары жанындағы Әскери кафедрада курстарды аяқтау (бұл талап əскерге шақырылушыларға қолданылады)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+C-SV-13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Барлық атаулардағы техниктер және операторлар, кіші инспектор, кіші инспектор-кинолог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+орта білім</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасы Қарулы Күштері қатарында міндетті қызмет өткеру немесе Әскери-техникалық мектебіндегі курстарды немесе Қазақстан Республикасының оқу орындары жанындағы Әскери кафедрада курстарды аяқтау (бұл талап əскерге шақырылушыларға қолданылады)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескертпе: жоғары кәсіби даярлығы бар, ерекше білімдері немесе нақты мамандықтар бойынша жұмыс өтілдері бар адамдар осы біліктілік талаптарында белгіленген қажетті жұмыс өтілдері ескерілмей, Қазақстан Республикасы Ішкі істер министрінің шешімімен не оның келісімімен лауазымға тағайындалуы мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Құқық қорғау органдарының қызметкерлері болып табылмайтын адамдарды лауазымға тағайындаған жағдайда құқық қорғау органдары лауазымдарының санаттарына қойылатын үлгілік біліктілік талаптарына сәйкес лауазымдардың тиісті санаттарына жұмыс өтілі бойынша талаптарды да басшылыққа алу қажет.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ішкі істер министрінің</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2020 жылғы 12. 06. № 463</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бұйрыққа 3-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z128" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қазақстан Республикасы Ішкі істер министрлігінің қалалық, аудандық (қалалардағы аудандар, көліктегі), аумақтық органдары қызметкерлерінің лауазымдарына қойылатын біліктілік талаптары</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Біліктілік талаптары жаңа редакцияда – ҚР Ішкі істер министрінің 28.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 52</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Лауазымның атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Біліміне қойылатын талаптар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жұмыс өтілі мынадай талаптарға сәйкес келуі тиіс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кәсіби қызметін тиімді орындау үшін қажет басқа да талаптар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+C-SVR-1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бастық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жоғары білім (мамандану) немесе нақты лауазымның функционалдық бағыттарына сәйкес келетін жоғары оқу орнынан кейінгі білім</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+құқық қорғау қызметінде жұмыс өтілі жеті жылдан кем емес, олардың ішінде осы санаттардағы нақты лауазымның тиісті бейіндік бағыты бойынша жұмыс өтілі үш жылдан кем емес, оның ішінде нақты құрылымдық бөліністің штат кестесінде көзделген келесі төмен тұрған санаттағы немесе C-GP-6, C-AGP-7, C-KSGP-4, C-KAGP-4, C-OKSGP-3, B-FM-5, B-FMО-4, C-SV-5, C-SVО-4, C-SVR-3, C-SVU-4, C-SN-3, С-SSP-2, C-SGU-6 санаттарынан төмен емес лауазымдарда екі жылдан кем емес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+C-SVR-2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Бастық </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Бастықтың орынбасары </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жоғары білім (мамандану) немесе нақты лауазымның функционалдық бағыттарына сәйкес келетін жоғары оқу орнынан кейінгі білім</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+құқық қорғау қызметінде жұмыс өтілі алты жылдан кем емес, олардың ішінде осы санаттардағы нақты лауазымның тиісті бейіндік бағыты бойынша жұмыс өтілі екі жылдан кем емес, оның ішінде нақты құрылымдық бөліністің штат кестесінде көзделген келесі төмен тұрған санаттағы немесе C-GP-7, C-AGP-8, C-KSGP-5, C-KAGP-5, C-VP-5, C-TP-7, C-OGP-7, C-OKSGP-5, B-FM-6, B-FMО-5, C-SV-8, C-SVО-5, C-SVО-7, C-SVR-4, C-SVU-5, C-SN-4, С-SSP-3, C-SGU-8 санаттарынан төмен емес лауазымдарда екі жылдан кем емес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жеке құраммен жұмыс жөніндегі бастығының орынбасары лауазымына тағайындау жеке құраммен жұмыс жөніндегі бөліністерінде қызмет өтілі бар немесе адам ресурстарын басқару (HR) бойынша оқудан өткен адамдар арасынан жүзеге асырылады.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+C-SVR-3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Бастық </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бастықтың орынбасары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+нақты лауазымның функционалдық бағыттарына сәйкес келетін жоғары білім</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+құқық қорғау қызметінде жұмыс өтілі алты жылдан кем емес, олардың ішінде осы санаттардағы нақты лауазымның тиісті бейіндік бағыты бойынша жұмыс өтілі екі жылдан кем емес, оның ішінде нақты құрылымдық бөліністің штат кестесінде көзделген келесі төмен тұрған санаттағы немесе C-GP-7, C-AGP-8, C-KSGP-5, C-KAGP-5, C-VP-5, C-TP-7, C-OGP-7, C-OKSGP-5, B-FM-6, B-FMО-5, C-SV-8, C-SVО-7, C-SVR-4, C-SVU-5, C-SN-4, С-SSP-3, C-SGU-8 санаттарынан төмен емес лауазымдарда екі жылдан кем емес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жеке құраммен жұмыс жөніндегі бастығының орынбасары лауазымына тағайындау жеке құраммен жұмыс жөніндегі бөліністерінде қызмет өтілі бар немесе адам ресурстарын басқару (HR) бойынша оқудан өткен адамдар арасынан жүзеге асырылады.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+C-SVR-4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Бастық </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бастықтың орынбасары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+нақты лауазымның функционалдық бағыттарына сәйкес келетін жоғары білім</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+құқық қорғау қызметінде жұмыс өтілі төрт жылдан кем емес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жедел-криминалистикалық қызметке Қазақстан Республикасы ІІМ Біліктілік комиссиясы берген криминалистикалық зерттеулердің кемінде 4 түрін, оның ішінде арнайы зерттеу түрлерін жүргізу құқығына біліктілік куәліктерінің болуы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Туристік полиция үшін Қазақстан тарихы мен шет тілдерін білу қажет.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+C-SVR-4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Учаскелік полиция инспекторы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+нақты лауазымның функционалдық бағыттарына сәйкес келетін жоғары білім</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кандидат жергілікті қоғамдастық жиналысында (жиынында) бекітілгеннен кейін тағайындалады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+C-SVR-5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Бастық </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бастықтың орынбасары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+нақты лауазымның функционалдық бағыттарына сәйкес келетін жоғары білім</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+құқық қорғау не арнаулы мемлекеттік органдарда не әскери қызметте не судья лауазымында қызмет өтілі үш жылдан кем емес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жедел-криминалистикалық қызметке Қазақстан Республикасы ІІМ Біліктілік комиссиясы берген криминалистикалық зерттеулердің кемінде 4 түрін, оның ішінде арнайы зерттеу түрлерін жүргізу құқығына біліктілік куәліктерінің болуы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Туристік полиция үшін Қазақстан тарихы мен шет тілдерін білу қажет.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жеке құраммен жұмыс жөніндегі бастығының орынбасары лауазымына тағайындау жеке құраммен жұмыс жөніндегі бөліністерінде қызмет өтілі бар немесе адам ресурстарын басқару (HR) бойынша оқудан өткен адамдар арасынан жүзеге асырылады.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+C-SVR-6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бастықтың орынбасары</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Жедел кезекші </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+нақты лауазымның функционалдық бағыттарына сәйкес келетін жоғары білім</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+құқық қорғау қызметінде не арнаулы мемлекеттік органдарда не әскери қызметте не судья лауазымында қызмет өтілі екі жылдан кем емес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+C-SVR-7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Барлық атаулардағы аға: тергеуші, анықтаушы, криминалист, жедел уәкіл, мемлекеттік автоинспектор, кәмелетке толмағандардың істері жөніндегі учаскелік полиция инспекторы, инспектор және инженер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) нақты лауазымның функционалдық бағыттарына сәйкес келетін жоғары білім</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) нақты лауазымның тиісті функционалдық бағыттары бойынша орта буын мамандарының даярлығын қамтамасыз ететін техникалық және кәсіптік, орта білімнен кейінгі білім (тек қылмыстық-атқару жүйесі бөлімшелері үшін)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) мемлекеттік қызметте не судья лауазымында не осы санаттардағы нақты лауазымның функционалдық бағытына сәйкес салаларда жұмысы өтілі бір жылдан кем емес;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) құқық қорғау органдарының білім беру ұйымдарын жоғары білім беру бағдарламалары бойынша бітірген адамдарға жұмыс өтілі талап етілмейді</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Жедел-криминалистикалық қызметке Қазақстан Республикасы ІІМ Біліктілік комиссиясы берген криминалистикалық зерттеулердің кемінде 3 түрін, оның ішінде арнайы зерттеу түрлерін жүргізу құқығына біліктілік куәліктерінің болуы. </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Туристік полиция үшін Қазақстан тарихы мен шет тілдерін білу қажет.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+C-SVR-8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тергеуші, анықтаушы, криминалист, жедел уәкіл, мемлекеттік автоинспектор, кәмелетке толмағандар істері жөніндегі учаскелік полиция инспекторы, барлық атаулардағы инспектор және инженер, учаскелік полиция инспекторының көмекшісі</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қылмыстық-атқару жүйесі бөліністерінің барлық атаулардағы инспекторы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) нақты лауазымның функционалдық бағыттарына сәйкес келетін жоғары білім.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+2) нақты лауазымның тиісті функционалдық бағыттары бойынша орта буын мамандарын даярлауды қамтамасыз ететін орта білімнен кейінгі техникалық және кәсіптік білімі </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(тек учаскелік полиция инспекторы көмекшілерінің, инспектор-кинологтар, барлық түрдегі инженерлері, қылмыстық-атқару жүйесі бөліністерінің инспекторлар лауазымдары үшін)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Туристік полиция үшін Қазақстан тарихы мен шет тілдерін білу қажет.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+C-SV-12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кезекшінің көмекшісі, бөлімше командирі, барлық атаулардағы полицейлер, старшина, кіші жедел уәкіл, тергеушінің көмекшісі, барлық атаулардағы қойма меңгерушісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Орта білім</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Полицей-жүргізушілер үшін жүргізуші куәлігінің болуы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасы Қарулы Күштері қатарында міндетті қызмет өткеру немесе Әскери-техникалық мектебіндегі курстарды немесе Қазақстан Республикасының оқу орындары жанындағы Әскери кафедрада курстарды аяқтау (бұл талап əскерге шақырылушыларға қолданылады)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+C-SV-13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Барлық атаулардағы техниктер мен операторлар, кіші инспектор, кіші инспектор-кинолог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Орта білім</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасы Қарулы Күштері қатарында міндетті қызмет өткеру немесе Әскери-техникалық мектебіндегі курстарды немесе Қазақстан Республикасының оқу орындары жанындағы Әскери кафедрада курстарды аяқтау (бұл талап əскерге шақырылушыларға қолданылады)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескертпе: жоғары кәсіби даярлығы бар, ерекше білімдері немесе нақты мамандықтар бойынша жұмыс өтілдері бар адамдар осы біліктілік талаптарында белгіленген қажетті жұмыс өтілдері ескерілмей, Қазақстан Республикасы Ішкі істер министрінің шешімімен не оның келісімімен лауазымға тағайындалуы мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Құқық қорғау органдарының қызметкерлері болып табылмайтын адамдарды лауазымға тағайындаған жағдайда құқық қорғау органдары лауазымдарының санаттарына қойылатын үлгілік біліктілік талаптарына сәйкес лауазымдардың тиісті санаттарына жұмыс өтілі бойынша талаптарды да басшылыққа алу қажет.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ішкі істер министрінің</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2020 жылғы 12. 06. № 463</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бұйрыққа 4-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z171" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қазақстан Республикасы Ішкі істер министрлігінің білім беру орындары қызметкерлерінің лауазымдарына қойылатын біліктілік талаптары</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Біліктілік талаптары жаңа редакцияда – ҚР Ішкі істер министрінің 28.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 52</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Лауазымның атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Біліміне қойылатын талаптар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жұмыс өтілі мынадай талаптарға сәйкес келуі тиіс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кәсіби қызметін тиімді орындау үшін қажет басқа да талаптар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+C-SVU-1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Академия бастығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ғылыми дәрежесі (дәрежесі) немесе ғылыми атағының болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+құқық қорғау қызметінде жұмыс өтілі тоғыз жылдан кем емес, олардың ішінде осы санаттардағы нақты лауазымның тиісті бейіндік бағыты бойынша жұмыс өтілі үш жылдан кем емес, оның ішінде басшы лауазымдарда үш жылдан кем емес, оның ішінде нақты құрылымдық бөліністің штат кестесінде көзделген келесі төмен тұрған санаттағы немесе C-GP-4, C-OGP-3, C-АGP-4, C-KSGP-3, C-ОKSGP-1, C-KАGP-3, C-VP-2, C-TP-3, B-FM-3, B- FMO-2, C-SV-3, C-SVO-2, C-SVU-2, C-SN-1 санаттарынан төмен емес лауазымдарда екі жылдан кем емес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ғылыми-педагогикалық қызметті жүзеге асыратын (жүзеге асырған) қызметкерлер қатарынан тағайындалады.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+C-SVU-2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Академия бастығының орынбасары </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Институт бастығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жоғары білім (мамандану) немесе жоғары оқу орнынан кейінгі білім</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Академия бастығының оқу және ғылыми жұмысқа жетекшілік ететін орынбасарлары және Институт бастығы үшін ғылыми дәрежесі (дәреже) немесе ғылыми атағының болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+құқық қорғау қызметінде жұмыс өтілі сегіз жылдан кем емес, олардың ішінде осы санаттардағы нақты лауазымның тиісті бейіндік бағыты бойынша басшы лауазымдарда жұмыс өтілі үш жылдан кем емес, оның ішінде нақты құрылымдық бөліністің штат кестесінде көзделген келесі төмен тұрған санаттағы немесе C-GP-4, C-AGP-5, C-VP-3, C-TP-4, C-OGP-4, C-KSGP-4, C-KAGP-4, C-OKSGP-2, C-RVP-1, C-GVP-1, C-RTP-1, C-RGP-1, B-FM-4, B-FMО-3, C-SV-4, C-SVО-3, C-SVR-1, C-SVU-3, C-SN-2, C-SGU-1, C-SGU-3, C-SGU-5 санаттарынан төмен емес басшы лауазымдарда екі жылдан кем емес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ғылыми-педагогикалық қызметті жүзеге асыратын (жүзеге асырған) қызметкерлер қатарынан тағайындалады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жеке құраммен жұмыс жөніндегі бастығының орынбасары лауазымына тағайындау жеке құраммен жұмыс жөніндегі бөліністерінде қызмет өтілі бар немесе адам ресурстарын басқару (HR) бойынша оқудан өткен адамдар арасынан жүзеге асырылады.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+C-SVU-3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Институт бастығының орынбасары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+нақты лауазымның функционалдық бағыттарына сәйкес келетін жоғары білім немесе жоғары оқу орнынан кейінгі білім.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Институт бастығының оқу және ғылыми жұмысқа жетекшілік ететін орынбасарлары үшін ғылыми дәрежесі (дәреже) немесе ғылыми атағының болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+құқық қорғау қызметінде жұмыс өтілі жеті жылдан кем емес, олардың ішінде осы санаттардағы нақты лауазымның тиісті бейіндік бағыты бойынша жұмыс өтілі үш жылдан кем емес, оның ішінде нақты құрылымдық бөліністің штат кестесінде көзделген келесі төмен тұрған санаттағы немесе C-GP-6, C-AGP-7, C-KSGP-4, C-KAGP-4, C-OKSGP-3, B-FM-5, B-FMО-4, C-SV-5, C-SVО-4, C-SVR-3, C-SVU-4, C-SN-3, С-SSP-2, C-SGU-6 санаттарынан төмен емес лауазымдарда екі жылдан кем емес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ғылыми – педагогикалық қызметті жүзеге асыратын (жүзеге асырған) қызметкерлер қатарынан тағайындалады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жеке құраммен жұмыс жөніндегі бастығының орынбасары лауазымына тағайындау жеке құраммен жұмыс жөніндегі бөліністерінде қызмет өтілі бар немесе адам ресурстарын басқару (HR) бойынша оқудан өткен адамдар арасынан жүзеге асырылады.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+C-SVU-4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Академия немесе институт бастығының көмекшісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жоғары білім</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+құқық қорғау қызметінде жұмыс өтілі алты жылдан кем емес, олардың ішінде осы санаттардағы нақты лауазымның тиісті бейіндік бағыты бойынша жұмыс өтілі екі жылдан кем емес, оның ішінде нақты құрылымдық бөліністің штат кестесінде көзделген келесі төмен тұрған санаттағы немесе C-GP-7, C-AGP-8, C-KSGP-5, C-KAGP-5, C-VP-5, C-TP-7, C-OGP-7, C-OKSGP-5, B-FM-6, B-FMО-5, C-SV-8, C-SVО-5, C-SVR-4, C-SVU-5, C-SN-4, С-SSP-3, C-SGU-8 санаттарынан төмен емес лауазымдарда екі жылдан кем емес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+C-SVU-5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Факультет бастығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ғылыми дәрежесінің (дәреже) немесе ғылыми атағының болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+құқық қорғау қызметінде жұмыс өтілі төрт жылдан кем емес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+C-SVU-5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ІІМ Оқу орталығының бастығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жоғары (мамандану) немесе жоғары оқу орнынан кейінгі білім</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+құқық қорғау қызметінде жұмыс өтілі төрт жылдан кем емес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+C-SVU-6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Факультет бастығының орынбасары </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Бөлім, қызмет, орталық бастығы </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ІІМ Оқу орталығы бастығының орынбасары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жоғары (мамандану) немесе жоғары оқу орнынан кейінгі білім.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Идеологиялық жұмыс, жеке құраммен жұмыс жөніндегі бөлімдерінің бастықтары, жауынгерлік қызметке жетекшілік ететін оқу орталықтары бастықтарының орынбасарлары лауазымдарына – жоғары білім.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+құқық қорғау не арнаулы мемлекеттік органдарда не әскери қызметте не судья лауазымында қызмет өтілі үш жылдан кем емес </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Жеке құраммен жұмыс жөніндегі бастығының орынбасары лауазымына тағайындау жеке құраммен жұмыс жөніндегі бөліністерінде қызмет өтілі бар немесе адам ресурстарын басқару (HR) бойынша оқудан өткен адамдар арасынан жүзеге асырылады. </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Факультет бастықтардың орынбасарлары, ғылыми бөліністердің орталықтары мен бөлімдерінің бастықтары үшін кемінде екі жылдық ғылыми-педагогикалық өтілі болуы қажет. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+C-SVU-6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Кафедра бастығы </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ғылыми хатшы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ғылыми дәрежесінің (дәреже) немесе ғылыми атағының болуы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тактика-арнайы дайындық, дене шынықтыру даярлығы, көлік объектілеріндегі қауіпсіздікті ұйымдастыру, киберқауіпсіздік және ақпараттық технологиялар кафедраларының меңгерушілері үшін – жоғары (мамандану) немесе жоғары оқу орнынан кейінгі білім.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+құқық қорғау не арнаулы мемлекеттік органдарда не әскери қызметте не судья лауазымында қызмет өтілі үш жылдан кем емес </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кафедра бастықтары үшін педагогикалық өтілі кемінде екі жылдан кем емес болуы қажет.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+C-SVU-7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бөлім, қызмет, орталық бастығының орынбасары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жоғары білім</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бөлім, қызмет, оқу, ғылыми бөліністер бастығының орынбасарлары үшін жоғары (мамандану) немесе жоғары оқу орнынан кейінгі білім</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+құқық қорғау қызметінде не арнаулы мемлекеттік органдарда не әскери қызметте не судья лауазымында қызмет өтілі екі жылдан кем емес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+C-SVU-7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кафедра бастығының орынбасары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жоғары (мамандану) немесе жоғары оқу орнынан кейінгі білім</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+құқық қорғау қызметінде не арнаулы мемлекеттік органдарда не әскери қызметте не судья лауазымында қызмет өтілі екі жылдан кем емес.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Педагогикалық өтілі бір жылдан кем емес болуы қажет.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+C-SVU-7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Курс бастығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жоғары білім</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+құқық қорғау қызметінде не арнаулы мемлекеттік органдарда не әскери қызметте не судья лауазымында қызмет өтілі екі жылдан кем емес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+C-SVU-8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Оқу орны кезекші бөлімінің бастығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жоғары білім</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+құқық қорғау қызметінде не арнаулы мемлекеттік органдарда не әскери қызметте не судья лауазымында қызмет өтілі екі жылдан кем емес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+C-SVU-8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Профессор, доцент</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ғылыми дәрежесінің (дәреже) немесе ғылыми атағының болуы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Арнайы тактикалық даярлық, дене шынықтыру даярлығы, көлік объектілеріндегі қауіпсіздікті ұйымдастыру, киберқауіпсіздік және ақпараттық технологиялар кафедраларының профессорлары, доценттері үшін жоғары білім (мамандану) немесе жоғары оқу орнынан кейінгі білім</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+құқық қорғау қызметінде не арнаулы мемлекеттік органдарда не әскери қызметте не судья лауазымында қызмет өтілі екі жылдан кем емес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+C-SVU-8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бөлімше, топ, бөлім, лагерь бастығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Нақты лауазымның функционалдық бағыттарына сәйкес келетін жоғары білім</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Оқу және ғылыми бағыттар бойынша бөлімше, топ бастықтары үшін жоғары білім (мамандану) немесе жоғары оқу орнынан кейінгі білім</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+құқық қорғау қызметінде не арнаулы мемлекеттік органдарда не әскери қызметте не судья лауазымында қызмет өтілі екі жылдан кем емес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+C-SVU-8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Медициналық бөлім бастығы – дәрігер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Нақты лауазымның функционалдық бағыттарына сәйкес келетін жоғары медициналық білім</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+құқық қорғау қызметінде не арнаулы мемлекеттік органдарда не әскери қызметте не судья лауазымында қызмет өтілі екі жылдан кем емес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+C-SVU-9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аға: ғылыми қызметкер, оқытушы, оқытушы-әдіскер</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Бас маман </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Курс бастығының орынбасары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жоғары білім. Аға ғылыми қызметкер үшін жоғары білім (мамандану) немесе жоғары оқу орнынан кейінгі білім.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аға оқытушы үшін бітіртіп шығаратын, сондай-ақ арнайы тактикалық даярлық, дене шынықтыру даярлығы, көлік объектілеріндегі қауіпсіздікті ұйымдастыру кафедраларын қоспағанда жоғары білім (мамандану) немесе жоғары оқу орнынан кейінгі білім.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+құқық қорғау қызметінде не арнаулы мемлекеттік органдарда не әскери қызметте не судья лауазымында қызмет өтілі екі жылдан кем емес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+C-SVU-10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ғылыми қызметкер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жоғары білім (мамандану) немесе жоғары оқу орнынан кейінгі білім</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+C-SVU-12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Оқытушы, оқытушы-әдіскер</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Цикл, бөлім, курс бастығы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+ІІМ Оқу орталығының аға: оқытушы, оқытушы-әдіскері </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Барлық атаулардағы аға инспектор және инженер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жоғары білім</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+C-SVU-13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+ІІМ Оқу орталығының бөлімше бастығы </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+ІІМ Оқу орталығы </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+курс бастығының орынбасары </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Рота командирі</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+ІІМ Оқу орталығының оқытушысы, оқытушы-әдіскері </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Барлық атаулардағы инспектор, инженер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жоғары білім</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+C-SVU-13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Үрмелі оркестр жетекшісі </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+нақты лауазымның тиісті функционалдық бағыттары бойынша орта буын мамандарын даярлауды көздейтін орта білімнен кейінгі білім</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+21.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+C-SVU-14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Рота командирінің орынбасары</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Взвод командирі</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Барлық атаулардағы аға инспектор</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жоғары білім</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+22.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+C-SVU-15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Барлық атаулардағы инспектор</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Тәрбиеші-тәрбие жұмысының рота командирі </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарауыл, клуб, тир, кабинет бастығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жоғары білім</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+С-SV-12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Есепке алу жөніндегі аға техник </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Аға техник </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аға маман - аға байланыс шебері</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Курс старшинасы </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Кезекшінің көмекшісі </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Барлық атаулардағы қойма меңгерушісі </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Жүргізу және практикалық жүріс жөніндегі өндірістік оқыту нұсқаушысы </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Қару шебері </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Полицей-жүргізуші</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Орта білім</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Полицей-жүргізушілер үшін жүргізуші куәлігінің болуы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасы Қарулы Күштері қатарында міндетті қызмет өткеру немесе Әскери-техникалық мектебіндегі курстарды немесе Қазақстан Республикасының оқу орындары жанындағы Әскери кафедрада курстарды аяқтау (бұл талап əскерге шақырылушыларға қолданылады)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+С-SV-13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Барлық атаулардағы техник </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Күзеттің кіші инспекторы Бақылаушы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Орта білім</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасы Қарулы Күштері қатарында міндетті қызмет өткеру немесе Әскери-техникалық мектебіндегі курстарды немесе Қазақстан Республикасының оқу орындары жанындағы Әскери кафедрада курстарды аяқтау (бұл талап əскерге шақырылушыларға қолданылады)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескертпе: жоғары кәсіби даярлығы бар, ерекше білімдері немесе нақты мамандықтар бойынша жұмыс өтілдері бар адамдар осы біліктілік талаптарында белгіленген қажетті жұмыс өтілдері ескерілмей, Қазақстан Республикасы Ішкі істер министрінің шешімімен не оның келісімімен лауазымға тағайындалуы мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Құқық қорғау органдарының қызметкерлері болып табылмайтын адамдарды лауазымға тағайындаған жағдайда құқық қорғау органдары лауазымдарының санаттарына қойылатын үлгілік біліктілік талаптарына сәйкес лауазымдардың тиісті санаттарына жұмыс өтілі бойынша талаптарды да басшылыққа алу қажет.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
@@ -4969,100 +17140,100 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2020 жылғы 12. 06. № 463</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>бұйрыққа 2-қосымша</w:t>
+              <w:t>бұйрыққа 5-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z86" w:id="14"/>
+    <w:bookmarkStart w:name="z243" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Қазақстан Республикасы Ішкі істер министрлігінің облыстық (республикалық маңызы бар қалалар, астана, Көліктегі) аумақтық органдары қызметкерлерінің лауазымдарына қойылатын біліктілік талаптары</w:t>
+        <w:t xml:space="preserve"> Қазақстан Республикасы Ішкі істер министрлігінің арнайы мақсаттағы бөліністері қызметкерлерінің лауазымдарына қойылатын біліктілік талаптары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkEnd w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 2-қосымша жаңа редакцияда – ҚР Ішкі істер министрінің 02.04.2025 </w:t>
+      Ескерту. Біліктілік талаптары жаңа редакцияда – ҚР Ішкі істер министрінің 28.01.2026 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 236</w:t>
+        <w:t>№ 52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -5234,51 +17405,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жұмыс өтілі келесі талаптардың біріне сәйкес келуі қажет</w:t>
+Жұмыс өтілі мынадай талаптарға сәйкес келуі тиіс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5347,267 +17518,213 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-C-SVО-1</w:t>
-[...215 lines deleted...]
-Біліктілікті арттыру курстарынан өткен қызметкерлер қатарынан тағайындалады.</w:t>
+C-SN-1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Сұңқар" арнайы мақсаттағы жасағының командирі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жоғары білім (мамандану) немесе нақты лауазымның функционалдық бағыттарына сәйкес келетін жоғары оқу орнынан кейінгі білім</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+құқық қорғау қызметінде жұмыс өтілі сегіз жылдан кем емес, олардың ішінде осы санаттардағы нақты лауазымның тиісті бейіндік бағыты бойынша басшы лауазымдарда жұмыс өтілі үш жылдан кем емес, оның ішінде нақты құрылымдық бөліністің штат кестесінде көзделген келесі төмен тұрған санаттағы немесе C-GP-4, C-AGP-5, C-VP-3, C-TP-4, C-OGP-4, C-KSGP-4, C-KAGP-4, C-OKSGP-2, C-RVP-1, C-GVP-1, C-RTP-1, C-RGP-1, B-FM-4, B-FMО-3, C-SV-4, C-SVО-3, C-SVR-1, C-SVU-3, C-SN-2, C-SGU-1, C-SGU-3, C-SGU-5 санаттарынан төмен емес басшы лауазымдарда екі жылдан кем емес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Арнайы мақсаттағы бөліністерде қызмет өткерген қызметкерлер қатарынан тағайындалады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жекпе-жек түрлері бойынша спорттық біліктілігінің (атағы, разряды 1 спорттық разрядтан төмен емес) болуы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5640,285 +17757,231 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-C-SVО-2</w:t>
-[...233 lines deleted...]
-Біліктілікті арттыру курстарынан өткен қызметкерлер қатарынан тағайындалады.</w:t>
+C-SN-2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Сұңқар" арнайы мақсаттағы жасағы командирінің орынбасары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жоғары білім (мамандану) немесе нақты лауазымның функционалдық бағыттарына сәйкес келетін жоғары оқу орнынан кейінгі білім</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+құқық қорғау қызметінде жұмыс өтілі жеті жылдан кем емес, олардың ішінде осы санаттардағы нақты лауазымның тиісті бейіндік бағыты бойынша жұмыс өтілі үш жылдан кем емес, оның ішінде нақты құрылымдық бөліністің штат кестесінде көзделген келесі төмен тұрған санаттағы немесе C-GP-6, C-AGP-7, C-KSGP-4, C-KAGP-4, C-OKSGP-3, B-FM-5, B-FMО-4, C-SV-5, C-SVО-4, C-SVR-3, C-SVU-4, C-SN-3, С-SSP-2, C-SGU-6 санаттарынан төмен емес лауазымдарда екі жылдан кем емес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Арнайы мақсаттағы бөліністерде қызмет өткерген қызметкерлер қатарынан тағайындалады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жекпе-жек түрлері бойынша спорттық біліктілігінің (атағы, разряды 1 спорттық разрядтан төмен емес) болуы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жеке құраммен жұмыс жөніндегі бастығының орынбасары лауазымына тағайындау жеке құраммен жұмыс жөніндегі бөліністерінде қызмет өтілі бар немесе адам ресурстарын басқару (HR) бойынша оқудан өткен адамдар арасынан жүзеге асырылады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5951,267 +18014,213 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-C-SVО-3</w:t>
-[...215 lines deleted...]
-Жедел-криминалистикалық қызметке криминалистикалық зерттеулер немесе сот сараптамалары өндірісіне құқығы бар біліктілік куәлігінің болуы.</w:t>
+C-SN-3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Сұңқар" арнайы мақсаттағы жасағының штаб, бөлім бастығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+нақты лауазымның функционалдық бағыттарына сәйкес келетін жоғары білімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+құқық қорғау қызметінде жұмыс өтілі алты жылдан кем емес, олардың ішінде осы санаттардағы нақты лауазымның тиісті бейіндік бағыты бойынша жұмыс өтілі екі жылдан кем емес, оның ішінде нақты құрылымдық бөліністің штат кестесінде көзделген келесі төмен тұрған санаттағы немесе C-GP-7, C-AGP-8, C-KSGP-5, C-KAGP-5, C-VP-5, C-TP-7, C-OGP-7, C-OKSGP-5, B-FM-6, B-FMО-5, C-SV-8, C-SVО-5, C-SVR-4, C-SVU-5, C-SN-4, С-SSP-3, C-SGU-8 санаттарынан төмен емес лауазымдарда екі жылдан кем емес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Арнайы мақсаттағы бөліністерде (қосалқы қызмет қызметкерлерін қоспағанда) қызмет өткерген қызметкерлер қатарынан тағайындалады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жекпе-жек түрлері, ауыр атлетика, пауэрлифтинг, гір спорты, жеңіл атлетика, триатлон, биатлон, шаңғы жарыстары, шаңғы қоссайысы, спорттық бағдарлау, бойынша (қосалқы қызмет қызметкерлерін және ІІМ басшылығымен келісу байынша техникалық білімі бар қызметкерлерді қоспағанда) спорттық біліктілігінің (атағы, разряды 1 спорттық разрядтан төмен емес) болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6244,267 +18253,213 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-C-SVО-4</w:t>
-[...215 lines deleted...]
-Жедел-криминалистикалық қызметке криминалистикалық зерттеулер немесе сот сараптамалары өндірісіне құқығы бар біліктілік куәлігінің болуы.</w:t>
+C-SN-3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+"Арлан" арнайы мақсаттағы бөлінісінің командирі </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жылдам қимылдайтын арнайы жасақ командирі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+нақты лауазымның функционалдық бағыттарына сәйкес келетін жоғары білімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+құқық қорғау қызметінде жұмыс өтілі алты жылдан кем емес, олардың ішінде осы санаттардағы нақты лауазымның тиісті бейіндік бағыты бойынша жұмыс өтілі екі жылдан кем емес, оның ішінде нақты құрылымдық бөліністің штат кестесінде көзделген келесі төмен тұрған санаттағы немесе C-GP-7, C-AGP-8, C-KSGP-5, C-KAGP-5, C-VP-5, C-TP-7, C-OGP-7, C-OKSGP-5, B-FM-6, B-FMО-5, C-SV-8, C-SVО-5, C-SVR-4, C-SVU-5, C-SN-4, С-SSP-3, C-SGU-8 санаттарынан төмен емес лауазымдарда екі жылдан кем емес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Арнайы мақсаттағы бөліністерде (қосалқы қызмет қызметкерлерін қоспағанда) қызмет өткерген қызметкерлер қатарынан тағайындалады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6537,267 +18492,231 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-C-SVО-5</w:t>
-[...215 lines deleted...]
-Жедел-криминалистикалық қызметке криминалистикалық зерттеулер немесе сот сараптамалары өндірісіне құқығы бар біліктілік куәлігінің болуы.</w:t>
+C-SN-4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+"Сұңқар" арнайы мақсаттағы жасағының штаб бастығының орынбасары </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Сұңқар" арнайы мақсаттағы жасағының қызмет, бөлімше бастығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+нақты лауазымның функционалдық бағыттарына сәйкес келетін жоғары білімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+құқық қорғау қызметінде жұмыс өтілі төрт жылдан кем емес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Арнайы мақсаттағы бөліністерде (қосалқы қызмет қызметкерлерін қоспағанда) қызмет өткерген қызметкерлер қатарынан тағайындалады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жекпе-жек түрлері, ауыр атлетика, пауэрлифтинг, гір спорты, жеңіл атлетика, триатлон, биатлон, шаңғы жарыстары, шаңғы қоссайысы, спорттық бағдарлау, бойынша (қосалқы қызмет қызметкерлерін және ІІМ басшылығымен келісу байынша техникалық білімі бар қызметкерлерді қоспағанда) спорттық біліктілігінің (атағы, разряды 1 спорттық разрядтан төмен емес) болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6830,249 +18749,213 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-C-SVО-6</w:t>
-[...197 lines deleted...]
-Жедел-криминалистикалық қызметке криминалистикалық зерттеулер немесе сот сараптамалары өндірісіне құқығы бар біліктілік куәлігінің болуы.</w:t>
+C-SN-4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+"Арлан" арнайы мақсаттағы бөлінісі командирінің орынбасары </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жылдам қимылдайтын арнайы жасақ командирінің орынбасары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+нақты лауазымның функционалдық бағыттарына сәйкес келетін жоғары білімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+құқық қорғау қызметінде жұмыс өтілі төрт жылдан кем емес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Арнайы мақсаттағы бөліністерде (қосалқы қызмет қызметкерлерін қоспағанда) қызмет өткерген қызметкерлер қатарынан тағайындалады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7105,249 +18988,209 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-C-SVО-7</w:t>
-[...197 lines deleted...]
-Жедел-криминалистикалық қызметке криминалистикалық зерттеулер немесе сот сараптамалары өндірісіне құқығы бар біліктілік куәлігінің болуы.</w:t>
+C-SN-5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Сұңқар" арнайы мақсаттағы жасағының шабуылшысы, мергені, жарғыш технигі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+нақты лауазымның функционалдық бағыттарына сәйкес келетін жоғары білімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жекпе-жек түрлері, ауыр атлетика, пауэрлифтинг, гір спорты, жеңіл атлетика, триатлон, биатлон, шаңғы жарыстары, шаңғы қоссайысы, спорттық бағдарлау, бойынша (қосалқы қызмет қызметкерлерін және ІІМ басшылығымен келісу байынша техникалық білімі бар қызметкерлерді қоспағанда) спорттық біліктілігінің (атағы, разряды 1 спорттық разрядтан төмен емес) болуы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасының Қарулы Күштерінде, басқа да әскерлері мен әскери құралымдарында әскери қызмет өткеру немесе Қазақстан Республикасының оқу орындары жанындағы Әскери кафедраның курстарын аяқтауы (бұл талап əскерге шақырылушыларға қолданылады)..</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7380,249 +19223,195 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-C-SVО-8</w:t>
-[...197 lines deleted...]
-Жедел-криминалистикалық қызметке криминалистикалық зерттеулер немесе сот сараптамалары өндірісіне құқығы бар біліктілік куәлігінің болуы.</w:t>
+C-SN-6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жылдам қимылдайтын арнайы жасақтың рота командирі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+нақты лауазымның функционалдық бағыттарына сәйкес келетін жоғары білімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+құқық қорғау қызметінде не арнаулы мемлекеттік органдарда не әскери қызметте не судья лауазымында қызмет өтілі екі жылдан кем емес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Арнайы мақсаттағы бөліністерде (қосалқы қызмет қызметкерлерін қоспағанда) қызмет өткерген қызметкерлер қатарынан тағайындалады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7655,206 +19444,210 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-C-SVО-9</w:t>
-[...154 lines deleted...]
-            </w:pPr>
+C-SN-6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Сұңқар" арнайы мақсаттағы жасағының аға инспектор-кезекшісі, аға инспекторы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+нақты лауазымның функционалдық бағыттарына сәйкес келетін жоғары білімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Арнайы мақсаттағы бөліністерде (қосалқы қызмет қызметкерлерін қоспағанда) қызмет өткерген қызметкерлер қатарынан тағайындалады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жекпе-жек күрес түрлері бойынша спорттық атақтарының, разрядтарының біліктіліктерінің немесе практикалық ату бойынша куәліктерінің болуы (қосалқы қызмет қызметкерлерін қоспағанда).</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
@@ -7886,210 +19679,188 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-C-SV-12</w:t>
-[...158 lines deleted...]
-            </w:r>
+C-SN-7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Сұңқар" арнайы мақсаттағы жасағының инспекторы, инспектор-психологы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+нақты лауазымның функционалдық бағыттарына сәйкес келетін жоғары білімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
@@ -8121,87 +19892,810 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-C-SV-13</w:t>
-[...35 lines deleted...]
-Облыстық аумақтық органның жүргізуші-қызметкері, барлық атаулардағы техниктер және операторлар, кіші инспектор, кіші инспектор-кинолог</w:t>
+C-SN-7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Арлан" арнайы мақсаттағы бөлінісінің взвод командирі</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Жылдам қимылдайтын арнайы жасақтың рота командирінің орынбасары, </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+взвод командирі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+нақты лауазымның функционалдық бағыттарына сәйкес келетін жоғары білімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+құқық қорғау қызметінде не арнаулы мемлекеттік органдарда не әскери қызметте не судья лауазымында қызмет өтілі екі жылдан кем емес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Арнайы мақсаттағы бөліністерде (қосалқы қызмет қызметкерлерін қоспағанда) қызмет өткерген қызметкерлер қатарынан тағайындалады.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+C-SN-7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Арлан" арнайы мақсаттағы бөлінісінің барлық атаулардағы аға инспекторы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Жылдам қимылдайтын арнайы жасақтың барлық атаулардағы аға инспекторы және инженері </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+нақты лауазымның функционалдық бағыттарына сәйкес келетін жоғары білімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Арнайы мақсаттағы бөліністерде (қосалқы қызмет қызметкерлерін қоспағанда) қызмет өткерген қызметкерлер қатарынан тағайындалады.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+C-SN-8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Арлан" арнайы мақсаттағы бөлінісінің, жылдам қимылдайтын арнайы жасақтың барлық атаулардағы инспекторы және инженері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жоғары білім немесе нақты лауазымның тиісті функционалдық бағыттары бойынша орта буын мамандарын даярлауды қамтамасыз ететін техникалық және кәсіптік, орта білімнен кейінгі білімі.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+C-SV-12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Сұңқар" арнайы мақсаттағы жасағы кезекшісінің көмекшісі, қойма меңгерушісі, аға технигі, старшинасы, полицей-жүргізушісі</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Арлан" арнайы мақсаттағы бөлінісінің, жылдам қимылдайтын арнайы жасақтың старшинасы, полицей-жүргізушісі, кезекшінің көмекшісі, қойма меңгерушісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8260,91 +20754,109 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Қызметкер-жүргізушілер үшін жүргізуші куәлігінің болуы.</w:t>
+              <w:t xml:space="preserve">
+Полицей-жүргізушілер үшін В, В1, С, С1 санаттағы жүргізуші куәлігінің болуы. </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасының Қарулы Күштері қатарындағы қызметі (бұл талап əскерге шақырылушыларға қолданылады).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Ескертпе: Осы біліктілік талаптарындағы әскери қызмет өтіліне сарбаздар (матростар) құрамының мерзімді әскери қызмет кезеңдері енгізілмейді.</w:t>
+      Ескертпе: жоғары кәсіби даярлығы бар, ерекше білімдері немесе нақты мамандықтар бойынша жұмыс өтілдері бар адамдар осы біліктілік талаптарында белгіленген қажетті жұмыс өтілдері ескерілмей, Қазақстан Республикасы Ішкі істер министрінің шешімімен не оның келісімімен лауазымға тағайындалуы мүмкін.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Жоғары кәсіби даярлығы бар, ерекше білімдері немесе нақты мамандықтар бойынша жұмыс өтілдері бар адамдар осы біліктілік талаптарында белгіленген қажетті жұмыс өтілдері ескерілмей, Қазақстан Республикасы Ішкі істер министрінің шешімімен не оның келісімімен лауазымға тағайындалуы мүмкін.</w:t>
+      Құқық қорғау органдарының қызметкерлері болып табылмайтын адамдарды лауазымға тағайындаған жағдайда құқық қорғау органдары лауазымдарының санаттарына қойылатын үлгілік біліктілік талаптарына сәйкес лауазымдардың тиісті санаттарына жұмыс өтілі бойынша талаптарды да басшылыққа алу қажет.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -8419,100 +20931,100 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2020 жылғы 12. 06. № 463</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>бұйрыққа 3-қосымша</w:t>
+              <w:t>бұйрыққа 6-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z128" w:id="15"/>
+    <w:bookmarkStart w:name="z285" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Қазақстан Республикасы Ішкі істер министрлігі қалалық, аудандық (қалалардағы аудандар), желілік аумақтық органдар қызметкерлерінің лауазымдарына қойылатын біліктілік талаптары</w:t>
+        <w:t xml:space="preserve"> Қазақстан Республикасы Ішкі істер министрлігінің саптық бөліністері қызметкерлерінің лауазымдарына қойылатын біліктілік талаптары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 3-қосымша жаңа редакцияда – ҚР Ішкі істер министрінің 02.04.2025 </w:t>
+      Ескерту. Біліктілік талаптары жаңа редакцияда – ҚР Ішкі істер министрінің 28.01.2026 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 236</w:t>
+        <w:t>№ 52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -8684,51 +21196,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жұмыс өтілі келесі талаптардың біріне сәйкес келуі қажет</w:t>
+Жұмыс өтілі мынадай талаптарға сәйкес келуі тиіс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8797,268 +21309,192 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-C-SVR-1</w:t>
-[...216 lines deleted...]
-            </w:r>
+C-SSP-1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Полктің командирі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+нақты лауазымның функционалдық бағыттарына сәйкес келетін жоғары білімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+құқық қорғау қызметінде жұмыс өтілі жеті жылдан кем емес, олардың ішінде осы санаттардағы нақты лауазымның тиісті бейіндік бағыты бойынша жұмыс өтілі үш жылдан кем емес, оның ішінде нақты құрылымдық бөліністің штат кестесінде көзделген келесі төмен тұрған санаттағы немесе C-GP-6, C-AGP-7, C-KSGP-4, C-KAGP-4, C-OKSGP-3, B-FM-5, B-FMО-4, C-SV-5, C-SVО-4, C-SVR-3, C-SVU-4, C-SN-3, С-SSP-2, C-SGU-6 санаттарынан төмен емес лауазымдарда екі жылдан кем емес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
@@ -9090,267 +21526,213 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-C-SVR-2</w:t>
-[...215 lines deleted...]
-Біліктілікті арттыру курстарынан өткен қызметкерлер қатарынан тағайындалады.</w:t>
+C-SSP-2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Полк командирінің орынбасары </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Полктің, штаб бастығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+нақты лауазымның функционалдық бағыттарына сәйкес келетін жоғары білімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+құқық қорғау қызметінде жұмыс өтілі алты жылдан кем емес, олардың ішінде осы санаттардағы нақты лауазымның тиісті бейіндік бағыты бойынша жұмыс өтілі екі жылдан кем емес, оның ішінде нақты құрылымдық бөліністің штат кестесінде көзделген келесі төмен тұрған санаттағы немесе C-GP-7, C-AGP-8, C-KSGP-5, C-KAGP-5, C-VP-5, C-TP-7, C-OGP-7, C-OKSGP-5, B-FM-6, B-FMО-5, C-SV-8, C-SVО-5, C-SVR-4, C-SVU-5, C-SN-4, С-SSP-3, C-SGU-8 санаттарынан төмен емес лауазымдарда екі жылдан кем емес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жеке құраммен жұмыс жөніндегі командирінің орынбасары лауазымына тағайындау жеке құраммен жұмыс жөніндегі бөліністерінде қызмет өтілі бар немесе адам ресурстарын басқару (HR) бойынша оқудан өткен адамдар арасынан жүзеге асырылады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9383,268 +21765,192 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-C-SVR-3</w:t>
-[...216 lines deleted...]
-            </w:r>
+C-SSP-3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Батальон командирі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+нақты лауазымның функционалдық бағыттарына сәйкес келетін жоғары білімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+құқық қорғау қызметінде жұмыс өтілі төрт жылдан кем емес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
@@ -9676,321 +21982,267 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-C-SVR-4</w:t>
-[...19 lines deleted...]
-          </w:tcPr>
+C-SSP-4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Полк штабы бастығының көмекшісі</w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Қалалық, аудандық аумақтық органның бастығы, </w:t>
-[...233 lines deleted...]
-Біліктілікті арттыру курстарынан өткен қызметкерлер қатарынан тағайындалады.</w:t>
+Батальон командирінің орынбасары </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Рота командирі </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Штаб бастығының орынбасары </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қызмет бастығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+нақты лауазымның функционалдық бағыттарына сәйкес келетін жоғары білімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+құқық қорғау не арнаулы мемлекеттік органдарда не әскери қызметте не судья лауазымында қызмет өтілі үш жылдан кем емес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жеке құраммен жұмыс жөніндегі командирінің орынбасары лауазымына тағайындау жеке құраммен жұмыс жөніндегі бөліністерінде қызмет өтілі бар немесе адам ресурстарын басқару (HR) бойынша оқудан өткен адамдар арасынан жүзеге асырылады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10023,156 +22275,196 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-C-SVR-4</w:t>
-[...104 lines deleted...]
-            </w:pPr>
+C-SSP-5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Рота командирінің орынбасары </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Взвод командирі </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бөлімше, кезекші бөлім бастығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+нақты лауазымның функционалдық бағыттарына сәйкес келетін жоғары білімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+құқық қорғау қызметінде не арнаулы мемлекеттік органдарда не әскери қызметте не судья лауазымында қызмет өтілі екі жылдан кем емес</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -10236,286 +22528,192 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-C-SVR-5</w:t>
-[...234 lines deleted...]
-            </w:r>
+C-SSP-6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Взвод командирінің орынбасары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жоғары білім немесе орта буын мамандарын даярлауды қамтамасыз ететін техникалық және кәсіптік, орта білімнен кейінгі білімі.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мемлекеттік қызметте не судья лауазымында не осы санаттардағы нақты лауазымның функционалдық бағытына сәйкес салаларда жұмысы өтілі бір жылдан кем емес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
@@ -10547,214 +22745,156 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-C-SVR-6</w:t>
-[...162 lines deleted...]
-            </w:r>
+C-SSP-7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Барлық атаулардағы аға инспектор және инженер </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жоғары білім немесе орта буын мамандарын даярлауды қамтамасыз ететін техникалық және кәсіптік, орта білімнен кейінгі білімі.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -10818,214 +22958,156 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-C-SVR-6</w:t>
-[...162 lines deleted...]
-            </w:r>
+C-SSP-8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Барлық атаулардағы инспектор және инженер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жоғары білім немесе орта буын мамандарын даярлауды қамтамасыз ететін техникалық және кәсіптік, орта білімнен кейінгі білімі.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -11089,231 +23171,281 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-C-SVR-7</w:t>
-[...179 lines deleted...]
-Туристік полиция үшін Қазақстан тарихы мен шет тілдерін білу қажет.</w:t>
+C-SV-12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Старшина </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Взвод командирінің көмекшісі, әрі бөлімше командирі</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бөлімше командирі</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Полицей </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Полицей-жүргізуші</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+орта, техникалық және кәсіптік, орта білімнен кейінгі білімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Полицей-жүргізушілер үшін жүргізуші куәлігінің болуы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасы Қарулы Күштері қатарында міндетті қызмет өткеру немесе Әскери-техникалық мектебіндегі курстарды немесе Қазақстан Республикасының оқу орындары жанындағы Әскери кафедрада курстарды аяқтау (бұл талап əскерге шақырылушыларға қолданылады)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11346,1170 +23478,248 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-C-SVR-7</w:t>
-[...938 lines deleted...]
-              <w:t>
 C-SV-13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...104 lines deleted...]
-Қызметкер-жүргізушілер үшін жүргізуші куәлігінің болуы.</w:t>
+              <w:t xml:space="preserve">
+Жеке тұлғаларды күзету жөніндегі кіші инспектор </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Техник</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+орта білім</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасы Қарулы Күштері қатарында міндетті қызмет өткеру немесе Әскери-техникалық мектебіндегі курстарды немесе Қазақстан Республикасының оқу орындары жанындағы Әскери кафедрада курстарды аяқтау (бұл талап əскерге шақырылушыларға қолданылады).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Ескертпе: Осы біліктілік талаптарындағы әскери қызмет өтіліне сарбаздар (матростар) құрамының мерзімді әскери қызмет кезеңдері енгізілмейді.</w:t>
+      Ескертпе: жоғары кәсіби даярлығы бар, ерекше білімдері немесе нақты мамандықтар бойынша жұмыс өтілдері бар адамдар осы біліктілік талаптарында белгіленген қажетті жұмыс өтілдері ескерілмей, Қазақстан Республикасы Ішкі істер министрінің шешімімен не оның келісімімен лауазымға тағайындалуы мүмкін.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Жоғары кәсіби даярлығы бар, ерекше білімдері немесе нақты мамандықтар бойынша жұмыс өтілдері бар адамдар осы біліктілік талаптарында белгіленген қажетті жұмыс өтілдері ескерілмей, Қазақстан Республикасы Ішкі істер министрінің шешімімен не оның келісімімен лауазымға тағайындалуы мүмкін.</w:t>
+      Құқық қорғау органдарының қызметкерлері болып табылмайтын адамдарды лауазымға тағайындаған жағдайда құқық қорғау органдары лауазымдарының санаттарына қойылатын үлгілік біліктілік талаптарына сәйкес лауазымдардың тиісті санаттарына жұмыс өтілі бойынша талаптарды да басшылыққа алу қажет.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -12571,113 +23781,126 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Ішкі істер министрінің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2020 жылғы 12. 06. № 463</w:t>
+              <w:t>2020 жылғы 12 маусымдағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>бұйрыққа 4-қосымша</w:t>
+              <w:t>№ 463 бұйрыққа</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z171" w:id="16"/>
+    <w:bookmarkStart w:name="z316" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Қазақстан Республикасы Ішкі істер министрлігінің білім беру ұйымдары қызметкерлерінің лауазымдарына қойылатын біліктілік талаптары</w:t>
+        <w:t xml:space="preserve"> Қазақстан Республикасы Ішкі істер министрлігінің патрульдік полициясы саптық бөліністері қызметкерлерінің лауазымдарына қойылатын біліктілік талаптары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 4-қосымша жаңа редакцияда – ҚР Ішкі істер министрінің 02.04.2025 </w:t>
+      Ескерту. Біліктілік талаптары жаңа редакцияда – ҚР Ішкі істер министрінің 28.01.2026 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 236</w:t>
+        <w:t>№ 52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -12849,51 +24072,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жұмыс өтілі келесі талаптардың біріне сәйкес келуі қажет</w:t>
+Жұмыс өтілі мынадай талаптарға сәйкес келуі тиіс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12962,267 +24185,195 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-C-SVU-1</w:t>
-[...215 lines deleted...]
-Ғылыми – педагогикалық қызметті жүзеге асыратын (жүзеге асырған) қызметкерлер қатарынан тағайындалады</w:t>
+С-SSP-1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Полк командирі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+нақты лауазымның функционалдық бағыттарына сәйкес келетін жоғары білімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+құқық қорғау қызметінде жұмыс өтілі жеті жылдан кем емес, олардың ішінде осы санаттардағы нақты лауазымның тиісті бейіндік бағыты бойынша жұмыс өтілі үш жылдан кем емес, оның ішінде нақты құрылымдық бөліністің штат кестесінде көзделген келесі төмен тұрған санаттағы немесе C-GP-6, C-AGP-7, C-KSGP-4, C-KAGP-4, C-OKSGP-3, B-FM-5, B-FMО-4, C-SV-5, C-SVО-4, C-SVR-3, C-SVU-4, C-SN-3, С-SSP-2, C-SGU-6 санаттарынан төмен емес лауазымдарда екі жылдан кем емес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жүргізуші куәлігінің болуы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13255,303 +24406,231 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-C-SVU-2</w:t>
-[...251 lines deleted...]
-Ғылыми – педагогикалық қызметті жүзеге асыратын (жүзеге асырған) қызметкерлер қатарынан тағайындалады</w:t>
+C-SSP-2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Полк командирінің орынбасары </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Полк штабының бастығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+нақты лауазымның функционалдық бағыттарына сәйкес келетін жоғары білімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+құқық қорғау қызметінде жұмыс өтілі алты жылдан кем емес, олардың ішінде осы санаттардағы нақты лауазымның тиісті бейіндік бағыты бойынша жұмыс өтілі екі жылдан кем емес, оның ішінде нақты құрылымдық бөліністің штат кестесінде көзделген келесі төмен тұрған санаттағы немесе C-GP-7, C-AGP-8, C-KSGP-5, C-KAGP-5, C-VP-5, C-TP-7, C-OGP-7, C-OKSGP-5, B-FM-6, B-FMО-5, C-SV-8, C-SVО-5, C-SVR-4, C-SVU-5, C-SN-4, С-SSP-3, C-SGU-8 санаттарынан төмен емес лауазымдарда екі жылдан кем емес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жүргізуші куәлігінің болуы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жеке құраммен жұмыс жөніндегі командирінің орынбасары лауазымына тағайындау жеке құраммен жұмыс жөніндегі бөліністерінде қызмет өтілі бар немесе адам ресурстарын басқару (HR) бойынша оқудан өткен адамдар арасынан жүзеге асырылады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13584,285 +24663,195 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-C-SVU-3</w:t>
-[...233 lines deleted...]
-Ғылыми – педагогикалық қызметті орындайтын (орындаған) қызметкерлер қатарынан тағайындалады</w:t>
+C-SSP-3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Батальон командирі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+нақты лауазымның функционалдық бағыттарына сәйкес келетін жоғары білімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+құқық қорғау қызметінде жұмыс өтілі төрт жылдан кем емес </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жүргізуші куәлігінің болуы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13895,264 +24884,268 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-C-SVU-4</w:t>
-[...212 lines deleted...]
-            </w:pPr>
+C-SSP-4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Батальон командирінің орынбасары </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Рота командирі </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Қызмет бастығы </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Полктің штаб бастығының көмекшісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+нақты лауазымның функционалдық бағыттарына сәйкес келетін жоғары білімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+құқық қорғау не арнаулы мемлекеттік органдарда не әскери қызметте не судья лауазымында қызмет өтілі үш жылдан кем емес </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жүргізуші куәлігінің болуы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жеке құраммен жұмыс жөніндегі командирінің орынбасары лауазымына тағайындау жеке құраммен жұмыс жөніндегі бөліністерінде қызмет өтілі бар немесе адам ресурстарын басқару (HR) бойынша оқудан өткен адамдар арасынан жүзеге асырылады.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
@@ -14184,264 +25177,232 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-C-SVU-5</w:t>
-[...212 lines deleted...]
-            </w:pPr>
+C-SSP-5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Рота командирінің орынбасары </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Взвод командирі </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бөлімше, кезекші бөлім бастығы Мамандандырылған батальон штабының бастығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+нақты лауазымның функционалдық бағыттарына сәйкес келетін жоғары білімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+құқық қорғау қызметінде не арнаулы мемлекеттік органдарда не әскери қызметте не судья лауазымында қызмет өтілі екі жылдан кем емес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жүргізуші куәлігінің болуы.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
@@ -14473,264 +25434,196 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-C-SVU-5</w:t>
-[...212 lines deleted...]
-            </w:pPr>
+C-SSP-6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Взвод командирінің орынбасары </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+нақты лауазымның функционалдық бағыттарына сәйкес келетін жоғары білімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мемлекеттік қызметте не судья лауазымында не осы санаттардағы нақты лауазымның функционалдық бағытына сәйкес салаларда жұмысы өтілі бір жылдан кем емес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жүргізуші куәлігінің болуы.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
@@ -14762,246 +25655,210 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-C-SVU-6</w:t>
-[...194 lines deleted...]
-            </w:pPr>
+C-SSP-7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Барлық атаулардағы аға: инженер және инспектор </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+нақты лауазымның тиісті функционалдық бағыттары бойынша жоғары білім, техникалық және кәсіптік, орта білімнен кейінгі білім</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жүргізуші куәлігінің болуы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Туристік полиция үшін Қазақстан тарихы мен шет тілдерін білу қажет.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
@@ -15033,264 +25890,210 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-C-SVU-6</w:t>
-[...212 lines deleted...]
-            </w:pPr>
+C-SSP-8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Барлық атаулардағы инженер және инспектор</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+нақты лауазымның тиісті функционалдық бағыттары бойынша жоғары білім техникалық және кәсіптік, орта білімнен кейінгі білім</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жүргізуші куәлігінің болуы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Туристік полиция үшін Қазақстан тарихы мен шет тілдерін білу қажет.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
@@ -15322,264 +26125,228 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-C-SVU-7</w:t>
-[...212 lines deleted...]
-            </w:pPr>
+C-SV-12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бөлімше командирі, старшинасы, кезекшінің көмекшісі</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Барлық атаулардағы қойма меңгерушісі және полицей </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+орта, техникалық және кәсіптік, орта білімнен кейінгі білім</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасы Қарулы Күштері қатарында міндетті қызмет өткеру немесе Әскери-техникалық мектебіндегі курстарды немесе Қазақстан Республикасының оқу орындары жанындағы Әскери кафедрада курстарды аяқтау (бұл талап əскерге шақырылушыларға қолданылады).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Полицей-жүргізушілер үшін жүргізуші куәлігінің болуы.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
@@ -15611,3742 +26378,230 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-C-SVU-7</w:t>
-[...3510 lines deleted...]
-              <w:t>
 С-SV-13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...104 lines deleted...]
-Полицей-жүргізушілер үшін жүргізуші куәлігінің болуы</w:t>
+              <w:t xml:space="preserve">
+Барлық атаулардағы техник </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+орта білім</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасы Қарулы Күштері қатарында міндетті қызмет өткеру немесе Әскери-техникалық мектебіндегі курстарды немесе Қазақстан Республикасының оқу орындары жанындағы Әскери кафедрада курстарды аяқтау (бұл талап əскерге шақырылушыларға қолданылады).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Ескертпе: Осы біліктілік талаптарындағы әскери қызмет өтіліне сарбаздар (матростар) құрамының мерзімді әскери қызмет кезеңдері енгізілмейді.</w:t>
+      Ескертпе: жоғары кәсіби даярлығы бар, ерекше білімдері немесе нақты мамандықтар бойынша жұмыс өтілдері бар адамдар осы біліктілік талаптарында белгіленген қажетті жұмыс өтілдері ескерілмей, Қазақстан Республикасы Ішкі істер министрінің шешімімен не оның келісімімен лауазымға тағайындалуы мүмкін.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Жоғары кәсіби даярлығы бар, ерекше білімдері немесе нақты мамандықтар бойынша жұмыс өтілдері бар адамдар осы біліктілік талаптарында белгіленген қажетті жұмыс өтілдері ескерілмей, Қазақстан Республикасы Ішкі істер министрінің шешімімен не оның келісімімен лауазымға тағайындалуы мүмкін.</w:t>
+      Құқық қорғау органдарының қызметкерлері болып табылмайтын адамдарды лауазымға тағайындаған жағдайда құқық қорғау органдары лауазымдарының санаттарына қойылатын үлгілік біліктілік талаптарына сәйкес лауазымдардың тиісті санаттарына жұмыс өтілі бойынша талаптарды да басшылыққа алу қажет.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -19408,113 +26663,126 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Ішкі істер министрінің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2020 жылғы 12. 06. № 463</w:t>
+              <w:t>2020 жылғы 12 маусымдағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>бұйрыққа 5-қосымша</w:t>
+              <w:t>№ 463 бұйрыққа</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z243" w:id="17"/>
+    <w:bookmarkStart w:name="z353" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Қазақстан Республикасы Ішкі істер министрлігінің арнайы мақсаттағы бөліністері қызметкерлерінің лауазымдарына қойылатын біліктілік талаптары</w:t>
+        <w:t xml:space="preserve"> Қазақстан Республикасы Ішкі істер министрлігінің мемлекеттік мекемелері қызметкерлерінің лауазымдарына қойылатын біліктілік талаптары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkEnd w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 5-қосымша жаңа редакцияда – ҚР Ішкі істер министрінің 02.04.2025 </w:t>
+      Ескерту. Біліктілік талаптары жаңа редакцияда – ҚР Ішкі істер министрінің 28.01.2026 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 236</w:t>
+        <w:t>№ 52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -19686,51 +26954,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жұмыс өтілі келесі талаптардың біріне сәйкес келуі қажет</w:t>
+Жұмыс өтілі мынадай талаптарға сәйкес келуі тиіс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -19799,87 +27067,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-C-SN-1</w:t>
-[...35 lines deleted...]
-"Сұңқар" арнайы мақсаттағы жасағының командирі</w:t>
+C-SGU-1,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+C-SV-4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Бастық: </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+ІІМ мекемесі, кинологиялық орталығы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -19907,195 +27211,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) құқық қорғау қызметіндегі жұмыс өтілі сегіз жылдан кем емес, оның ішінде C-GP-3, C-OGP-3, C-AGP-3, В-PK-3, В-PKО-2, C-SV-3, С-SVО-2, C-SVU-2, C-SN-2, С-SSP-2, C-SGU-3, С-FMО-2 санаты бойынша лауазымдардан төмен емес немесе нақты құрылымдық бөліністің штаттық кестесінде көзделген келесі төмен тұрған санаттардан төмен емес лауазымдарда бір жылдан кем емес.</w:t>
-[...143 lines deleted...]
-Жекпе-жек күрес түрлері бойынша спорттық атақтарының, разрядтарының біліктіліктерінің немесе практикалық ату бойынша куәліктерінің болуы.</w:t>
+құқық қорғау қызметінде жұмыс өтілі жеті жылдан кем емес, олардың ішінде осы санаттардағы нақты лауазымның тиісті бейіндік бағыты бойынша жұмыс өтілі үш жылдан кем емес, оның ішінде нақты құрылымдық бөліністің штат кестесінде көзделген келесі төмен тұрған санаттағы немесе C-GP-6, C-AGP-7, C-KSGP-4, C-KAGP-4, C-OKSGP-3, B-FM-5, B-FMО-4, C-SV-5, C-SVО-4, C-SVR-3, C-SVU-4, C-SN-3, С-SSP-2, C-SGU-6 санаттарынан төмен емес лауазымдарда екі жылдан кем емес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ІІМ Кинологиялық орталығына тағайындалатын тұлғаларға кинологиялық қызметтерде басшылық лауазымдарда кемінде бір жыл еңбек өтілі болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -20128,87 +27324,177 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-C-SN-2</w:t>
-[...35 lines deleted...]
-"Сұңқар" арнайы мақсаттағы жасағы командирінің орынбасары</w:t>
+C-SGU-2,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+C-SV-5,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+C-SV-6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бастықтың орынбасары:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+мекеме, </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+ІІМ кинологиялық орталығы </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Әскери және арнайы жабдықтау базасының бастығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20236,195 +27522,105 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) құқық қорғау органдардағы жұмыс өтілі жеті жылдан кем емес, оның ішінде C-GP-4, C-OGP-4, C-RGP-1, C-AGP-4, C-KGP-2, C-OKGP-2, В-PK-4, В-PKО-3, C-SV-4, С-SVО-3, C-SVR-1, C-SVU-3, C-SN-3, С-SSP-3, C-SGU-5, С-FM-3, С-FMО-3 санатынан төмен емес немесе нақты құрылымдық бөліністің штаттық кестесінде көзделген келесі төмен тұрған санаттан төмен емес лауазымдарда бір жылдан кем емес.</w:t>
-[...143 lines deleted...]
-Жекпе-жек күрес түрлері бойынша спорттық атақтарының, разрядтарының біліктіліктерінің немесе практикалық ату бойынша куәліктерінің болуы.</w:t>
+құқық қорғау қызметінде жұмыс өтілі алты жылдан кем емес, олардың ішінде осы санаттардағы нақты лауазымның тиісті бейіндік бағыты бойынша жұмыс өтілі екі жылдан кем емес, оның ішінде нақты құрылымдық бөліністің штат кестесінде көзделген келесі төмен тұрған санаттағы немесе C-GP-7, C-AGP-8, C-KSGP-5, C-KAGP-5, C-VP-5, C-TP-7, C-OGP-7, C-OKSGP-5, B-FM-6, B-FMО-5, C-SV-8, C-SVО-5, C-SVR-4, C-SVU-5, C-SN-4, С-SSP-3, C-SGU-8 санаттарынан төмен емес лауазымдарда екі жылдан кем емес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ІІМ Кинологиялық орталығына тағайындалатын тұлғаларға кинологиялық қызметтерде басшылық лауазымдарда кемінде бір жыл еңбек өтілі болуы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жеке құраммен жұмыс жөніндегі командирінің орынбасары лауазымына тағайындау жеке құраммен жұмыс жөніндегі бөліністерінде қызмет өтілі бар немесе адам ресурстарын басқару (HR) бойынша оқудан өткен адамдар арасынан жүзеге асырылады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -20457,87 +27653,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-C-SN-3</w:t>
-[...35 lines deleted...]
-"Сұңқар" арнайы мақсаттағы жасағының штаб, бөлім бастығы "Арлан" арнайы мақсаттағы бөлінісінің командирі Жылдам қимылдайтын арнайы жасақ командирі</w:t>
+C-SGU-3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мекеме бастығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20565,178 +27761,84 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) құқық қорғау қызметіндегі жұмыс өтілі алты жылдан кем емес, оның ішінде C-GP-5, C-OGP-5, C-RGP-2, C-AGP-6, C-KGP-3, C-OKGP-3, В-PK-5, В-PKО-4, C-SV-5, С-SVО-4, C-SVR-3, C-SVU-4, C-SN-4, С-SSP-4, C-SGU-7, С-FM-4, С-FMО-4 санатынан төмен емес немесе нақты құрылымдық бөліністің штаттық кестесінде көзделген келесі төмен тұрған санаттан төмен емес лауазымдарда бір жылдан кем емес.</w:t>
-[...126 lines deleted...]
-            </w:r>
+құқық қорғау қызметінде жұмыс өтілі жеті жылдан кем емес, олардың ішінде осы санаттардағы нақты лауазымның тиісті бейіндік бағыты бойынша жұмыс өтілі үш жылдан кем емес, оның ішінде нақты құрылымдық бөліністің штат кестесінде көзделген келесі төмен тұрған санаттағы немесе C-GP-6, C-AGP-7, C-KSGP-4, C-KAGP-4, C-OKSGP-3, B-FM-5, B-FMО-4, C-SV-5, C-SVО-4, C-SVR-3, C-SVU-4, C-SN-3, С-SSP-2, C-SGU-6 санаттарынан төмен емес лауазымдарда екі жылдан кем емес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
@@ -20768,87 +27870,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-C-SN-4</w:t>
-[...35 lines deleted...]
-"Сұңқар" арнайы мақсаттағы жасағының штаб бастығының орынбасары "Сұңқар" арнайы мақсаттағы жасағының қызмет, бөлімше бастығы "Арлан" арнайы мақсаттағы бөлінісі командирінің орынбасары Жылдам қимылдайтын арнайы жасақ командирінің орынбасары</w:t>
+C-SGU-4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мекеме, басқарма бастығының орынбасары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20876,177 +27978,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) құқық қорғау органдардағы жұмыс өтілі бес жылдан кем емес, оның ішінде C-GP-6, C-OGP-6, C-RGP-3, C-AGP-7, C-KGP-4, C-OKGP-4, В-PK-6, В-PKО-5, C-SV-8, С-SVО-5, C-SVR-4, C-SVU-5, C-SN-6, С-SSP-5, C-SGU-8, С-FM-5 (аса маңызды істер жөніндегі тергеуші, аса маңызды істер жөніндегі жедел уәкіл (анықтаушы)) санатынан төмен емес немесе нақты құрылымдық бөліністің штаттық кестесінде көзделген келесі төмен тұрған санаттан төмен емес лауазымдарда бір жылдан кем емес.</w:t>
-[...125 lines deleted...]
-Жекпе-жек күрес түрлері бойынша спорттық атақтарының, разрядтарының біліктіліктерінің немесе практикалық ату бойынша куәліктерінің болуы (қосалқы қызмет қызметкерлерін қоспағанда).</w:t>
+құқық қорғау қызметінде жұмыс өтілі алты жылдан кем емес, олардың ішінде осы санаттардағы нақты лауазымның тиісті бейіндік бағыты бойынша жұмыс өтілі екі жылдан кем емес, оның ішінде нақты құрылымдық бөліністің штат кестесінде көзделген келесі төмен тұрған санаттағы немесе C-GP-7, C-AGP-8, C-KSGP-5, C-KAGP-5, C-VP-5, C-TP-7, C-OGP-7, C-OKSGP-5, B-FM-6, B-FMО-5, C-SV-8, C-SVО-5, C-SVR-4, C-SVU-5, C-SN-4, С-SSP-3, C-SGU-8 санаттарынан төмен емес лауазымдарда екі жылдан кем емес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жеке құраммен жұмыс жөніндегі командирінің орынбасары лауазымына тағайындау жеке құраммен жұмыс жөніндегі бөліністерінде қызмет өтілі бар немесе адам ресурстарын басқару (HR) бойынша оқудан өткен адамдар арасынан жүзеге асырылады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -21079,87 +28091,105 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-C-SN-5</w:t>
-[...35 lines deleted...]
-"Сұңқар" арнайы мақсаттағы жасағының шабуылшысы, мергені, жарғыш технигі</w:t>
+C-SGU-5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мекеме бастығы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сотталғандарға арналған аурухананың бастығы-дәрігер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -21178,111 +28208,93 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...59 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+құқық қорғау қызметінде жұмыс өтілі жеті жылдан кем емес, олардың ішінде осы санаттардағы нақты лауазымның тиісті бейіндік бағыты бойынша жұмыс өтілі үш жылдан кем емес, оның ішінде нақты құрылымдық бөліністің штат кестесінде көзделген келесі төмен тұрған санаттағы немесе C-GP-6, C-AGP-7, C-KSGP-4, C-KAGP-4, C-OKSGP-3, B-FM-5, B-FMО-4, C-SV-5, C-SVО-4, C-SVR-3, C-SVU-4, C-SN-3, С-SSP-2, C-SGU-6 санаттарынан төмен емес лауазымдарда екі жылдан кем емес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
@@ -21314,105 +28326,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-C-SN-6</w:t>
-[...53 lines deleted...]
-Жылдам қимылдайтын арнайы жасақтың рота командирі</w:t>
+C-SGU-6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Мекеме бастығының орынбасары </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -21440,159 +28434,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) құқық қорғау немесе арнайы мемлекеттік органдарында немесе әскери қызметтегі немесе судья лауазымдарында жұмыс өтілі бір жылдан кем емес;</w:t>
-[...107 lines deleted...]
-Жекпе-жек күрес түрлері бойынша спорттық атақтарының, разрядтарының біліктіліктерінің немесе практикалық ату бойынша куәліктерінің болуы (қосалқы қызмет қызметкерлерін қоспағанда).</w:t>
+құқық қорғау қызметінде жұмыс өтілі алты жылдан кем емес, олардың ішінде осы санаттардағы нақты лауазымның тиісті бейіндік бағыты бойынша жұмыс өтілі екі жылдан кем емес, оның ішінде нақты құрылымдық бөліністің штат кестесінде көзделген келесі төмен тұрған санаттағы немесе C-GP-7, C-AGP-8, C-KSGP-5, C-KAGP-5, C-VP-5, C-TP-7, C-OGP-7, C-OKSGP-5, B-FM-6, B-FMО-5, C-SV-8, C-SVО-5, C-SVR-4, C-SVU-5, C-SN-4, С-SSP-3, C-SGU-8 санаттарынан төмен емес лауазымдарда екі жылдан кем емес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жеке құраммен жұмыс жөніндегі командирінің орынбасары лауазымына тағайындау жеке құраммен жұмыс жөніндегі бөліністерінде қызмет өтілі бар немесе адам ресурстарын басқару (HR) бойынша оқудан өткен адамдар арасынан жүзеге асырылады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -21625,87 +28547,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-C-SN-7</w:t>
-[...35 lines deleted...]
-"Сұңқар" арнайы мақсаттағы жасағының инспекторы, инспектор-психологы</w:t>
+C-SGU-7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сотталғандарға арналған аурухана бастығының орынбасары-дәрігер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -21724,57 +28646,61 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мемлекеттік медициналық мекемелерінде жұмыс өтілі үш жылдан кем емес</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -21838,123 +28764,141 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-C-SN-7</w:t>
+C-SGU-8,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+C-SV-7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-"Арлан" арнайы мақсаттағы бөлінісінің барлық атаулардағы взвод командирі, аға инспекторы </w:t>
-[...35 lines deleted...]
-Жылдам қимылдайтын арнайы жасақтың рота командирінің орынбасары, взвод командирі</w:t>
+Бөлім, кезекші бөлімінің бастығы, медициналық бөлімінің бастығы-дәрігер </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Әскери және арнайы жабдықтау базасы бастығының орынбасары</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Әскери және арнайы жабдықтау базасының бөлімше бастығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -21982,160 +28926,84 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) құқық қорғау немесе арнайы мемлекеттік органдарында немесе әскери қызметтегі немесе судья лауазымдарында жұмыс өтілі бір жылдан кем емес;</w:t>
-[...108 lines deleted...]
-            </w:r>
+құқық қорғау қызметінде жұмыс өтілі төрт жылдан кем емес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
@@ -22167,192 +29035,192 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-C-SN-8</w:t>
-[...140 lines deleted...]
-            </w:r>
+C-SGU-9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қылмыстық-атқару жүйесі мекемесі бастығының кезекші көмекшісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+нақты лауазымның функционалдық бағыттарына сәйкес келетін жоғары білімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+құқық қорғау не арнаулы мемлекеттік органдарда не әскери қызметте не судья лауазымында қызмет өтілі үш жылдан кем емес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
@@ -22384,13230 +29252,2198 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+C-SGU-10</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+C-SV-9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Бастық: бөлімше, қызмет </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Қылмыстық-атқару жүйесі мекемесі бөлім бастығының орынбасары </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аға инспектор</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+нақты лауазымның функционалдық бағыттарына сәйкес келетін жоғары білімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+құқық қорғау не арнаулы мемлекеттік органдарда не әскери қызметте не судья лауазымында қызмет өтілі үш жылдан кем емес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+C-SGU-11</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+C-SV-10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қылмыстық-атқару жүйесі мекемесінің бөлімше бастығы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Инспектор </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+нақты лауазымның функционалдық бағыттарына сәйкес келетін жоғары білімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+құқық қорғау қызметінде не арнаулы мемлекеттік органдарда не әскери қызметте не судья лауазымында қызмет өтілі екі жылдан кем емес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+C-SGU-11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бас маман</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Ерекше тапсырмалар жөніндегі аға инспектор </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Қылмыстық-атқару жүйесі мекемесі бастығы кезекші көмекшісінің орынбасары </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Медициналық денсаулық сақтау пунктінің бастығы- қылмыстық-атқару жүйесі мекемесінің дәрігері, учаске бастығы </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жедел кезекші</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+нақты лауазымның функционалдық бағыттарына сәйкес келетін жоғары білімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+C-SGU-12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Барлық атаулардағы аға: жедел уәкілі, инспектор және инженер</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Медициналық кабинет бастығы –дәрігер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) нақты лауазымның функционалдық бағыттарына сәйкес келетін жоғары білімі.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) нақты лауазымның тиісті функционалдық бағыттары бойынша орта буын мамандарын даярлауды көздейтін техникалық және кәсіптік, орта білімнен кейінгі білім (тек қылмыстық-атқару жүйесінің бөліністері үшін)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+C-SGU-13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+жедел уәкіл, барлық атаулардағы инспектор және инженер </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қылмыстық-атқару жүйесінің фельдшері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+нақты лауазымның тиісті функционалдық бағыттары бойынша техникалық және кәсіптік, орта буын мамандарын даярлауды қамтамасыз ететін орта білімнен кейінгі білім</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Бөлімше командирі </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+"ҚСҚ" қоймасының меңгерушісі </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аға бақылаушы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Кіші инспектор </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Фельдшер </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Барлық атаулардағы полицей </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кезекшінің көмекшісі</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Арттехқару-жарақ қоймасының меңгерушісі әрі қару-жарақ шебері </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Жасақ, қарауыл бастығы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 C-SV-12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...122 lines deleted...]
-Полицей-жүргізушілер үшін В, В1, С, С1 санаттағы жүргізуші куәлігінің болуы. Қазақстан Республикасының Қарулы Күштері қатарындағы қызметі.</w:t>
+              <w:t xml:space="preserve">
+Бөлімше командирі </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+"ҚСҚ" қоймасының меңгерушісі </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аға бақылаушы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Кіші инспектор </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Фельдшер </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Барлық атаулардағы полицей </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кезекшінің көмекшісі</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Арттехқару-жарақ қоймасының меңгерушісі әрі қару-жарақ шебері </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жасақ, қарауыл бастығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+орта, орта арнайы, техникалық және кәсіптік, орта буын мамандарын даярлауды қамтамасыз ететін орта білімнен кейінгі білім</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Барлық санаттағы жүргізушілер үшін жүргізуші куәлігінің болуы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасы Қарулы Күштері қатарында міндетті қызмет өткеру немесе Әскери-техникалық мектебіндегі курстарды немесе Қазақстан Республикасының оқу орындары жанындағы Әскери кафедрада курстарды аяқтау (бұл талап əскерге шақырылушыларға қолданылады)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+C-SV-13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Барлық атаулардағы бақылаушы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарауыл бастығының көмекшісі</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Медбике</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Есепке алу жөніндегі технигі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+орта, орта арнайы, техникалық және кәсіптік, орта буын мамандарын даярлауды қамтамасыз ететін орта білімнен кейінгі білім</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасы Қарулы Күштері қатарында міндетті қызмет өткеру немесе Әскери-техникалық мектебіндегі курстарды немесе Қазақстан Республикасының оқу орындары жанындағы Әскери кафедрада курстарды аяқтау (бұл талап əскерге шақырылушыларға қолданылады)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Ескертпе: Осы біліктілік талаптарындағы әскери қызмет өтіліне сарбаздар (матростар) құрамының мерзімді әскери қызмет кезеңдері енгізілмейді.</w:t>
+      Ескертпе: жоғары кәсіби даярлығы бар, ерекше білімдері немесе нақты мамандықтар бойынша жұмыс өтілдері бар адамдар осы біліктілік талаптарында белгіленген қажетті жұмыс өтілдері ескерілмей, Қазақстан Республикасы Ішкі істер министрінің шешімімен не оның келісімімен лауазымға тағайындалуы мүмкін.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Жоғары кәсіби даярлығы бар, ерекше білімдері немесе нақты мамандықтар бойынша жұмыс өтілдері бар адамдар осы біліктілік талаптарында белгіленген қажетті жұмыс өтілдері ескерілмей, Қазақстан Республикасы Ішкі істер министрінің шешімімен не оның келісімімен лауазымға тағайындалуы мүмкін.</w:t>
+      Құқық қорғау органдарының қызметкерлері болып табылмайтын адамдарды лауазымға тағайындаған жағдайда құқық қорғау органдары лауазымдарының санаттарына қойылатын үлгілік біліктілік талаптарына сәйкес лауазымдардың тиісті санаттарына жұмыс өтілі бойынша талаптарды да басшылыққа алу қажет.</w:t>
       </w:r>
     </w:p>
-    <w:tbl>
-[...121 lines deleted...]
-    <w:bookmarkStart w:name="z285" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
-      </w:pPr>
-[...3372 lines deleted...]
-        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Ескертпе: Осы біліктілік талаптарындағы әскери қызмет жұмыс өтіліне сарбаздар (матростар) құрамының мерзімді әскери қызмет кезеңдері енгізілмейді.</w:t>
+</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Жоғары кәсіби даярлығы бар, ерекше білімдері немесе нақты мамандықтар бойынша жұмыс өтілдері бар адамдар осы біліктілік талаптарында белгіленген қажетті жұмыс өтілдері ескерілмей, Қазақстан Республикасы Ішкі істер министрінің шешімімен не оның келісімімен лауазымға тағайындалуы мүмкін.</w:t>
+</w:t>
       </w:r>
-    </w:p>
-[...9391 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>