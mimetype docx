--- v0 (2025-11-19)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="ffdf0ec" w14:textId="ffdf0ec">
+    <w:p w14:paraId="ac9ea69" w14:textId="ac9ea69">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -4444,1121 +4444,1215 @@
         <w:t>
       4) справка о наличии либо отсутствии психических, поведенческих расстройств (заболеваний), в том числе связанных с употреблением психоактивных веществ.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="99"/>
     <w:bookmarkStart w:name="z249" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) согласие на сбор, обработку, распространение и публикацию персональных данных кандидата.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z194" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В ч.2 пункта 2 предусматривается изменение Законом РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Кандидат в члены рабочей группы и Общественного совета представляет справки, предусмотренные подпунктами 3) и 4) части первой настоящего пункта, самостоятельно или посредством письменного согласия на истребование указанных справок государственным органом или субъектом квазигосударственного сектора, с участием которого образуется Общественный совет, из информационных систем.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z195" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Член рабочей группы по формированию Общественного совета не допускается к конкурсу для избрания в члены Общественного совета.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z195" w:id="102"/>
-[...15 lines deleted...]
-      Член рабочей группы по формированию Общественного совета не допускается к конкурсу для избрания в члены Общественного совета.</w:t>
+    <w:bookmarkStart w:name="z196" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Кандидаты не допускаются к конкурсу для избрания при наличии одного из следующих случаев:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z196" w:id="103"/>
-[...15 lines deleted...]
-      3. Кандидаты не допускаются к конкурсу для избрания при наличии одного из следующих случаев:</w:t>
+    <w:bookmarkStart w:name="z197" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) несоответствия требованиям, установленным в пункте 1 настоящей статьи;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z197" w:id="104"/>
-[...15 lines deleted...]
-      1) несоответствия требованиям, установленным в пункте 1 настоящей статьи;</w:t>
+    <w:bookmarkStart w:name="z198" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) непредставления документов и (или) сведений, указанных в пункте 2 настоящей статьи;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z198" w:id="105"/>
-[...15 lines deleted...]
-      2) непредставления документов и (или) сведений, указанных в пункте 2 настоящей статьи;</w:t>
+    <w:bookmarkStart w:name="z199" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) представления документов и (или) сведений, содержащих недостоверную информацию.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z199" w:id="106"/>
-[...15 lines deleted...]
-      3) представления документов и (или) сведений, содержащих недостоверную информацию.</w:t>
+    <w:bookmarkStart w:name="z200" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Положением об Общественном совете Фонда могут быть предусмотрены дополнительные требования к кандидатам в члены Общественного совета Фонда.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z200" w:id="107"/>
-[...15 lines deleted...]
-      4. Положением об Общественном совете Фонда могут быть предусмотрены дополнительные требования к кандидатам в члены Общественного совета Фонда.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сноска. Статья 10 – в редакции Закона РК от 03.01.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 406-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); с изменениями, внесенными Законом РК от 02.10.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 31-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. ПОРЯДОК ОСУЩЕСТВЛЕНИЯ ДЕЯТЕЛЬНОСТИ ОБЩЕСТВЕННОГО СОВЕТА</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 11. Организационная структура Общественного совета и полномочия его президиума</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z201" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Высшим органом Общественного совета является заседание.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z202" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Для оперативного осуществления руководства деятельностью Общественного совета в период между его заседаниями избирается президиум Общественного совета. В состав президиума Общественного совета входят председатель Общественного совета, уполномоченный представитель государственного органа, субъекта квазигосударственного сектора, с участием которого образован Общественный совет, председатели комиссий, отдельные члены общественного совета.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z203" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. На заседаниях президиума Общественного совета могут участвовать депутаты Парламента Республики Казахстан, не являющиеся членами данного Общественного совета.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z204" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Президиум Общественного совета:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z205" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) координирует работу комиссий Общественного совета;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z206" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) организует подготовку проведения заседаний Общественного совета;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z207" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) обеспечивает организационную и информационную поддержку деятельности Общественного совета;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z208" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) осуществляет мониторинг исполнения рекомендаций Общественного совета..</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">Сноска. Статья 10 – в редакции Закона РК от 03.01.2021 </w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 11 – в редакции Закона РК от 03.01.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 406-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); с изменениями, внесенными Законом РК от 02.10.2023 </w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 12. Полномочия председателя и секретаря Общественного совета</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z64" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Председатель Общественного совета:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) организует деятельность Общественного совета;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) председательствует на заседаниях;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) подписывает документы от имени Общественного совета;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) координирует деятельность по реализации решений Общественного совета;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z209" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) участвует в заседаниях республиканского государственного органа, органа местного государственного управления, субъекта квазигосударственного сектора с правом совещательного голоса;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) на время своего отсутствия делегирует исполнение обязанностей председателя одному из членов президиума Общественного совета.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z250" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае прекращения полномочий председателя Общественного совета до избрания нового председателя его полномочия передаются одному из членов президиума по решению Общественного совета.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z65" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Секретарь Общественного совета:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) обеспечивает решение организационных вопросов подготовки и проведения заседаний Общественного совета;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) организует и ведет делопроизводство в Общественном совете, а также контролирует сроки исполнения решений Общественного совета.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z210" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Секретарь Общественного совета не является членом Общественного совета.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 12 с изменениями, внесенными законами РК от 03.01.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 406-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 02.10.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 31-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...481 lines deleted...]
-      3. Секретарь Общественного совета не является членом Общественного совета.</w:t>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 13. Организация деятельности Общественного совета</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z66" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Первое заседание Общественного совета открывает руководитель рабочей группы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...110 lines deleted...]
-      1. Первое заседание Общественного совета открывает руководитель рабочей группы.</w:t>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      На этом заседании открытым голосованием простым большинством голосов избираются председатель Общественного совета, состав президиума, составы комиссии Общественного совета.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Председатель Общественного совета избирается из числа его членов – известных общественных деятелей, не состоящих на государственной службе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z67" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Основной формой работы общественных советов являются заседания. Заседание Общественного совета считается правомочным при участии не менее двух третей от общего числа его членов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="121"/>
-    <w:p>
-[...51 lines deleted...]
-      2. Основной формой работы общественных советов являются заседания. Заседание Общественного совета считается правомочным при участии не менее двух третей от общего числа его членов.</w:t>
+    <w:bookmarkStart w:name="z68" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Заседания Общественного совета являются открытыми.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z68" w:id="123"/>
-[...15 lines deleted...]
-      3. Заседания Общественного совета являются открытыми.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Условия, сроки и порядок проведения заседаний Общественного совета, повестка дня заседаний, порядок принятия решений и иные вопросы проведения заседаний определяются Типовым положением об Общественном совете.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Иные вопросы проведения заседаний определяются решением Общественного совета.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z69" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Общественные советы при осуществлении своей деятельности взаимодействуют друг с другом на условиях равенства и партнерства.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="123"/>
-    <w:p>
-[...51 lines deleted...]
-      4. Общественные советы при осуществлении своей деятельности взаимодействуют друг с другом на условиях равенства и партнерства.</w:t>
+    <w:bookmarkStart w:name="z70" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. В пределах своих полномочий члены общественных советов с правом совещательного голоса могут участвовать в деятельности иных общественных советов, а на местном уровне, кроме того, председатель Общественного совета района, города областного значения вправе входить в состав Общественного совета области, города республиканского значения, столицы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z70" w:id="125"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z71" w:id="126"/>
+    <w:bookmarkStart w:name="z71" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6. Организационное обеспечение деятельности Общественного совета на республиканском уровне осуществляется соответствующим государственным органом или субъектом квазигосударственного сектора, с участием которого образован Общественный совет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z212" w:id="127"/>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z212" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       На местном уровне организационное обеспечение деятельности Общественного совета осуществляется маслихатом соответствующей административно-территориальной единицы. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z213" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Руководитель соответствующего государственного органа, руководитель исполнительного органа соответствующего субъекта квазигосударственного сектора, с участием которого образован Общественный совет, а также председатель маслихата соответствующей административно-территориальной единицы по согласованию с председателем Общественного совета возлагают обязанности секретаря Общественного совета на работника, привлекаемого по трудовому договору в соответствии с трудовым законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z213" w:id="128"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5634,539 +5728,539 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 14. Публичность работы Общественного совета</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z72" w:id="129"/>
+    <w:bookmarkStart w:name="z72" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1 Общественный совет информирует население о:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z215" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) результатах его взаимодействия с гражданским обществом и государственными органами, а также субъектами квазигосударственного сектора;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z215" w:id="130"/>
-[...15 lines deleted...]
-      1) результатах его взаимодействия с гражданским обществом и государственными органами, а также субъектами квазигосударственного сектора;</w:t>
+    <w:bookmarkStart w:name="z216" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) составе Общественного совета;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z216" w:id="131"/>
-[...15 lines deleted...]
-      2) составе Общественного совета;</w:t>
+    <w:bookmarkStart w:name="z217" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) повестке дня заседаний;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z217" w:id="132"/>
-[...15 lines deleted...]
-      3) повестке дня заседаний;</w:t>
+    <w:bookmarkStart w:name="z218" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) принятых решениях;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z218" w:id="133"/>
-[...15 lines deleted...]
-      4) принятых решениях;</w:t>
+    <w:bookmarkStart w:name="z219" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) других вопросах, имеющих общественную значимость.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z219" w:id="134"/>
-[...15 lines deleted...]
-      5) других вопросах, имеющих общественную значимость.</w:t>
+    <w:bookmarkStart w:name="z73" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Информация публикуется в средствах массовой информации и (или) размещается на соответствующих интернет-ресурсах.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z73" w:id="135"/>
-[...15 lines deleted...]
-      2. Информация публикуется в средствах массовой информации и (или) размещается на соответствующих интернет-ресурсах.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 14 с изменениями, внесенными Законом РК от 03.01.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 406-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 15. Прекращение полномочий членов Общественного совета</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z74" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Член Общественного совета может выйти из его состава по собственному желанию путем подачи заявления в письменной форме.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="135"/>
-    <w:p>
-[...98 lines deleted...]
-    <w:bookmarkStart w:name="z75" w:id="137"/>
+    <w:bookmarkStart w:name="z75" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2. Член Общественного совета может быть досрочно исключен из его состава решением Общественного совета в случае невозможности принимать участие в его работе по состоянию здоровья либо по следующим основаниям:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z221" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) в случае его смерти;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z221" w:id="138"/>
-[...15 lines deleted...]
-      1) в случае его смерти;</w:t>
+    <w:bookmarkStart w:name="z222" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) признания судом безвестно отсутствующим;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z222" w:id="139"/>
-[...15 lines deleted...]
-      2) признания судом безвестно отсутствующим;</w:t>
+    <w:bookmarkStart w:name="z223" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) объявления судом умершим;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z223" w:id="140"/>
-[...15 lines deleted...]
-      3) объявления судом умершим;</w:t>
+    <w:bookmarkStart w:name="z224" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) признания судом недееспособным или ограниченно дееспособным в порядке, установленном законами Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z224" w:id="141"/>
-[...15 lines deleted...]
-      4) признания судом недееспособным или ограниченно дееспособным в порядке, установленном законами Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z225" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) непосещения заседания Общественного совета по неуважительным причинам более трех раз в течение одного года;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z225" w:id="142"/>
-[...15 lines deleted...]
-      5) непосещения заседания Общественного совета по неуважительным причинам более трех раз в течение одного года;</w:t>
+    <w:bookmarkStart w:name="z226" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) поступления члена Общественного совета, избранного от гражданского общества, на государственную службу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z226" w:id="143"/>
-[...15 lines deleted...]
-      6) поступления члена Общественного совета, избранного от гражданского общества, на государственную службу;</w:t>
+    <w:bookmarkStart w:name="z227" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) в случае ликвидации некоммерческой организации, от которой был избран представитель в Общественный совет;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z227" w:id="144"/>
-[...15 lines deleted...]
-      7) в случае ликвидации некоммерческой организации, от которой был избран представитель в Общественный совет;</w:t>
+    <w:bookmarkStart w:name="z228" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) в случае наступления оснований, предусмотренных пунктом 1 статьи 10 настоящего Закона.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z228" w:id="145"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z76" w:id="146"/>
+    <w:bookmarkStart w:name="z76" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">3. Общественный совет принимает решение о включении в состав Общественного совета нового члена вместо выбывшего на оставшийся срок его полномочий в порядке, определенном пунктами 9 и 10 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkEnd w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6202,2093 +6296,2093 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 15-1. Прекращение деятельности Общественного совета</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z231" w:id="147"/>
+    <w:bookmarkStart w:name="z231" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Общественный совет прекращает свою деятельность по истечении срока полномочий, предусмотренных частью второй пункта 8 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона, или в случае ликвидации государственного органа, субъекта квазигосударственного сектора, с участием которого он образован.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z232" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Общественный совет в случае реорганизации государственного органа, субъекта квазигосударственного сектора, с участием которого он был образован, продолжает свою деятельность до утверждения нового состава Общественного совета реорганизованного государственного органа, субъекта квазигосударственного сектора.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="147"/>
-    <w:bookmarkStart w:name="z232" w:id="148"/>
-[...15 lines deleted...]
-      Общественный совет в случае реорганизации государственного органа, субъекта квазигосударственного сектора, с участием которого он был образован, продолжает свою деятельность до утверждения нового состава Общественного совета реорганизованного государственного органа, субъекта квазигосударственного сектора.</w:t>
+    <w:bookmarkStart w:name="z233" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Формирование Общественного совета в государственных органах, в субъектах квазигосударственного сектора, образовавшихся в результате реорганизации, осуществляется в соответствии с настоящим Законом.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="148"/>
-    <w:bookmarkStart w:name="z233" w:id="149"/>
-[...15 lines deleted...]
-      2. Формирование Общественного совета в государственных органах, в субъектах квазигосударственного сектора, образовавшихся в результате реорганизации, осуществляется в соответствии с настоящим Законом.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 3 дополнена статьей 15-1 в соответствии с Законом РК от 03.01.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 406-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z77" w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4. ПОРЯДОК РЕАЛИЗАЦИИ ПОЛНОМОЧИЙ</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ОБЩЕСТВЕННОГО СОВЕТА</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>В ОБЛАСТИ ОБЩЕСТВЕННОГО КОНТРОЛЯ</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 16. Цели и задачи Общественного совета в области общественного контроля</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z78" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Общественный контроль осуществляется Общественным советом в целях расширения возможности гражданского общества участвовать в процессе принятия решений государственными органами, субъектами квазигосударственного сектора.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z79" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Задачи общественного контроля:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z234" w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) повышение эффективности, открытости и прозрачности деятельности государственных органов, органов местного самоуправления и субъектов квазигосударственного сектора;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) реализация гражданских инициатив, направленных на защиту общественных интересов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z235" w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) повышение уровня доверия граждан к деятельности государства и его органов, органов местного самоуправления, субъектов квазигосударственного сектора, обеспечение обратной связи между обществом и государством, предупреждение и разрешение социальных конфликтов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) вовлечение населения в процесс противодействия коррупции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Глава 3 дополнена статьей 15-1 в соответствии с Законом РК от 03.01.2021 </w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 16 с изменениями, внесенными Законом РК от 03.01.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 406-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z77" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 17. Понятие, объект и субъект общественного контроля</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z80" w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Под общественным контролем понимается деятельность субъектов общественного контроля, осуществляемая в формах общественного мониторинга, общественного слушания, общественной экспертизы и заслушивания отчета о результатах работы государственного органа, субъекта квазигосударственного сектора, направленная на защиту общественных интересов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z81" w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Объектом общественного контроля является деятельность государственных органов республиканского и местного уровней и их должностных лиц, а также деятельность субъектов квазигосударственного сектора.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z82" w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Субъектом общественного контроля являются общественные советы, а также некоммерческие организации, граждане по поручению общественных советов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 17 с изменениями, внесенными Законом РК от 03.01.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 406-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...296 lines deleted...]
-      3. Субъектом общественного контроля являются общественные советы, а также некоммерческие организации, граждане по поручению общественных советов.</w:t>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 18. Формы общественного контроля</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z83" w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Общественным мониторингом является процедура общественного контроля, представляющая собой наблюдение со стороны субъектов общественного контроля за деятельностью государственных органов, субъектов квазигосударственного сектора.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="157"/>
-    <w:p>
-[...98 lines deleted...]
-    <w:bookmarkStart w:name="z84" w:id="159"/>
+    <w:bookmarkStart w:name="z84" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Под общественным слушанием понимается процедура общественного контроля, осуществляемая посредством проведения собрания для публичного обсуждения вопросов, предусмотренных подпунктами 1), 5) и 6) пункта 1 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, подпунктом 1) пункта 1 статьи 5-1 настоящего Закона, а также общественно значимых решений государственных органов, субъектов квазигосударственного сектора по вопросу их соответствия общественным интересам.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z85" w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Общественная экспертиза – это процедура общественного контроля, основанная на использовании субъектами общественного контроля специальных знаний и (или) опыта для исследования, анализа и оценки на предмет соблюдения общественных интересов по сохранению благоприятной для жизни и здоровья граждан окружающей среды, а также исключению факторов, оказывающих негативное воздействие на обеспечение безопасности физических лиц, населенных пунктов и производственных объектов.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="159"/>
-    <w:bookmarkStart w:name="z85" w:id="160"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z86" w:id="161"/>
+    <w:bookmarkStart w:name="z86" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Заслушивание отчета о результатах работы государственного органа, субъекта квазигосударственного сектора является процедурой общественного контроля и представляет собой публичное обсуждение на заседании Общественного совета результатов деятельности государственных органов, органов местного самоуправления и их должностных лиц по вопросам, предусмотренным подпунктами 2) и 3) пункта 1 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона, субъектов квазигосударственного сектора по вопросам, предусмотренным подпунктами 2) и 3) пункта 1 статьи 5-1 настоящего Закона.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 18 с изменениями, внесенными Законом РК от 03.01.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 406-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 19. Механизмы осуществления общественного контроля</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Общественный контроль осуществляется посредством:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) доступа к информации о деятельности объекта общественного контроля в соответствии с требованиями законодательства Республики Казахстан в сфере доступа к информации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) участия членов Общественного совета и субъектов общественного контроля в заседаниях коллегиальных органов государственного органа;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) включения в состав государственных комиссий членов общественных советов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) подачи индивидуальных или коллективных обращений граждан, в том числе в форме электронного документа;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) подачи запросов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) иных способов, определяемых Общественным советом, не запрещенных законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 19 с изменением, внесенным Законом РК от 02.10.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 31-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 20. Порядок организации и проведения общественного мониторинга</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z87" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Порядок организации и проведения общественного мониторинга определяется настоящим Законом и иными нормативными правовыми актами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z88" w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Общественный мониторинг осуществляется в целях выявления негативных последствий для граждан и фактов ущемления общественных интересов в результате оказания государственными органами государственных услуг, реализации планов развития и паспортов бюджетных программ, планов развития областей, городов республиканского значения, столицы, реализации субъектами квазигосударственного сектора планов развития национальных управляющих холдингов, национальных холдингов и национальных компаний, планов мероприятий, оказания государственных услуг, а также применения норм законодательства Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z89" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Общественный мониторинг осуществляется членами Общественного совета, а также представителями некоммерческих организаций и гражданами по поручению Общественного совета.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z90" w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. При проведении общественного мониторинга члены Общественного совета вправе запрашивать у государственных органов и их должностных лиц, а также у субъектов квазигосударственного сектора необходимую информацию, относящуюся к предмету мониторинга, в порядке и по основаниям, установленным законодательством Республики Казахстан о доступе к информации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z91" w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. По результатам общественного мониторинга лица, его осуществлявшие, составляют заключение. Заключение общественного мониторинга включает:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) информацию о выявленных негативных последствиях для граждан и об ущемлении общественных интересов в результате оказания государственных услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) рекомендации по устранению причин и условий, выявленных в ходе общественного мониторинга нарушений законодательства Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) предложения по повышению эффективности контролируемых объектов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z236" w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) предложения по внесению изменений и дополнений в нормативные правовые акты, внутренние документы субъектов квазигосударственного сектора.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z92" w:id="167"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. На основании заключения общественного мониторинга Общественным советом принимаются и направляются в соответствующие государственные органы, субъекты квазигосударственного сектора рекомендации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Статья 18 с изменениями, внесенными Законом РК от 03.01.2021 </w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 20 с изменениями, внесенными законами РК от 03.01.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 406-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 30.12.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 95-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 15.03.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 172-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Статья 19. Механизмы осуществления общественного контроля</w:t>
-[...397 lines deleted...]
-      6. На основании заключения общественного мониторинга Общественным советом принимаются и направляются в соответствующие государственные органы, субъекты квазигосударственного сектора рекомендации.</w:t>
+        <w:t>Статья 21. Порядок организации и проведения общественного слушания</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z93" w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Порядок организации и проведения общественного слушания определяется настоящим Законом и иными нормативными правовыми актами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="168"/>
-    <w:p>
-[...158 lines deleted...]
-    <w:bookmarkStart w:name="z237" w:id="170"/>
+    <w:bookmarkStart w:name="z237" w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Общественное слушание проводится Общественным советом в сроки, согласованные с республиканским или местным органом государственного управления, субъектом квазигосударственного сектора, определенным пунктами 5 и 6 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z94" w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Порядок организации и проведения общественного слушания должен предусматривать:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="170"/>
-    <w:bookmarkStart w:name="z94" w:id="171"/>
-[...15 lines deleted...]
-      2. Порядок организации и проведения общественного слушания должен предусматривать:</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) заблаговременное оповещение участников общественного слушания о времени и месте его проведения через средства массовой информации и (или) письменные приглашения, но не позднее чем за десять календарных дней до дня его проведения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) заблаговременное ознакомление с проектами нормативных правовых актов и решений, выносимых на общественное слушание, но не позднее чем за десять календарных дней до дня его проведения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) другие меры, обеспечивающие участие в общественном слушании;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) опубликование итогового протокола общественного слушания, включая мотивированное обоснование принятых решений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Исключен Законом РК от 03.01.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 406-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z96" w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Общественное слушание проводится по инициативе членов Общественного совета.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="171"/>
-    <w:p>
-[...70 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z97" w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. В ходе проведения общественного слушания ведется протокол, в котором фиксируются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) дата и место проведения общественного слушания;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) количество присутствующих;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) фамилии, имена, отчества (если оно указано в документе, удостоверяющем личность) председателя и секретаря общественного слушания;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) повестка дня, содержание выступлений.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z98" w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. По результатам общественного слушания принимается итоговый протокол, который подписывается председателем и секретарем общественного слушания.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z99" w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Итоговый протокол считается принятым, если за него проголосовало более половины присутствующих членов Общественного совета.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z100" w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Итоговый протокол общественного слушания включает:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z238" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) информацию о соблюдении контролируемыми государственными органами и их должностными лицами, а также субъектами квазигосударственного сектора законодательства Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) рекомендации по устранению выявленных в ходе общественного слушания положений, ущемляющих или ограничивающих права и законные интересы физических и юридических лиц;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z239" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) предложения по внесению изменений и дополнений в нормативные правовые акты, внутренние документы субъектов квазигосударственного сектора.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z101" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Рекомендации, принятые на основе итогового протокола, направляются председателем Общественного совета:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z240" w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) государственным органам, субъектам квазигосударственного сектора, субъектам общественного контроля;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z241" w:id="180"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) государственным органам, уполномоченным осуществлять контроль за деятельностью государственных органов и субъектов квазигосударственного сектора, для изучения и принятия мер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="180"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) средствам массовой информации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z242" w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Требования настоящей статьи не распространяются на отношения, связанные с деятельностью Общественного совета Фонда.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">3. Исключен Законом РК от 03.01.2021 </w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 21 с изменениями, внесенными Законом РК от 03.01.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 406-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z96" w:id="172"/>
-[...388 lines deleted...]
-    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 22. Порядок организации и проведения общественной экспертизы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z102" w:id="183"/>
+    <w:bookmarkStart w:name="z102" w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1. Общественная экспертиза осуществляется по поручению Общественного совета, принятому на его заседании, экспертными комиссиями, создаваемыми общественными объединениями.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z244" w:id="183"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Объектами общественной экспертизы являются проекты принимаемых решений государственных органов, субъектов квазигосударственного сектора на предмет соблюдения прав и законных интересов физических и юридических лиц, сохранения благоприятной для жизни и здоровья граждан окружающей среды, а также исключения факторов, оказывающих негативное воздействие на обеспечение безопасности физических лиц, населенных пунктов и производственных объектов.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="183"/>
-    <w:bookmarkStart w:name="z244" w:id="184"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z103" w:id="185"/>
+    <w:bookmarkStart w:name="z103" w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2. Инициаторами общественной экспертизы могут выступать физические лица и (или) некоммерческие организации, за исключением структурных подразделений (филиалов и представительств) международных и иностранных организаций, которые направляют соответствующее ходатайство в Общественный совет.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z104" w:id="185"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Особенности проведения общественной экологической экспертизы, порядок ее регистрации, содержание заключения устанавливаются Экологическим кодексом Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="185"/>
-    <w:bookmarkStart w:name="z104" w:id="186"/>
-[...15 lines deleted...]
-      3. Особенности проведения общественной экологической экспертизы, порядок ее регистрации, содержание заключения устанавливаются Экологическим кодексом Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z105" w:id="186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Законодательными актами Республики Казахстан могут определяться иные субъекты, основания и порядок организации и проведения общественной экспертизы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="186"/>
-    <w:bookmarkStart w:name="z105" w:id="187"/>
-[...15 lines deleted...]
-      4. Законодательными актами Республики Казахстан могут определяться иные субъекты, основания и порядок организации и проведения общественной экспертизы.</w:t>
+    <w:bookmarkStart w:name="z246" w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Требования настоящей статьи не распространяются на отношения, связанные с деятельностью Общественного совета Фонда.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="187"/>
-    <w:bookmarkStart w:name="z246" w:id="188"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8324,278 +8418,278 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 23. Порядок организации и проведения заслушивания отчетов о результатах работы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z106" w:id="189"/>
+    <w:bookmarkStart w:name="z106" w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Заслушивание отчета о результатах работы включает в себя доклад первого руководителя государственного органа республиканского уровня, руководителя исполнительного органа субъекта квазигосударственного сектора и содоклад председателя Общественного совета, а на территориях – доклад акима административно-территориальной единицы и содоклады председателя маслихата, председателя Общественного совета в соответствии с положениями пункта 4 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z107" w:id="189"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. В ходе заслушивания отчета о результатах работы, ведется протокол, в котором фиксируются:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="189"/>
-    <w:bookmarkStart w:name="z107" w:id="190"/>
-[...15 lines deleted...]
-      2. В ходе заслушивания отчета о результатах работы, ведется протокол, в котором фиксируются:</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) дата и место заслушивания отчета;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) количество присутствующих;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) фамилия, имя, отчество (если оно указано в документе, удостоверяющем личность) выступавших должностных лиц;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) повестка дня, содержание отчета и выступлений.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z108" w:id="190"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. По результатам заслушивания отчета принимается резолюция, которая должна содержать:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) дата и место заслушивания отчета;</w:t>
-[...72 lines deleted...]
-      3. По результатам заслушивания отчета принимается резолюция, которая должна содержать:</w:t>
+      1) оценку деятельности контролируемых органов и их должностных лиц по вопросам, входящим в их компетенцию;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) рекомендации по устранению выявленных в ходе заслушивания отчета положений, ущемляющих или ограничивающих права и законные интересы физических и юридических лиц;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z247" w:id="191"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) предложения по совершенствованию деятельности государственных органов, субъектов квазигосударственного сектора.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="191"/>
-    <w:p>
-[...51 lines deleted...]
-      3) предложения по совершенствованию деятельности государственных органов, субъектов квазигосударственного сектора.</w:t>
+    <w:bookmarkStart w:name="z109" w:id="192"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Отчет считается принятым, если за него проголосовало более половины присутствовавших участников заседания.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="192"/>
-    <w:bookmarkStart w:name="z109" w:id="193"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8888,55 +8982,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>