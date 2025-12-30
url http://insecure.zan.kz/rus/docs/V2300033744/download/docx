--- v0 (2025-11-07)
+++ v1 (2025-12-30)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="0f34a8b" w14:textId="0f34a8b">
+    <w:p w14:paraId="36d9025" w14:textId="36d9025">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,139 +85,199 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>О внесении изменений в постановление Правления Национального Банка Республики Казахстан от 29 июня 2018 года № 139 "Об утверждении Инструкции по представлению банками второго уровня, Банком Развития Казахстана, филиалами банков-нерезидентов Республики Казахстан, филиалами страховых (перестраховочных) организаций-нерезидентов Республики Казахстан и ипотечными организациями в Национальный Банк Республики Казахстан сведений для формирования обзора финансового сектора"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...18 lines deleted...]
-      <w:bookmarkStart w:name="z4" w:id="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Утративший силу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Постановление Правления Национального Банка Республики Казахстан от 27 ноября 2023 года № 89. Зарегистрировано в Министерстве юстиции Республики Казахстан 8 декабря 2023 года № 33744. Утратило силу постановлением Правления Национального Банка Республики Казахстан от 2 декабря 2025 года № 88.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Утратило силу постановлением Правления Национального Банка РК от 02.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 88</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Правление Национального Банка Республики Казахстан ПОСТАНОВЛЯЕТ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Внести в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правления Национального Банка Республики Казахстан от 29 июня 2018 года № 139 "Об утверждении Инструкции по представлению банками второго уровня, Банком Развития Казахстана, филиалами банков-нерезидентов Республики Казахстан, филиалами страховых (перестраховочных) организаций-нерезидентов Республики Казахстан и ипотечными организациями в Национальный Банк Республики Казахстан сведений для формирования обзора финансового сектора" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 17274) следующие изменения:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -228,68 +290,51 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>преамбулу</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z7" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -311,129 +356,104 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 2)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 3 статьи 16 Закона Республики Казахстан "О государственной статистике" и в целях формирования обзора финансового сектора Республики Казахстан Правление Национального Банка Республики Казахстан </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ПОС</w:t>
-[...9 lines deleted...]
-        <w:t>ТАНОВЛЯЕТ</w:t>
+        <w:t>ПОСТАНОВЛЯЕТ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:";</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z8" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Инструкции</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> по представлению банками второго уровня, Банком Развития Казахстана, филиалами банков-нерезидентов Республики Казахстан, филиалами страховых (перестраховочных) организаций-нерезидентов Республики Казахстан и ипотечными организациями в Национальный Банк Республики Казахстан сведений для формирования обзора финансового сектора, утвержденной указанным постановлением:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -446,68 +466,51 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z10" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "1. Инструкция по представлению банками второго уровня, Банком Развития Казахстана, филиалами банков-нерезидентов Республики Казахстан, филиалами страховых (перестраховочных) организаций-нерезидентов Республики Казахстан и ипотечными организациями в Национальный Банк Республики Казахстан сведений для формирования обзора финансового сектора (далее – Инструкция) разработана в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -522,50 +525,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> части второй статьи 15 Закона Республики Казахстан "О Национальном Банке Республики Казахстан", </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 2)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 3 статьи 16 Закона Республики Казахстан "О государственной статистике" и устанавливает формы, предназначенные для сбора административных данных в виде сведений для формирования обзора финансового сектора (далее – сведения) от банков второго уровня, Банка Развития Казахстана, филиалов банков-нерезидентов Республики Казахстан, филиалов страховых (перестраховочных) организаций-нерезидентов Республики Казахстан и ипотечных организаций, а также порядок их представления в Национальный Банк Республики Казахстан (далее – Национальный Банк).";</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -618,406 +622,310 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z12" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "4. Понятие "организация, осуществляющая отдельные виды банковских операций" используется в значении, определенном в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законе</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О банках и банковской деятельности в Республике Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z13" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Понятия резидент Республики Казахстан и нерезидент Республики Казахстан используются в значениях, определенных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О валютном регулировании и валютном контроле".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z14" w:id="1"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z14" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Для формирования обзора финансового сектора представляются следующие сведения:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z15" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       сведения об остатках на балансовых и внебалансовых счетах по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к Инструкции;</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z16" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       сведения об остатках на балансовых счетах по операциям с филиалами и представительствами иностранных компаний по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к Инструкции;</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z17" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       сведения об изменениях в финансовых активах и пассивах по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к Инструкции;</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z18" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       сведения об остатках на балансовых счетах по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к Инструкции.";</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1030,106 +938,90 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 26</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z20" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "26. Сведения об остатках на балансовых счетах по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к Инструкции представляются по состоянию на последний рабочий день квартала филиалами страховых (перестраховочных) организаций-нерезидентов Республики Казахстан не позднее 15 (пятнадцатого) рабочего дня месяца, следующего за отчетным кварталом.";</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1162,106 +1054,90 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к Инструкции изложить в редакции согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему постановлению;</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z22" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пояснении</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> по заполнению формы административных данных приложения 2:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1294,88 +1170,71 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z24" w:id="2"/>
+    <w:bookmarkStart w:name="z24" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "1. Настоящее пояснение определяет единые требования по заполнению формы административных данных "Сведения об остатках на балансовых счетах по операциям с филиалами и представительствами иностранных компаний" (далее – Форма).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z25" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Форма разработана в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1390,106 +1249,91 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> части второй статьи 15 Закона Республики Казахстан "О Национальном Банке Республики Казахстан" и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 2)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 3 статьи 16 Закона Республики Казахстан "О государственной статистике".";</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z26" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пояснении</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> по заполнению формы административных данных приложения 3:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1522,88 +1366,71 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z28" w:id="3"/>
+    <w:bookmarkStart w:name="z28" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "1. Настоящее пояснение определяет единые требования по заполнению формы административных данных, "Сведения об изменениях в финансовых активах и пассивах" (далее – Форма).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z29" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Форма разработана в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1618,50 +1445,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> части второй статьи 15 Закона Республики Казахстан "О Национальном Банке Республики Казахстан" и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 2)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 3 статьи 16 Закона Республики Казахстан "О государственной статистике".";</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1694,188 +1522,170 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в редакции согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему постановлению.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z31" w:id="4"/>
+    <w:bookmarkStart w:name="z31" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Департаменту статистики финансового рынка Национального Банка Республики Казахстан в установленном законодательством Республики Казахстан порядке обеспечить:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z32" w:id="5"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z32" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) совместно с Юридическим департаментом Национального Банка Республики Казахстан государственную регистрацию настоящего постановления в Министерстве юстиции Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z33" w:id="6"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z33" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) размещение настоящего постановления на официальном интернет-ресурсе Национального Банка Республики Казахстан после его официального опубликования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z34" w:id="7"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z34" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) в течение десяти рабочих дней после государственной регистрации настоящего постановления представление в Юридический департамент Национального Банка Республики Казахстан сведений об исполнении мероприятия, предусмотренного подпунктом 2) настоящего пункта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z35" w:id="8"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z35" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Контроль за исполнением настоящего постановления возложить на курирующего заместителя Председателя Национального Банка Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z36" w:id="9"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z36" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Настоящее постановление вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="24"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1891,58 +1701,75 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>      Председатель Национального Банка</w:t>
-[...6 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Председатель Национального Банка</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Республики Казахстан </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -1983,237 +1810,200 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Т. Сулейменов</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...34 lines deleted...]
-      </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="12000" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>      "СОГЛАСОВАНО"</w:t>
-[...14 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>"СОГЛАСОВАНО"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>Бюро национальной статистики</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Агентства по стратегическому</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>планированию и реформам</w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2291,69 +2081,554 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Банка Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 27 ноября 2023 года № 89</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 1</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Инструкции по представлению банками</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>второго уровня, Банком</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Развития Казахстана,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>филиалами банков-нерезидентов</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>филиалами страховых</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(перестраховочных)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>организаций-нерезидентов</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ипотечными организациями в</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Национальный Банк</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан сведений</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>для формирования</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>обзора финансового сектора</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z41" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...7 lines deleted...]
-    </w:p>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Форма, предназначенная для сбора административных данных</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z42" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Представляется: в Национальный Банк Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z43" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Форма административных данных размещена на интернет-ресурсе: www.nationalbank.kz</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z44" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сведения об остатках на балансовых и внебалансовых счетах</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z45" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Индекс формы административных данных: 700-N(D) </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z46" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Периодичность: ежемесячная</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z47" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Отчетный период: за "___" ________20__года</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z48" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Круг лиц, представляющих информацию: Банк Развития Казахстана, ипотечные организации</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z49" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Срок представления формы административных данных: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z50" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Банком Развития Казахстана ежемесячно за последний рабочий день месяца не позднее 7 (семи) рабочих дней, следующих за последним днем отчетного месяца;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z51" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дополнительный отчет за последний рабочий день года (с учетом заключительных оборотов по внутрибанковским операциям) – не позднее тридцать первого января года, следующего за завершенным финансовым годом;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z52" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ипотечными организациями ежемесячно за последний рабочий день месяца не позднее 10 (десяти) рабочих дней, следующих за последним днем отчетного месяца;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z53" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дополнительный отчет за последний рабочий день года (с учетом заключительных оборотов по внутрибанковским операциям) – не позднее тридцать первого января года, следующего за завершенным финансовым годом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2387,597 +2662,76 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 1</w:t>
-[...181 lines deleted...]
-              <w:t>обзора финансового сектора</w:t>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z41" w:id="10"/>
-[...338 lines deleted...]
-    <w:bookmarkStart w:name="z55" w:id="23"/>
+    <w:bookmarkStart w:name="z55" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Таблица. Сведения об остатках на балансовых и внебалансовых счетах</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkEnd w:id="38"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -3730,71 +3484,66 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z56" w:id="39"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Наименование _______________________________________________________</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Адрес ______________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -3902,68 +3651,50 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       фамилия, имя и отчество (при его наличии) подпись</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Дата "____" ______________ 20__ года</w:t>
-      </w:r>
-[...16 lines deleted...]
-</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -4044,142 +3775,125 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>об остатках на балансовых</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>и внебалансовых счетах</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z58" w:id="24"/>
+    <w:bookmarkStart w:name="z58" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Пояснение по заполнению формы административных данных</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z59" w:id="25"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z59" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Сведения об остатках на балансовых и внебалансовых счетах (индекс – 700-N(D), периодичность – ежемесячная)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z60" w:id="26"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z60" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z61" w:id="27"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z61" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Настоящее пояснение определяет единые требования по заполнению формы административных данных "Сведения об остатках на балансовых и внебалансовых счетах" (далее – Форма).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z62" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Форма разработана в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4194,531 +3908,509 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> части второй статьи 15 Закона Республики Казахстан "О Национальном Банке Республики Казахстан" и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 2)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 3 статьи 16 Закона Республики Казахстан "О государственной статистике".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z63" w:id="28"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z63" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Форма составляется ежемесячно, заполняется по состоянию на конец последнего рабочего дня месяца.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z64" w:id="29"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z64" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Дополнительный отчет составляется по Форме ежегодно, заполняется по состоянию на конец последнего рабочего дня года с учетом заключительных оборотов по внутрибанковским операциям.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z65" w:id="30"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z65" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Форму подписывают руководитель или лицо, на которое возложена функция по подписанию отчета, и исполнитель.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z66" w:id="31"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z66" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Пояснение по заполнению Формы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-[...6 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z67" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Номера счетов в Форме и настоящем Пояснении указываются в соответствии с Типовым планом счетов бухгалтерского учета в банках второго уровня, ипотечных организациях, акционерном обществе "Банк Развития Казахстана" и филиалах банков-нерезидентов Республики Казахстан, утвержденным </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>постановлением</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правления Национального Банка Республики Казахстан от 31 января 2011 года № 3, зарегистрированным в Реестре государственной регистрации нормативных правовых актов под № 6793 (далее – Типовой план счетов).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z68" w:id="32"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z68" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Все показатели являются обязательными для заполнения, за исключением указанных в настоящем Пояснении случаев, когда показатель не представляется.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z69" w:id="33"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z69" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. В Форме указываются сведения об остатках на балансовых (активы, обязательства, собственный капитал, доходы, расходы) и внебалансовых (условные и возможные требования и обязательства, счета меморандума к балансу) счетах респондента.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z70" w:id="34"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z70" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. В строках 1, 2, 3 и 4 значения выбираются из справочников, размещенных в информационной системе "Веб-портал Национального Банка Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z71" w:id="35"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z71" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. В строке 1 указывается четырехзначный номер счета, соответствующий Типовому плану счетов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z72" w:id="36"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z72" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. В строках 2, 3 и 4 коды признака резидентства, сектора экономики и группы валют указываются по счетам, к которым такая детализация применима, с учетом исключений в соответствии с пунктами 12, 13 и 15 настоящего Пояснения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z73" w:id="37"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z73" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. В строках 2 и 3:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z74" w:id="38"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z74" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       для счетов 1405, 1406, 1425, 1752 и 1864 указывается признак резидентства и код сектора экономики векселедателя;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z75" w:id="39"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z75" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       для счетов 1201, 1202, 1205, 1206, 1208, 1209, 1452, 1453, 1454, 1456, 1457, 1459, 1481, 1482, 1483, 1485, 1486, 1491, 1492, 1494, 1495, 1744, 1745, 1746, 1750 и 1757 указывается признак резидентства и код сектора экономики эмитента;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z76" w:id="40"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z76" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       для счетов 2301, 2303, 2306, 2401, 2402, 2405 и 2406 указываются признак резидентства и код сектора экономики держателя ценной бумаги, при отсутствии возможности достоверно определить держателя ценной бумаги – признак резидентства и код сектора экономики номинального держателя (доверительного собственника) ценной бумаги.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z77" w:id="41"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z77" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. В строке 3 по вкладам, размещенным в организации, осуществляющей отдельные виды банковских операций, или в Национальном операторе почты и отраженным на счетах группы 1250, указывается кода сектора экономики "5".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z78" w:id="42"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z78" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Для счетов 1007, 1009, 1603 и 1604:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z79" w:id="43"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z79" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в строке 2 указывается код "1" для монет, изготовленных из драгоценных металлов, и коллекционных монет в национальной валюте, выпущенных Национальным Банком Республики Казахстан; код "2" – для монет, изготовленных из драгоценных металлов, и коллекционных монет эмитентов-нерезидентов Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z80" w:id="44"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z80" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в строках 3 и 4 показатели не заполняются.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z81" w:id="45"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z81" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. В строке 3 показатель не представляется по счетам 1811, 1812, 1813, 1814, 1815, 1816, 1817, 1818, 1819, 1820, 1821, 1822, 1823, 1824, 1825, 1826, 1827, 1831, 1832, 1833, 1834, 1835, 1836, 1837, 1838, 1839, 1840, 1841, 1842, 1843, 1844, 1845, 1871, 1880, 2811, 2812, 2813, 2814, 2815, 2816, 2817, 2818, 2819, 2820, 2831, 2832, 2833, 2834, 2835, 2836, 2838, 2839, 2871, 2874, 2880, 3561, 3562, 3563 и 3564.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z82" w:id="46"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z82" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. В строке 4 показатель не представляется по счетам 1013, 1727, 2016, 2126, 2212, 2216, 2708 и 2717.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z83" w:id="47"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z83" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. В строках 2, 3 и 4 показатели не представляются по счетам 1011, 1012, 1601, 1602, 1610, 1651, 1652, 1653, 1654, 1655, 1656, 1657, 1658, 1659, 1660, 1661, 1662, 1691, 1692, 1693, 1694, 1695, 1696, 1697, 1698, 1699, 1854, 1857, 1858, 1859, 1873, 1874, 2854, 2857, 2858, 2859, 2861, 2872, 2873, 3001, 3003, 3025, 3027, 3101, 3200, 3400, 3510, 3540, 3580, 3589, 3599 и счетам 4 (четвертого), 5 (пятого), 6 (шестого) и 7 (седьмого) классов Типового плана счетов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z84" w:id="48"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z84" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. В строке 5 указывается сумма в тенге в формате числа с двумя знаками после запятой.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="66"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -4796,69 +4488,474 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Банка Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 27 ноября 2023 года № 89</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 4</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Инструкции по представлению</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>банками второго уровня, Банком</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Развития Казахстана,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>филиалами банков-нерезидентов</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>филиалами страховых</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(перестраховочных)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>организаций-нерезидентов</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ипотечными организациями в</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Национальный Банк</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан сведений</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>для формирования</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>обзора финансового сектора</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z87" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...7 lines deleted...]
-    </w:p>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Форма, предназначенная для сбора административных данных</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z88" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Представляется: в Национальный Банк Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z89" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Форма административных данных размещена на интернет-ресурсе: www.nationalbank.kz</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z90" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сведения об остатках на балансовых счетах</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z91" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Индекс формы административных данных: BS(FN)_4-I(R)O_Q </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z92" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Периодичность: ежеквартальная</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z93" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Отчетный период: по состоянию на "___" ________20__года</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z94" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Круг лиц, представляющих информацию: филиалы страховых (перестраховочных) организаций-нерезидентов Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z95" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Срок представления формы административных данных: ежеквартально, не позднее 15 (пятнадцатого) рабочего дня месяца, следующего за отчетным кварталом</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -4892,517 +4989,76 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 4</w:t>
-[...181 lines deleted...]
-              <w:t>обзора финансового сектора</w:t>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z87" w:id="49"/>
-[...258 lines deleted...]
-    <w:bookmarkStart w:name="z97" w:id="58"/>
+    <w:bookmarkStart w:name="z97" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Таблица. Остатки по балансовым счетам</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkEnd w:id="76"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -6432,71 +6088,66 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z98" w:id="77"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Наименование _______________________________________________________</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Адрес ______________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -6604,68 +6255,50 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       фамилия, имя и отчество (при его наличии) подпись</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Дата "____" ______________ 20__ года</w:t>
-      </w:r>
-[...16 lines deleted...]
-</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -6733,142 +6366,125 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к форме сведений об остатках</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>на балансовых счетах</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z100" w:id="59"/>
+    <w:bookmarkStart w:name="z100" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Пояснение по заполнению формы административных данных</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z101" w:id="60"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z101" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Сведения об остатках на балансовых счетах (индекс – BS(FN)_4-I(R)O_Q, периодичность – ежеквартальная)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z102" w:id="61"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z102" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z103" w:id="62"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z103" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Настоящее пояснение определяет единые требования по заполнению формы административных данных "Сведения об остатках на балансовых счетах" (далее – Форма).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z104" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Форма разработана в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6883,379 +6499,397 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> части второй статьи 15 Закона Республики Казахстан "О Национальном Банке Республики Казахстан" и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 2)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 3 статьи 16 Закона Республики Казахстан "О государственной статистике".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z105" w:id="63"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z105" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Форма составляется ежеквартально филиалом страховой (перестраховочной) организации-нерезидента Республики Казахстан по состоянию на конец отчетного периода.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z106" w:id="64"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z106" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Форму подписывают руководитель или лицо, на которое возложена функция по подписанию отчета, и исполнитель.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z107" w:id="65"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z107" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Пояснение по заполнению Формы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-[...6 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z108" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. В графе 1 указывается номер балансового счета, предусмотренный параграфами 1, 2, 3 и 4 главы 2 Типового плана счетов бухгалтерского учета для страховых (перестраховочных) организаций, исламских страховых (перестраховочных) организаций, обществ взаимного страхования и филиалов страховых (перестраховочных) организаций - нерезидентов Республики Казахстан, утвержденного </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>постановлением</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правления Национального Банка Республики Казахстан от 22 декабря 2017 года № 251 "Об утверждении Типового плана счетов бухгалтерского учета для страховых (перестраховочных) организаций, исламских страховых (перестраховочных) организаций, обществ взаимного страхования и филиалов страховых (перестраховочных) организаций - нерезидентов Республики Казахстан, Инструкции по ведению бухгалтерского учета страховыми (перестраховочными) организациями, исламскими страховыми (перестраховочными) организациями, обществами взаимного страхования и филиалами страховых (перестраховочных) организаций - нерезидентов Республики Казахстан и внесении изменений и дополнений в некоторые нормативные правовые акты Республики Казахстан по вопросам ведения бухгалтерского учета", зарегистрированным в Реестре государственной регистрации нормативных правовых актов под № 16390 (далее – План счетов).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z109" w:id="66"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z109" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. В графах 2, 3 и 4 указываются коды, соответствующие признаку резидентства, сектору экономики и группе валют.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z110" w:id="67"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z110" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. В графах 2 и 3 по активам указываются признак резидентства и код сектора экономики дебитора (эмитента), по обязательствам – признак резидентства и код сектора экономики кредитора.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z111" w:id="68"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z111" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. В графах 2 и 3:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z112" w:id="69"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z112" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       для счета 1280 08 указывается признак резидентства и код сектора экономики векселедателя;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z113" w:id="70"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z113" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       для счетов 1120, 1130, 1140, 1160, 1270 01, 1270 04, 1290 23, 2020, 2030, 2170 01 и 2170 03 указывается признак резидентства и код сектора экономики эмитента;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z114" w:id="71"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z114" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       для счетов 4030 07 и 4030 10 указывается признак резидентства и код сектора экономики держателя ценной бумаги, при отсутствии возможности достоверно определить держателя ценной бумаги – указывается признак резидентства и код сектора экономики номинального держателя (доверительного собственника) ценной бумаги.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z115" w:id="72"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z115" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. По счетам 1300, 2300, 2400, 2600, 2700, 2930 в графах 2, 3 и 4 указывается код "0".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z116" w:id="73"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z116" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. По счетам 1370, 1380, 1400, 1500, 1620, 2800, 2920, 3100, 3200, 3520, 3530, 3540, 4310, 4420, 4430 и 4440 в графах 2 и 3 указывается код "0".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z117" w:id="74"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z117" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. В графе 5 указывается сумма по состоянию на конец отчетного периода в тенге в формате числа с двумя знаками после запятой.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkEnd w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
+</file>
+
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -7585,35 +7219,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>