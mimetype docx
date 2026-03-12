--- v0 (2025-10-14)
+++ v1 (2026-03-12)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="3c9c000" w14:textId="3c9c000">
+    <w:p w14:paraId="bba073f" w14:textId="bba073f">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -94,51 +94,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>О внесении изменений в некоторые приказы Министра юстиции Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Приказ Министра юстиции Республики Казахстан от 31 августа 2022 года № 736. Зарегистрирован в Министерстве юстиции Республики Казахстан 5 сентября 2022 года № 29407</w:t>
+        <w:t>Приказ Министра юстиции Республики Казахстан от 31 августа 2022 года № 736. Зарегистрирован в Министерстве юстиции Республики Казахстан 5 сентября 2022 года № 29407.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z4" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ПРИКАЗЫВАЮ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
@@ -2745,1754 +2745,878 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z77" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "10. Функции рабочего органа Комиссии возлагаются на Управление промышленной собственности Департамента по правам интеллектуальной собственности Министерства.".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z78" w:id="61"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Утратил силу приказом Министра юстиции РК от 28.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 95</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z104" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. В </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра юстиции Республики Казахстан от 29 августа 2018 года № 1345 "Об утверждении Правил регистрации в Государственном реестре товарных знаков передачи исключительного права, предоставления права на использование товарного знака" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 17331) внести следующие изменения:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>преамбулу</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z80" w:id="62"/>
+    <w:bookmarkStart w:name="z106" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "В соответствии с подпунктом 2) </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> статьи 4 Закона Республики Казахстан "Патентный закон Республики Казахстан", </w:t>
+      "В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 2)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> пункта 2 статьи 3 Закона Республики Казахстан "О товарных знаках, знаках обслуживания, географических указаний и наименованиях мест происхождения товаров" и </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> статьи 4 Закона Республики Казахстан "О правовой охране топологий интегральных микросхем" </w:t>
+        <w:t xml:space="preserve"> пункта 2 статьи 3 Закона Республики Казахстан "О товарных знаках, знаках обслуживания, географических указаний и наименованиях мест происхождения товаров" и подпунктом 1) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан "О государственных услугах" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ПРИКАЗЫВАЮ:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z81" w:id="63"/>
+    <w:bookmarkStart w:name="z107" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Положении</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> об аттестационной комиссии, утвержденном указанным приказом:</w:t>
+        <w:t>Правилах</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> регистрации в Государственном реестре товарных знаков передачи исключительного права, предоставления права на использование товарного знака, утвержденных указанным приказом:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>пункты 1</w:t>
-[...19 lines deleted...]
-        <w:t>2</w:t>
+        <w:t>пункт 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z83" w:id="64"/>
-[...95 lines deleted...]
-        <w:t xml:space="preserve"> Республики Казахстан "О правовой охране топологий интегральных микросхем" (далее – Закон об интегральных микросхемах) и определяет деятельность комиссии по проведению аттестации (далее – Комиссия).</w:t>
+    <w:bookmarkStart w:name="z109" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "1. Настоящие Правила регистрации в Государственном реестре передачи исключительного права, предоставления права на использование товарного знака (далее – Правила) разработаны в соответствии с Законами Республики Казахстан "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>О товарных знаках, знаках обслуживания, географических указаний и наименованиях мест происхождения товаров</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>" (далее – Закон), "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>О государственных услугах</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>" (далее – Закон о госуслугах), которые устанавливают порядок регистрации в Государственном реестре товарных знаков исключительного права, предоставления права на использование товарного знака, а также определяют порядок оказания государственных услуг.";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z84" w:id="65"/>
-[...98 lines deleted...]
-    <w:bookmarkEnd w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>пункт 10</w:t>
+        <w:t>пункт 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z89" w:id="69"/>
+    <w:bookmarkStart w:name="z111" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "10. Аттестационная комиссия протокольным решением:</w:t>
-[...382 lines deleted...]
-    <w:bookmarkEnd w:id="84"/>
+      "4. Для получения государственной услуги физическое и (или) юридическое лицо (далее – услугополучатель) направляет через портал заявление с приложением документов, указанных в пункте 8 перечня основных требований к оказанию государственной услуги "Регистрация передачи исключительного прав на товарный знак, селекционное достижение и объект промышленной собственности, а также топологии интегральной микросхемы" согласно приложению 1 (далее – перечень) в форме электронного документа, подписанного ЭЦП, в соответствии с приложениями 2 и 3 к настоящим Правилам.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>преамбулу</w:t>
+        <w:t>пункт 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z106" w:id="85"/>
-[...118 lines deleted...]
-    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z113" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "5. Перечень основных требований к оказанию государственной услуги, включающий характеристики процесса, форму, содержание и результат оказания, а также иные сведения с учетом особенностей предоставления государственной услуги, приведен в перечне.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z114" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Оплата осуществляется безналичным способом через платежный шлюз банка второго уровня, интегрированного c информационной системой услугодателя newcab.kazpatent.kz по банковским реквизитам, указанным в приложении 4 (далее – приложение 4) к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z115" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При направлении услугополучателем заявления через портал в "личном кабинете" автоматически отображается статус о принятии запроса на оказание государственной услуги.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>пункт 1</w:t>
+        <w:t>пункт 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z109" w:id="87"/>
+    <w:bookmarkStart w:name="z117" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "1. Настоящие Правила регистрации в Государственном реестре передачи исключительного права, предоставления права на использование товарного знака (далее – Правила) разработаны в соответствии с Законами Республики Казахстан "</w:t>
-[...42 lines deleted...]
-    <w:bookmarkEnd w:id="87"/>
+      "9. Услугодатель обеспечивает внесение данных о стадии оказания государственной услуги в информационную систему мониторинга оказания государственных услуг в порядке, установленном уполномоченным органом в сфере информатизации, согласно подпункту 11) статьи 5 Закона о госуслугах.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z118" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      При внесении изменений и (или) дополнений в настоящее Правила уполномоченный орган направляет оператору информационно-коммуникационной инфраструктуру "электронного правительства", в Единый контакт-центр, услугодателю информацию о таких изменениях и (или) дополнениях в течение 10 (десяти) рабочих дней после государственной регистрации в органах юстиции соответствующего нормативного правового акта.". </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>пункт 4</w:t>
+        <w:t>пункт 11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z111" w:id="88"/>
-[...287 lines deleted...]
-    <w:bookmarkStart w:name="z120" w:id="94"/>
+    <w:bookmarkStart w:name="z120" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "11. Для получения государственной услуги физическое и (или) юридическое лицо (далее – услугополучатель) направляет через портал заявление с приложением документов, указанным в пункте 8 перечня основных требований к оказанию государственной услуги "Регистрация предоставления права на использование товарного знака, селекционного достижения и объекта промышленной собственности, а также топологии интегральной микросхемы" согласно приложению 7 (далее – перечень) в форме электронного документа, подписанного ЭЦП, согласно приложениями 8, 9 и 10 к настоящим Правилам.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z121" w:id="95"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z121" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       часть первую </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">пункта 12 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z122" w:id="96"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z122" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "12. Перечень основных требований к оказанию государственной услуги, включающий характеристики процесса, форму, содержание и результат оказания, а также иные сведения с учетом особенностей предоставления государственной услуги, приведен в перечне.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkEnd w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5337,51 +4461,51 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z133" w:id="97"/>
+    <w:bookmarkStart w:name="z133" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень основных требований к оказанию государственной услуги</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
@@ -5390,51 +4514,51 @@
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>селекционное достижение и объект промышленной собственности,</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>а также топологии интегральной микросхемы"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkEnd w:id="74"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -6202,70 +5326,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 График работы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z134" w:id="98"/>
+          <w:bookmarkStart w:name="z134" w:id="75"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услугодатель − с понедельника по пятницу в соответствии с установленным графиком работы с 9.00 до 18.30 часов, за исключением выходных и праздничных дней согласно Трудовому кодексу Республики Казахстан с перерывом на обед с 13.00 часов до 14.30 часов.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="98"/>
+          <w:bookmarkEnd w:id="75"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Портал − круглосуточно, за исключением технических перерывов в связи с проведением ремонтных работ (при обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни, прием заявления и выдача результата оказания государственной услуги осуществляется следующим рабочим днем согласно трудовому законодательству Республики Казахстан).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -6335,70 +5459,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Перечень документов и сведений, истребуемых у услугополучателя для оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z135" w:id="99"/>
+          <w:bookmarkStart w:name="z135" w:id="76"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) заявление физического и юридического лица для регистрации передачи исключительного права на использование товарного знака по договору уступки/частичной уступки в электронном виде по формам, согласно приложениям 2 и 3 к настоящим Правилам;</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="99"/>
+          <w:bookmarkEnd w:id="76"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -6552,70 +5676,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z139" w:id="100"/>
+          <w:bookmarkStart w:name="z139" w:id="77"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) истечение срока для восстановления прекращенного срока действия исключительного права на объект;</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="100"/>
+          <w:bookmarkEnd w:id="77"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -6873,70 +5997,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме и через Государственную корпорацию</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z146" w:id="101"/>
+          <w:bookmarkStart w:name="z146" w:id="78"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) услугополучатель имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала, а также единого контакт-центра "1414", 8-800-080-7777;</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="101"/>
+          <w:bookmarkEnd w:id="78"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) контактные телефоны справочных служб по вопросам оказания государственной услуги указаны на интернет-ресурсах уполномоченного органа www.​adilet.​gov.​kz и услугодателя www.​kaz​pate​nt.​kz.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
@@ -7205,560 +6329,560 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z149" w:id="102"/>
+    <w:bookmarkStart w:name="z149" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                                            ЗАЯВЛЕНИЕ</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                         о передаче исключительного права по договору уступки</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z150" w:id="103"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z150" w:id="80"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Прошу зарегистрировать передачу исключительного права по договору уступки в</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkEnd w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>отношении охранного документа (охранных документов), указанного (указанных) в</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>настоящем заявлении.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z151" w:id="104"/>
+      <w:bookmarkStart w:name="z151" w:id="81"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Наименование (наименования) и номер (номера) охранного документа (охранных</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkEnd w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>документов):</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z152" w:id="105"/>
+      <w:bookmarkStart w:name="z152" w:id="82"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkEnd w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>__________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z153" w:id="106"/>
+      <w:bookmarkStart w:name="z153" w:id="83"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Владелец (Ф.И.О. при его наличии (далее – ФИО) физического лица / наименование</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkEnd w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>юридического лица; юридический адрес):</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z154" w:id="107"/>
+      <w:bookmarkStart w:name="z154" w:id="84"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkEnd w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>__________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z155" w:id="108"/>
+      <w:bookmarkStart w:name="z155" w:id="85"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Правопреемник (Ф.И.О. физического лица / наименование юридического лица;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkEnd w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>юридический адрес):</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z156" w:id="109"/>
+      <w:bookmarkStart w:name="z156" w:id="86"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkEnd w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>__________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z157" w:id="110"/>
+    <w:bookmarkStart w:name="z157" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Патентный поверенный или иной представитель заявителя</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z158" w:id="111"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z158" w:id="88"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkEnd w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>__________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z159" w:id="112"/>
+    <w:bookmarkStart w:name="z159" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Адрес для переписки, контактный телефон</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z160" w:id="113"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z160" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________________________________________ __________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z161" w:id="114"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z161" w:id="91"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Даю согласие на сбор и обработку персональных данных в соответствии со</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkEnd w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "О персональных данных и их защите".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z162" w:id="115"/>
+    <w:bookmarkStart w:name="z162" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ф.И.О ___________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z163" w:id="116"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z163" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Приложения:      </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z164" w:id="117"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z164" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkEnd w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="304800" cy="266700"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4"/>
                     <a:stretch>
@@ -7790,70 +6914,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Договор на __ листах;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z165" w:id="118"/>
+    <w:bookmarkStart w:name="z165" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkEnd w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="304800" cy="266700"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5"/>
                     <a:stretch>
@@ -7898,70 +7022,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>полномочного представителя на __ листах в __ экземплярах;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z166" w:id="119"/>
+    <w:bookmarkStart w:name="z166" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkEnd w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="304800" cy="266700"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6"/>
                     <a:stretch>
@@ -7993,70 +7117,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Документ, подтверждающий оплату услуг услугодателя;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z167" w:id="120"/>
+    <w:bookmarkStart w:name="z167" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkEnd w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="304800" cy="266700"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7"/>
                     <a:stretch>
@@ -8122,121 +7246,121 @@
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z168" w:id="121"/>
+          <w:bookmarkStart w:name="z168" w:id="98"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дата</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="121"/>
+          <w:bookmarkEnd w:id="98"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (Ф.И.О.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z169" w:id="122"/>
+          <w:bookmarkStart w:name="z169" w:id="99"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ЭЦП</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="122"/>
+          <w:bookmarkEnd w:id="99"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (роль)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
@@ -8557,651 +7681,651 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z173" w:id="123"/>
+    <w:bookmarkStart w:name="z173" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                                      ЗАЯВЛЕНИЕ</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">             о передаче исключительного права по договору частичной уступки</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z174" w:id="124"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z174" w:id="101"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Прошу зарегистрировать передачу исключительного права по договору частичной</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkEnd w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>уступки в отношении охранного документа (охранных документов), указанного (указанных) в</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>настоящем заявлении.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z175" w:id="125"/>
+      <w:bookmarkStart w:name="z175" w:id="102"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Наименование (наименования) и номер (номера) охранного документа (охранных</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkEnd w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>документов):</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z176" w:id="126"/>
+      <w:bookmarkStart w:name="z176" w:id="103"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkEnd w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_______________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z177" w:id="127"/>
+      <w:bookmarkStart w:name="z177" w:id="104"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Владелец (Ф.И.О. при его наличии (далее – ФИО) физического лица / наименование</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkEnd w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>юридического лица; юридический адрес):</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z178" w:id="128"/>
+      <w:bookmarkStart w:name="z178" w:id="105"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkEnd w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z179" w:id="129"/>
+      <w:bookmarkStart w:name="z179" w:id="106"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Правопреемник (Ф.И.О. физического лица / наименование юридического лица;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkEnd w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>юридический адрес):</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z180" w:id="130"/>
+      <w:bookmarkStart w:name="z180" w:id="107"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkEnd w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z181" w:id="131"/>
+    <w:bookmarkStart w:name="z181" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Патентный поверенный или иной представитель заявителя </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z182" w:id="132"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z182" w:id="109"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkEnd w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z183" w:id="133"/>
+    <w:bookmarkStart w:name="z183" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Объем передаваемых прав, предусмотренных договором</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z184" w:id="134"/>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z184" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z185" w:id="135"/>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z185" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Адрес для переписки, контактный телефон</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z186" w:id="136"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z186" w:id="113"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkEnd w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z187" w:id="137"/>
+      <w:bookmarkStart w:name="z187" w:id="114"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Даю согласие на сбор и обработку персональных данных в соответствии со</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkEnd w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "О персональных данных и их защите".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z188" w:id="138"/>
+    <w:bookmarkStart w:name="z188" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ф.И.О ___________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z189" w:id="139"/>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z189" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Приложения:      </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z190" w:id="140"/>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z190" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkEnd w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="304800" cy="266700"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8"/>
                     <a:stretch>
@@ -9233,70 +8357,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Договор на __ листах;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z191" w:id="141"/>
+    <w:bookmarkStart w:name="z191" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkEnd w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="304800" cy="266700"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId9"/>
                     <a:stretch>
@@ -9341,70 +8465,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>полномочного представителя на __ листах в __ экземплярах;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z192" w:id="142"/>
+    <w:bookmarkStart w:name="z192" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkEnd w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="304800" cy="266700"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId10"/>
                     <a:stretch>
@@ -9436,70 +8560,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Документ, подтверждающий оплату услуг услугодателя;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z193" w:id="143"/>
+    <w:bookmarkStart w:name="z193" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkEnd w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="304800" cy="266700"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId11"/>
                     <a:stretch>
@@ -9531,70 +8655,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Другой документ (указать)</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z194" w:id="144"/>
+    <w:bookmarkStart w:name="z194" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkEnd w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="304800" cy="266700"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12"/>
                     <a:stretch>
@@ -9626,90 +8750,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Дата</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z195" w:id="145"/>
+    <w:bookmarkStart w:name="z195" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ЭЦП (Ф.И.О.)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z196" w:id="146"/>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z196" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (роль)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkEnd w:id="123"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -10009,260 +9133,260 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z200" w:id="147"/>
+    <w:bookmarkStart w:name="z200" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Регистрационный номер договора:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="147"/>
-    <w:bookmarkStart w:name="z201" w:id="148"/>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z201" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Дата регистрации договора:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="148"/>
-    <w:bookmarkStart w:name="z202" w:id="149"/>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z202" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правообладатель:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="149"/>
-    <w:bookmarkStart w:name="z203" w:id="150"/>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z203" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правопреемник:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z204" w:id="151"/>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z204" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> УВЕДОМЛЕНИЕ</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>об оказании государственной услуги "Регистрация передачи исключительного прав на товарный знак, селекционное достижение и объект промышленной собственности, а также топологии интегральной микросхемы"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="151"/>
-    <w:bookmarkStart w:name="z205" w:id="152"/>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z205" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Республиканское государственное предприятие на праве хозяйственного ведения "Национальный институт интеллектуальной собственности" Министерства юстиции Республики Казахстан уведомляет, что в соответствии с пунктом _ статьи _ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Закона</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О товарных знаках, знаках обслуживания, географических указаний и наименованиях мест происхождения товаров" передача исключительного права по договору (частичной) уступки прав на товарный знак № _ зарегистрирован в Государственном реестре товарных знаков Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="152"/>
-    <w:bookmarkStart w:name="z206" w:id="153"/>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z206" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (Электронная цифровая подпись)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkEnd w:id="130"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -11017,88 +10141,88 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>использование товарного знака</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z219" w:id="154"/>
+    <w:bookmarkStart w:name="z219" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Форма</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z220" w:id="155"/>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z220" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень основных требований к оказанию государственной услуги "Регистрация предоставления права на использование товарного знака, селекционного достижения и объекта промышленной собственности, а также топологии интегральной микросхемы"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkEnd w:id="132"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -11620,70 +10744,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Результат оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z221" w:id="156"/>
+          <w:bookmarkStart w:name="z221" w:id="133"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Уведомление о регистрации предоставления права на использование товарного знака либо мотивированный ответ об отказе в оказании государственной услуги.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="156"/>
+          <w:bookmarkEnd w:id="133"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Форма предоставления результата оказания государственной услуги – электронная.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -11886,70 +11010,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 График работы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z222" w:id="157"/>
+          <w:bookmarkStart w:name="z222" w:id="134"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услугодатель − с понедельника по пятницу в соответствии с установленным графиком работы с 9.00 до 18.30 часов, за исключением выходных и праздничных дней согласно Трудовому кодексу Республики Казахстан с перерывом на обед с 13.00 часов до 14.30 часов.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="157"/>
+          <w:bookmarkEnd w:id="134"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Портал − круглосуточно, за исключением технических перерывов в связи с проведением ремонтных работ (при обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни, прием заявления и выдача результата оказания государственной услуги осуществляется следующим рабочим днем согласно трудовому законодательству Республики Казахстан).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -12019,70 +11143,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Перечень документов и сведений, истребуемых у услугополучателя для оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z223" w:id="158"/>
+          <w:bookmarkStart w:name="z223" w:id="135"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) заявление физического и юридического лица для регистрации предоставления права на использование товарного знака по лицензионному договору, договору комплексной предпринимательской лицензии или иному договору, включающему условия лицензионного договора в электронном виде по формам, согласно приложениям 8, 9 и 10 к настоящим Правилам;</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="158"/>
+          <w:bookmarkEnd w:id="135"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -12236,70 +11360,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z227" w:id="159"/>
+          <w:bookmarkStart w:name="z227" w:id="136"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) истечение срока для восстановления прекращенного срока действия исключительного права на объект;</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="159"/>
+          <w:bookmarkEnd w:id="136"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -12557,70 +11681,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме и через Государственную корпорацию</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z234" w:id="160"/>
+          <w:bookmarkStart w:name="z234" w:id="137"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) услугополучатель имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала, а также единого контакт-центра "1414", 8-800-080-7777;</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="160"/>
+          <w:bookmarkEnd w:id="137"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) контактные телефоны справочных служб по вопросам оказания государственной услуги указаны на интернет-ресурсах уполномоченного органа www.​adilet.​gov.​kz и услугодателя www.​kaz​pate​nt.​kz.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
@@ -12941,260 +12065,260 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z238" w:id="161"/>
+    <w:bookmarkStart w:name="z238" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Регистрационный номер договора:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z239" w:id="162"/>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z239" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Дата регистрации договора:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z240" w:id="163"/>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z240" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Лицензиар (Сублицензиар):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z241" w:id="164"/>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z241" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Лицензиат (Сублицензиат):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="164"/>
-    <w:bookmarkStart w:name="z242" w:id="165"/>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z242" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> УВЕДОМЛЕНИЕ</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>об оказании государственной услуги "Регистрация предоставления права на использование товарного знака, селекционного достижения и объекта промышленной собственности, а также топологии интегральной микросхемы"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="165"/>
-    <w:bookmarkStart w:name="z243" w:id="166"/>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z243" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Республиканское государственное предприятие на праве хозяйственного ведения "Национальный институт интеллектуальной собственности" Министерства юстиции Республики Казахстан уведомляет, что в соответствии с пунктом _ статьи _ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Закона</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О товарных знаках, знаках обслуживания, географических указаний и наименованиях мест происхождения товаров" предоставление (не) исключительной (суб) лицензии по лицензионному договору на использование товарного знака №_ зарегистрировано в Государственном товарных знаков Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="166"/>
-    <w:bookmarkStart w:name="z244" w:id="167"/>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z244" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (Электронная цифровая подпись)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkEnd w:id="144"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -13494,314 +12618,314 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z248" w:id="168"/>
+    <w:bookmarkStart w:name="z248" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Регистрационный номер договора:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="168"/>
-    <w:bookmarkStart w:name="z249" w:id="169"/>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z249" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Дата регистрации договора:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="169"/>
-    <w:bookmarkStart w:name="z250" w:id="170"/>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z250" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Комплексный лицензиар (Сублицензиар):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="170"/>
-    <w:bookmarkStart w:name="z251" w:id="171"/>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z251" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Комплексный лицензиат (Сублицензиат):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="171"/>
-    <w:bookmarkStart w:name="z252" w:id="172"/>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z252" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> УВЕДОМЛЕНИЕ</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>об оказании государственной услуги "Регистрация предоставления права на использование товарного знака, селекционного достижения и объекта промышленной собственности, а также топологии интегральной микросхемы"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="172"/>
-    <w:bookmarkStart w:name="z253" w:id="173"/>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z253" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Республиканское государственное предприятие на праве хозяйственного ведения "Национальный институт интеллектуальной собственности" Министерства юстиции Республики Казахстан уведомляет, что в соответствии с пунктом _ статьи _ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Закона</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О товарных знаках, знаках обслуживания, географических указаний и наименованиях мест происхождения товаров" договор комплексной предпринимательской (суб) лицензии о предоставлении (не) исключительной лицензии на использование товарного (ых) знака (ов) № _ зарегистрирована в Государственном реестре товарных знаков Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="173"/>
-    <w:bookmarkStart w:name="z254" w:id="174"/>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z254" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (Электронная цифровая подпись)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkEnd w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>